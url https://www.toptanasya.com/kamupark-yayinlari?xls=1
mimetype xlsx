--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -82,43 +82,313 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
+    <row r="2" spans="1:3">
+      <c r="A2" s="1" t="inlineStr">
+        <is>
+          <t>9786052335321</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Kampı 2018 - 7 Günde 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786052335284</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş Medeni Hukuk Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786052335222</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş Borçlar Hukuku Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786052335048</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Genel Yetenek - Genel Kültür Kampı Tamamı Çözümlü Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786052335406</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Kampı 2018 Ortaöğretim - Ön Lisans 7 Günde 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786052335277</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş İdare Hukuku ve İYUK Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786052335260</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş İcra ve İflas Hukuku Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786052335369</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Tamamı Çözümlü Eğitim Bilimleri Son Adım 12 Deneme</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786056466533</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Sayıştay Tüm Sınav Sorular ve Çözümleri + 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786056466540</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş Maliye Vergi Hukuku Soru Bankası KPSS A Grubu ve Kurum Sınavları İçin 2019</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786052335314</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Kampı KPSS A Grubu 7 Günde 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786052335109</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Dibace Vatandaşlık Konu Anlatımlı ve Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786052335390</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Türk Vergi Sistemi Vergi Uzmanı</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786052335352</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Kampı Eğitim Bilimleri Muhteşem 3'lük Deneme</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786052335338</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Kampı Eğitim Bilimleri 7 Günde 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786052335383</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Hukuku Vergi Uzmanı</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786052335307</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Adab-ı Mülakat</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786052335376</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>TEFTİŞ Maliye Vergi Hukuku Konu Anlatımı ve 1051 Çalışma Sorusu</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>90</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>