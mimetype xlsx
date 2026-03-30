--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,430 +85,460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259577852</t>
+          <t>9786255810076</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Aşk</t>
+          <t>Yine Düştüm Bir Engine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>336</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255810014</t>
+          <t>9786255810106</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Senden Ötürü</t>
+          <t>On Bir Ayın Sultanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>258</v>
+        <v>336</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259616896</t>
+          <t>9786259577852</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Söğüt’ün Destanı (Üç Perdelik Tarihî Piyes)</t>
+          <t>Eskimeyen Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259593081</t>
+          <t>9786255810014</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sonuncu Harika</t>
+          <t>Senden Ötürü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>278</v>
+        <v>334</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259577883</t>
+          <t>9786259616896</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkler Uyanın Uygarlığınıza Sahip Çıkın</t>
+          <t>Söğüt’ün Destanı (Üç Perdelik Tarihî Piyes)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259577876</t>
+          <t>9786259593081</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarıyla Cahit Sıtkı Tarancı</t>
+          <t>Sonuncu Harika</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>326</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259575766</t>
+          <t>9786259577883</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Güzide Gülpınar Taranoğlu’nun Yayımlanmamış Mektupları</t>
+          <t>Türkler Uyanın Uygarlığınıza Sahip Çıkın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>328</v>
+        <v>388</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259577890</t>
+          <t>9786259577876</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gülpınar Dergisi</t>
+          <t>Mektuplarıyla Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>498</v>
+        <v>378</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259577869</t>
+          <t>9786259575766</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Yolculuğu</t>
+          <t>Güzide Gülpınar Taranoğlu’nun Yayımlanmamış Mektupları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>292</v>
+        <v>388</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259577838</t>
+          <t>9786259577890</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Bilgeliği</t>
+          <t>Gülpınar Dergisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>296</v>
+        <v>572</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259577845</t>
+          <t>9786259577869</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitabı</t>
+          <t>Bir Düşünce Yolculuğu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>336</v>
+        <v>352</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259577814</t>
+          <t>9786259577838</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uzağı Yakın Kılan</t>
+          <t>Mehmet Akif Bilgeliği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>564</v>
+        <v>362</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259562254</t>
+          <t>9786259577845</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vatan Konulu Şiirler Antolojisi 100 Şair / 100 Şiir</t>
+          <t>Ziya Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>336</v>
+        <v>386</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259577807</t>
+          <t>9786259577814</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hangi Çağda Yaşamak İstersiniz?</t>
+          <t>Uzağı Yakın Kılan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>326</v>
+        <v>672</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259562261</t>
+          <t>9786259562254</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Rindane</t>
+          <t>Vatan Konulu Şiirler Antolojisi 100 Şair / 100 Şiir</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>284</v>
+        <v>394</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259562292</t>
+          <t>9786259577807</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Bakış</t>
+          <t>Hangi Çağda Yaşamak İstersiniz?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>332</v>
+        <v>378</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259562278</t>
+          <t>9786259562261</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Divançe</t>
+          <t>Rindane</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>274</v>
+        <v>338</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259562285</t>
+          <t>9786259562292</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sarılsam Üşür Müsün</t>
+          <t>Son Bakış</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>268</v>
+        <v>388</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259562223</t>
+          <t>9786259562278</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Atabey ve Haşhaşiler</t>
+          <t>Divançe</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>348</v>
+        <v>338</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056878169</t>
+          <t>9786259562285</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün İstanbul’u Fethi</t>
+          <t>Sarılsam Üşür Müsün</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>328</v>
+        <v>336</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056878152</t>
+          <t>9786259562223</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Put Suretleri</t>
+          <t>Atabey ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>288</v>
+        <v>398</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259562209</t>
+          <t>9786056878169</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşımız</t>
+          <t>Türk’ün İstanbul’u Fethi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>324</v>
+        <v>394</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056878121</t>
+          <t>9786056878152</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması Mı?</t>
+          <t>Put Suretleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>392</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259562216</t>
+          <t>9786259562209</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ermenicilik Tezgahını Anlamak</t>
+          <t>Çanakkale Savaşımız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>346</v>
+        <v>378</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056878145</t>
+          <t>9786056878121</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Sevdalar</t>
+          <t>Medeniyetler Çatışması Mı?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>288</v>
+        <v>462</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
+          <t>9786259562216</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Ermenicilik Tezgahını Anlamak</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786056878145</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Düşmüş Sevdalar</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
           <t>9786255810069</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Seni Bir Maviden Aldım</t>
         </is>
       </c>
-      <c r="C27" s="1">
-        <v>258</v>
+      <c r="C29" s="1">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>