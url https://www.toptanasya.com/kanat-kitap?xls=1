--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -214,51 +214,51 @@
         <is>
           <t>9789758859788</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Dullar ve Reçeller</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786054244171</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Deli Ruh</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>231</v>
+        <v>266</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054244102</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Çocukluk ve Tarih</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789758859924</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
@@ -469,91 +469,91 @@
         <is>
           <t>9789758859993</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Düğün Birahanesi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789758859900</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Küheyli Buharlan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>234</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786056604393</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Eski Hikaye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>277</v>
+        <v>319</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786054244188</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Devletin Manevi Şahsiyeti</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>269</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055106157</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Oradaki Köy (Karantina)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>