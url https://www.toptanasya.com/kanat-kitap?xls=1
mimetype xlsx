--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,475 +85,1600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054244164</t>
+          <t>9789758859344</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sığlıklar</t>
+          <t>Zaman Çöktü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758859467</t>
+          <t>9786054244140</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Mimarisi</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758859153</t>
+          <t>9789758859382</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Yaratı Modernist Şiir Üzerine Denemeler</t>
+          <t>Yedi Mavi Renk Hapishaneden Şiirler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>42</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758859023</t>
+          <t>9786054244096</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Toplumda Kriz ve Siyaset</t>
+          <t>Yarım Adamın Aşkları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758859269</t>
+          <t>9789758859313</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mısır Topraklarında Savaş</t>
+          <t>Uzay Kapsülündeki Maymun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758859122</t>
+          <t>9789758859184</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İzmir Postası’nın Adamları</t>
+          <t>Unomastica Alla Turca</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799758859444</t>
+          <t>9789758859276</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gizli Güç</t>
+          <t>Türk Romanında Mütareke İstanbul’u</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>165</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758859788</t>
+          <t>9789758859177</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dullar ve Reçeller</t>
+          <t>Toplumsalın Sınırında Beden</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054244171</t>
+          <t>9789758859115</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Deli Ruh</t>
+          <t>Topaç</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>266</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054244102</t>
+          <t>9789758859191</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk ve Tarih</t>
+          <t>Tanrının Unuttuğu İnsanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758859924</t>
+          <t>9789758859283</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bana Modern Türkün Tarifini Yapabilir misin Kaan?</t>
+          <t>Talihli Kız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758859610</t>
+          <t>9789758859047</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Avına Çıkmak</t>
+          <t>Şiir, Yahudilik Vesaire</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057147387</t>
+          <t>9789758859399</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küresel Masa Oyunu Taş Kağıt Makas</t>
+          <t>Yeniden Başlayabilirdim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758859566</t>
+          <t>9789758859771</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mühtedi Kiliseden Camiye</t>
+          <t>Sevgili Mimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758859597</t>
+          <t>9789758859375</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Leyla Erbil’de Etik ve Estetik</t>
+          <t>Sevgili Kardeşim... Hapishaneden Mektuplar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758859917</t>
+          <t>9789758859825</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz Dünyanın Kalbi</t>
+          <t>Sevgi, Suçluluk ve Onarım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758859528</t>
+          <t>9789758859672</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bugün Pazar Yahudiler Azar</t>
+          <t>Sefarad</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799758859008</t>
+          <t>9789758859368</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Okumaları</t>
+          <t>Sarinagara</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758859689</t>
+          <t>9789758859719</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aden, Arabistan</t>
+          <t>Sancı... Sancı...</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758859603</t>
+          <t>9789758859887</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Hukuku</t>
+          <t>Saint-Michel’in Develeri (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>252</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758859429</t>
+          <t>9789758859870</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Özne-Yapı Gerilimi Maddeci Bir Bakış</t>
+          <t>Saint-Michel’in Develeri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>252</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758859658</t>
+          <t>9789758859351</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Larda Yüzen Al Sancak</t>
+          <t>Rana</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758859030</t>
+          <t>9789758859894</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hınç</t>
+          <t>Poyraza Çare</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>147</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758859641</t>
+          <t>9789758859665</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgili</t>
+          <t>Postaneye Asla Yalnız Gitme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>252</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758859993</t>
+          <t>9786054244157</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Düğün Birahanesi</t>
+          <t>Peynir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>147</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758859900</t>
+          <t>9789758859474</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küheyli Buharlan</t>
+          <t>On İki Yaşındaydım Bisikletime Atladım ve Okulun Yolunu Tuttum...</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056604393</t>
+          <t>9789758859726</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eski Hikaye</t>
+          <t>Müze Bekçisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>319</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054244188</t>
+          <t>9789758859573</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Devletin Manevi Şahsiyeti</t>
+          <t>Modernliğin Vicdanı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>310</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9789758859016</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Şiddet ve Kutsal</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786054244133</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mimi’nin Hayaleti</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789758859849</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Melek Dili</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789758859580</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Mektup Aşkları</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789758859696</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Sabahlar</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758859634</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kurabiye Saatinde</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789758859498</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Kraliyet Doktorunun Ziyareti</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789758859627</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Koşarken Yavaşlar Gibi</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789758859078</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kitab-ı Duvduvani</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789758859733</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Günü Ustası</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789758859818</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kestane Kıranında Kadınlar</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758859146</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Katledilen Şair Ve Diğer Hikâyeler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758859832</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Kasırganın Gözü</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789758859214</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Karafatmanın Sarayı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789758859054</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Kader</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789758859061</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sanatının Oluşumu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789758859863</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Coğrafyası Atlası</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789758859542</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İki Kıyının Avaresi</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789758859757</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyarlara Yer Yok</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789758859740</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Iza’nın Şarkısı</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789758859306</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Hapiste Yazmak</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789758859405</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hapiste Çizmek Hapishaneden Karikatürler</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786054244126</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Hain Koyunlar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789758859535</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Hafriyat Ameleleri</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758859238</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Günah Keçisi</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789758859559</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Gün Ortasında Arzu</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789758859511</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Geride Kalanlar</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789944515115</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Galer’istler: 70’lerin Sanat Ortamı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789758859160</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Freud’dan Lacan’a Psikanaliz</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789758859207</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Europa</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789758859412</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Eşsiz Olana Yakınlık</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786054244119</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Elli Yıl Sonra Kül</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786054244034</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Feminizm Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789758859856</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Uğultusu</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789758859481</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Çiğdem Külahı</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789758859764</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Cüce</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789758859337</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektik Materyalizm</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758859450</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Vadi</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789758859702</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Boşluktan Doğan</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758859504</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bedenin Farklı Halleri</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789758859108</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Beden Emek Tarih</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789758859290</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Başkası Olduğun Yer</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789758859801</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Alnı Mavide</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789758859795</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Ah Vre Sevda</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789758859320</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Adama</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758859221</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Yaklaşma Çabası</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9799758859437</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Victoria R. Holbrook’a Armağan</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786054244164</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sığlıklar</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789758859467</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Mimarisi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789758859153</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Sancılı Yaratı Modernist Şiir Üzerine Denemeler</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789758859023</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Toplumda Kriz ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789758859269</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Mısır Topraklarında Savaş</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789758859122</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>İzmir Postası’nın Adamları</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9799758859444</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Güç</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789758859788</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Dullar ve Reçeller</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054244171</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Deli Ruh</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786054244102</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk ve Tarih</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789758859924</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bana Modern Türkün Tarifini Yapabilir misin Kaan?</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789758859610</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Yakamoz Avına Çıkmak</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057147387</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Masa Oyunu Taş Kağıt Makas</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789758859566</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Mühtedi Kiliseden Camiye</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789758859597</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Leyla Erbil’de Etik ve Estetik</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789758859917</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Kalpsiz Dünyanın Kalbi</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789758859528</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Pazar Yahudiler Azar</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9799758859008</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Okumaları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789758859689</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Aden, Arabistan</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789758859603</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Hukuku</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789758859429</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Özne-Yapı Gerilimi Maddeci Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789758859658</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Larda Yüzen Al Sancak</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789758859030</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Hınç</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789758859641</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Eski Sevgili</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789758859993</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Düğün Birahanesi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789758859900</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Küheyli Buharlan</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786056604393</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Eski Hikaye</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054244188</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Manevi Şahsiyeti</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
           <t>9786055106157</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Oradaki Köy (Karantina)</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C105" s="1">
         <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>