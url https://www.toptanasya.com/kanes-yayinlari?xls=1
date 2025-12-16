--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1435 +85,1450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258346145</t>
+          <t>9786258346077</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kitabı</t>
+          <t>Armanın Peşinde Bir Ömür</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258346152</t>
+          <t>9786258346145</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
+          <t>Mutluluğun Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258346114</t>
+          <t>9786258346152</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı Sırları</t>
+          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258346138</t>
+          <t>9786258346114</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hüddam Adem ve Kayıp Köy</t>
+          <t>Nuh Tufanı Sırları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258346121</t>
+          <t>9786258346138</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
+          <t>Hüddam Adem ve Kayıp Köy</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258346084</t>
+          <t>9786258346121</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Sanatı</t>
+          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258346091</t>
+          <t>9786258346084</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan İcat ve Keşifler</t>
+          <t>Beslenme Sanatı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258346107</t>
+          <t>9786258346091</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mayıs</t>
+          <t>Çığır Açan İcat ve Keşifler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054478101</t>
+          <t>9786258346107</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - İsrail Üçgeni</t>
+          <t>Benim Adım Mayıs</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058890435</t>
+          <t>9786054478101</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şiire Bakış Ötesi</t>
+          <t>Türkiye - İsrail Üçgeni</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054478026</t>
+          <t>9786058890435</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seçime Gidiyor-Us</t>
+          <t>Şiire Bakış Ötesi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056137631</t>
+          <t>9786054478026</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Metropolde Güvenli Yaşam</t>
+          <t>Seçime Gidiyor-Us</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054478606</t>
+          <t>9786056137631</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Çağı</t>
+          <t>Metropolde Güvenli Yaşam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054478156</t>
+          <t>9786054478606</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dilden Yeter Dilden Biter</t>
+          <t>İnsanlık Çağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054478378</t>
+          <t>9786054478156</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Diplomat</t>
+          <t>İnsan Dilden Yeter Dilden Biter</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056154522</t>
+          <t>9786054478378</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Göçmen Diplomat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054478330</t>
+          <t>9786056154522</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Partisi</t>
+          <t>Daisy Miller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258346053</t>
+          <t>9786054478330</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra-Atatürk Günceleri</t>
+          <t>Boşanma Partisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258346060</t>
+          <t>9786258346053</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Montessori Metodu</t>
+          <t>Senden Sonra-Atatürk Günceleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258346046</t>
+          <t>9786258346060</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İçeriden Gelir</t>
+          <t>Montessori Metodu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258346039</t>
+          <t>9786258346046</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünya</t>
+          <t>Karanlık İçeriden Gelir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258346022</t>
+          <t>9786258346039</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Söğütler</t>
+          <t>Yalan Dünya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258346008</t>
+          <t>9786258346022</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Söğütler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258346015</t>
+          <t>9786258346008</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Antik Atina'da 24 Saat</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059915984</t>
+          <t>9786258346015</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haydarpaşa Lisesi'nin Hababamları</t>
+          <t>Antik Atina'da 24 Saat</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059915991</t>
+          <t>9786059915984</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Bir Şeyler Hatırla</t>
+          <t>Haydarpaşa Lisesi'nin Hababamları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059915724</t>
+          <t>9786059915991</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çanları Çalıyor</t>
+          <t>Benim İçin Bir Şeyler Hatırla</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059915717</t>
+          <t>9786059915724</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Son ve İlk İnsanlar</t>
+          <t>Ölüm Çanları Çalıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059915731</t>
+          <t>9786059915717</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>Son ve İlk İnsanlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059915472</t>
+          <t>9786059915731</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Kadın</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059915960</t>
+          <t>9786059915472</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Kayıp Bir Kadın</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059915946</t>
+          <t>9786059915960</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Türk Tetebbular</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059915977</t>
+          <t>9786059915946</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Küçük Türk Tetebbular</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059915953</t>
+          <t>9786059915977</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059915588</t>
+          <t>9786059915953</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
+          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>770</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059915861</t>
+          <t>9786059915588</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
+          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059915465</t>
+          <t>9786059915861</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Turuncu Balık</t>
+          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059915922</t>
+          <t>9786059915465</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hırs - Franco’nun İspanyası</t>
+          <t>Kardeşim Turuncu Balık</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059915939</t>
+          <t>9786059915922</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Selim Apartmanı</t>
+          <t>Hırs - Franco’nun İspanyası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059915908</t>
+          <t>9786059915939</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Üzerinde</t>
+          <t>Akl-ı Selim Apartmanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059915885</t>
+          <t>9786059915908</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Olsun</t>
+          <t>Gözüm Üzerinde</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059915892</t>
+          <t>9786059915885</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Babamla Ben</t>
+          <t>Bu Bir Olsun</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059915762</t>
+          <t>9786059915892</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Otobiyografi</t>
+          <t>Babamla Ben</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059915793</t>
+          <t>9786059915762</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
+          <t>Bilimsel Otobiyografi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059915854</t>
+          <t>9786059915793</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059915847</t>
+          <t>9786059915854</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma’da 24 Saat</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059915830</t>
+          <t>9786059915847</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’da 24 Saat</t>
+          <t>Antik Roma’da 24 Saat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059915823</t>
+          <t>9786059915830</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oda</t>
+          <t>Antik Mısır’da 24 Saat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059915816</t>
+          <t>9786059915823</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müellifler Zamanı</t>
+          <t>Küçük Oda</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059915915</t>
+          <t>9786059915816</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Topla Yüreğini Gidelim Buradan</t>
+          <t>Müellifler Zamanı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059915632</t>
+          <t>9786059915915</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ramak - 29 Şubat</t>
+          <t>Topla Yüreğini Gidelim Buradan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059915625</t>
+          <t>9786059915632</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ezik: Ruh Yiyenler Serisi 2</t>
+          <t>Ramak - 29 Şubat</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059915786</t>
+          <t>9786059915625</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
+          <t>Ezik: Ruh Yiyenler Serisi 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059915779</t>
+          <t>9786059915786</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
+          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059915755</t>
+          <t>9786059915779</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
+          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059915656</t>
+          <t>9786059915755</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
+          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059915601</t>
+          <t>9786059915656</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gotik Kısa Hikayeler</t>
+          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059915236</t>
+          <t>9786059915601</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
+          <t>Gotik Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059915694</t>
+          <t>9786059915236</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Oportünist</t>
+          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059915687</t>
+          <t>9786059915694</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Savaşı</t>
+          <t>Oportünist</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059915700</t>
+          <t>9786059915687</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
+          <t>Tanrıların Savaşı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059915670</t>
+          <t>9786059915700</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Kuzgun</t>
+          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059915618</t>
+          <t>9786059915670</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Tek Kadın</t>
+          <t>Pusudaki Kuzgun</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059915663</t>
+          <t>9786059915618</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuzey'in Maceraları</t>
+          <t>Odadaki Tek Kadın</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059915649</t>
+          <t>9786059915663</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Düşleri</t>
+          <t>Kuzey'in Maceraları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059915519</t>
+          <t>9786059915649</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
+          <t>Hawking'in Düşleri</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059915595</t>
+          <t>9786059915519</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059915571</t>
+          <t>9786059915595</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kızlar (Ciltli)</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059915564</t>
+          <t>9786059915571</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
+          <t>Leylak Kızlar (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059915557</t>
+          <t>9786059915564</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059915878</t>
+          <t>9786059915557</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel Tükendik</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059915496</t>
+          <t>9786059915878</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Haziran Masalı</t>
+          <t>Çok Güzel Tükendik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059915526</t>
+          <t>9786059915496</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Karanlık</t>
+          <t>Bir Haziran Masalı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059915533</t>
+          <t>9786059915526</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Öteki Einstein</t>
+          <t>Gizlenen Karanlık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059915502</t>
+          <t>9786059915533</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi Düşünmek</t>
+          <t>Öteki Einstein</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059915441</t>
+          <t>9786059915502</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Atatürk Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059915748</t>
+          <t>9786059915441</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059915489</t>
+          <t>9786059915748</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059915366</t>
+          <t>9786059915489</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059915229</t>
+          <t>9786059915366</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059915427</t>
+          <t>9786059915229</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünün Birinde</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059915397</t>
+          <t>9786059915427</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Umuda Uyanmak</t>
+          <t>Dünün Birinde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059915373</t>
+          <t>9786059915397</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanığım Gökyüzü</t>
+          <t>Umuda Uyanmak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059915274</t>
+          <t>9786059915373</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Doğru Koşanlar</t>
+          <t>Tek Tanığım Gökyüzü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059915267</t>
+          <t>9786059915274</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Komşuları Cilt - 1</t>
+          <t>Rüzgara Doğru Koşanlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059915250</t>
+          <t>9786059915267</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Düşman'dan Terörist'e</t>
+          <t>Türkiye'nin Komşuları Cilt - 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059915182</t>
+          <t>9786059915250</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
+          <t>Düşman'dan Terörist'e</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059915168</t>
+          <t>9786059915182</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
+          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059915007</t>
+          <t>9786059915168</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>2Den Biz Çıkmaz</t>
+          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059915083</t>
+          <t>9786059915007</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Arkanı Kolla</t>
+          <t>2Den Biz Çıkmaz</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054478934</t>
+          <t>9786059915083</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
+          <t>Arkanı Kolla</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054478927</t>
+          <t>9786054478934</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Beni Özledin mi?</t>
+          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>9786054478927</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Beni Özledin mi?</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>9786054478705</t>
         </is>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Yas "Kasım 1938" (Ciltli)</t>
         </is>
       </c>
-      <c r="C94" s="1">
+      <c r="C95" s="1">
         <v>690</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>