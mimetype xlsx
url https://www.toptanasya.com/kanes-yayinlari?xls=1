--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,1450 +85,1480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258346077</t>
+          <t>9786258346176</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Armanın Peşinde Bir Ömür</t>
+          <t>Kurcalamalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258346145</t>
+          <t>9786258346169</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kitabı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258346152</t>
+          <t>9786258346077</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
+          <t>Armanın Peşinde Bir Ömür</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258346114</t>
+          <t>9786258346145</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı Sırları</t>
+          <t>Mutluluğun Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258346138</t>
+          <t>9786258346152</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hüddam Adem ve Kayıp Köy</t>
+          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258346121</t>
+          <t>9786258346114</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
+          <t>Nuh Tufanı Sırları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258346084</t>
+          <t>9786258346138</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Sanatı</t>
+          <t>Hüddam Adem ve Kayıp Köy</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258346091</t>
+          <t>9786258346121</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan İcat ve Keşifler</t>
+          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258346107</t>
+          <t>9786258346084</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mayıs</t>
+          <t>Beslenme Sanatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054478101</t>
+          <t>9786258346091</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - İsrail Üçgeni</t>
+          <t>Çığır Açan İcat ve Keşifler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058890435</t>
+          <t>9786258346107</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şiire Bakış Ötesi</t>
+          <t>Benim Adım Mayıs</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054478026</t>
+          <t>9786054478101</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Seçime Gidiyor-Us</t>
+          <t>Türkiye - İsrail Üçgeni</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056137631</t>
+          <t>9786058890435</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Metropolde Güvenli Yaşam</t>
+          <t>Şiire Bakış Ötesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054478606</t>
+          <t>9786054478026</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Çağı</t>
+          <t>Seçime Gidiyor-Us</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054478156</t>
+          <t>9786056137631</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dilden Yeter Dilden Biter</t>
+          <t>Metropolde Güvenli Yaşam</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054478378</t>
+          <t>9786054478606</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Diplomat</t>
+          <t>İnsanlık Çağı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056154522</t>
+          <t>9786054478156</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>İnsan Dilden Yeter Dilden Biter</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054478330</t>
+          <t>9786054478378</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Partisi</t>
+          <t>Göçmen Diplomat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258346053</t>
+          <t>9786056154522</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra-Atatürk Günceleri</t>
+          <t>Daisy Miller</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258346060</t>
+          <t>9786054478330</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Montessori Metodu</t>
+          <t>Boşanma Partisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258346046</t>
+          <t>9786258346053</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İçeriden Gelir</t>
+          <t>Senden Sonra-Atatürk Günceleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258346039</t>
+          <t>9786258346060</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünya</t>
+          <t>Montessori Metodu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258346022</t>
+          <t>9786258346046</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Söğütler</t>
+          <t>Karanlık İçeriden Gelir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258346008</t>
+          <t>9786258346039</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Yalan Dünya</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258346015</t>
+          <t>9786258346022</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Antik Atina'da 24 Saat</t>
+          <t>Söğütler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059915984</t>
+          <t>9786258346008</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Haydarpaşa Lisesi'nin Hababamları</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059915991</t>
+          <t>9786258346015</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Bir Şeyler Hatırla</t>
+          <t>Antik Atina'da 24 Saat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059915724</t>
+          <t>9786059915984</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çanları Çalıyor</t>
+          <t>Haydarpaşa Lisesi'nin Hababamları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059915717</t>
+          <t>9786059915991</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Son ve İlk İnsanlar</t>
+          <t>Benim İçin Bir Şeyler Hatırla</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059915731</t>
+          <t>9786059915724</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>Ölüm Çanları Çalıyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059915472</t>
+          <t>9786059915717</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Kadın</t>
+          <t>Son ve İlk İnsanlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059915960</t>
+          <t>9786059915731</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059915946</t>
+          <t>9786059915472</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Türk Tetebbular</t>
+          <t>Kayıp Bir Kadın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059915977</t>
+          <t>9786059915960</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059915953</t>
+          <t>9786059915946</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
+          <t>Küçük Türk Tetebbular</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059915588</t>
+          <t>9786059915977</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>770</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059915861</t>
+          <t>9786059915953</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
+          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059915465</t>
+          <t>9786059915588</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Turuncu Balık</t>
+          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059915922</t>
+          <t>9786059915861</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hırs - Franco’nun İspanyası</t>
+          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059915939</t>
+          <t>9786059915465</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Selim Apartmanı</t>
+          <t>Kardeşim Turuncu Balık</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059915908</t>
+          <t>9786059915922</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Üzerinde</t>
+          <t>Hırs - Franco’nun İspanyası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059915885</t>
+          <t>9786059915939</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Olsun</t>
+          <t>Akl-ı Selim Apartmanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059915892</t>
+          <t>9786059915908</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Babamla Ben</t>
+          <t>Gözüm Üzerinde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059915762</t>
+          <t>9786059915885</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Otobiyografi</t>
+          <t>Bu Bir Olsun</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059915793</t>
+          <t>9786059915892</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
+          <t>Babamla Ben</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059915854</t>
+          <t>9786059915762</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Bilimsel Otobiyografi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059915847</t>
+          <t>9786059915793</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma’da 24 Saat</t>
+          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059915830</t>
+          <t>9786059915854</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’da 24 Saat</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059915823</t>
+          <t>9786059915847</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oda</t>
+          <t>Antik Roma’da 24 Saat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059915816</t>
+          <t>9786059915830</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Müellifler Zamanı</t>
+          <t>Antik Mısır’da 24 Saat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059915915</t>
+          <t>9786059915823</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Topla Yüreğini Gidelim Buradan</t>
+          <t>Küçük Oda</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059915632</t>
+          <t>9786059915816</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ramak - 29 Şubat</t>
+          <t>Müellifler Zamanı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059915625</t>
+          <t>9786059915915</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ezik: Ruh Yiyenler Serisi 2</t>
+          <t>Topla Yüreğini Gidelim Buradan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059915786</t>
+          <t>9786059915632</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
+          <t>Ramak - 29 Şubat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059915779</t>
+          <t>9786059915625</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
+          <t>Ezik: Ruh Yiyenler Serisi 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059915755</t>
+          <t>9786059915786</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
+          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059915656</t>
+          <t>9786059915779</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
+          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059915601</t>
+          <t>9786059915755</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gotik Kısa Hikayeler</t>
+          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059915236</t>
+          <t>9786059915656</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
+          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059915694</t>
+          <t>9786059915601</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Oportünist</t>
+          <t>Gotik Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059915687</t>
+          <t>9786059915236</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Savaşı</t>
+          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059915700</t>
+          <t>9786059915694</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
+          <t>Oportünist</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059915670</t>
+          <t>9786059915687</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Kuzgun</t>
+          <t>Tanrıların Savaşı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059915618</t>
+          <t>9786059915700</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Tek Kadın</t>
+          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059915663</t>
+          <t>9786059915670</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kuzey'in Maceraları</t>
+          <t>Pusudaki Kuzgun</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059915649</t>
+          <t>9786059915618</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Düşleri</t>
+          <t>Odadaki Tek Kadın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059915519</t>
+          <t>9786059915663</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
+          <t>Kuzey'in Maceraları</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059915595</t>
+          <t>9786059915649</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Hawking'in Düşleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059915571</t>
+          <t>9786059915519</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kızlar (Ciltli)</t>
+          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059915564</t>
+          <t>9786059915595</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059915557</t>
+          <t>9786059915571</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Leylak Kızlar (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059915878</t>
+          <t>9786059915564</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel Tükendik</t>
+          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059915496</t>
+          <t>9786059915557</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Haziran Masalı</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059915526</t>
+          <t>9786059915878</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Karanlık</t>
+          <t>Çok Güzel Tükendik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059915533</t>
+          <t>9786059915496</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Öteki Einstein</t>
+          <t>Bir Haziran Masalı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059915502</t>
+          <t>9786059915526</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi Düşünmek</t>
+          <t>Gizlenen Karanlık</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059915441</t>
+          <t>9786059915533</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Öteki Einstein</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059915748</t>
+          <t>9786059915502</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Atatürk Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059915489</t>
+          <t>9786059915441</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059915366</t>
+          <t>9786059915748</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059915229</t>
+          <t>9786059915489</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059915427</t>
+          <t>9786059915366</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünün Birinde</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059915397</t>
+          <t>9786059915229</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Umuda Uyanmak</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059915373</t>
+          <t>9786059915427</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanığım Gökyüzü</t>
+          <t>Dünün Birinde</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059915274</t>
+          <t>9786059915397</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Doğru Koşanlar</t>
+          <t>Umuda Uyanmak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059915267</t>
+          <t>9786059915373</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Komşuları Cilt - 1</t>
+          <t>Tek Tanığım Gökyüzü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059915250</t>
+          <t>9786059915274</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Düşman'dan Terörist'e</t>
+          <t>Rüzgara Doğru Koşanlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059915182</t>
+          <t>9786059915267</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
+          <t>Türkiye'nin Komşuları Cilt - 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059915168</t>
+          <t>9786059915250</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
+          <t>Düşman'dan Terörist'e</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059915007</t>
+          <t>9786059915182</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>2Den Biz Çıkmaz</t>
+          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059915083</t>
+          <t>9786059915168</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arkanı Kolla</t>
+          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054478934</t>
+          <t>9786059915007</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
+          <t>2Den Biz Çıkmaz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054478927</t>
+          <t>9786059915083</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beni Özledin mi?</t>
+          <t>Arkanı Kolla</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
+          <t>9786054478934</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054478927</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Beni Özledin mi?</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
           <t>9786054478705</t>
         </is>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Yas "Kasım 1938" (Ciltli)</t>
         </is>
       </c>
-      <c r="C95" s="1">
-        <v>690</v>
+      <c r="C97" s="1">
+        <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>