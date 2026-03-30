--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1480 +85,3805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258346176</t>
+          <t>9786054478699</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kurcalamalar</t>
+          <t>Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258346169</t>
+          <t>9786054478675</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Aşk Olsun Evlilik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258346077</t>
+          <t>9786054478668</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Armanın Peşinde Bir Ömür</t>
+          <t>Alkolsüz Şiirler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>410</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258346145</t>
+          <t>9786054478682</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kitabı</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>340</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258346152</t>
+          <t>9786054478798</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
+          <t>Var Say</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258346114</t>
+          <t>9786054478804</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı Sırları</t>
+          <t>Ölüme Methiyeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>370</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258346138</t>
+          <t>9786054478811</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hüddam Adem ve Kayıp Köy</t>
+          <t>Yaşam Senfonisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258346121</t>
+          <t>9786054478842</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
+          <t>Bir Denizcinin Seyir Defterinden</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>370</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258346084</t>
+          <t>9786054478859</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Sanatı</t>
+          <t>Kutsal Cesaret İlk Hamle</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258346091</t>
+          <t>9786054478897</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan İcat ve Keşifler</t>
+          <t>Huşu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258346107</t>
+          <t>9786054478873</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mayıs</t>
+          <t>Kutsal Cesaret 2. Hamle</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054478101</t>
+          <t>9786054478828</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - İsrail Üçgeni</t>
+          <t>İnci Tanesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058890435</t>
+          <t>9786054478866</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şiire Bakış Ötesi</t>
+          <t>In The Turkey</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054478026</t>
+          <t>9786059915403</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Seçime Gidiyor-Us</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056137631</t>
+          <t>9786059915335</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Metropolde Güvenli Yaşam</t>
+          <t>Beklenti - Kulüp Serisi 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054478606</t>
+          <t>9786059915045</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Çağı</t>
+          <t>Seni Melekler Getirsin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054478156</t>
+          <t>9786059915151</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dilden Yeter Dilden Biter</t>
+          <t>Ayrık Yapılar Matematiği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054478378</t>
+          <t>9786059915120</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Diplomat</t>
+          <t>Geşge</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056154522</t>
+          <t>9786059915144</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Soğuk Kalpler Defteri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054478330</t>
+          <t>9786059915137</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Partisi</t>
+          <t>Sarıl Bana Hz. Muhammed s.a.v</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258346053</t>
+          <t>9786059915113</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra-Atatürk Günceleri</t>
+          <t>Ayrılık İklimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258346060</t>
+          <t>9786054478880</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Montessori Metodu</t>
+          <t>İ</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258346046</t>
+          <t>9786054478903</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İçeriden Gelir</t>
+          <t>Biraz Sosyal</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258346039</t>
+          <t>9786054478910</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünya</t>
+          <t>Biraz Sevda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>310</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258346022</t>
+          <t>9786058890404</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Söğütler</t>
+          <t>Yüreğimden Güvercinler Uçurdum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258346008</t>
+          <t>9786054478002</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Yanılsamanın Kör Çocukları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258346015</t>
+          <t>9786056181580</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Antik Atina'da 24 Saat</t>
+          <t>Ve Uyanış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059915984</t>
+          <t>9786054478019</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Haydarpaşa Lisesi'nin Hababamları</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>310</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059915991</t>
+          <t>9786054478620</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Bir Şeyler Hatırla</t>
+          <t>Uzaklardan Bakınca</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059915724</t>
+          <t>9786054478583</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çanları Çalıyor</t>
+          <t>Suskun Gönlümün İncileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059915717</t>
+          <t>9786054478255</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Son ve İlk İnsanlar</t>
+          <t>Sormayın Halim*i</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059915731</t>
+          <t>9786054478125</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>Sonraya Anıyız</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059915472</t>
+          <t>9786056154560</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Kadın</t>
+          <t>Siyah Beyaz ve Gri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059915960</t>
+          <t>9786058890473</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Sınanmalar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059915946</t>
+          <t>9786058890497</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küçük Türk Tetebbular</t>
+          <t>Sevgi Tohumları Ektim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>410</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059915977</t>
+          <t>9786054478170</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Sevda Dulu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059915953</t>
+          <t>9786056181535</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
+          <t>Serçeler Nerede Ölür?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059915588</t>
+          <t>9786054478637</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
+          <t>Sensizliğe Bağımlıyım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>850</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059915861</t>
+          <t>9786054478088</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
+          <t>Seni Sevmiyorum</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059915465</t>
+          <t>9786054478071</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Turuncu Balık</t>
+          <t>Saklı Kıyamet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059915922</t>
+          <t>9786056137648</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hırs - Franco’nun İspanyası</t>
+          <t>S/ayıkla-ma</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059915939</t>
+          <t>9786054478279</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Selim Apartmanı</t>
+          <t>Tecrübe ile Sabit mi?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059915908</t>
+          <t>9786056154539</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Üzerinde</t>
+          <t>Reçete Kabilinden Ters Öğütler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>390</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059915885</t>
+          <t>9786056181559</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Olsun</t>
+          <t>Öykü Seli</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059915892</t>
+          <t>9786054478064</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Babamla Ben</t>
+          <t>Önemsiz Biri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059915762</t>
+          <t>9786054478491</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Otobiyografi</t>
+          <t>Orman Ülkesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059915793</t>
+          <t>9786056154546</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
+          <t>Neyimiz Eksik?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059915854</t>
+          <t>9786058890466</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Müşkül Meseleler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059915847</t>
+          <t>9786056137679</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma’da 24 Saat</t>
+          <t>Midyeden Damlalar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059915830</t>
+          <t>9786054478286</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’da 24 Saat</t>
+          <t>Melek ve Şeytan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059915823</t>
+          <t>9786054478354</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oda</t>
+          <t>Markadaş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>54</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059915816</t>
+          <t>9786054478514</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müellifler Zamanı</t>
+          <t>Leda’nın Yeni Dostları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059915915</t>
+          <t>9786054478408</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Topla Yüreğini Gidelim Buradan</t>
+          <t>Leda, Tavşancık ve Baykuş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>330</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059915632</t>
+          <t>9786054478507</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ramak - 29 Şubat</t>
+          <t>Leda Konuşanlar Ülkesinde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059915625</t>
+          <t>9786054478392</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ezik: Ruh Yiyenler Serisi 2</t>
+          <t>Leda İyi Olacak</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059915786</t>
+          <t>9786054478521</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
+          <t>Leda Fidan Dikiyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059915779</t>
+          <t>9786054478552</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
+          <t>Konuşanlar Ülkesi Susuz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>370</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059915755</t>
+          <t>9786054478545</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
+          <t>Kitapları Sevelim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059915656</t>
+          <t>9786056154515</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
+          <t>Kıyamet Kopuyor!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>550</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059915601</t>
+          <t>9786054478644</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gotik Kısa Hikayeler</t>
+          <t>Kırkıncı Tohum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059915236</t>
+          <t>9786056181573</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
+          <t>Kelebeğin Kozasına Dönüşü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059915694</t>
+          <t>9786054478484</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Oportünist</t>
+          <t>Kamp Maceramız</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059915687</t>
+          <t>9786056154508</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Savaşı</t>
+          <t>Kalıcılığa Giden Yol</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059915700</t>
+          <t>9786054478163</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
+          <t>Kaçamak Notlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059915670</t>
+          <t>9786054478590</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Kuzgun</t>
+          <t>İmkansızım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>310</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059915618</t>
+          <t>9786056137655</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Tek Kadın</t>
+          <t>İksir</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059915663</t>
+          <t>9786056181511</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuzey'in Maceraları</t>
+          <t>İkindi Tramvayı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059915649</t>
+          <t>9786054478361</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Düşleri</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059915519</t>
+          <t>9786056181597</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059915595</t>
+          <t>9786056181566</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Günübirlik Sonsuzluk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059915571</t>
+          <t>9786054478446</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kızlar (Ciltli)</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>800</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059915564</t>
+          <t>9786056181504</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
+          <t>Gülmemişin Kitabı Olmuş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059915557</t>
+          <t>9786054478576</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Gül Soyunur Kokusu Bende Kalır</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059915878</t>
+          <t>9786054478248</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel Tükendik</t>
+          <t>Görkütük Aşklar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059915496</t>
+          <t>9786054478538</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Haziran Masalı</t>
+          <t>Gökyüzü ile Tanışıyoruz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059915526</t>
+          <t>9786054478200</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Karanlık</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059915533</t>
+          <t>9786054478187</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öteki Einstein</t>
+          <t>Gençlik ve Zindeliğin Sırları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059915502</t>
+          <t>9786054478262</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi Düşünmek</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059915441</t>
+          <t>9786056154591</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Erdemlerle Var Olanın Evrensele Dönüşümü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059915748</t>
+          <t>9786054478118</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Düşlerle Dans</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>470</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059915489</t>
+          <t>9786054478224</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Düş Yazıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059915366</t>
+          <t>9786054478057</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Düş Kırıkları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059915229</t>
+          <t>9786054478149</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Durdurun!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>370</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059915427</t>
+          <t>9786054478460</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünün Birinde</t>
+          <t>Dostum Sincap</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059915397</t>
+          <t>9786054478453</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Umuda Uyanmak</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059915373</t>
+          <t>9786054478613</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanığım Gökyüzü</t>
+          <t>Çalkaram</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059915274</t>
+          <t>9786056137693</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Doğru Koşanlar</t>
+          <t>Cehennem Treni</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059915267</t>
+          <t>9786058890411</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Komşuları Cilt - 1</t>
+          <t>Can Gözüm Gibisin İstanbul</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>550</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059915250</t>
+          <t>9786054478293</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Düşman'dan Terörist'e</t>
+          <t>Cam Buğusu Ressamı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>440</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059915182</t>
+          <t>9786056154553</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
+          <t>Borderline</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059915168</t>
+          <t>9786058890428</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
+          <t>Bir Yazarın Dramı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>410</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059915007</t>
+          <t>9786054478347</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>2Den Biz Çıkmaz</t>
+          <t>Bin Yaşa Aşk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059915083</t>
+          <t>9786054478095</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Arkanı Kolla</t>
+          <t>Geç Kalmış Şiir</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054478934</t>
+          <t>9786054478231</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
+          <t>Berrin</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054478927</t>
+          <t>9786054478132</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Beni Özledin mi?</t>
+          <t>Bazı Şeyler Dağınık Kalmalı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
+          <t>9786054478323</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bana Aitsin</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054478439</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Balonu Vurdum</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054478217</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bak Düşeceksin</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786056137600</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Gece Yüzü</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054478309</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Gassal</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786056181542</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Yedisini Bekleyenler</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786056154584</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Avazınız Çıktığı Kadar Susun!</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786056154577</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Ata’ma Mektup Yazdım</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786056137662</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054478194</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Yeksan</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054478316</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İncisi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054478477</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Eski Cüzdan</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054478033</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Aşiyan</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054478422</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Asi Dalga</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054478651</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Anlatacak Kimse Kalmadı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054478415</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Ankara’ya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054478385</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Alaz Karınca</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786058890480</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Ahir Gözlerin</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059915199</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bilmecelerle Matematik</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786059915434</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kulüp Serisi 1 - Saplantı</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059915311</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>İkimizin Melodisi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059915304</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Hami Danişmend: Hayatı, Eserleri, Fikirleri, Mücadelesi ve Eleştirileri</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059915298</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Düş</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059915281</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılırsak Aşk Olsun</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059915410</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Ben de Senden Vazgeçtim</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059915076</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurun İnce Yağdığı Yerde Bekle Beni</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059915090</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Sana Yazıldım</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059915106</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Gitmeseydim Ölecektim</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059915359</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Avuntu</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786059915243</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Günlüğü</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059915038</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kalbime Kadar Yolun Var</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786054478941</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerime Dokunmayın</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786059915342</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Vebal</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786059915380</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bab-ı Esrar</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786059915205</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Tonguç Baba</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786059915014</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>En Çok Seni Sevdim</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054478996</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Sırdüğüm</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786059915021</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kader ve Seçimler</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786054478774</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bak Vallahi Düşünürüm</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054478835</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ol Dedi Oldu</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054478767</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Bulutları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786054478743</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mor Krizantem</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786059915175</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Tuval</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054478989</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Masumdur</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054478972</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kan Çizgisi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054478965</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan Da Öte</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054478958</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Adam Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786054478750</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Son Eylül</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786054478736</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Katilin Kitabı</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786054478712</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Vefa</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786054478729</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>İzafiyet Felsefesi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786059915069</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Pazartesi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054478040</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Kal Asker</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786056137686</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbiri Ben Değilim</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786056181528</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sen Yanım</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786058890459</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Sen Koydum Gözyaşımın Adını</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054478569</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Zaman İpektendi</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786058890442</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğin Düştüğü Yer</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059915052</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mazeret Beyanı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786054478781</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Emekli Şiirler</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786258346176</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kurcalamalar</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786258346169</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786258346077</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Armanın Peşinde Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786258346145</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Kitabı</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786258346152</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam ve Sanat Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786258346114</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Nuh Tufanı Sırları</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786258346138</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Hüddam Adem ve Kayıp Köy</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786258346121</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Kendiliğinden Gelişen Aktivite</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786258346084</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Sanatı</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786258346091</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Çığır Açan İcat ve Keşifler</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786258346107</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Mayıs</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054478101</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye - İsrail Üçgeni</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786058890435</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Şiire Bakış Ötesi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054478026</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Seçime Gidiyor-Us</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786056137631</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Metropolde Güvenli Yaşam</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054478606</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Çağı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054478156</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Dilden Yeter Dilden Biter</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054478378</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Diplomat</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786056154522</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Daisy Miller</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054478330</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Boşanma Partisi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786258346053</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Senden Sonra-Atatürk Günceleri</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786258346060</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Montessori Metodu</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786258346046</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık İçeriden Gelir</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786258346039</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yalan Dünya</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786258346022</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Söğütler</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786258346008</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Babil</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786258346015</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Antik Atina'da 24 Saat</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059915984</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Haydarpaşa Lisesi'nin Hababamları</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059915991</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Benim İçin Bir Şeyler Hatırla</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059915724</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Çanları Çalıyor</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786059915717</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Son ve İlk İnsanlar</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786059915731</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Dünya</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786059915472</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786059915960</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Büyük İskender</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059915946</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Türk Tetebbular</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059915977</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Mrs. Dalloway</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786059915953</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Saniye Gelişigüzel ile Dönüşü Zor Yolculuklar</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059915588</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul İngiliz Okulları Tarihi (Mini DVD) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059915861</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Pakraduniler veya Bir Ermeni-Yahudi Tarikatı</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059915465</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Kardeşim Turuncu Balık</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059915922</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Hırs - Franco’nun İspanyası</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059915939</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Akl-ı Selim Apartmanı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059915908</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Gözüm Üzerinde</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059915885</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Bu Bir Olsun</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059915892</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Babamla Ben</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059915762</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Otobiyografi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059915793</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Zekai İşlemtamam ile Sayı Oyunları</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059915854</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Ben</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059915847</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Antik Roma’da 24 Saat</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059915830</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mısır’da 24 Saat</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059915823</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Oda</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059915816</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Müellifler Zamanı</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059915915</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Topla Yüreğini Gidelim Buradan</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059915632</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Ramak - 29 Şubat</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059915625</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Ezik: Ruh Yiyenler Serisi 2</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059915786</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Cevahir Cevherigizli ve Alengirli Dersleri</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059915779</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Cimorene ve Büyücünün İhaneti - Büyülü Orman Günlükleri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059915755</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Cimorene ve Ejderhanın Sırrı - Büyülü Orman Günlükleri</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786059915656</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Seçim Nasıl Kazanılır ve Osmanlı'dan Türkiye'ye Seçim Tarihi</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059915601</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Gotik Kısa Hikayeler</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059915236</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Uyanışı - Evrilen Dünya Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059915694</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Oportünist</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059915687</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Savaşı</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059915700</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Marie Curie'nin Otobiyografik Notlarıyla, Pierre Curie</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059915670</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Pusudaki Kuzgun</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059915618</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Odadaki Tek Kadın</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059915663</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey'in Maceraları</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059915649</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Hawking'in Düşleri</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059915519</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Şüphenin Ardındaki Gerçek - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059915595</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059915571</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Leylak Kızlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059915564</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Üşütük: Ruh Yiyenler Serisi 1</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059915557</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Gurur ve Önyargı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059915878</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Çok Güzel Tükendik</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059915496</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Bir Haziran Masalı</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059915526</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Gizlenen Karanlık</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059915533</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Einstein</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059915502</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059915441</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059915748</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kış Güneşi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059915489</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Annem</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059915366</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Hüküm</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059915229</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Bedel</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786059915427</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Dünün Birinde</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786059915397</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Uyanmak</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059915373</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Tek Tanığım Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786059915274</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgara Doğru Koşanlar</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059915267</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Komşuları Cilt - 1</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059915250</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Düşman'dan Terörist'e</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059915182</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikas’ında Güncel Eğilimler (2000-2014)</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059915168</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>İslamofobi 1 : Öteki’den Düşman’a</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059915007</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>2Den Biz Çıkmaz</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059915083</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Arkanı Kolla</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786054478934</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Mucizeler - Konuşanlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786054478927</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Beni Özledin mi?</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
           <t>9786054478705</t>
         </is>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Yas "Kasım 1938" (Ciltli)</t>
         </is>
       </c>
-      <c r="C97" s="1">
+      <c r="C252" s="1">
         <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>