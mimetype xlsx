--- v0 (2025-10-29)
+++ v1 (2026-02-07)
@@ -85,1465 +85,1525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051754321</t>
+          <t>9786051753614</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Söylemim</t>
+          <t>Desila</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051754352</t>
+          <t>9786051754383</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051754338</t>
+          <t>9786259603933</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Dört Mevsim</t>
+          <t>Hayatımı Yazsam Marka Olurdu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051754314</t>
+          <t>9786051754369</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendimce</t>
+          <t>Neriman</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051754345</t>
+          <t>9786051754321</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Beş Duyu</t>
+          <t>Söylemim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259603926</t>
+          <t>9786051754352</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Minüskül Huysuzluklar</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051752099</t>
+          <t>9786051754338</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bay X’in Ajanı</t>
+          <t>Öykülerle Dört Mevsim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259603919</t>
+          <t>9786051754314</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Çekilmiş Sesler</t>
+          <t>Kendimce</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054623105</t>
+          <t>9786051754345</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İlkeleri Ya Da Şiir Ne Değildir</t>
+          <t>Öykülerle Beş Duyu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051754307</t>
+          <t>9786259603926</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Hikayesi Gelinliksiz Gelinler</t>
+          <t>Minüskül Huysuzluklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051754284</t>
+          <t>9786051752099</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Çocukları</t>
+          <t>Bay X’in Ajanı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051754291</t>
+          <t>9786259603919</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Günlükleri</t>
+          <t>Kuyudan Çekilmiş Sesler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051754260</t>
+          <t>9786054623105</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Ağlamak</t>
+          <t>Şiirin İlkeleri Ya Da Şiir Ne Değildir</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259790480</t>
+          <t>9786051754307</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kedi Bilir</t>
+          <t>Bir Anadolu Hikayesi Gelinliksiz Gelinler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259790473</t>
+          <t>9786051754284</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uyandıran Ninniler</t>
+          <t>Dolunayın Çocukları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051754277</t>
+          <t>9786051754291</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rabiye ve Amerika</t>
+          <t>Güneydoğu Günlükleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051753126</t>
+          <t>9786051754260</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Datçalıca (Keyifli Datça Sözlüğü)</t>
+          <t>Bir Uzun Ağlamak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051753232</t>
+          <t>9786259790480</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölge Dansı</t>
+          <t>Kedi Bilir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>17</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051753270</t>
+          <t>9786259790473</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bozguna Uğramış Bahçe</t>
+          <t>Uyandıran Ninniler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>33</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051751412</t>
+          <t>9786051754277</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ebruli Yazılar</t>
+          <t>Rabiye ve Amerika</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>68</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051754239</t>
+          <t>9786051753126</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Renk Eşleşme</t>
+          <t>Datçalıca (Keyifli Datça Sözlüğü)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051754222</t>
+          <t>9786051753232</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tür Eşleşme</t>
+          <t>Gölge Dansı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051754246</t>
+          <t>9786051753270</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gücü</t>
+          <t>Bozguna Uğramış Bahçe</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051754185</t>
+          <t>9786051751412</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Ebruli Yazılar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051754208</t>
+          <t>9786051754239</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Renk Eşleşme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051754192</t>
+          <t>9786051754222</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Sözler Durağı</t>
+          <t>Tür Eşleşme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054373871</t>
+          <t>9786051754246</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve İktidar</t>
+          <t>Renklerin Gücü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051751573</t>
+          <t>9786051754185</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zelife</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054373628</t>
+          <t>9786051754208</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Deneysel Düşünme</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051754253</t>
+          <t>9786051754192</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Özlemin Ötesiydin</t>
+          <t>Adressiz Sözler Durağı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259790459</t>
+          <t>9786054373871</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Asu</t>
+          <t>Sanat ve İktidar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>440</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944146548</t>
+          <t>9786051751573</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ne Varsa Dilimde</t>
+          <t>Zelife</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054623631</t>
+          <t>9786054373628</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Çaldığım Öyküler</t>
+          <t>Yaratıcı Yazarlık ve Deneysel Düşünme</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051754215</t>
+          <t>9786051754253</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Bey</t>
+          <t>Özlemin Ötesiydin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259790442</t>
+          <t>9786259790459</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Manolin</t>
+          <t>Asu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>128</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259790435</t>
+          <t>9789944146548</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Ne Varsa Dilimde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259790428</t>
+          <t>9786054623631</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Durak</t>
+          <t>Çocuklardan Çaldığım Öyküler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>128</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051754055</t>
+          <t>9786051754215</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İki Söz Arası</t>
+          <t>Abdullah Bey</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051754154</t>
+          <t>9786259790442</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Acı Yıllar ve Hatıralar (Bir Koruma Polisinin Anıları)</t>
+          <t>Manolin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259790404</t>
+          <t>9786259790435</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şarapnel Çocuklarına</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051754116</t>
+          <t>9786259790428</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Genesis ve Saklı Gerçekler</t>
+          <t>Durak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259455082</t>
+          <t>9786051754055</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Kavgada Sahipsiz</t>
+          <t>İki Söz Arası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259455099</t>
+          <t>9786051754154</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaktı Geceyi</t>
+          <t>Acı Yıllar ve Hatıralar (Bir Koruma Polisinin Anıları)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259455068</t>
+          <t>9786259790404</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gökyelken</t>
+          <t>Şarapnel Çocuklarına</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>128</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259455075</t>
+          <t>9786051754116</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akarsuya İnanma</t>
+          <t>Genesis ve Saklı Gerçekler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259455051</t>
+          <t>9786259455082</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Erdal İnönü (Bilge Bilim İnsanından Politikaya)</t>
+          <t>Her Kavgada Sahipsiz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051754161</t>
+          <t>9786259455099</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yeni</t>
+          <t>Gül Yaktı Geceyi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051754130</t>
+          <t>9786259455068</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Öyküsü</t>
+          <t>Gökyelken</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051754147</t>
+          <t>9786259455075</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeğim</t>
+          <t>Akarsuya İnanma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259455037</t>
+          <t>9786259455051</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Var Yok Ne</t>
+          <t>Erdal İnönü (Bilge Bilim İnsanından Politikaya)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259455006</t>
+          <t>9786051754161</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gölgemi Aldım Yanıma</t>
+          <t>Kayıp Yeni</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259889399</t>
+          <t>9786051754130</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mor Baharın Tomurcuğu</t>
+          <t>Başkalarının Öyküsü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259889382</t>
+          <t>9786051754147</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şehir Kadar Büyür Yalnızlık</t>
+          <t>Kır Çiçeğim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259933443</t>
+          <t>9786259455037</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mısralardan Notalara</t>
+          <t>Var Yok Ne</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259933412</t>
+          <t>9786259455006</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yaban Ağrım</t>
+          <t>Gölgemi Aldım Yanıma</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057248954</t>
+          <t>9786259889399</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Özgür Yerel Tohum</t>
+          <t>Mor Baharın Tomurcuğu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057248947</t>
+          <t>9786259889382</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Esintiler</t>
+          <t>Şehir Kadar Büyür Yalnızlık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057248916</t>
+          <t>9786259933443</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayata Her Şey Dahil</t>
+          <t>Mısralardan Notalara</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057248923</t>
+          <t>9786259933412</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Flamingoların Ağıtı</t>
+          <t>Yaban Ağrım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057248909</t>
+          <t>9786057248954</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mani'dar</t>
+          <t>Özgür Yerel Tohum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051753812</t>
+          <t>9786057248947</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Bahçesi</t>
+          <t>Yaşamdan Esintiler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051753683</t>
+          <t>9786057248916</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kar Sensizliği</t>
+          <t>Hayata Her Şey Dahil</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051753706</t>
+          <t>9786057248923</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmak</t>
+          <t>Flamingoların Ağıtı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051753713</t>
+          <t>9786057248909</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş</t>
+          <t>Mani'dar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051753669</t>
+          <t>9786051753812</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ne Var, Ne De Yok..?</t>
+          <t>Felsefe Bahçesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051753584</t>
+          <t>9786051753683</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bedenim İşgal Altında</t>
+          <t>Kar Sensizliği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051753485</t>
+          <t>9786051753706</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Arada Kalmak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>38</v>
+        <v>65</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051753560</t>
+          <t>9786051753713</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yuvamız Otel</t>
+          <t>Kaybolmuş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>34</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051753492</t>
+          <t>9786051753669</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlık Varsa Yol Yormaz</t>
+          <t>Ne Var, Ne De Yok..?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051753355</t>
+          <t>9786051753584</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendimle Yaşam</t>
+          <t>Bedenim İşgal Altında</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051753317</t>
+          <t>9786051753485</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anemon (Deniz Şakayığı)</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051753324</t>
+          <t>9786051753560</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Aynasından</t>
+          <t>Yuvamız Otel</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051753409</t>
+          <t>9786051753492</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Öyküler</t>
+          <t>Adanmışlık Varsa Yol Yormaz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051753294</t>
+          <t>9786051753355</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ben Konuktum Zaten</t>
+          <t>Kendi Kendimle Yaşam</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051753218</t>
+          <t>9786051753317</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşantı Bir Yara</t>
+          <t>Anemon (Deniz Şakayığı)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>78</v>
+        <v>43</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051753171</t>
+          <t>9786051753324</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Açma Kapıyı… Gıcırdar</t>
+          <t>Zamanın Aynasından</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051753133</t>
+          <t>9786051753409</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Ses Var</t>
+          <t>Kıyıdaki Öyküler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051753065</t>
+          <t>9786051753294</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dünyada Misafir</t>
+          <t>Ben Konuktum Zaten</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>55</v>
+        <v>34</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051753096</t>
+          <t>9786051753218</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Var Sarıasmalara</t>
+          <t>Bir Yaşantı Bir Yara</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>65</v>
+        <v>78</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051753034</t>
+          <t>9786051753171</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuşa Giydirsem Gövdemi</t>
+          <t>Açma Kapıyı… Gıcırdar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>68</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051752839</t>
+          <t>9786051753133</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Her Yerde Ses Var</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>74</v>
+        <v>63</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051752846</t>
+          <t>9786051753065</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arızalı İlişkiler Ansiklopedisi</t>
+          <t>Yüreğim Dünyada Misafir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>74</v>
+        <v>55</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051752686</t>
+          <t>9786051753096</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İki Yitik Kelebek</t>
+          <t>Sözüm Var Sarıasmalara</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051752815</t>
+          <t>9786051753034</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Alabanda</t>
+          <t>Kuşa Giydirsem Gövdemi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>68</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051752761</t>
+          <t>9786051752839</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Senin Olan Günlerim</t>
+          <t>Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20</v>
+        <v>74</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051752549</t>
+          <t>9786051752846</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hep Bizimleydi</t>
+          <t>Arızalı İlişkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>28</v>
+        <v>74</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051752631</t>
+          <t>9786051752686</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Handikap</t>
+          <t>İki Yitik Kelebek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>47</v>
+        <v>65</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051752495</t>
+          <t>9786051752815</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Dans</t>
+          <t>Bodrum Alabanda</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>62</v>
+        <v>68</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051752365</t>
+          <t>9786051752761</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Acele</t>
+          <t>Senin Olan Günlerim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>68</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051752303</t>
+          <t>9786051752549</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Migrenim Tuttu</t>
+          <t>Hüzün Hep Bizimleydi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>58</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051752280</t>
+          <t>9786051752631</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sana Omuz Olsun</t>
+          <t>Handikap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051751931</t>
+          <t>9786051752495</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Büyümesem!</t>
+          <t>Ateşle Dans</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051751757</t>
+          <t>9786051752365</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Sesiyle</t>
+          <t>Yaşamak İçin Acele</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051751641</t>
+          <t>9786051752303</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktasında</t>
+          <t>Migrenim Tuttu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
+          <t>9786051752280</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Sana Omuz Olsun</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786051751931</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bu Gece Büyümesem!</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786051751757</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Dalgaların Sesiyle</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786051751641</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Noktasında</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
           <t>9786051751122</t>
         </is>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Pirana Kahkaları</t>
         </is>
       </c>
-      <c r="C96" s="1">
+      <c r="C100" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>