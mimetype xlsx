--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1525 +85,7660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051753614</t>
+          <t>9786259603971</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Desila</t>
+          <t>Konuşan Yangın</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051754383</t>
+          <t>9786259933429</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Fısıldayan Sarı Otlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259603933</t>
+          <t>9786259889375</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yazsam Marka Olurdu</t>
+          <t>Yüreği Avucunda</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051754369</t>
+          <t>9786259889368</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neriman</t>
+          <t>Pantolonlu Bulut</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051754321</t>
+          <t>9786051754017</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Söylemim</t>
+          <t>Bir Şiir Günlüğü için Notlar III</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051754352</t>
+          <t>9786051754000</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Bir Şiir Günlüğü için Notlar I</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051754338</t>
+          <t>9786051753997</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Dört Mevsim</t>
+          <t>Bir Şiir Günlüğü için Notlar II</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051754314</t>
+          <t>9786259889320</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendimce</t>
+          <t>Sandıktaki Sesler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051754345</t>
+          <t>9786051754024</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Beş Duyu</t>
+          <t>Haşim Atasi'nin Suriyesi - Osmanlı'dan 1960'a</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259603926</t>
+          <t>9786051753980</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Minüskül Huysuzluklar</t>
+          <t>Çöldeki Kum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051752099</t>
+          <t>9786259889306</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bay X’in Ajanı</t>
+          <t>Şiir Kalbimizde - 100. Yılda İzmir Cumhuriyet Şiirleri ve Makaleler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259603919</t>
+          <t>9786259889313</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Çekilmiş Sesler</t>
+          <t>Tanık Kürsüsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054623105</t>
+          <t>9786051753966</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İlkeleri Ya Da Şiir Ne Değildir</t>
+          <t>Konağın Alfabesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051754307</t>
+          <t>9786051753959</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Hikayesi Gelinliksiz Gelinler</t>
+          <t>Düş - Zaman</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051754284</t>
+          <t>9786057248985</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Çocukları</t>
+          <t>Gülbaran’dan Ankara’ya Uzun Yol</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051754291</t>
+          <t>9786057248961</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Günlükleri</t>
+          <t>Ragıp Bey ve Melekleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051754260</t>
+          <t>9786057248930</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Ağlamak</t>
+          <t>Tanay</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259790480</t>
+          <t>9786051753874</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kedi Bilir</t>
+          <t>Yalanın Masumiyeti Üzerine Başarısız Bir Deneme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259790473</t>
+          <t>9786051753904</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uyandıran Ninniler</t>
+          <t>Deliryum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051754277</t>
+          <t>9786051753805</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rabiye ve Amerika</t>
+          <t>Olacakları Unutmak İstiyorum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051753126</t>
+          <t>9786051753799</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Datçalıca (Keyifli Datça Sözlüğü)</t>
+          <t>Nefs</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051753232</t>
+          <t>9786051753881</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gölge Dansı</t>
+          <t>Sena'nın Yolu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>17</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051753270</t>
+          <t>9786051753737</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bozguna Uğramış Bahçe</t>
+          <t>Beklerken</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051751412</t>
+          <t>9786051753751</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ebruli Yazılar</t>
+          <t>Işığa Doğru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051754239</t>
+          <t>9786051753744</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Renk Eşleşme</t>
+          <t>Bir Rüzgar Eser</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>370</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051754222</t>
+          <t>9786051753775</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tür Eşleşme</t>
+          <t>Ravan (Sesler ve Yüzler)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051754246</t>
+          <t>9786051753768</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gücü</t>
+          <t>Karavanla İran Seyahati - Yakındaki Uzak Komşumuz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>330</v>
+        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051754185</t>
+          <t>9786051753829</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Maviydi Mut</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051754208</t>
+          <t>9786051753720</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Geçer</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051754192</t>
+          <t>9786051753638</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Sözler Durağı</t>
+          <t>Böğürtlen Tadı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054373871</t>
+          <t>9786051753676</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve İktidar</t>
+          <t>Sihir ve Sancı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>440</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051751573</t>
+          <t>9786051753652</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zelife</t>
+          <t>Homunkulus</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>410</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054373628</t>
+          <t>9786051753621</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Deneysel Düşünme</t>
+          <t>Sana Ne Oldu Zehra?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051754253</t>
+          <t>9786051753553</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Özlemin Ötesiydin</t>
+          <t>Nar Lekesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259790459</t>
+          <t>9786051753591</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Asu</t>
+          <t>Anemon Çiçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944146548</t>
+          <t>9786051753423</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ne Varsa Dilimde</t>
+          <t>Dönüş Yolu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054623631</t>
+          <t>9786051753546</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Çaldığım Öyküler</t>
+          <t>Renkli Denizyıldızı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051754215</t>
+          <t>9786051753515</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Bey</t>
+          <t>Sarmaldan Çıkış</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259790442</t>
+          <t>9786051753379</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Manolin</t>
+          <t>Babamın Kamburu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>128</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259790435</t>
+          <t>9786051753386</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Psikolojik - Psikodinamik Açıdan Nazım Hikmet Şiiri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259790428</t>
+          <t>9786051753461</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Durak</t>
+          <t>Tanzimat Sürecinde Eğitimde Batılılaşma Hareketlerimiz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>128</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051754055</t>
+          <t>9786051753430</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İki Söz Arası</t>
+          <t>Geçmiş Hayatların İzinde</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051754154</t>
+          <t>9786051753393</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Acı Yıllar ve Hatıralar (Bir Koruma Polisinin Anıları)</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259790404</t>
+          <t>9786051753454</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şarapnel Çocuklarına</t>
+          <t>Sen Bildiğini Söyleme</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051754116</t>
+          <t>9786051753416</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Genesis ve Saklı Gerçekler</t>
+          <t>Ruşen Ağa’nın Heykeli</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259455082</t>
+          <t>9786051753447</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Her Kavgada Sahipsiz</t>
+          <t>Söz Boncuğu - Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259455099</t>
+          <t>9786051753300</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaktı Geceyi</t>
+          <t>Mübadele Günlerinde Aşk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259455068</t>
+          <t>9786051753348</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gökyelken</t>
+          <t>Dün Cemiyeti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>128</v>
+        <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259455075</t>
+          <t>9786051753331</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Akarsuya İnanma</t>
+          <t>Yüreğimi Ona Bıraktım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259455051</t>
+          <t>9786051753249</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Erdal İnönü (Bilge Bilim İnsanından Politikaya)</t>
+          <t>Elma ve İnci</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051754161</t>
+          <t>9786051753225</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yeni</t>
+          <t>Yaşadıklarımdan Öğrendiklerim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051754130</t>
+          <t>9786051751863</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Öyküsü</t>
+          <t>Emanet Bahçe</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051754147</t>
+          <t>9786051751023</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeğim</t>
+          <t>Şiir Oku Bana Öğretmenim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259455037</t>
+          <t>9786051750576</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Var Yok Ne</t>
+          <t>Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259455006</t>
+          <t>9786051751047</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gölgemi Aldım Yanıma</t>
+          <t>Yavru Kedi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259889399</t>
+          <t>9786051752297</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mor Baharın Tomurcuğu</t>
+          <t>Edebiyatın Kıyılarından Aşkın Sularına Hayat</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259889382</t>
+          <t>9786051752327</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şehir Kadar Büyür Yalnızlık</t>
+          <t>Kehkeşan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259933443</t>
+          <t>9786054623822</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mısralardan Notalara</t>
+          <t>Sonbahara Eylem Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259933412</t>
+          <t>9786054623815</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yaban Ağrım</t>
+          <t>Ensest Öyküler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>70</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057248954</t>
+          <t>9786054623792</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Özgür Yerel Tohum</t>
+          <t>Eskidi Gitmek de</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057248947</t>
+          <t>9786054623594</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Esintiler</t>
+          <t>Sadece Biri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>65</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057248916</t>
+          <t>9786051751528</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayata Her Şey Dahil</t>
+          <t>Spartaküs'lerin Ölümü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057248923</t>
+          <t>9786051751481</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Flamingoların Ağıtı</t>
+          <t>O Benim Şehidim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057248909</t>
+          <t>9786051751450</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mani'dar</t>
+          <t>Gece Sözlüğü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051753812</t>
+          <t>9786051752402</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Bahçesi</t>
+          <t>Dehak'ın Karnı Doymuyorsa</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051753683</t>
+          <t>9786051752211</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kar Sensizliği</t>
+          <t>Bir İnsan Ömrünü Neye Vermeli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051753706</t>
+          <t>9786051750705</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmak</t>
+          <t>Kış Günleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>65</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051753713</t>
+          <t>9786051752129</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş</t>
+          <t>Arayan Kimdi Tatlım?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051753669</t>
+          <t>9786051751436</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ne Var, Ne De Yok..?</t>
+          <t>Pınar'dan Damlalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051753584</t>
+          <t>9786051751177</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bedenim İşgal Altında</t>
+          <t>Son Bakış</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051753485</t>
+          <t>9786051751221</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Öz Peşinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051753560</t>
+          <t>9786051751238</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yuvamız Otel</t>
+          <t>Hilaf</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051753492</t>
+          <t>9786051751368</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlık Varsa Yol Yormaz</t>
+          <t>Sokağın Delisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051753355</t>
+          <t>9786051751337</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendimle Yaşam</t>
+          <t>Eskidi Zaman</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>28</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051753317</t>
+          <t>9786051751313</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anemon (Deniz Şakayığı)</t>
+          <t>Benim Gökyüzüm, Yıldızlarım, Baharım Sensin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051753324</t>
+          <t>9786051751306</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Aynasından</t>
+          <t>Umutlar Gül Açınca</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051753409</t>
+          <t>9786051751276</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Öyküler</t>
+          <t>Martılara Selam Söyle</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>32</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051753294</t>
+          <t>9786051751320</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ben Konuktum Zaten</t>
+          <t>Anne Kokusu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051753218</t>
+          <t>9786054933297</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşantı Bir Yara</t>
+          <t>Kaybeden Kahramanlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>78</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051753171</t>
+          <t>9786054933327</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Açma Kapıyı… Gıcırdar</t>
+          <t>Aşağı Denizler Hükmü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>68</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051753133</t>
+          <t>9786054373888</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Ses Var</t>
+          <t>Dili Yüreğinde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051753065</t>
+          <t>9789944146579</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dünyada Misafir</t>
+          <t>Calvino’yu Niçin Okumalı?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>55</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051753096</t>
+          <t>9786054373864</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Var Sarıasmalara</t>
+          <t>Bir Ev Bir Sokak Bir Şehir</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051753034</t>
+          <t>9786054373321</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kuşa Giydirsem Gövdemi</t>
+          <t>Bebek Patikleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051752839</t>
+          <t>9786054623389</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Bahçeler Dili</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051752846</t>
+          <t>9786054623341</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Arızalı İlişkiler Ansiklopedisi</t>
+          <t>Afroni</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>74</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051752686</t>
+          <t>9786054373543</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İki Yitik Kelebek</t>
+          <t>Yusuf ile Zeliha</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051752815</t>
+          <t>9789944146371</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Alabanda</t>
+          <t>Yazarlara ve Yapıtlara Yönelik Okumalar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051752761</t>
+          <t>9789944146586</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Senin Olan Günlerim</t>
+          <t>Yaralarım Aşktandır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051752549</t>
+          <t>9786054623334</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hep Bizimleydi</t>
+          <t>Vedalaşmaların İlmini Yaptım Ben</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051752631</t>
+          <t>9786054373000</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Handikap</t>
+          <t>Türk Öykücülüğünde Deneysellik</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051752495</t>
+          <t>9786054623501</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Dans</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>62</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051752365</t>
+          <t>9786054373536</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Acele</t>
+          <t>Söğüt Sefası Meyhanesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051752303</t>
+          <t>9786054623419</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Migrenim Tuttu</t>
+          <t>Sağır Bellek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>58</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051752280</t>
+          <t>9786054373437</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sana Omuz Olsun</t>
+          <t>Romanın Aranışı Arayışın Romanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>29</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051751931</t>
+          <t>9789944146296</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Büyümesem!</t>
+          <t>Paul Eluard ve Nazım Hikmet’te Renklerin Dili</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051751757</t>
+          <t>9789944146395</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Sesiyle</t>
+          <t>Oralarda Bir Yerlerde</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051751641</t>
+          <t>9786054623075</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktasında</t>
+          <t>Olayların İçinden</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9789944146029</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet ve Makinalaşmak</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054373383</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Metinlerarasılık / Göstergelerarasılık</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054373529</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>İyi Geceler Aşk</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789944146807</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik ve Sadakatsizlik</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054373765</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Efsunkar</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054623891</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Filizlenen Hayatlar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054623914</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Daldan Dala</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054623945</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Balıkçı İlyas'ı Deniz Vurdu</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054623754</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Engelli Koşu Gibisin Sevgilim</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054933167</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İncelikler Aşklar</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054623952</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İlk Bakışta Aşk</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054933198</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İlkbahara Eylem Kitabı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054933174</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Anılar, Düşler ve Önemsiz Şeyler</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054933037</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Limoni</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786054623976</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Organlar Da Konuşur</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786054933075</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Güvercin Boşluğu</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786054933143</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Mülteci Yalnızlığım</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786054933259</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Yava İle Çilez</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789944493318</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kötü Çocukları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786054933105</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sensiz Aşk</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>12.06</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786054933044</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Zamanı Bize Çevirdim</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786054933273</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Nar Hali</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789944462349</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Ekinle Gelen</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786054933099</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çaydanlığa Karşı Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054933068</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Dalgın</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786054933013</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Söylenceleri</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786054933280</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler de Kanar</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786054933204</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Bıyıklı Babam</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786051752013</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Mor Hırkalı Şahmeran</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786051750910</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Denizci Kadın</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786051751955</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Suadiye Vapuru</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786051751917</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Yaratılış Formulü: 4T+2S+1</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786051751924</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Yere Düşmemiş Yağmur Damlası</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786051751894</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kış Ağacı / Su Dalı</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786051751269</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>No: 109</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786051751030</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Serva</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786051751382</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kelebekler ve Aşklar</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786051751153</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Can Cevheri</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786051750927</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Serlerin Kaybı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786051750040</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Ada</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786051751542</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Kırkıncı Gece</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054623778</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Geçerken</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786051751979</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Şah ve Mara</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786051751467</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Günlükler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786051750842</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>2000 + X</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786051750835</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Kesiği</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786051750804</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Gerdek Suskunu</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786051750828</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Zambağa Yolculuk</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786051750675</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Uykusuzlar</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786051751788</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzüne Vuran Telaş</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786051751375</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Ah Müjgan Gibi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786051751504</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Kız ve Mavi Oğlan'ın Maceraları</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786051751405</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Gelini</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054933471</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeklemeler</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054933372</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>MA'nın Son Torunu ve Ben</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786051751948</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mitos</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786051751443</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Salı Ertesi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786051751252</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Gözlüğü</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786051751665</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Saklı Çocuk</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786051751801</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Ateşten Çekilen Sular</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786051750989</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Kösem Sultan ve 4. Murad</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786051751566</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Dokunsan Kalbim Ağlayacak</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786051751610</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Uyansam Kaybolurum</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786051751634</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Deli Tozu</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786051751627</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Ay Çukurunda</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786051751603</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalı Soluk</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786051751887</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Beni Yanlış Anla</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786051751740</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hayal Hikayesi</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786051751771</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklardan Gelen</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786051751696</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bir Serçenin Çırpınışı</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786051751580</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Mama Lubunya</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786051751214</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Üşü</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786051751658</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Argo</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786051751689</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Mesut</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786051751672</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Kafesim</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786051751399</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>İkiz-im</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786051750125</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Hüznüm Çok Çalışkandı</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786051750361</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kulaklarıma İnanamıyorum</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786051750385</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Espresso!</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786051750651</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Kadında Söz İzleri</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786051750552</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Carley</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786051750590</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Atlı Kadınca</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786051750613</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ne Söylüyorum Ailem Ne Anlıyor?</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786051750491</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Günce</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786051750903</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bana Ayışığını Anlat</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786051750606</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Bana Kalan Çöl</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786051750972</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>İçimde Kalmasınlar</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786051750880</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Gri Çığlık</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786051750941</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>İyilik ve Kötülük İçin Mekanlar</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786051750859</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Penceremden</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786051750767</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Mor Gecelerin Suskun Dili</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786051751474</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Nil Geçer Gözlerinden</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786051751429</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Dolmuş İçime</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786051750569</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Sığ Sulardan Okyanusa</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786051750286</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Bendim Öteki</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786051751283</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Açtığın Yaralarımdan Öp Beni!</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786051750132</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Lofoten</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786054933358</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Ben Senin Bildiğin Kızlardan Deliyim</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786051751061</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Canhıraş</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786051751054</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Aşka, Sevdaya, Umuda</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786051751009</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Uzunzaim Mecburen</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786054933884</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Canın Cennetime</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786051750057</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Kız Mavi Oğlan</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786051751085</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Ruj</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786051751108</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Uzakların Çağrısı</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786051751146</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Kargo</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786051751092</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Araf'ın Doğusu</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786051751078</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Her Fotoğrafın Bir Öyküsü Vardır</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786051750736</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Naralı Eylül</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786051750699</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Hislerimle Hislensen</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786051750644</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Kabuk</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786051750729</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Uçuşu</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786051751115</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Boğalı ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786051750583</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Sınır Bilir mi?</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786051753058</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Müjde Paralı Van Gorp</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786051753089</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Arayış</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786054623730</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Evimizin Duvarları</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786054933242</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Haritası</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786051750064</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Sesi</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054933402</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Y Kuşağını Anlamak</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786054933396</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Küpeler</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786054933914</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Cinlerevi'nden Gazap Masalları</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786054623969</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Metinlerarası İlişkiler</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786051750163</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Ölüler Aynası</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786054373468</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Kimsesiz Duygular Yurdu</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786054933952</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Annem Bensiz Yapamıyor</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786054933334</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Masal</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786054933303</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Nergis Duaları</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054933082</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumun Çalınmış Uykuları</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786054933921</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Dalgaları Saymak</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054933891</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Umutlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786054933556</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Üç Gecesi</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786054933839</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Gülkurusu Öyküler</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786054933341</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Kutusu</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786054933860</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>İnfaz Memurunun Akşam Yemeği</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786054933419</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Zamanlar Dükkanı</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786051750774</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Yere Bırakıyorum Geceyi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786051750378</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kardelen'in Hayali</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786051750514</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz ve Aşk</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786051750538</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Takvim Yaprakları İçin Notlar</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786051750781</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Dağın Elifi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786051750798</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Ve Dondurma Ve Aşk</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786054933211</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Sekseninci Sayfa</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786051750453</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Tamara'nın Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786051750545</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğine Bak</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786051750439</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşka Son Mektup</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786051750620</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Bir Yerde Yabancı</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786051750484</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Ziba</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786051750637</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Bittik Nazan</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786054623693</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Dili Geçmiş Zaman</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786054933815</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Sonradan Gelen Bir Şeydir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786054933747</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Babil'i Yıkıyorum</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786054933822</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Keşf-i Antakya</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786051750187</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>İlyas Halil ve Nuri Abaç'ın Kanada Mektupları</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786054933150</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerde Kalan Girit Eleni</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786054933136</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Sinesaf - Düşlerde Kalan Mübadele</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786051750248</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Toğrul Kuşu</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786051750255</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerimdeki Beyaz Üniforma</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786054933679</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Kül'Efil</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054933440</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Meme</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786054623990</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Ney'Sen O</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786054933808</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Gecene Ay Dolansın</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789944146388</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Apenninler'den And Dağları'na</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786051750026</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Bilmecesi</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786051750217</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Aşklar Mevsimi</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786054933877</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789944146456</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Mekan Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786054933112</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerine Ayışığı Kaçan Kız</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786054933907</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Akvaryumdaki BaBalık</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786054933631</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Sardunyanın Adı Maria</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786051750309</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Kilit Taşı</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786054933266</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Olur Musun?</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786051750088</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İzmir'in İnce Gülü</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786054623624</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Yarasa Vampir</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786054933181</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kötü Çocukları</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786054933938</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Şekerim</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786051750194</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Mucize İçinizde - Artık Dışarıda Aramayı Bırakın</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786054933617</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>1. Dünya Savaşı Doğu Cephesinde Muhacirler</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786054933853</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Paslı Zamanlar</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786054933488</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Morto'nun Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786054933723</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağalı Çeşme</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786054933976</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Çok Okuyanlar Çetesi Tatilde - Dördüncü Kitap</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786054933846</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar Uçar Öykü Kalır</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786051750170</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Mevsim Geçmedi</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786054933693</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Fısıldarken (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786054933525</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yalnızları</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786054933457</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Kırıntıları</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786054933730</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerle Hoca Nasrettin</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786054933754</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Nesibe</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789944146982</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Aşkıya</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786054373178</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Evi</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786054933129</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Yengen Olur</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786051750330</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Senfonisi</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786051750019</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Düş Örsü</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786054933969</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Kafka Maskeli Zorro</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786054933563</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Son Bakışta Ayrılık</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786051753140</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Bulutu</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786051753157</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Sesim Yok</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786051752853</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>İzmir’in Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786051753119</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Umutlarım Var</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786051753164</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Alevce</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786051753041</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Kıyısından</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786051753195</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişe Yolculuk</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786051753201</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Aynada Gelincik</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789944146913</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Adalar Kitabı</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786054623174</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>İda (Şu Hip Hop Dedikleri)</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789944146678</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Hızın ve Devrimin Sanatı Fütürizm</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786051753072</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Çok Özel Dostlar Kulübü</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786051752938</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>68'li Yıllar Üniversite Anıları</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786051752273</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Zafer Önler Armağanı</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786051752907</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Çöl ve Kül</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786051752891</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Zaman İçinde</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786051752969</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Sus Payı Dünya</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786051752945</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinlerin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786051752952</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Eva Sadece Sesini</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786051752877</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Papatyalar da Yanılır</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786051752440</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Mart İti</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786051752501</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Bayrağı</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051752532</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Yankı Sokağı’na Senfoni</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786051752860</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Ihlamurda Çoğalan Sabah</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786051752785</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Gediz Deltası’ndaki İzmir Kuş Cenneti’ni Yaşatma Mücadelesi (1982-2018)</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786051752648</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Kamuran</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786051752600</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Dostum Ares</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786051752662</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Şehla Menekşe</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786051752983</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Günahlar</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786051752976</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Nedenlere Kim Karar Verir</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786051752990</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Evliliğim Sadist Bir Monolog</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786051752921</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Bütün İzler ve Derinlerde</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786051752358</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Palamarkalı Kadınlar</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786051753003</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadığım Yıllar Yürüdüğüm Yollar</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786051753010</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Sarı Kurdele</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786051752723</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Alman Edebiyatından Esintiler - Şiir Seçkisi</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786051752716</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gelir</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786051752822</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktaki İçim</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786051752808</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Modernist Söylem ve Doğu-Batı Sorunsalı</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786051752709</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmamış Yıllar</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786051752266</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Yine Hüzzam</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786051750347</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Söyleyecek Sözü Olan Oyunlar</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786051750323</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Çağrışımlar Kataloğu</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786051750354</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Kokan Kadınlar</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786051752174</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gece Biz</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786051750408</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Kromozom ve Kum</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786051750293</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'yla Sancılarım</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786051752754</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Erkekten Kadına Cinsiyetçi Şiddet</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051752778</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gece Yarısı Papatyası</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051752693</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Oyun</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786051752792</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Lezgiler ve Lezgistan</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786054933532</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Avazın Çıktığı Kadar Bahar</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054933549</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Yaramaz Çocuk</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054933426</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Masası ve Millet</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786054933518</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Yaza Eylem Kitabı</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786054933365</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>İllüzyon</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054933464</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Göç Zamanı</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051752198</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Albümdeki Mucize</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786051752204</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Söz Uçar</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051752020</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Söz Lekesi</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786051753027</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Fedaisi Giresun Şahini</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786051752624</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Anne Baba Olmanın G Noktası</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051752143</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Düş Dibi</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051752570</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Uyduruk Yazılar 2</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786051752563</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sen Ağlama</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786051752556</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Bursa’da Aşk Zamanı</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786051752471</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Değirmen Sokağı</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786051752457</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Türkü Yarası</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786051752433</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Sırrı Hakikat</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786051752235</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Gezgin</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786054933020</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Taş Saksı</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786054933310</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Üretken Türkiye</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786051750712</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Sessizce Geçiyordu Zamandan</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786051750682</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve İnanç</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786051752044</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Yazılan Harfler</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786051752396</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Avuç İçinde Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786051752587</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Korku Kırılması</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786051752655</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Çığlığı</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051752594</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Ben Fatmazel Memnun Oldum!</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051752068</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Cenazesini İzleyen Adam</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786051752679</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Atlası</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786051752730</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Uyu-Yan Güzel</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786051752747</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Hırsızı</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051752136</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Masalı</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786051752167</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Asıllar ve Replikalar</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786051752105</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Yağmur Damlaları</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786051751535</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Anneden Meseller</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051751993</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Anahtar</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786051751986</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Geriye Anılar Kalır</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786051752006</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Pardon Çıkaramadım</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786051750101</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Ona Uğramadı</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786051750095</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Erlik'in Kızı</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786054933594</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Rakımlar Güzelim</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786054933600</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Yol Yordam</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786051750262</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Zaman - Saat 23:59</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051750279</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Taksim'deki Gökkuşağı</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786051752518</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Lunapark</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051752334</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Aurum Köleleri - Cerrah</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786051752525</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Benden Bana Kalan</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786051752464</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Minör Sözler</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786054933587</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Sığ</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054933983</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Adını Saklı Tuttum</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786054933990</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Bu Yoklukta Sen</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786051752341</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Payiz</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786051752112</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Ateşin Eli</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786051752150</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Sandık</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786051750002</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Misafir Yüreğimde</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786051750965</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Ah Sen Yara</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>16.12</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786051750958</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Başıbozuk</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786051751245</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Çiçek</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786051751191</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Yalnızlık, Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786259603957</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatından Şairler Geçiyor</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786259603940</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Mucize</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786259603964</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Peşinden Koşma Üzerine Çek</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051754406</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sözleri</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051753614</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Desila</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786051754383</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786259603933</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımı Yazsam Marka Olurdu</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786051754369</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Neriman</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786051754321</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Söylemim</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786051754352</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786051754338</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Dört Mevsim</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786051754314</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Kendimce</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051754345</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Beş Duyu</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786259603926</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Minüskül Huysuzluklar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051752099</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Bay X’in Ajanı</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786259603919</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Kuyudan Çekilmiş Sesler</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786054623105</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin İlkeleri Ya Da Şiir Ne Değildir</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051754307</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Bir Anadolu Hikayesi Gelinliksiz Gelinler</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051754284</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Dolunayın Çocukları</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786051754291</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Güneydoğu Günlükleri</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051754260</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzun Ağlamak</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786259790480</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Bilir</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786259790473</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Uyandıran Ninniler</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051754277</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Rabiye ve Amerika</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051753126</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Datçalıca (Keyifli Datça Sözlüğü)</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051753232</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Dansı</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051753270</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Bozguna Uğramış Bahçe</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051751412</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Ebruli Yazılar</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051754239</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Renk Eşleşme</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051754222</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Tür Eşleşme</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786051754246</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Renklerin Gücü</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786051754185</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Lale</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051754208</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051754192</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Adressiz Sözler Durağı</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786054373871</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve İktidar</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051751573</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Zelife</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786054373628</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Yazarlık ve Deneysel Düşünme</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051754253</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Özlemin Ötesiydin</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786259790459</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Asu</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789944146548</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Ne Varsa Dilimde</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786054623631</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklardan Çaldığım Öyküler</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786051754215</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Abdullah Bey</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786259790442</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Manolin</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786259790435</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786259790428</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Durak</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051754055</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>İki Söz Arası</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051754154</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Acı Yıllar ve Hatıralar (Bir Koruma Polisinin Anıları)</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786259790404</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Şarapnel Çocuklarına</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051754116</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Genesis ve Saklı Gerçekler</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786259455082</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Her Kavgada Sahipsiz</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786259455099</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Gül Yaktı Geceyi</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786259455068</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Gökyelken</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786259455075</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Akarsuya İnanma</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786259455051</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Erdal İnönü (Bilge Bilim İnsanından Politikaya)</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051754161</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Yeni</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051754130</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Başkalarının Öyküsü</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051754147</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Kır Çiçeğim</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786259455037</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Var Yok Ne</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786259455006</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Gölgemi Aldım Yanıma</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786259889399</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Mor Baharın Tomurcuğu</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786259889382</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Kadar Büyür Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786259933443</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Mısralardan Notalara</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786259933412</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Ağrım</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786057248954</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Yerel Tohum</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057248947</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamdan Esintiler</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057248916</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Her Şey Dahil</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786057248923</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Flamingoların Ağıtı</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786057248909</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Mani'dar</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786051753812</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Bahçesi</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051753683</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Kar Sensizliği</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051753706</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Arada Kalmak</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051753713</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolmuş</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051753669</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Ne Var, Ne De Yok..?</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786051753584</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Bedenim İşgal Altında</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786051753485</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051753560</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Yuvamız Otel</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786051753492</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Adanmışlık Varsa Yol Yormaz</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786051753355</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendimle Yaşam</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786051753317</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Anemon (Deniz Şakayığı)</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786051753324</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Aynasından</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051753409</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Kıyıdaki Öyküler</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786051753294</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Ben Konuktum Zaten</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786051753218</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaşantı Bir Yara</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786051753171</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Açma Kapıyı… Gıcırdar</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786051753133</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Her Yerde Ses Var</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786051753065</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Dünyada Misafir</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786051753096</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Sözüm Var Sarıasmalara</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786051753034</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Kuşa Giydirsem Gövdemi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786051752839</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Dünya</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786051752846</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Arızalı İlişkiler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786051752686</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>İki Yitik Kelebek</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786051752815</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Bodrum Alabanda</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786051752761</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Senin Olan Günlerim</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786051752549</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Hep Bizimleydi</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786051752631</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Handikap</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786051752495</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Ateşle Dans</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786051752365</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak İçin Acele</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786051752303</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Migrenim Tuttu</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786051752280</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Sana Omuz Olsun</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786051751931</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Bu Gece Büyümesem!</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786051751757</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Dalgaların Sesiyle</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786051751641</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Noktasında</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
           <t>9786051751122</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B509" s="1" t="inlineStr">
         <is>
           <t>Pirana Kahkaları</t>
         </is>
       </c>
-      <c r="C100" s="1">
+      <c r="C509" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>