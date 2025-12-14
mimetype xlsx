--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,1765 +85,1795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256664272</t>
+          <t>9786256664296</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin İki Yakası</t>
+          <t>Asur ve Babil'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256664265</t>
+          <t>9786256664289</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Adana Tadında Çocukluğum</t>
+          <t>Gobeklitepe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256664227</t>
+          <t>9786256664272</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Golem</t>
+          <t>Esir Şehrin İki Yakası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256664210</t>
+          <t>9786256664265</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kırık Gölge</t>
+          <t>Adana Tadında Çocukluğum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256664173</t>
+          <t>9786256664227</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>The Story Of Troy</t>
+          <t>Golem</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256664203</t>
+          <t>9786256664210</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Görüşme</t>
+          <t>Kırık Gölge</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256664197</t>
+          <t>9786256664173</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe ve Neolitik Gizemleri</t>
+          <t>The Story Of Troy</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256664180</t>
+          <t>9786256664203</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>Psikiyatrik Görüşme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256664166</t>
+          <t>9786256664197</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyetimden Çok Şey Kaybettim</t>
+          <t>Göbeklitepe ve Neolitik Gizemleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057000521</t>
+          <t>9786256664180</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256664159</t>
+          <t>9786256664166</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
+          <t>İyi Niyetimden Çok Şey Kaybettim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256664135</t>
+          <t>9786057000521</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapi</t>
+          <t>İçimizdeki Yabancı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256664142</t>
+          <t>9786256664159</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Greek Cities and Islands of Asia Minor</t>
+          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256664128</t>
+          <t>9786256664135</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Psikanalitik Psikoterapi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256664104</t>
+          <t>9786256664142</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Psikolojisi</t>
+          <t>Greek Cities and Islands of Asia Minor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256664111</t>
+          <t>9786256664128</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Uygarlık</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>375</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057087966</t>
+          <t>9786256664104</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>The Walls Of Constantinople</t>
+          <t>Pazarlamanın Psikolojisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058051034</t>
+          <t>9786256664111</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Özgürlük ve Uygarlık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058103498</t>
+          <t>9786057087966</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi</t>
+          <t>The Walls Of Constantinople</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256664098</t>
+          <t>9786058051034</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256664081</t>
+          <t>9786058103498</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
+          <t>İnsanı Anlamanın Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256664067</t>
+          <t>9786256664098</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Seval Özcan: Dot.</t>
+          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256664074</t>
+          <t>9786256664081</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
+          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256664050</t>
+          <t>9786256664067</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
+          <t>Seval Özcan: Dot.</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058103474</t>
+          <t>9786256664074</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Religion of Ancient Rome</t>
+          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256664043</t>
+          <t>9786256664050</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
+          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256664012</t>
+          <t>9786058103474</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
+          <t>The Religion of Ancient Rome</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256664029</t>
+          <t>9786256664043</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kalkanlar ve Altın Bağlar</t>
+          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256664036</t>
+          <t>9786256664012</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Diyarın Kıyameti - Filin Gazabı</t>
+          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056864421</t>
+          <t>9786256664029</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
+          <t>Çelik Kalkanlar ve Altın Bağlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256664005</t>
+          <t>9786256664036</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi 2</t>
+          <t>Diyarın Kıyameti - Filin Gazabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057274595</t>
+          <t>9786056864421</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
+          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057274571</t>
+          <t>9786256664005</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İşte Aranan Lider</t>
+          <t>İnsanı Anlamanın Tarihi 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057274588</t>
+          <t>9786057274595</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
+          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057274564</t>
+          <t>9786057274571</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rekabetin Ötesinde Satış</t>
+          <t>İşte Aranan Lider</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057274557</t>
+          <t>9786057274588</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
+          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057274540</t>
+          <t>9786057274564</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Vagon</t>
+          <t>Rekabetin Ötesinde Satış</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057274533</t>
+          <t>9786057274557</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Travmaları Aşmak</t>
+          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057274502</t>
+          <t>9786057274540</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
+          <t>Son Vagon</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057274519</t>
+          <t>9786057274533</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pentimento</t>
+          <t>Travmaları Aşmak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057274526</t>
+          <t>9786057274502</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>The Mesnevı Of Rumı</t>
+          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057141286</t>
+          <t>9786057274519</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İkinci Tekil Şahıs</t>
+          <t>Pentimento</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057141293</t>
+          <t>9786057274526</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
+          <t>The Mesnevı Of Rumı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057141279</t>
+          <t>9786057141286</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyu</t>
+          <t>İkinci Tekil Şahıs</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057141262</t>
+          <t>9786057141293</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Kitabı</t>
+          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057141255</t>
+          <t>9786057141279</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Depremi</t>
+          <t>Kör Kuyu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057141248</t>
+          <t>9786057141262</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Z</t>
+          <t>Dönüşüm Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057141217</t>
+          <t>9786057141255</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Delirmenin Argosu</t>
+          <t>İstanbul Depremi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057087997</t>
+          <t>9786057141248</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Son Firavun</t>
+          <t>Benim Adım Z</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057087980</t>
+          <t>9786057141217</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Perde Arası</t>
+          <t>Delirmenin Argosu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057141224</t>
+          <t>9786057087997</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arusyag Papazyan</t>
+          <t>Son Firavun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057141200</t>
+          <t>9786057087980</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pirus</t>
+          <t>Perde Arası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057087973</t>
+          <t>9786057141224</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Sihirli 1000 Günü</t>
+          <t>Arusyag Papazyan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057087959</t>
+          <t>9786057141200</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jalaluddin Rumi</t>
+          <t>Pirus</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057087928</t>
+          <t>9786057087973</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Genghis Khan</t>
+          <t>Bebeğin Sihirli 1000 Günü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057087942</t>
+          <t>9786057087959</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alexander The Great</t>
+          <t>Mevlana Jalaluddin Rumi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057087935</t>
+          <t>9786057087928</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Genghis Khan</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057060686</t>
+          <t>9786057087942</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ambersonlar</t>
+          <t>Alexander The Great</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057087911</t>
+          <t>9786057087935</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057060693</t>
+          <t>9786057060686</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Galileo ve Yargıçları</t>
+          <t>Muhteşem Ambersonlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057087904</t>
+          <t>9786057087911</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atlantis</t>
+          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057060679</t>
+          <t>9786057060693</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gözün Serüveni</t>
+          <t>Galileo ve Yargıçları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057060661</t>
+          <t>9786057087904</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ve Perde İndi</t>
+          <t>Atlantis</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057060631</t>
+          <t>9786057060679</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
+          <t>Gözün Serüveni</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050632835</t>
+          <t>9786057060661</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Handan</t>
+          <t>Ve Perde İndi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057000569</t>
+          <t>9786057060631</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bağlanmak</t>
+          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057000590</t>
+          <t>9786050632835</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Prangalar Özgürlükler</t>
+          <t>Handan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057000576</t>
+          <t>9786057000569</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis'in Sırrı</t>
+          <t>Yeniden Bağlanmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057000552</t>
+          <t>9786057000590</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ockham’ın Usturası</t>
+          <t>Kitaplar Prangalar Özgürlükler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057000545</t>
+          <t>9786057000576</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Terminalde Bir Gün</t>
+          <t>Piri Reis'in Sırrı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057000538</t>
+          <t>9786057000552</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ergenlik</t>
+          <t>Ockham’ın Usturası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057000514</t>
+          <t>9786057000545</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Avrupa</t>
+          <t>Terminalde Bir Gün</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050632897</t>
+          <t>9786057000538</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Bilinmeyen Tanrı</t>
+          <t>Adım Adım Ergenlik</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057000507</t>
+          <t>9786057000514</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Babil Yaratılış Efsaneleri</t>
+          <t>Türkler ve Avrupa</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050632828</t>
+          <t>9786050632897</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın İkinci Cilt</t>
+          <t>Bilinen ve Bilinmeyen Tanrı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050632804</t>
+          <t>9786057000507</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın Birinci Cilt</t>
+          <t>Babil Yaratılış Efsaneleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050632880</t>
+          <t>9786050632828</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kıyısında</t>
+          <t>İki Ada Bir Kadın İkinci Cilt</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050632873</t>
+          <t>9786050632804</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>İki Ada Bir Kadın Birinci Cilt</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050632866</t>
+          <t>9786050632880</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
+          <t>Hiçliğin Kıyısında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058005082</t>
+          <t>9786050632873</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Aşk Yoktur</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050632859</t>
+          <t>9786050632866</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Sonsuz Yolculuğu</t>
+          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050632842</t>
+          <t>9786058005082</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kitabist Manifesto</t>
+          <t>Mutsuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050632811</t>
+          <t>9786050632859</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan</t>
+          <t>Psikoterapinin Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058005068</t>
+          <t>9786050632842</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche - Wagner Yazışmaları</t>
+          <t>Kitabist Manifesto</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058005051</t>
+          <t>9786050632811</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanrı ve Ölümsüzlük</t>
+          <t>Büyük Tufan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058005075</t>
+          <t>9786058005068</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Stories Of Old Greece And Rome</t>
+          <t>Nietzsche - Wagner Yazışmaları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058005006</t>
+          <t>9786058005051</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>İnsan Tanrı ve Ölümsüzlük</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058005020</t>
+          <t>9786058005075</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Psikoloğu Olun</t>
+          <t>Stories Of Old Greece And Rome</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058005044</t>
+          <t>9786058005006</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Marka Çocuk Yetiştirmek</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058005013</t>
+          <t>9786058005020</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünyada I Love Tesla</t>
+          <t>Çocuğunuzun Psikoloğu Olun</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058005037</t>
+          <t>9786058005044</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Marka Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058051072</t>
+          <t>9786058005013</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Benim Dizi Başladı</t>
+          <t>Cesur Yeni Dünyada I Love Tesla</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058051096</t>
+          <t>9786058005037</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058051089</t>
+          <t>9786058051072</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>The Illiad</t>
+          <t>Benim Dizi Başladı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058051058</t>
+          <t>9786058051096</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058051065</t>
+          <t>9786058051089</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İşin Geleceği Şimdi!</t>
+          <t>The Illiad</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058103450</t>
+          <t>9786058051058</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Leydi Susan</t>
+          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058051027</t>
+          <t>9786058051065</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın?</t>
+          <t>İşin Geleceği Şimdi!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058051041</t>
+          <t>9786058103450</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ruhun İnşası</t>
+          <t>Leydi Susan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058051010</t>
+          <t>9786058051027</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Martı</t>
+          <t>Benimle Oynar Mısın?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058051003</t>
+          <t>9786058051041</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Kariyer</t>
+          <t>Ruhun İnşası</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058103467</t>
+          <t>9786058051010</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Satış İknası</t>
+          <t>Sarhoş Martı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058103481</t>
+          <t>9786058051003</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Youtube Masalı</t>
+          <t>Sivil Havacılıkta Kariyer</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058103436</t>
+          <t>9786058103467</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kattaki Lunapark</t>
+          <t>Satış İknası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058103412</t>
+          <t>9786058103481</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kabuğuna Sinmiş Adam</t>
+          <t>Youtube Masalı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058103429</t>
+          <t>9786058103436</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
+          <t>Dördüncü Kattaki Lunapark</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058103443</t>
+          <t>9786058103412</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yunus</t>
+          <t>Kabuğuna Sinmiş Adam</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056864476</t>
+          <t>9786058103429</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma Hikayeleri</t>
+          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056864469</t>
+          <t>9786058103443</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma'nın Dini</t>
+          <t>Yunus</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056864483</t>
+          <t>9786056864476</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta</t>
+          <t>Antik Yunan ve Roma Hikayeleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056864452</t>
+          <t>9786056864469</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
+          <t>Antik Roma'nın Dini</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056864445</t>
+          <t>9786056864483</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Uçuş 345</t>
+          <t>Kayıp Kıta</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056864438</t>
+          <t>9786056864452</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Zamanlar</t>
+          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056864414</t>
+          <t>9786056864445</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+          <t>Uçuş 345</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
+          <t>9786056864438</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kafkaesk Zamanlar</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786056864414</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
           <t>9786056864407</t>
         </is>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Başka Dünyalardan Öyküler</t>
         </is>
       </c>
-      <c r="C116" s="1">
+      <c r="C118" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>