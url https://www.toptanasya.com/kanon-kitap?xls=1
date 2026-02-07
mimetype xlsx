--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -85,1795 +85,1840 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256664296</t>
+          <t>9786256664326</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Asur ve Babil'de Günlük Hayat</t>
+          <t>Bir Dehanın İzinde -  Leonardo Da Vinci'nin Zihinsel Yolculuğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256664289</t>
+          <t>9786256664319</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gobeklitepe</t>
+          <t>Kendime Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256664272</t>
+          <t>9786256664302</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin İki Yakası</t>
+          <t>Güç ve Gölge (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256664265</t>
+          <t>9786256664296</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Adana Tadında Çocukluğum</t>
+          <t>Asur ve Babil'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256664227</t>
+          <t>9786256664289</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Golem</t>
+          <t>Gobeklitepe</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256664210</t>
+          <t>9786256664272</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kırık Gölge</t>
+          <t>Esir Şehrin İki Yakası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256664173</t>
+          <t>9786256664265</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>The Story Of Troy</t>
+          <t>Adana Tadında Çocukluğum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256664203</t>
+          <t>9786256664227</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Görüşme</t>
+          <t>Golem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256664197</t>
+          <t>9786256664210</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe ve Neolitik Gizemleri</t>
+          <t>Kırık Gölge</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256664180</t>
+          <t>9786256664173</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>The Story Of Troy</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256664166</t>
+          <t>9786256664203</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyetimden Çok Şey Kaybettim</t>
+          <t>Psikiyatrik Görüşme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057000521</t>
+          <t>9786256664197</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı</t>
+          <t>Göbeklitepe ve Neolitik Gizemleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256664159</t>
+          <t>9786256664180</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256664135</t>
+          <t>9786256664166</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapi</t>
+          <t>İyi Niyetimden Çok Şey Kaybettim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256664142</t>
+          <t>9786057000521</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Greek Cities and Islands of Asia Minor</t>
+          <t>İçimizdeki Yabancı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256664128</t>
+          <t>9786256664159</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256664104</t>
+          <t>9786256664135</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Psikolojisi</t>
+          <t>Psikanalitik Psikoterapi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>825</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256664111</t>
+          <t>9786256664142</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Uygarlık</t>
+          <t>Greek Cities and Islands of Asia Minor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057087966</t>
+          <t>9786256664128</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Walls Of Constantinople</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058051034</t>
+          <t>9786256664104</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Pazarlamanın Psikolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058103498</t>
+          <t>9786256664111</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi</t>
+          <t>Özgürlük ve Uygarlık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256664098</t>
+          <t>9786057087966</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
+          <t>The Walls Of Constantinople</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256664081</t>
+          <t>9786058051034</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256664067</t>
+          <t>9786058103498</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Seval Özcan: Dot.</t>
+          <t>İnsanı Anlamanın Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256664074</t>
+          <t>9786256664098</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
+          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>325</v>
+        <v>700</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256664050</t>
+          <t>9786256664081</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
+          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058103474</t>
+          <t>9786256664067</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>The Religion of Ancient Rome</t>
+          <t>Seval Özcan: Dot.</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256664043</t>
+          <t>9786256664074</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
+          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256664012</t>
+          <t>9786256664050</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
+          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256664029</t>
+          <t>9786058103474</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kalkanlar ve Altın Bağlar</t>
+          <t>The Religion of Ancient Rome</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256664036</t>
+          <t>9786256664043</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Diyarın Kıyameti - Filin Gazabı</t>
+          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056864421</t>
+          <t>9786256664012</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
+          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256664005</t>
+          <t>9786256664029</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi 2</t>
+          <t>Çelik Kalkanlar ve Altın Bağlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057274595</t>
+          <t>9786256664036</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
+          <t>Diyarın Kıyameti - Filin Gazabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057274571</t>
+          <t>9786056864421</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İşte Aranan Lider</t>
+          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057274588</t>
+          <t>9786256664005</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
+          <t>İnsanı Anlamanın Tarihi 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057274564</t>
+          <t>9786057274595</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rekabetin Ötesinde Satış</t>
+          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057274557</t>
+          <t>9786057274571</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
+          <t>İşte Aranan Lider</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057274540</t>
+          <t>9786057274588</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Son Vagon</t>
+          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057274533</t>
+          <t>9786057274564</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Travmaları Aşmak</t>
+          <t>Rekabetin Ötesinde Satış</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057274502</t>
+          <t>9786057274557</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
+          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057274519</t>
+          <t>9786057274540</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Pentimento</t>
+          <t>Son Vagon</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057274526</t>
+          <t>9786057274533</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>The Mesnevı Of Rumı</t>
+          <t>Travmaları Aşmak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057141286</t>
+          <t>9786057274502</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İkinci Tekil Şahıs</t>
+          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057141293</t>
+          <t>9786057274519</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
+          <t>Pentimento</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057141279</t>
+          <t>9786057274526</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyu</t>
+          <t>The Mesnevı Of Rumı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057141262</t>
+          <t>9786057141286</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Kitabı</t>
+          <t>İkinci Tekil Şahıs</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057141255</t>
+          <t>9786057141293</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Depremi</t>
+          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057141248</t>
+          <t>9786057141279</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Z</t>
+          <t>Kör Kuyu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057141217</t>
+          <t>9786057141262</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Delirmenin Argosu</t>
+          <t>Dönüşüm Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057087997</t>
+          <t>9786057141255</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Son Firavun</t>
+          <t>İstanbul Depremi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057087980</t>
+          <t>9786057141248</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Perde Arası</t>
+          <t>Benim Adım Z</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057141224</t>
+          <t>9786057141217</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Arusyag Papazyan</t>
+          <t>Delirmenin Argosu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057141200</t>
+          <t>9786057087997</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pirus</t>
+          <t>Son Firavun</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057087973</t>
+          <t>9786057087980</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Sihirli 1000 Günü</t>
+          <t>Perde Arası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057087959</t>
+          <t>9786057141224</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jalaluddin Rumi</t>
+          <t>Arusyag Papazyan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057087928</t>
+          <t>9786057141200</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Genghis Khan</t>
+          <t>Pirus</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057087942</t>
+          <t>9786057087973</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Alexander The Great</t>
+          <t>Bebeğin Sihirli 1000 Günü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057087935</t>
+          <t>9786057087959</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Mevlana Jalaluddin Rumi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057060686</t>
+          <t>9786057087928</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ambersonlar</t>
+          <t>Genghis Khan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057087911</t>
+          <t>9786057087942</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
+          <t>Alexander The Great</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057060693</t>
+          <t>9786057087935</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Galileo ve Yargıçları</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057087904</t>
+          <t>9786057060686</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Atlantis</t>
+          <t>Muhteşem Ambersonlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057060679</t>
+          <t>9786057087911</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gözün Serüveni</t>
+          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057060661</t>
+          <t>9786057060693</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ve Perde İndi</t>
+          <t>Galileo ve Yargıçları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057060631</t>
+          <t>9786057087904</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
+          <t>Atlantis</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050632835</t>
+          <t>9786057060679</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Handan</t>
+          <t>Gözün Serüveni</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057000569</t>
+          <t>9786057060661</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bağlanmak</t>
+          <t>Ve Perde İndi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057000590</t>
+          <t>9786057060631</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Prangalar Özgürlükler</t>
+          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057000576</t>
+          <t>9786050632835</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis'in Sırrı</t>
+          <t>Handan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057000552</t>
+          <t>9786057000569</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ockham’ın Usturası</t>
+          <t>Yeniden Bağlanmak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057000545</t>
+          <t>9786057000590</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Terminalde Bir Gün</t>
+          <t>Kitaplar Prangalar Özgürlükler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057000538</t>
+          <t>9786057000576</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ergenlik</t>
+          <t>Piri Reis'in Sırrı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057000514</t>
+          <t>9786057000552</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Avrupa</t>
+          <t>Ockham’ın Usturası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050632897</t>
+          <t>9786057000545</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Bilinmeyen Tanrı</t>
+          <t>Terminalde Bir Gün</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057000507</t>
+          <t>9786057000538</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Babil Yaratılış Efsaneleri</t>
+          <t>Adım Adım Ergenlik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050632828</t>
+          <t>9786057000514</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın İkinci Cilt</t>
+          <t>Türkler ve Avrupa</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050632804</t>
+          <t>9786050632897</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın Birinci Cilt</t>
+          <t>Bilinen ve Bilinmeyen Tanrı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050632880</t>
+          <t>9786057000507</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kıyısında</t>
+          <t>Babil Yaratılış Efsaneleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050632873</t>
+          <t>9786050632828</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>İki Ada Bir Kadın İkinci Cilt</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050632866</t>
+          <t>9786050632804</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
+          <t>İki Ada Bir Kadın Birinci Cilt</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058005082</t>
+          <t>9786050632880</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Aşk Yoktur</t>
+          <t>Hiçliğin Kıyısında</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050632859</t>
+          <t>9786050632873</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Sonsuz Yolculuğu</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050632842</t>
+          <t>9786050632866</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kitabist Manifesto</t>
+          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050632811</t>
+          <t>9786058005082</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan</t>
+          <t>Mutsuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058005068</t>
+          <t>9786050632859</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche - Wagner Yazışmaları</t>
+          <t>Psikoterapinin Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058005051</t>
+          <t>9786050632842</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanrı ve Ölümsüzlük</t>
+          <t>Kitabist Manifesto</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058005075</t>
+          <t>9786050632811</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Stories Of Old Greece And Rome</t>
+          <t>Büyük Tufan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058005006</t>
+          <t>9786058005068</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Nietzsche - Wagner Yazışmaları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058005020</t>
+          <t>9786058005051</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Psikoloğu Olun</t>
+          <t>İnsan Tanrı ve Ölümsüzlük</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058005044</t>
+          <t>9786058005075</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Marka Çocuk Yetiştirmek</t>
+          <t>Stories Of Old Greece And Rome</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058005013</t>
+          <t>9786058005006</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünyada I Love Tesla</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058005037</t>
+          <t>9786058005020</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Çocuğunuzun Psikoloğu Olun</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058051072</t>
+          <t>9786058005044</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Benim Dizi Başladı</t>
+          <t>Marka Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058051096</t>
+          <t>9786058005013</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Cesur Yeni Dünyada I Love Tesla</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058051089</t>
+          <t>9786058005037</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>The Illiad</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058051058</t>
+          <t>9786058051072</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
+          <t>Benim Dizi Başladı</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058051065</t>
+          <t>9786058051096</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İşin Geleceği Şimdi!</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058103450</t>
+          <t>9786058051089</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Leydi Susan</t>
+          <t>The Illiad</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058051027</t>
+          <t>9786058051058</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın?</t>
+          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058051041</t>
+          <t>9786058051065</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ruhun İnşası</t>
+          <t>İşin Geleceği Şimdi!</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058051010</t>
+          <t>9786058103450</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Martı</t>
+          <t>Leydi Susan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058051003</t>
+          <t>9786058051027</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Kariyer</t>
+          <t>Benimle Oynar Mısın?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058103467</t>
+          <t>9786058051041</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Satış İknası</t>
+          <t>Ruhun İnşası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058103481</t>
+          <t>9786058051010</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Youtube Masalı</t>
+          <t>Sarhoş Martı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058103436</t>
+          <t>9786058051003</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kattaki Lunapark</t>
+          <t>Sivil Havacılıkta Kariyer</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058103412</t>
+          <t>9786058103467</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kabuğuna Sinmiş Adam</t>
+          <t>Satış İknası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058103429</t>
+          <t>9786058103481</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
+          <t>Youtube Masalı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058103443</t>
+          <t>9786058103436</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yunus</t>
+          <t>Dördüncü Kattaki Lunapark</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056864476</t>
+          <t>9786058103412</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma Hikayeleri</t>
+          <t>Kabuğuna Sinmiş Adam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056864469</t>
+          <t>9786058103429</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma'nın Dini</t>
+          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056864483</t>
+          <t>9786058103443</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta</t>
+          <t>Yunus</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056864452</t>
+          <t>9786056864476</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
+          <t>Antik Yunan ve Roma Hikayeleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056864445</t>
+          <t>9786056864469</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uçuş 345</t>
+          <t>Antik Roma'nın Dini</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056864438</t>
+          <t>9786056864483</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Zamanlar</t>
+          <t>Kayıp Kıta</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056864414</t>
+          <t>9786056864452</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
+          <t>9786056864445</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Uçuş 345</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056864438</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kafkaesk Zamanlar</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786056864414</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
           <t>9786056864407</t>
         </is>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Başka Dünyalardan Öyküler</t>
         </is>
       </c>
-      <c r="C118" s="1">
-        <v>125</v>
+      <c r="C121" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>