--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1840 +85,1885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256664326</t>
+          <t>9786256664371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Dehanın İzinde -  Leonardo Da Vinci'nin Zihinsel Yolculuğu</t>
+          <t>Feraya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256664319</t>
+          <t>9786256664364</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yazılar (Ciltli)</t>
+          <t>Yalnızlık Fırtınası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256664302</t>
+          <t>9786256664340</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Gölge (Ciltli)</t>
+          <t>Platon'un Atlantisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256664296</t>
+          <t>9786256664326</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asur ve Babil'de Günlük Hayat</t>
+          <t>Bir Dehanın İzinde -  Leonardo Da Vinci'nin Zihinsel Yolculuğu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256664289</t>
+          <t>9786256664319</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gobeklitepe</t>
+          <t>Kendime Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256664272</t>
+          <t>9786256664302</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin İki Yakası</t>
+          <t>Güç ve Gölge (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256664265</t>
+          <t>9786256664296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Adana Tadında Çocukluğum</t>
+          <t>Asur ve Babil'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256664227</t>
+          <t>9786256664289</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Golem</t>
+          <t>Gobeklitepe</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256664210</t>
+          <t>9786256664272</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kırık Gölge</t>
+          <t>Esir Şehrin İki Yakası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256664173</t>
+          <t>9786256664265</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Story Of Troy</t>
+          <t>Adana Tadında Çocukluğum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256664203</t>
+          <t>9786256664227</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Görüşme</t>
+          <t>Golem</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256664197</t>
+          <t>9786256664210</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe ve Neolitik Gizemleri</t>
+          <t>Kırık Gölge</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256664180</t>
+          <t>9786256664173</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>The Story Of Troy</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256664166</t>
+          <t>9786256664203</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyetimden Çok Şey Kaybettim</t>
+          <t>Psikiyatrik Görüşme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057000521</t>
+          <t>9786256664197</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı</t>
+          <t>Göbeklitepe ve Neolitik Gizemleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256664159</t>
+          <t>9786256664180</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256664135</t>
+          <t>9786256664166</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapi</t>
+          <t>İyi Niyetimden Çok Şey Kaybettim</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>825</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256664142</t>
+          <t>9786057000521</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Greek Cities and Islands of Asia Minor</t>
+          <t>İçimizdeki Yabancı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256664128</t>
+          <t>9786256664159</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Yeme Bozukluklarının Psikoterapisi / Anoreksiya, Bulimiya, Tıkanırcasına Yeme ve Duygusal Açlık</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256664104</t>
+          <t>9786256664135</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Psikolojisi</t>
+          <t>Psikanalitik Psikoterapi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>825</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256664111</t>
+          <t>9786256664142</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Uygarlık</t>
+          <t>Greek Cities and Islands of Asia Minor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057087966</t>
+          <t>9786256664128</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>The Walls Of Constantinople</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058051034</t>
+          <t>9786256664104</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Pazarlamanın Psikolojisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058103498</t>
+          <t>9786256664111</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi</t>
+          <t>Özgürlük ve Uygarlık</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256664098</t>
+          <t>9786057087966</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
+          <t>The Walls Of Constantinople</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256664081</t>
+          <t>9786058051034</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256664067</t>
+          <t>9786058103498</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Seval Özcan: Dot.</t>
+          <t>İnsanı Anlamanın Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256664074</t>
+          <t>9786256664098</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
+          <t>Kubbe Dağı ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256664050</t>
+          <t>9786256664081</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
+          <t>İş Yaşamında ve Sosyal Hayatta Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058103474</t>
+          <t>9786256664067</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>The Religion of Ancient Rome</t>
+          <t>Seval Özcan: Dot.</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256664043</t>
+          <t>9786256664074</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
+          <t>Türkiye’nin Uyanışı: 1908 Devrimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256664012</t>
+          <t>9786256664050</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
+          <t>Theophrastus’un İzinde - Kayıp Filozofun Peşinde Antik Kentlerde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256664029</t>
+          <t>9786058103474</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kalkanlar ve Altın Bağlar</t>
+          <t>The Religion of Ancient Rome</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256664036</t>
+          <t>9786256664043</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Diyarın Kıyameti - Filin Gazabı</t>
+          <t>Yazınsal Ustalık - Yazmak, Yazma Özgürlüğü ve Edebi Cinsiyetçilik Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056864421</t>
+          <t>9786256664012</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
+          <t>Bir Anadan Dünyaya Gelen Yolcu - Kahramanın Yolculuğu Arketipi Açısından Kendini Gerçekleştirme</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256664005</t>
+          <t>9786256664029</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamanın Tarihi 2</t>
+          <t>Çelik Kalkanlar ve Altın Bağlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057274595</t>
+          <t>9786256664036</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
+          <t>Diyarın Kıyameti - Filin Gazabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057274571</t>
+          <t>9786056864421</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İşte Aranan Lider</t>
+          <t>Yabanıl Psikolojisinde Baba - Anaerkil Toplumlardaki Babalık” Düşüncesi Üzerine Bir Tez</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>375</v>
+        <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057274588</t>
+          <t>9786256664005</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
+          <t>İnsanı Anlamanın Tarihi 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057274564</t>
+          <t>9786057274595</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rekabetin Ötesinde Satış</t>
+          <t>Babil Kralı Hammurabi’nin Kanunları - Tablet Çözümlerine Göre Tam Metin Kanunname</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057274557</t>
+          <t>9786057274571</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
+          <t>İşte Aranan Lider</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057274540</t>
+          <t>9786057274588</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Son Vagon</t>
+          <t>Uyumsal Zeka: AQ Satış -Tüm Zamanların Başarı Formülü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057274533</t>
+          <t>9786057274564</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Travmaları Aşmak</t>
+          <t>Rekabetin Ötesinde Satış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057274502</t>
+          <t>9786057274557</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
+          <t>Feodal Köklerimiz – Orta Çağ Avrupa Tarihinde Feodal Sistem ve Toplum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057274519</t>
+          <t>9786057274540</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pentimento</t>
+          <t>Son Vagon</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057274526</t>
+          <t>9786057274533</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>The Mesnevı Of Rumı</t>
+          <t>Travmaları Aşmak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057141286</t>
+          <t>9786057274502</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İkinci Tekil Şahıs</t>
+          <t>Gündelik Yaşamda ve Psikoterapide Kişilik Bozuklukları - Borderline, Narsisistik ve Şizoid Kişilik Yapılanmaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057141293</t>
+          <t>9786057274519</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
+          <t>Pentimento</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057141279</t>
+          <t>9786057274526</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyu</t>
+          <t>The Mesnevı Of Rumı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057141262</t>
+          <t>9786057141286</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Kitabı</t>
+          <t>İkinci Tekil Şahıs</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057141255</t>
+          <t>9786057141293</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Depremi</t>
+          <t>Havacılık Tarihinde Dikkat Çeken 25 Olay</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057141248</t>
+          <t>9786057141279</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Z</t>
+          <t>Kör Kuyu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057141217</t>
+          <t>9786057141262</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Delirmenin Argosu</t>
+          <t>Dönüşüm Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057087997</t>
+          <t>9786057141255</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Son Firavun</t>
+          <t>İstanbul Depremi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057087980</t>
+          <t>9786057141248</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Perde Arası</t>
+          <t>Benim Adım Z</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057141224</t>
+          <t>9786057141217</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Arusyag Papazyan</t>
+          <t>Delirmenin Argosu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057141200</t>
+          <t>9786057087997</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pirus</t>
+          <t>Son Firavun</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057087973</t>
+          <t>9786057087980</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Sihirli 1000 Günü</t>
+          <t>Perde Arası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057087959</t>
+          <t>9786057141224</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jalaluddin Rumi</t>
+          <t>Arusyag Papazyan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057087928</t>
+          <t>9786057141200</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Genghis Khan</t>
+          <t>Pirus</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057087942</t>
+          <t>9786057087973</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alexander The Great</t>
+          <t>Bebeğin Sihirli 1000 Günü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057087935</t>
+          <t>9786057087959</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Mevlana Jalaluddin Rumi</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057060686</t>
+          <t>9786057087928</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ambersonlar</t>
+          <t>Genghis Khan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057087911</t>
+          <t>9786057087942</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
+          <t>Alexander The Great</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057060693</t>
+          <t>9786057087935</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Galileo ve Yargıçları</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057087904</t>
+          <t>9786057060686</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atlantis</t>
+          <t>Muhteşem Ambersonlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057060679</t>
+          <t>9786057087911</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gözün Serüveni</t>
+          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057060661</t>
+          <t>9786057060693</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ve Perde İndi</t>
+          <t>Galileo ve Yargıçları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057060631</t>
+          <t>9786057087904</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
+          <t>Atlantis</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050632835</t>
+          <t>9786057060679</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Handan</t>
+          <t>Gözün Serüveni</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057000569</t>
+          <t>9786057060661</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bağlanmak</t>
+          <t>Ve Perde İndi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057000590</t>
+          <t>9786057060631</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Prangalar Özgürlükler</t>
+          <t>Antik Yunan ve Roma'nın Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057000576</t>
+          <t>9786050632835</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis'in Sırrı</t>
+          <t>Handan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057000552</t>
+          <t>9786057000569</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ockham’ın Usturası</t>
+          <t>Yeniden Bağlanmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057000545</t>
+          <t>9786057000590</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Terminalde Bir Gün</t>
+          <t>Kitaplar Prangalar Özgürlükler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057000538</t>
+          <t>9786057000576</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ergenlik</t>
+          <t>Piri Reis'in Sırrı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057000514</t>
+          <t>9786057000552</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Avrupa</t>
+          <t>Ockham’ın Usturası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050632897</t>
+          <t>9786057000545</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Bilinmeyen Tanrı</t>
+          <t>Terminalde Bir Gün</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057000507</t>
+          <t>9786057000538</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Babil Yaratılış Efsaneleri</t>
+          <t>Adım Adım Ergenlik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050632828</t>
+          <t>9786057000514</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın İkinci Cilt</t>
+          <t>Türkler ve Avrupa</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050632804</t>
+          <t>9786050632897</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İki Ada Bir Kadın Birinci Cilt</t>
+          <t>Bilinen ve Bilinmeyen Tanrı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050632880</t>
+          <t>9786057000507</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kıyısında</t>
+          <t>Babil Yaratılış Efsaneleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050632873</t>
+          <t>9786050632828</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>İki Ada Bir Kadın İkinci Cilt</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050632866</t>
+          <t>9786050632804</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
+          <t>İki Ada Bir Kadın Birinci Cilt</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058005082</t>
+          <t>9786050632880</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Aşk Yoktur</t>
+          <t>Hiçliğin Kıyısında</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050632859</t>
+          <t>9786050632873</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Sonsuz Yolculuğu</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050632842</t>
+          <t>9786050632866</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kitabist Manifesto</t>
+          <t>Özgür Ruhlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050632811</t>
+          <t>9786058005082</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan</t>
+          <t>Mutsuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058005068</t>
+          <t>9786050632859</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche - Wagner Yazışmaları</t>
+          <t>Psikoterapinin Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058005051</t>
+          <t>9786050632842</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanrı ve Ölümsüzlük</t>
+          <t>Kitabist Manifesto</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>525</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058005075</t>
+          <t>9786050632811</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stories Of Old Greece And Rome</t>
+          <t>Büyük Tufan</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058005006</t>
+          <t>9786058005068</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Nietzsche - Wagner Yazışmaları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058005020</t>
+          <t>9786058005051</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Psikoloğu Olun</t>
+          <t>İnsan Tanrı ve Ölümsüzlük</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058005044</t>
+          <t>9786058005075</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Marka Çocuk Yetiştirmek</t>
+          <t>Stories Of Old Greece And Rome</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058005013</t>
+          <t>9786058005006</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünyada I Love Tesla</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058005037</t>
+          <t>9786058005020</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Çocuğunuzun Psikoloğu Olun</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058051072</t>
+          <t>9786058005044</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benim Dizi Başladı</t>
+          <t>Marka Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058051096</t>
+          <t>9786058005013</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Cesur Yeni Dünyada I Love Tesla</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058051089</t>
+          <t>9786058005037</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>The Illiad</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058051058</t>
+          <t>9786058051072</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
+          <t>Benim Dizi Başladı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058051065</t>
+          <t>9786058051096</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İşin Geleceği Şimdi!</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058103450</t>
+          <t>9786058051089</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Leydi Susan</t>
+          <t>The Illiad</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058051027</t>
+          <t>9786058051058</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın?</t>
+          <t>Armarius - Yazmak Okumak ve Kitaplar Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058051041</t>
+          <t>9786058051065</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ruhun İnşası</t>
+          <t>İşin Geleceği Şimdi!</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058051010</t>
+          <t>9786058103450</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Martı</t>
+          <t>Leydi Susan</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058051003</t>
+          <t>9786058051027</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Kariyer</t>
+          <t>Benimle Oynar Mısın?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058103467</t>
+          <t>9786058051041</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Satış İknası</t>
+          <t>Ruhun İnşası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058103481</t>
+          <t>9786058051010</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Youtube Masalı</t>
+          <t>Sarhoş Martı</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058103436</t>
+          <t>9786058051003</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kattaki Lunapark</t>
+          <t>Sivil Havacılıkta Kariyer</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058103412</t>
+          <t>9786058103467</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kabuğuna Sinmiş Adam</t>
+          <t>Satış İknası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058103429</t>
+          <t>9786058103481</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
+          <t>Youtube Masalı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058103443</t>
+          <t>9786058103436</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yunus</t>
+          <t>Dördüncü Kattaki Lunapark</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056864476</t>
+          <t>9786058103412</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma Hikayeleri</t>
+          <t>Kabuğuna Sinmiş Adam</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056864469</t>
+          <t>9786058103429</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma'nın Dini</t>
+          <t>Bizans'ın Düşüşü - Sultan Mehmed Han'ın İstanbul'u Fethi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056864483</t>
+          <t>9786058103443</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta</t>
+          <t>Yunus</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056864452</t>
+          <t>9786056864476</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
+          <t>Antik Yunan ve Roma Hikayeleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056864445</t>
+          <t>9786056864469</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Uçuş 345</t>
+          <t>Antik Roma'nın Dini</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056864438</t>
+          <t>9786056864483</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Zamanlar</t>
+          <t>Kayıp Kıta</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786056864414</t>
+          <t>9786056864452</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+          <t>Şirketler Yıldız Çalışanlarını Neden Kaybeder ?</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
+          <t>9786056864445</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Uçuş 345</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786056864438</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kafkaesk Zamanlar</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786056864414</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sivil Havacılık Tarihine Damgasını Vuran Uçak Kazaları</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
           <t>9786056864407</t>
         </is>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Başka Dünyalardan Öyküler</t>
         </is>
       </c>
-      <c r="C121" s="1">
+      <c r="C124" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>