--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,505 +85,520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444010</t>
+          <t>4444444444349</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 203 - Aile</t>
+          <t>Kaos GL Dergisi 205 - Toplumsal Cinsiyet Karşıtlığı - 2</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444443744</t>
+          <t>4444444444010</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
+          <t>Kaos GL Dergisi 203 - Aile</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444443517</t>
+          <t>4444444443744</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
+          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3990000022239</t>
+          <t>4444444443517</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 161 - Cinsellik</t>
+          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000022235</t>
+          <t>3990000022239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 159 - Mizah</t>
+          <t>Kaos GL Dergisi 161 - Cinsellik</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000030867</t>
+          <t>3990000022235</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 157 - İnterseks</t>
+          <t>Kaos GL Dergisi 159 - Mizah</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000039502</t>
+          <t>3990000030867</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 165 - Dostluk</t>
+          <t>Kaos GL Dergisi 157 - İnterseks</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000048718</t>
+          <t>3990000039502</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 158 - Türcülük</t>
+          <t>Kaos GL Dergisi 165 - Dostluk</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000022300</t>
+          <t>3990000048718</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
+          <t>Kaos GL Dergisi 158 - Türcülük</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000034500</t>
+          <t>3990000022300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
+          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444442850</t>
+          <t>3990000034500</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 196 - Şiddet</t>
+          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444442849</t>
+          <t>4444444442850</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
+          <t>Kaos GL Dergisi 196 - Şiddet</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444442534</t>
+          <t>4444444442849</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
+          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4440000004364</t>
+          <t>4444444442534</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 194 - Performans</t>
+          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4440000004052</t>
+          <t>4440000004364</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
+          <t>Kaos GL Dergisi 194 - Performans</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000003824</t>
+          <t>4440000004052</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
+          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4440000003602</t>
+          <t>4440000003824</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 191 - Umut</t>
+          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000003297</t>
+          <t>4440000003602</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
+          <t>Kaos GL Dergisi 191 - Umut</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000003086</t>
+          <t>4440000003297</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 189 - HIV</t>
+          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000003067</t>
+          <t>4440000003086</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 188 - Tahayyül</t>
+          <t>Kaos GL Dergisi 189 - HIV</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000002578</t>
+          <t>4440000003067</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 187 - Esenlik</t>
+          <t>Kaos GL Dergisi 188 - Tahayyül</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000002382</t>
+          <t>4440000002578</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
+          <t>Kaos GL Dergisi 187 - Esenlik</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000001776</t>
+          <t>4440000002382</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
+          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000001208</t>
+          <t>4440000001776</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 184 - İklim</t>
+          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9771302501007</t>
+          <t>4440000001208</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
+          <t>Kaos GL Dergisi 184 - İklim</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000002424</t>
+          <t>9771302501007</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
+          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000061464</t>
+          <t>4440000002424</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
+          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000350211</t>
+          <t>3990000061464</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
+          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000031720</t>
+          <t>3990000350211</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
+          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000075137</t>
+          <t>3990000031720</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 173 - Karantina II</t>
+          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>3990000075137</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kaos GL Dergisi 173 - Karantina II</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
           <t>3990000022234</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Kaos GL Dergisi 160 - Yaşlılık</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C33" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>