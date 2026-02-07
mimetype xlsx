--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,520 +85,535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444349</t>
+          <t>4444444444519</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 205 - Toplumsal Cinsiyet Karşıtlığı - 2</t>
+          <t>Kaos GL Dergisi 206 - Perperişan</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444010</t>
+          <t>4444444444349</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 203 - Aile</t>
+          <t>Kaos GL Dergisi 205 - Toplumsal Cinsiyet Karşıtlığı - 2</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444443744</t>
+          <t>4444444444010</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
+          <t>Kaos GL Dergisi 203 - Aile</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443517</t>
+          <t>4444444443744</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
+          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000022239</t>
+          <t>4444444443517</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 161 - Cinsellik</t>
+          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000022235</t>
+          <t>3990000022239</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 159 - Mizah</t>
+          <t>Kaos GL Dergisi 161 - Cinsellik</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000030867</t>
+          <t>3990000022235</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 157 - İnterseks</t>
+          <t>Kaos GL Dergisi 159 - Mizah</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000039502</t>
+          <t>3990000030867</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 165 - Dostluk</t>
+          <t>Kaos GL Dergisi 157 - İnterseks</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000048718</t>
+          <t>3990000039502</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 158 - Türcülük</t>
+          <t>Kaos GL Dergisi 165 - Dostluk</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000022300</t>
+          <t>3990000048718</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
+          <t>Kaos GL Dergisi 158 - Türcülük</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000034500</t>
+          <t>3990000022300</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
+          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444442850</t>
+          <t>3990000034500</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 196 - Şiddet</t>
+          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444442849</t>
+          <t>4444444442850</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
+          <t>Kaos GL Dergisi 196 - Şiddet</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444442534</t>
+          <t>4444444442849</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
+          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4440000004364</t>
+          <t>4444444442534</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 194 - Performans</t>
+          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000004052</t>
+          <t>4440000004364</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
+          <t>Kaos GL Dergisi 194 - Performans</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4440000003824</t>
+          <t>4440000004052</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
+          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000003602</t>
+          <t>4440000003824</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 191 - Umut</t>
+          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000003297</t>
+          <t>4440000003602</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
+          <t>Kaos GL Dergisi 191 - Umut</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000003086</t>
+          <t>4440000003297</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 189 - HIV</t>
+          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000003067</t>
+          <t>4440000003086</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 188 - Tahayyül</t>
+          <t>Kaos GL Dergisi 189 - HIV</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000002578</t>
+          <t>4440000003067</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 187 - Esenlik</t>
+          <t>Kaos GL Dergisi 188 - Tahayyül</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000002382</t>
+          <t>4440000002578</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
+          <t>Kaos GL Dergisi 187 - Esenlik</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000001776</t>
+          <t>4440000002382</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
+          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>4440000001208</t>
+          <t>4440000001776</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 184 - İklim</t>
+          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9771302501007</t>
+          <t>4440000001208</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
+          <t>Kaos GL Dergisi 184 - İklim</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000002424</t>
+          <t>9771302501007</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
+          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000061464</t>
+          <t>4440000002424</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
+          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000350211</t>
+          <t>3990000061464</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
+          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000031720</t>
+          <t>3990000350211</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
+          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000075137</t>
+          <t>3990000031720</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 173 - Karantina II</t>
+          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>3990000075137</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Kaos GL Dergisi 173 - Karantina II</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>3990000022234</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kaos GL Dergisi 160 - Yaşlılık</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C34" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>