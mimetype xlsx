--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,535 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444519</t>
+          <t>4444444444627</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 206 - Perperişan</t>
+          <t>Kaos GL Dergisi 207 - Yeni Bir Yer</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444349</t>
+          <t>4444444444519</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 205 - Toplumsal Cinsiyet Karşıtlığı - 2</t>
+          <t>Kaos GL Dergisi 206 - Perperişan</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444444010</t>
+          <t>4444444444349</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 203 - Aile</t>
+          <t>Kaos GL Dergisi 205 - Toplumsal Cinsiyet Karşıtlığı - 2</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443744</t>
+          <t>4444444444010</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
+          <t>Kaos GL Dergisi 203 - Aile</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4444444443517</t>
+          <t>4444444443744</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
+          <t>Kaos GL Dergisi 201 - Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000022239</t>
+          <t>4444444443517</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 161 - Cinsellik</t>
+          <t>Kaos GL Dergisi 200 - Kelimeler ve İzler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000022235</t>
+          <t>3990000022239</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 159 - Mizah</t>
+          <t>Kaos GL Dergisi 161 - Cinsellik</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000030867</t>
+          <t>3990000022235</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 157 - İnterseks</t>
+          <t>Kaos GL Dergisi 159 - Mizah</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000039502</t>
+          <t>3990000030867</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 165 - Dostluk</t>
+          <t>Kaos GL Dergisi 157 - İnterseks</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000048718</t>
+          <t>3990000039502</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 158 - Türcülük</t>
+          <t>Kaos GL Dergisi 165 - Dostluk</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000022300</t>
+          <t>3990000048718</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
+          <t>Kaos GL Dergisi 158 - Türcülük</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000034500</t>
+          <t>3990000022300</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
+          <t>Kaos GL Dergisi 162 - Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444442850</t>
+          <t>3990000034500</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 196 - Şiddet</t>
+          <t>Kaos GL Dergisi 163 - Sağ Popülizm</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444442849</t>
+          <t>4444444442850</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
+          <t>Kaos GL Dergisi 196 - Şiddet</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4444444442534</t>
+          <t>4444444442849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
+          <t>Kaos GL Dergisi 197 - Uluslararası Ahval</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000004364</t>
+          <t>4444444442534</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 194 - Performans</t>
+          <t>Kaos GL Dergisi 195 - Şiddetsizlik</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4440000004052</t>
+          <t>4440000004364</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
+          <t>Kaos GL Dergisi 194 - Performans</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000003824</t>
+          <t>4440000004052</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
+          <t>Kaos GL Dergisi 193 - Dünden Bugüne</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000003602</t>
+          <t>4440000003824</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 191 - Umut</t>
+          <t>Kaos GL Dergisi 192 - Popüler Kültür</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000003297</t>
+          <t>4440000003602</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
+          <t>Kaos GL Dergisi 191 - Umut</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000003086</t>
+          <t>4440000003297</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 189 - HIV</t>
+          <t>Kaos GL Dergisi 190 - HIV: Deneyimler ve Politikalar</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000003067</t>
+          <t>4440000003086</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 188 - Tahayyül</t>
+          <t>Kaos GL Dergisi 189 - HIV</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000002578</t>
+          <t>4440000003067</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 187 - Esenlik</t>
+          <t>Kaos GL Dergisi 188 - Tahayyül</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000002382</t>
+          <t>4440000002578</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
+          <t>Kaos GL Dergisi 187 - Esenlik</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>4440000001776</t>
+          <t>4440000002382</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
+          <t>Kaos GL Dergisi Sayı 186 - Onur</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000001208</t>
+          <t>4440000001776</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 184 - İklim</t>
+          <t>LGBT Kültür / Yaşam Sayı: 185 Temmuz - Ağustos 2022</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9771302501007</t>
+          <t>4440000001208</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
+          <t>Kaos GL Dergisi 184 - İklim</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000002424</t>
+          <t>9771302501007</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
+          <t>Kaos GL Dergisi 181 - Eşitlik İçin Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000061464</t>
+          <t>4440000002424</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
+          <t>LGBT Kültür / Yaşam Sayı: 183 Mart - Nisan 2022</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000350211</t>
+          <t>3990000061464</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
+          <t>LGBT Kültür-Yaşam Sayı: 180 Eylül-Ekim 2021 - Eşit Haklar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000031720</t>
+          <t>3990000350211</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
+          <t>LGBT Kültür-Yaşam Sayı: 179 Temmuz-Ağustos 2021 - Zor Zamanlar</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000075137</t>
+          <t>3990000031720</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kaos GL Dergisi 173 - Karantina II</t>
+          <t>LGBT Kültür - Yaşam Sayı: 176 Ocak Şubat 2021 - Diyalog</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>3990000075137</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Kaos GL Dergisi 173 - Karantina II</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>3990000022234</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kaos GL Dergisi 160 - Yaşlılık</t>
         </is>
       </c>
-      <c r="C34" s="1">
+      <c r="C35" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>