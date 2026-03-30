--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,865 +85,880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259739342</t>
+          <t>9786058003255</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Kitabı</t>
+          <t>Klinik Biyokimya Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259739380</t>
+          <t>9786259739342</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güncel Sorunlar</t>
+          <t>İskender Öksüz Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259739366</t>
+          <t>9786259739380</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alev Alatlıyı Anlamak- 2</t>
+          <t>Uluslararası Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>435</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259645193</t>
+          <t>9786259739366</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka, Algoritmalar ve Kamusal Alanin Geleceği</t>
+          <t>Alev Alatlıyı Anlamak- 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259391038</t>
+          <t>9786259645193</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>1. Ulusal Yapay Zeka Buluşması</t>
+          <t>Yapay Zeka, Algoritmalar ve Kamusal Alanin Geleceği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259645117</t>
+          <t>9786259391038</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Güncel Konular</t>
+          <t>1. Ulusal Yapay Zeka Buluşması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259645162</t>
+          <t>9786259645117</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Diplomasi Tarihinden Kesitler</t>
+          <t>Türk Dış Politikasında Güncel Konular</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054448968</t>
+          <t>9786259645162</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler VII – Zümrüdüanka’nın Uyanışı (1980-2020)</t>
+          <t>Türk Diplomasi Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054448951</t>
+          <t>9786054448968</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler VI – Zümrüdüanka’nın Rüyası (1923-1980)</t>
+          <t>Bize Yön Veren Metinler VII – Zümrüdüanka’nın Uyanışı (1980-2020)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>1225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054448913</t>
+          <t>9786054448951</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler II – Kuzey Gök Kürede Yeni Bir Yıldız: Selçuklu (1040-1299)</t>
+          <t>Bize Yön Veren Metinler VI – Zümrüdüanka’nın Rüyası (1923-1980)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>1225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054448906</t>
+          <t>9786054448913</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler I – Büyük Buluşma (750-1040)</t>
+          <t>Bize Yön Veren Metinler II – Kuzey Gök Kürede Yeni Bir Yıldız: Selçuklu (1040-1299)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1162.5</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259739304</t>
+          <t>9786054448906</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’da Çevre Koruma Politikaları</t>
+          <t>Bize Yön Veren Metinler I – Büyük Buluşma (750-1040)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>662.5</v>
+        <v>1162.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057040497</t>
+          <t>9786259739304</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alev Alatlı’yı Anlamak</t>
+          <t>Kapadokya’da Çevre Koruma Politikaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>662.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054448869</t>
+          <t>9786057040497</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Yeni Türk Edebiyatı İncelemeleri : Prof. Dr. Hülya Eraydın Argunşah Armağanı</t>
+          <t>Alev Alatlı’yı Anlamak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>470</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054448876</t>
+          <t>9786054448869</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Paradigmasına Yeni Bir Bakış</t>
+          <t>Cumhuriyet'in 100. Yılında Yeni Türk Edebiyatı İncelemeleri : Prof. Dr. Hülya Eraydın Argunşah Armağanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>705</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054448630</t>
+          <t>9786054448876</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Bilimlerin 50 Rengi: Çevreci, Dijital, Tıbbi ve Posthüman Sesler</t>
+          <t>Eğitim Paradigmasına Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050686388</t>
+          <t>9786054448630</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Ekonomi Toplantıları II</t>
+          <t>Beşeri Bilimlerin 50 Rengi: Çevreci, Dijital, Tıbbi ve Posthüman Sesler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>645</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050686395</t>
+          <t>9786050686388</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Ekonomi Toplantıları III</t>
+          <t>Kapadokya Ekonomi Toplantıları II</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054448456</t>
+          <t>9786050686395</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Montessori Matematik Araçları Uygulamaları</t>
+          <t>Kapadokya Ekonomi Toplantıları III</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>810</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058003279</t>
+          <t>9786054448456</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Rusya İlişkilerinde Enerji</t>
+          <t>Montessori Matematik Araçları Uygulamaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>810</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058072190</t>
+          <t>9786058003279</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Ekonomi Toplantıları I</t>
+          <t>Türkiye-Rusya İlişkilerinde Enerji</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054448128</t>
+          <t>9786058072190</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Geleceği: Kaygılar ve Umutlar - Seçme Öyküler</t>
+          <t>Kapadokya Ekonomi Toplantıları I</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054448265</t>
+          <t>9786054448128</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve İnsan - Seçme Öyküler</t>
+          <t>Gezegenin Geleceği: Kaygılar ve Umutlar - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054448623</t>
+          <t>9786054448265</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Kurgular - Seçme Öyküler</t>
+          <t>Teknoloji ve İnsan - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>216</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054448821</t>
+          <t>9786054448623</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yeni Yüzyılı</t>
+          <t>Engelsiz Kurgular - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058003262</t>
+          <t>9786054448821</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hematoloji Laboratuvarı Uygulama Kitabı</t>
+          <t>Cumhuriyet’in Yeni Yüzyılı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>228</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057476098</t>
+          <t>9786058003262</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Turizm Gelişimi ve Eğilimler</t>
+          <t>Hematoloji Laboratuvarı Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058072176</t>
+          <t>9786057476098</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Görüntüleme Teknikleri Uygulama Kitabı</t>
+          <t>Türkiye'nin Turizm Gelişimi ve Eğilimler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054448524</t>
+          <t>9786058072176</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Territorial Governance and Environmental Protection Volume 2</t>
+          <t>Tıbbi Görüntüleme Teknikleri Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>264</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054448296</t>
+          <t>9786054448524</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Territorial Governance and Environmental Protection Volume 1</t>
+          <t>Territorial Governance and Environmental Protection Volume 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054448616</t>
+          <t>9786054448296</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tasswr Ufuk Mushtarak le Al-Insanieh w Al-Kawkab</t>
+          <t>Territorial Governance and Environmental Protection Volume 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058072183</t>
+          <t>9786054448616</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Mesleğinde Temel Teknikler Uygulama Kitabı</t>
+          <t>Tasswr Ufuk Mushtarak le Al-Insanieh w Al-Kawkab</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058003200</t>
+          <t>9786058072183</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Radyolojik Kesitsel Anatomi</t>
+          <t>Sağlık Mesleğinde Temel Teknikler Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>315</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050686371</t>
+          <t>9786058003200</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Radyografik Anatomi</t>
+          <t>Radyolojik Kesitsel Anatomi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057040428</t>
+          <t>9786050686371</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiye Genel Bakış</t>
+          <t>Radyografik Anatomi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058003248</t>
+          <t>9786057040428</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Patoloji ve Histoloji Laboratuvarı Uygulama Kitabı</t>
+          <t>Psikolojiye Genel Bakış</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057040459</t>
+          <t>9786058003248</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir 1913 Salnamesi</t>
+          <t>Patoloji ve Histoloji Laboratuvarı Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>345</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058003217</t>
+          <t>9786057040459</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Klinik Mikrobiyoloji Uygulama Kitabı</t>
+          <t>Nevşehir 1913 Salnamesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>615</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054448562</t>
+          <t>9786058003217</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık ve Gezegen İçin Ortak Ufuk Tasavvuru</t>
+          <t>Klinik Mikrobiyoloji Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054448586</t>
+          <t>9786054448562</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Imagining a Common Horizon for Humanity and the Planet</t>
+          <t>İnsanlık ve Gezegen İçin Ortak Ufuk Tasavvuru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>480</v>
+        <v>630</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057040404</t>
+          <t>9786054448586</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Servet</t>
+          <t>Imagining a Common Horizon for Humanity and the Planet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054448241</t>
+          <t>9786057040404</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimleri İçin Biyokimya Ders Notları</t>
+          <t>İlm-i Servet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>630</v>
+        <v>510</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054448234</t>
+          <t>9786054448241</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliğinde Kullanılan Tanımlar, Terimler ve Açıklamaları</t>
+          <t>Diş Hekimleri İçin Biyokimya Ders Notları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>945</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054448944</t>
+          <t>9786054448234</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler V – Alacakaranlıkta Gün Dönümü (1606 – 1923…)</t>
+          <t>Diş Hekimliğinde Kullanılan Tanımlar, Terimler ve Açıklamaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054448920</t>
+          <t>9786054448944</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bize Yön Veren Metinler III – Beylik’ten Cihan Devleti’ne (1299-1606..)</t>
+          <t>Bize Yön Veren Metinler V – Alacakaranlıkta Gün Dönümü (1606 – 1923…)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>950</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054448777</t>
+          <t>9786054448920</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çin Siyasal Düşüncesi ve Siyasi Tarihi Bağlamında Çin Siyasal Elitleri</t>
+          <t>Bize Yön Veren Metinler III – Beylik’ten Cihan Devleti’ne (1299-1606..)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057040411</t>
+          <t>9786054448777</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Kent ve Aydın - Bursa Örneği (1930 - 1950)</t>
+          <t>Çin Siyasal Düşüncesi ve Siyasi Tarihi Bağlamında Çin Siyasal Elitleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>405</v>
+        <v>780</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057040473</t>
+          <t>9786057040411</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Mirası Kapadokya Yemekleri</t>
+          <t>Taşrada Kent ve Aydın - Bursa Örneği (1930 - 1950)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057040466</t>
+          <t>9786057040473</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ekofobi Hipotezi</t>
+          <t>Gastronomi Mirası Kapadokya Yemekleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>615</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054448142</t>
+          <t>9786057040466</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Montessori Günlük Yaşam Becerileri Uygulamaları</t>
+          <t>Ekofobi Hipotezi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>540</v>
+        <v>525</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054448289</t>
+          <t>9786054448142</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Kültür Çalışmaları Nasıl Yapılır?</t>
+          <t>Montessori Günlük Yaşam Becerileri Uygulamaları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>810</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054448371</t>
+          <t>9786054448289</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Çalışmalar Pratiği</t>
+          <t>Medya ve Kültür Çalışmaları Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058003286</t>
+          <t>9786054448371</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Montessori Duyu Araçları Uygulamaları</t>
+          <t>Kültürel Çalışmalar Pratiği</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057040435</t>
+          <t>9786058003286</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uçuş Notları</t>
+          <t>Montessori Duyu Araçları Uygulamaları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
+          <t>9786057040435</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Uçuş Notları</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
           <t>9786054448937</t>
         </is>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Bize Yön Veren Metinler IV – Büyük Yüzleşme (…1606 - 1923)</t>
         </is>
       </c>
-      <c r="C56" s="1">
+      <c r="C57" s="1">
         <v>1137.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>