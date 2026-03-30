--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,1825 +85,3670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257644761</t>
+          <t>9786257644617</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye 10’lu Hikaye Seti Kutu Tanıtım (A1-A2) Seviyelerinde</t>
+          <t>İngilizce Hikaye Stage 6 5’li Hikaye Seti Kutu Tanıtım (C2) Seviyelerinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257644754</t>
+          <t>9786257644600</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Hikaye 10’lu Hikaye Seti Kutu Tanıtım (A1-A2) Seviyelerinde</t>
+          <t>İngilizce Hikaye Stage 5 5’li Hikaye Seti Kutu Tanıtım (C1) Seviyelerinde Kare Kod Okumalı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257644167</t>
+          <t>9786257644594</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Bilezik</t>
+          <t>İngilizce Hikaye Stage 4 5’li Hikaye Seti Kutu Tanıtım (B2) Seviyelerinde Kare Kod Okumalı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257644174</t>
+          <t>9786257644587</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kaniş</t>
+          <t>İngilizce Hikaye Stage 3 5’li Hikaye Seti Kutu Tanıtım (B1) Seviyelerinde Kare Kod Okumalı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257644631</t>
+          <t>9786257644570</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aleksandr İvanoviç Kuprin Çukur</t>
+          <t>İngilizce Hikaye Stage 2 10’lu Hikaye Seti Kutu Tanıtım (A2) Seviyelerinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257644624</t>
+          <t>9786257644563</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Edebiyatında Kamp Gerçeği ve Kolıma</t>
+          <t>İngilizce Hikaye Stage 1 10’lu Hikaye Seti Kutu Tanıtım (A1) Seviyelerinde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257644556</t>
+          <t>9786257644747</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mayakovski</t>
+          <t>Almanca Hikaye 20’Lİ Hikaye Seti Kutu Tanıtım (A1-A2-B1-B2-C1-C2) Seviyelerinde Kare Kod Okumalı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059085212</t>
+          <t>9786257644433</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Anlatım Bozukluğu Soru Bankası</t>
+          <t>İngilizce Hikaye Gabrielle Goes Skiing</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>24.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944124232</t>
+          <t>9786257644440</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Olesya</t>
+          <t>İngilizce Hikaye Animal Rescue</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944124256</t>
+          <t>9788054250233</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gambrinus</t>
+          <t>İngilizce Hikaye Puss in Boots</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756659434</t>
+          <t>9789944124355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Meksikalı Küçük Boksör</t>
+          <t>Almanca Hikaye Dıe Roten Schuhe Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055477837</t>
+          <t>9789756659359</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikaye Kısasu'l Hadravad</t>
+          <t>İngilizce Hikaye Gulliver’s Travels - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055477660</t>
+          <t>9789756659120</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>The Mystery Of The Women in The Mirror</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>39.35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055477912</t>
+          <t>9786055477516</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mantıklı Problemler Konulara Göre Ayrılmış Konu Testleri Çözümlü Testler</t>
+          <t>Almanca Hikaye Der Muttertag</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>22.69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055477905</t>
+          <t>9789944124805</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hız ve Perfonmans Kazandıran Paragraf Soruları</t>
+          <t>İngilizce Hikaye Jack’s Driving Test Adventure</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>18.43</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055477929</t>
+          <t>9786055477462</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>YGS Paragraf 40 Deneme Sınavı</t>
+          <t>Almanca Hikaye Das Fussball</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18.43</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054250899</t>
+          <t>9786055477509</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>2014 KPSS Konu Kitabı</t>
+          <t>Almanca Hikaye Das Letzte Platzchen</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>31.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052201312</t>
+          <t>9786055477493</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye Storie Die Verdure</t>
+          <t>Almanca Hikaye Das Weihnachtsfest</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052201268</t>
+          <t>9786055477523</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye La Partido Di Calcio</t>
+          <t>Almanca Hikaye Die Ostereiersuche</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052201251</t>
+          <t>9786055477479</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye La Nuova Camera Da Letto Di Hannah</t>
+          <t>Almanca Hikaye Der Weisheitszahn Von Michael</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052201244</t>
+          <t>9786055477486</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye I Matrimonio Di Carol E Tom</t>
+          <t>Almanca Hikaye Die Hochzeit Von Melanie Und Roland</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052201237</t>
+          <t>9786055477455</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikaye Dent Del Giudizio Di Jack</t>
+          <t>Almanca Hikaye Yasmins Neues Zimmer</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059085519</t>
+          <t>9789944124362</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>YGS Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Almanca Hikaye Der Glückliche Prinz Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>25.92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059085502</t>
+          <t>9789944124348</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>YGS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Almanca Hikaye Die Nachtigall Und Die Rose Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>19.91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055477875</t>
+          <t>9786054250332</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Passage &amp; Readers Vocabulary YDS</t>
+          <t>İngilizce Hikaye Silvershod</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059085229</t>
+          <t>9786054250448</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Polis Meslek Yüksekokulu  Konu Anlatımı Bölüm Konu Testleri</t>
+          <t>Almanca Hikaye Das Alte Haus</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50.93</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059085205</t>
+          <t>9786054250486</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>YGS-LYS KPSS-ALES-DGS JANA-PMYO Tarih Soru Cevap</t>
+          <t>Almanca Hikaye Die Bienenkönigin</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059085526</t>
+          <t>9786059085335</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Grammar Strategies - Türkçe Açıklamalı ve Kapsamlı Gramer</t>
+          <t>İngilizce Hikaye Hasan's Visit</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>46.29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059085441</t>
+          <t>9786059085328</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>YGS Tarih Defteri</t>
+          <t>İngilizce Hikaye Bonfire Night</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055477936</t>
+          <t>9786054250479</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>LYS Edebiyat Defteri</t>
+          <t>Almanca Hikaye Die Sechs Schwane</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059085434</t>
+          <t>9789756659144</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>YGS Coğrafya Defteri</t>
+          <t>İngilizce Hikaye Silas Marner - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000028254</t>
+          <t>9789944124829</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>YDS Çözümlü Soru Bankası</t>
+          <t>İngilizce Hikaye Mother’s Day</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055477721</t>
+          <t>9789756659298</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Bankacılık Hazırlık Kitabı</t>
+          <t>İngilizce Hikaye Moby Dick - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055477790</t>
+          <t>9789756659168</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya YDS - İngilizce 10 Deneme Sınavı</t>
+          <t>İngilizce Hikaye Little Women - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055477530</t>
+          <t>9789756659137</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya 2015 Ales 8 Fasikül Deneme-Çözümlü Çıkmış Sorularla</t>
+          <t>İngilizce Hikaye Great Expectations - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>23.15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055477653</t>
+          <t>9786054250462</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Paragraf YGS-LYS-KPSS-ALES-DGS-JANA-PMYO</t>
+          <t>Almanca Hikaye Der Arme Und Der Reiche</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>27.77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055477424</t>
+          <t>9789756659205</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Polis Meslek Yüksekokulu Soru Bankası</t>
+          <t>İngilizce Hikaye David Cooperfield - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>22.22</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054250097</t>
+          <t>9786054250288</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Little Women - Level 5</t>
+          <t>İngilizce Hikaye Cowlick Ricky</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054250554</t>
+          <t>9786054250264</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>KPSS - A Tamamı Çözümlü Çıkmış Sorular - 2012</t>
+          <t>İngilizce Hikaye Cinderella</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>20.83</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055477356</t>
+          <t>9789944124782</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>KPDS Son 12 Test Soruları ve Ayrıntılı Çözümleri</t>
+          <t>İngilizce Hikaye Carol And Tom Wedding</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>27.78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055477295</t>
+          <t>9786054250301</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>YDS Konu Anlatımlı Sınav İpuçları</t>
+          <t>İngilizce Hikaye Bluecrest</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944124089</t>
+          <t>9786054250011</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamızı Süsleyen Tarihi ve Edebi Anektodlar</t>
+          <t>İngilizce Hikaye Beauty And The Beast</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>3.7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054250387</t>
+          <t>9789756659076</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik Arapça El Kitabı</t>
+          <t>İngilizce Hikaye A Song Six Pence</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756659861</t>
+          <t>9786054250042</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>İngilizce Hikaye Sinbad The Sailor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>6.02</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000002912</t>
+          <t>9789756659083</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels (CD’li)</t>
+          <t>İngilizce Hikaye Wuthering Heights - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000002911</t>
+          <t>9789756659236</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels</t>
+          <t>İngilizce Hikaye Tom Sawyer - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944124133</t>
+          <t>9786055477325</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Deniz Kızı - Sesli Hikaye</t>
+          <t>Almanca Hikaye Tier Geschichten</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944124416</t>
+          <t>9786054250271</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Deniz Kabuğu - Sesli Hikaye</t>
+          <t>İngilizce Hikaye Thumbkin</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000002886</t>
+          <t>9786054250295</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield (CD’li)</t>
+          <t>İngilizce Hikaye The Tinder Box</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944124102</t>
+          <t>9789756659090</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Çıplak Kral - Sesli Hikaye</t>
+          <t>İngilizce Hikaye The Thirty Nine Steps - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054250806</t>
+          <t>9789756659113</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Hikaye Contes Traditionnels Sur La Nourriture</t>
+          <t>İngilizce Hikaye The Pearl</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054250776</t>
+          <t>9789756659328</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Hikaye Contes Sur Les Animaux</t>
+          <t>İngilizce Hikaye The Mermaid And Other Tales - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944124126</t>
+          <t>9789944124560</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Cennet Bahçesi - Sesli Hikaye</t>
+          <t>İngilizce Hikaye The Last Biscuit</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944124485</t>
+          <t>9786055477431</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya 2015 Ales Son 11 Sınavın Soruları ve Ayrıntılı Çözümleri</t>
+          <t>İngilizce Hikaye The Jones Family</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055477219</t>
+          <t>9789944124591</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Geometri Konu Özetli Soru Bankası</t>
+          <t>İngilizce Hikaye The Football Match</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944124430</t>
+          <t>9789756659281</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Yaşantı Hikayeleri - Sesli Hikaye</t>
+          <t>İngilizce Hikaye Stories From Edgar Allan Poe - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944124423</t>
+          <t>9789944124522</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yama (Rusça Hikayeler Seviye 3)</t>
+          <t>İngilizce Hikaye Stories About Food - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000002866</t>
+          <t>9786054250349</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>The Thirty Nine Steps (CD’li)</t>
+          <t>İngilizce Hikaye Sleeping Beauty</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054250509</t>
+          <t>9789756659267</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya DGS-ALES Tamamı Çözümlü Mantık K.A.S.B.</t>
+          <t>İngilizce Hikaye Huckle Berry Finn - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>30.09</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054250691</t>
+          <t>9789944124799</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya 2014 DGS 10 Deneme Sınavı (10 Fasikül Set)</t>
+          <t>İngilizce Hikaye Hannah’s New Bedroom</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>27.78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944124201</t>
+          <t>9789756659366</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Cep Kart Rusça</t>
+          <t>İngilizce Hikaye Anne Of Green Gables - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>6.48</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054250769</t>
+          <t>9789756659106</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Hikaye Jack Et Le Haricot Magique</t>
+          <t>İngilizce Hikaye A Tale Of Two Cities</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055477370</t>
+          <t>9786054250028</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İngilizce KPDS-ÜDS 2013 Grammar Konu Anlatımlı Soru Bankası</t>
+          <t>İngilizce Hikaye The Man Who Never Laughed</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>20.83</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055477363</t>
+          <t>9789756659335</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>YDS Çözümlü Soru Bankası</t>
+          <t>İngilizce Hikaye Peter Pan - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054250882</t>
+          <t>9789756659342</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımında Umutlar</t>
+          <t>İngilizce Hikaye Persuasion - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059085489</t>
+          <t>9786054250226</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>İngilizce Hikaye Queen Cat</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>31.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059085304</t>
+          <t>9789756659151</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>LYS 4 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>İngilizce Hikaye Pride And Prejudice - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>27.77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059085298</t>
+          <t>9789756659212</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>LYS 3 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>İngilizce Hikaye Short Stories - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>27.77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059085281</t>
+          <t>9786055477417</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>LYS 2 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>İngilizce Hikaye Sams New School</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>27.77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059085274</t>
+          <t>9789756659274</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>LYS 1 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>İngilizce Hikaye The Children Of New Forest - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>27.77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059085052</t>
+          <t>9789756659250</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Sihirli Asa</t>
+          <t>İngilizce Hikaye The Call Of The Wild - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059085113</t>
+          <t>9789944124584</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Okullar Komutanlığı Jana 2015: Jandarma Astsubay Temel Kursu Giriş Sınavı - Hazırlık Kitabı</t>
+          <t>İngilizce Hikaye The Easter Egg Hunt</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60.19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055477981</t>
+          <t>9789944124577</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>YGS Matematik Defteri</t>
+          <t>The Chrismas Turkey Mystery</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.03</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055477813</t>
+          <t>9786054250783</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikaye Ahmed Ve Dirsu'l-Akl</t>
+          <t>Fransızca Hikaye Animales Tales</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055477844</t>
+          <t>9789944124508</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikaye Ya 'İydu'l-Beyd</t>
+          <t>İngilizce Hikaye Animal Stories - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055477820</t>
+          <t>9789756659304</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikaye Gurfet'unevmhenoelcedide</t>
+          <t>İngilizce Hikaye Alice in Wonderland - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055477851</t>
+          <t>9786054250318</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikaye Zifafu Karü Ve Tüm</t>
+          <t>İngilizce Hikaye Ali Baba and the Forty Thieves</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944124119</t>
+          <t>9786054250240</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Ole Lukoye - Sesli Hikaye</t>
+          <t>İngilizce Hikaye Aladdin and the Wonderful Lamp</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059085496</t>
+          <t>9786054250721</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>YGS Tüm Dersler Soru Bankası</t>
+          <t>Fransızca Hikaye Histories De Legumes</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055477998</t>
+          <t>9789944124409</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>YGS Türkçe Defteri</t>
+          <t>Rusça Hikaye Hayvan Hikayeleri - Sesli Hikaye</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.03</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055477974</t>
+          <t>9786054250325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Geometri Defteri</t>
+          <t>İngilizce Hikaye Hans And The Stripped Cat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.03</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055477967</t>
+          <t>9789756659199</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>YGS Fizik Defteri</t>
+          <t>İngilizce Hikaye Jane Eyre - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>12.03</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055477950</t>
+          <t>9789944124812</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>YGS Biyoloji Defteri</t>
+          <t>İngilizce Hikaye Jack’s Wisdom Tooth</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12.03</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055477943</t>
+          <t>9786054250745</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>LYS Matematik Defteri</t>
+          <t>Fransızca Hikaye La Chasse Aux Oeufs De Pagues</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>12.03</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059085182</t>
+          <t>9786055477332</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hız ve Performans Kazandıran Sözcükte Anlam Cümlede Anlam Paragraf Sınav İpuçları</t>
+          <t>Almanca Hikaye Gemüse Geschichten</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30.09</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059085458</t>
+          <t>9786052201305</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>2017 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>İtalyanca Hikaye Peter Pan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>39.35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059085465</t>
+          <t>9786052201282</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>2017 YGS Tüm Dersler Konu Anlatımlı</t>
+          <t>İtalyanca Hikaye Moby Dick</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>39.35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000002907</t>
+          <t>9786052201299</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (CD’li)</t>
+          <t>İtalyanca Hikaye Le Vacanze Scolastiche</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944124447</t>
+          <t>9786052201275</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikaye Peri Masalları - Sesli Hikaye</t>
+          <t>İtalyanca Hikaye La Persuasione</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756659939</t>
+          <t>9786052201220</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Rus Madonnası</t>
+          <t>İtalyanca Hikaye Alice Nel Paese Delle Meravigle</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054250233</t>
+          <t>9789944124393</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Puss in Boots</t>
+          <t>Rusça Hikaye Fantazörler - Sesli Hikaye</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055477318</t>
+          <t>9786054250790</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Practising English Grammar</t>
+          <t>Fransızca Hikaye Le Roi Qui Mangeait Trop</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055477196</t>
+          <t>9786054250752</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Practising English Grammar an Elemantary and Pre-Intermediate Book</t>
+          <t>Fransızca Hikaye Le Mystere De La Dinde De Noel</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756659922</t>
+          <t>9786054250738</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Rusça Gramer</t>
+          <t>Fransızca Hikaye Le Match De Football</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>41.67</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944124973</t>
+          <t>9786054250257</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>The Call of The Wild (CD’li)</t>
+          <t>İngilizce Hikaye The Serpent Queen</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756659038</t>
+          <t>9786055477448</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2012 ALES Konu Anlatımlı</t>
+          <t>İngilizce Hikaye The School Holidays</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>37.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000003460</t>
+          <t>9789756659311</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Animal Stories (CD’li)</t>
+          <t>İngilizce Hikaye The Phoenix Bird And Other Tales</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944124249</t>
+          <t>9789944124515</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aleksandr İvanoviç Kuprin Yaşamı ve Eserleri</t>
+          <t>İngilizce Hikaye Vegetable Stories - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944124607</t>
+          <t>9789756659229</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>DGS Tırtıklı Yaprak Test</t>
+          <t>İngilizce Hikaye Uncle Tom’s Cabin - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>16.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054250530</t>
+          <t>9789756659175</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>DGS Tamamı Çözümlü Soru Bankası</t>
+          <t>İngilizce Hikaye Treasure Island - Sesli Dinlemeli</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>23.15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756659694</t>
+          <t>9786054250455</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Pratik Almanca El Kitabı</t>
+          <t>Almanca Hikaye Die Geschic Vom Dem Gespensterschiff</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944124218</t>
+          <t>9786059085311</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Cep Kart</t>
+          <t>İngilizce Hikaye A Trip To London</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7.87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944124096</t>
+          <t>9786054250431</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamızı Süsleyen Etkili ve Güzel Sözler</t>
+          <t>Almanca Hikaye Wunderschön</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054250837</t>
+          <t>9786059085021</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik Romence El Kitabı</t>
+          <t>Rusça Hikaye Kurabiyeden Ev</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944124478</t>
+          <t>9786059085373</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik Japonca El Kitabı</t>
+          <t>İngilizce Hikaye Sam Finishes School</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944124706</t>
+          <t>9786059085663</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik İngilizce El Kitabı</t>
+          <t>İngilizce Hikaye Baby Isabelle</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756659687</t>
+          <t>9786052201114</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik İngilizce El Kitabı / Easy and Practical English - Turkish Handbook</t>
+          <t>İspanyolca Hikaye Moby Dick</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944124539</t>
+          <t>9786052201091</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>KPSS A Konu Anlatımı</t>
+          <t>İspanyolca Hikaye Los Cuentos De Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>78.7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055477707</t>
+          <t>9786052201107</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2014 E-KPSS 8 Deneme Sınavı</t>
+          <t>İspanyolca Hikaye Alicia En El País De Las Maravillas</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>22.69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944124874</t>
+          <t>9786052201121</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>The Phoenix Bird and Other Tales (CD’li)</t>
+          <t>İspanyolca Hikaye Peter Pan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055477547</t>
+          <t>9786052201077</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2014 ALES 10 Özgün Deneme Sınavı - Çözüm Kitabı</t>
+          <t>İspanyolca Hikaye Persuasion</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055477684</t>
+          <t>9786052201084</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2014 E-KPSS Soru Bankası</t>
+          <t>İspanyolca Hikaye La Historia Vegetal</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>30.09</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055477691</t>
+          <t>9786052201169</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>2014 E-KPSS Konu Kitabı</t>
+          <t>İspanyolca Hikaye La Boda De Tom Y Carol</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055477233</t>
+          <t>9786052201152</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>KPDS Arapça Testleri</t>
+          <t>İspanyolca Hikaye El Partido De Futbol</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>22</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059085144</t>
+          <t>9786052201138</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>2015 Askeri Okul ve Kurum Sınavlarına Hazırlık Konu Anlatımı</t>
+          <t>İspanyolca Hikaye El Nuevo Dormitorio De Hannah</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>4440000001014</t>
+          <t>9786052201145</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Janeta - Dört Sokağın Prensesi</t>
+          <t>İspanyolca Hikaye Muela Del Juicio De Jack</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257644822</t>
+          <t>9786059085069</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Foks Mikki'nin Günlüğü (Ciltli)</t>
+          <t>Rusça Hikaye Sihirli Ot</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257644815</t>
+          <t>9786059085038</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aşan Sincap (Ciltli)</t>
+          <t>Rusça Hikaye Kırmızı Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
+          <t>9786059085007</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Aslan ve Köpek</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059085076</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Tavşan ve Kirpi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059085083</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Erik Çekirdeği</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059085045</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Kısa Hikayeler Tostoy</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059085014</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Baltadan Lapa</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786257644761</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye 10’lu Hikaye Seti Kutu Tanıtım (A1-A2) Seviyelerinde</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786257644754</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>İspanyolca Hikaye 10’lu Hikaye Seti Kutu Tanıtım (A1-A2) Seviyelerinde</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257644167</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Bilezik</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786257644174</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kaniş</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786257644631</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Aleksandr İvanoviç Kuprin Çukur</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257644624</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Edebiyatında Kamp Gerçeği ve Kolıma</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786257644556</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Mayakovski</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786059085212</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Anlatım Bozukluğu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789944124232</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Olesya</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789944124256</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Gambrinus</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789756659434</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Meksikalı Küçük Boksör</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055477837</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikaye Kısasu'l Hadravad</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055477660</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>39.35</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055477912</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mantıklı Problemler Konulara Göre Ayrılmış Konu Testleri Çözümlü Testler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>22.69</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786055477905</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Hız ve Perfonmans Kazandıran Paragraf Soruları</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786055477929</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>YGS Paragraf 40 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054250899</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>2014 KPSS Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>31.94</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786052201312</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye Storie Die Verdure</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786052201268</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye La Partido Di Calcio</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786052201251</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye La Nuova Camera Da Letto Di Hannah</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786052201244</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye I Matrimonio Di Carol E Tom</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786052201237</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İtalyanca Hikaye Dent Del Giudizio Di Jack</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786059085519</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>YGS Tamamı Çözümlü 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>25.92</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786059085502</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>YGS Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>19.91</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055477875</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Passage &amp; Readers Vocabulary YDS</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786059085229</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Polis Meslek Yüksekokulu  Konu Anlatımı Bölüm Konu Testleri</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786059085205</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS KPSS-ALES-DGS JANA-PMYO Tarih Soru Cevap</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059085526</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Grammar Strategies - Türkçe Açıklamalı ve Kapsamlı Gramer</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>46.29</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786059085441</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>YGS Tarih Defteri</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786055477936</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>LYS Edebiyat Defteri</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059085434</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>YGS Coğrafya Defteri</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>3990000028254</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>YDS Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786055477721</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Bankacılık Hazırlık Kitabı</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786055477790</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya YDS - İngilizce 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786055477530</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya 2015 Ales 8 Fasikül Deneme-Çözümlü Çıkmış Sorularla</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786055477653</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Paragraf YGS-LYS-KPSS-ALES-DGS-JANA-PMYO</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>27.77</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786055477424</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Polis Meslek Yüksekokulu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054250097</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Little Women - Level 5</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054250554</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>KPSS - A Tamamı Çözümlü Çıkmış Sorular - 2012</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786055477356</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>KPDS Son 12 Test Soruları ve Ayrıntılı Çözümleri</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786055477295</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>YDS Konu Anlatımlı Sınav İpuçları</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789944124089</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Konuşmamızı Süsleyen Tarihi ve Edebi Anektodlar</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054250387</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Kolay ve Pratik Arapça El Kitabı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789756659861</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Kerem ile Aslı</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>3990000002912</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver’s Travels (CD’li)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>3990000002911</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver’s Travels</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789944124133</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Deniz Kızı - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789944124416</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Deniz Kabuğu - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>3990000002886</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>David Copperfield (CD’li)</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789944124102</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Çıplak Kral - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054250806</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Fransızca Hikaye Contes Traditionnels Sur La Nourriture</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054250776</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Fransızca Hikaye Contes Sur Les Animaux</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789944124126</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Cennet Bahçesi - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789944124485</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya 2015 Ales Son 11 Sınavın Soruları ve Ayrıntılı Çözümleri</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055477219</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>YGS - LYS Geometri Konu Özetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789944124430</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Yaşantı Hikayeleri - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789944124423</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Yama (Rusça Hikayeler Seviye 3)</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>3990000002866</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>The Thirty Nine Steps (CD’li)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054250509</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya DGS-ALES Tamamı Çözümlü Mantık K.A.S.B.</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>30.09</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054250691</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya 2014 DGS 10 Deneme Sınavı (10 Fasikül Set)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789944124201</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya Cep Kart Rusça</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786054250769</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Fransızca Hikaye Jack Et Le Haricot Magique</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786055477370</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce KPDS-ÜDS 2013 Grammar Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786055477363</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>YDS Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054250882</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Gün Batımında Umutlar</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786059085489</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>31.94</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059085304</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>LYS 4 Tamamı Çözümlü 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>27.77</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059085298</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>LYS 3 Tamamı Çözümlü 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>27.77</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786059085281</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>LYS 2 Tamamı Çözümlü 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>27.77</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059085274</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>LYS 1 Tamamı Çözümlü 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>27.77</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059085052</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Sihirli Asa</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059085113</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Jandarma Okullar Komutanlığı Jana 2015: Jandarma Astsubay Temel Kursu Giriş Sınavı - Hazırlık Kitabı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>60.19</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786055477981</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>YGS Matematik Defteri</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786055477813</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikaye Ahmed Ve Dirsu'l-Akl</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786055477844</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikaye Ya 'İydu'l-Beyd</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786055477820</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikaye Gurfet'unevmhenoelcedide</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786055477851</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikaye Zifafu Karü Ve Tüm</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789944124119</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Ole Lukoye - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059085496</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>YGS Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786055477998</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>YGS Türkçe Defteri</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786055477974</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>YGS - LYS Geometri Defteri</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786055477967</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>YGS Fizik Defteri</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786055477950</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>YGS Biyoloji Defteri</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786055477943</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Defteri</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>12.03</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059085182</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Hız ve Performans Kazandıran Sözcükte Anlam Cümlede Anlam Paragraf Sınav İpuçları</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>30.09</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059085458</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>2017 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>39.35</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059085465</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>2017 YGS Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>39.35</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>3990000002907</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan (CD’li)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789944124447</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Hikaye Peri Masalları - Sesli Hikaye</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789756659939</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Rus Madonnası</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786054250233</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Puss in Boots</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786055477318</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Practising English Grammar</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786055477196</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Practising English Grammar an Elemantary and Pre-Intermediate Book</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789756659922</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Gramer</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789944124973</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>The Call of The Wild (CD’li)</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789756659038</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>2012 ALES Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>3990000003460</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Animal Stories (CD’li)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789944124249</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Aleksandr İvanoviç Kuprin Yaşamı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789944124607</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>DGS Tırtıklı Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786054250530</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>DGS Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789756659694</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hızlı ve Pratik Almanca El Kitabı</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789944124218</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Cep Kart</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789944124096</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Konuşmamızı Süsleyen Etkili ve Güzel Sözler</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054250837</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Kolay ve Pratik Romence El Kitabı</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789944124478</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Kolay ve Pratik Japonca El Kitabı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789944124706</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kolay ve Pratik İngilizce El Kitabı</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789756659687</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Kolay ve Pratik İngilizce El Kitabı / Easy and Practical English - Turkish Handbook</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789944124539</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>78.7</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055477707</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>2014 E-KPSS 8 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>22.69</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789944124874</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Bird and Other Tales (CD’li)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786055477547</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>2014 ALES 10 Özgün Deneme Sınavı - Çözüm Kitabı</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786055477684</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>2014 E-KPSS Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>30.09</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786055477691</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>2014 E-KPSS Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786055477233</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>KPDS Arapça Testleri</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059085144</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>2015 Askeri Okul ve Kurum Sınavlarına Hazırlık Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>4440000001014</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Janeta - Dört Sokağın Prensesi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786257644822</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Foks Mikki'nin Günlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786257644815</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Aşan Sincap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
           <t>9786257644808</t>
         </is>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B243" s="1" t="inlineStr">
         <is>
           <t>Mavi Perinin Masalları (Ciltli)</t>
         </is>
       </c>
-      <c r="C120" s="1">
+      <c r="C243" s="1">
         <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>