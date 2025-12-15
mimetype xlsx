--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -85,14845 +85,14875 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256661981</t>
+          <t>9786258521009</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Üç Veli</t>
+          <t>Dördüncü Yol</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256661950</t>
+          <t>9786256661967</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>El-Medinetü'l-Fazıla</t>
+          <t>Kafkas Yollarında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256661998</t>
+          <t>9786256661981</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Buğu</t>
+          <t>Bir Devir Üç Veli</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256661974</t>
+          <t>9786256661950</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yer Gümbürdüyor</t>
+          <t>El-Medinetü'l-Fazıla</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256661943</t>
+          <t>9786256661998</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Uçuşu</t>
+          <t>Aynadaki Buğu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256661936</t>
+          <t>9786256661974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
+          <t>Yer Gümbürdüyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256661912</t>
+          <t>9786256661943</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Danişmend</t>
+          <t>Kartalın Uçuşu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055107628</t>
+          <t>9786256661936</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
+          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054683475</t>
+          <t>9786256661912</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş Kitabı</t>
+          <t>Danişmend</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055107109</t>
+          <t>9786055107628</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057838995</t>
+          <t>9786054683475</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Neşet Ertaş Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256661899</t>
+          <t>9786055107109</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256661905</t>
+          <t>9786057838995</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256661929</t>
+          <t>9786256661899</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şah'ın Bahçesinde</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256661455</t>
+          <t>9786256661905</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kalpazanlar</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256661066</t>
+          <t>9786256661929</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
+          <t>Şah'ın Bahçesinde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4440000002594</t>
+          <t>9786256661455</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Kalpazanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2486137100014</t>
+          <t>9786256661066</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
+          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257706704</t>
+          <t>4440000002594</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
+          <t>Surname</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257706735</t>
+          <t>2486137100014</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>59</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752448933</t>
+          <t>9786257706704</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem (Midi Boy)</t>
+          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>134.9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752448797</t>
+          <t>9786257706735</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan (Midi Boy)</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>134.9</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055257026</t>
+          <t>9789752448933</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Katre-i Matem (Midi Boy)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>11.57</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944486767</t>
+          <t>9789752448797</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
+          <t>Şah ve Sultan (Midi Boy)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>395</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758950317</t>
+          <t>9786055257026</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054322510</t>
+          <t>9789944486767</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Şair Muhibbi</t>
+          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>155</v>
+        <v>395</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054322756</t>
+          <t>9789758950317</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Sanat ve Folklor</t>
+          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758950959</t>
+          <t>9786054322510</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
+          <t>Muhteşem Şair Muhibbi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>65</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055257095</t>
+          <t>9786054322756</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Keşf-i Kadim</t>
+          <t>Malik Aksel - Sanat ve Folklor</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944486743</t>
+          <t>9789758950959</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758950546</t>
+          <t>9786055257095</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
+          <t>Keşf-i Kadim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>9.26</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055107888</t>
+          <t>9789944486743</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055107437</t>
+          <t>9789758950546</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
+          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055107192</t>
+          <t>9786055107888</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055147501</t>
+          <t>9786055107437</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hevenk: Kayıp İstanbul</t>
+          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055147792</t>
+          <t>9786055107192</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dinle Rabia'nın Dilinden</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752448896</t>
+          <t>9786055147501</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
+          <t>Hevenk: Kayıp İstanbul</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>134.9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752448025</t>
+          <t>9786055147792</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Dinle Rabia'nın Dilinden</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055107345</t>
+          <t>9789752448896</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758950478</t>
+          <t>9789752448025</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944486163</t>
+          <t>9786055107345</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
+          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054322169</t>
+          <t>9789758950478</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hayatı</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944486170</t>
+          <t>9789944486163</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
+          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054322015</t>
+          <t>9786054322169</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Azab-ı Mukaddes</t>
+          <t>Sanat Hayatı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944486101</t>
+          <t>9789944486170</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
+          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944486095</t>
+          <t>9786054322015</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
+          <t>Azab-ı Mukaddes</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944486132</t>
+          <t>9789944486101</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
+          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752448476</t>
+          <t>9789944486095</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>195</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758950270</t>
+          <t>9789944486132</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
+          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758950263</t>
+          <t>9789752448476</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
+          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055257118</t>
+          <t>9789758950270</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>125</v>
+        <v>49</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054683499</t>
+          <t>9789758950263</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gönlün Sırları</t>
+          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944486187</t>
+          <t>9786055257118</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054322671</t>
+          <t>9786054683499</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul</t>
+          <t>Gönlün Sırları</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054322114</t>
+          <t>9789944486187</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Estetiği</t>
+          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055147204</t>
+          <t>9786054322671</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Saatler, Ruhlar ve Kediler</t>
+          <t>Eski İstanbul</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055107703</t>
+          <t>9786054322114</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
+          <t>Divan Edebiyatı Estetiği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055107413</t>
+          <t>9786055147204</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Saatler, Ruhlar ve Kediler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055147402</t>
+          <t>9786055107703</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Tam Metin)</t>
+          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>135</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055107543</t>
+          <t>9786055107413</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve Esasları</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055107512</t>
+          <t>9786055147402</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - Seçmeler</t>
+          <t>Dede Korkut Kitabı (Tam Metin)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257706650</t>
+          <t>9786055107543</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Vahdet-i Vücud ve Esasları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257706681</t>
+          <t>9786055107512</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Son Ozanı Neşet Ertaş</t>
+          <t>Seyahatname - Seçmeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057706018</t>
+          <t>9786257706650</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>135</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257706247</t>
+          <t>9786257706681</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karıncayı Tanırsınız</t>
+          <t>Aşkın Son Ozanı Neşet Ertaş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257706230</t>
+          <t>9786057706018</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Yok</t>
+          <t>Ahlak-ı Alai</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057838674</t>
+          <t>9786257706247</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 4</t>
+          <t>Karıncayı Tanırsınız</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>375</v>
+        <v>155</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057838698</t>
+          <t>9786257706230</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Yön Veren Metinler 2</t>
+          <t>Havada Bulut Yok</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>395</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257706391</t>
+          <t>9786057838674</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kör Noktalarımız</t>
+          <t>Batı’ya Yön Veren Metinler 4</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257706087</t>
+          <t>9786057838698</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Rubailer</t>
+          <t>Batı'ya Yön Veren Metinler 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057838285</t>
+          <t>9786257706391</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Kör Noktalarımız</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057838490</t>
+          <t>9786257706087</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Umut</t>
+          <t>Ömer Hayyam Rubailer</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>445</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752448483</t>
+          <t>9786057838285</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256661882</t>
+          <t>9786057838490</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Meşenin Ötesi</t>
+          <t>Yalnızlık ve Umut</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258096170</t>
+          <t>9789752448483</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Falaka ve Diğer Öyküler</t>
+          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256661868</t>
+          <t>9786256661882</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
+          <t>Son Meşenin Ötesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256661844</t>
+          <t>9786258096170</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Fetih, Bir Hanım Sultan</t>
+          <t>Falaka ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>149</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256661875</t>
+          <t>9786256661868</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Love At The Corridor Of Mirrors</t>
+          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256661851</t>
+          <t>9786256661844</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
+          <t>Bir Fetih, Bir Hanım Sultan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>149</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256661837</t>
+          <t>9786256661875</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sen Dünyasın</t>
+          <t>Love At The Corridor Of Mirrors</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256661806</t>
+          <t>9786256661851</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Ağası</t>
+          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256661820</t>
+          <t>9786256661837</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali ve Kutsal</t>
+          <t>Sen Dünyasın</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256661790</t>
+          <t>9786256661806</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyhin Aşk Hikayesi</t>
+          <t>Kızlar Ağası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256661783</t>
+          <t>9786256661820</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>İmam Ali ve Kutsal</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256661776</t>
+          <t>9786256661790</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Sanatı</t>
+          <t>Bir Şeyhin Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256661769</t>
+          <t>9786256661783</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuzgun’a Mektuplar</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256661813</t>
+          <t>9786256661776</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Umuda İmkan Aramak</t>
+          <t>Kişilik Sanatı</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256661752</t>
+          <t>9786256661769</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Tanrıları</t>
+          <t>Küçük Kuzgun’a Mektuplar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256661745</t>
+          <t>9786256661813</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Tebessüm</t>
+          <t>Umuda İmkan Aramak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>149</v>
+        <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256661714</t>
+          <t>9786256661752</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Malakat (Ciltli)</t>
+          <t>Cennetin Tanrıları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256661707</t>
+          <t>9786256661745</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Mutlak Tebessüm</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256661738</t>
+          <t>9786256661714</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aile Sosyolojisi</t>
+          <t>Malakat (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256661691</t>
+          <t>9786256661707</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Koca Ragıp Paşa Divanı</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256661684</t>
+          <t>9786256661738</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Buluşmak</t>
+          <t>Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256661721</t>
+          <t>9786256661691</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>Koca Ragıp Paşa Divanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256661578</t>
+          <t>9786256661684</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aşiretleri</t>
+          <t>Yaşamla Buluşmak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256661561</t>
+          <t>9786256661721</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055147389</t>
+          <t>9786256661578</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l-Belaga</t>
+          <t>Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>575</v>
+        <v>495</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256661677</t>
+          <t>9786256661561</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Prusya Nasıl Yükseldi</t>
+          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256661653</t>
+          <t>9786055147389</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Nehcü'l-Belaga</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256661646</t>
+          <t>9786256661677</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Prusya Nasıl Yükseldi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256661639</t>
+          <t>9786256661653</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Anılar</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256661660</t>
+          <t>9786256661646</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256661592</t>
+          <t>9786256661639</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
+          <t>Dünden Bugüne Anılar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256661615</t>
+          <t>9786256661660</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256661608</t>
+          <t>9786256661592</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Gılmani - Ahmed Refik</t>
+          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256661585</t>
+          <t>9786256661615</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senden Ne İstiyor?</t>
+          <t>Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256661622</t>
+          <t>9786256661608</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Malte Laurids Brigge'nin Notları</t>
+          <t>Tarih-i Gılmani - Ahmed Refik</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752448520</t>
+          <t>9786256661585</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Hayat Senden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256661523</t>
+          <t>9786256661622</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’i̇n Kalbi</t>
+          <t>Malte Laurids Brigge'nin Notları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256661554</t>
+          <t>9789752448520</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kâtip Bartleby</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256661530</t>
+          <t>9786256661523</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
+          <t>Dersaadet’i̇n Kalbi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256661516</t>
+          <t>9786256661554</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kadim Bilgisi</t>
+          <t>Kâtip Bartleby</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256661509</t>
+          <t>9786256661530</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Âşık Garip Hikâyesi</t>
+          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256661547</t>
+          <t>9786256661516</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoriçeleri</t>
+          <t>Liderliğin Kadim Bilgisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256661493</t>
+          <t>9786256661509</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Azdahak</t>
+          <t>Âşık Garip Hikâyesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258096248</t>
+          <t>9786256661547</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla (Ciltli)</t>
+          <t>Bizans İmparatoriçeleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752448384</t>
+          <t>9786256661493</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları (Ciltli)</t>
+          <t>Azdahak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>665</v>
+        <v>425</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055107864</t>
+          <t>9786258096248</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve Ahit Sandığı</t>
+          <t>Yavaşla (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055107741</t>
+          <t>9789752448384</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa: The Story Of a Legend</t>
+          <t>Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>260</v>
+        <v>665</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055107680</t>
+          <t>9786055107864</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Deli Zamanlar</t>
+          <t>Evliya Çelebi ve Ahit Sandığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055107062</t>
+          <t>9786055107741</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Buyruk</t>
+          <t>Barbarossa: The Story Of a Legend</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054322176</t>
+          <t>9786055107680</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bozgunda Fetih Rüyası</t>
+          <t>Deli Zamanlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>94.9</v>
+        <v>145</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054322008</t>
+          <t>9786055107062</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Batık</t>
+          <t>Buyruk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758950560</t>
+          <t>9786054322176</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bana Uzun Mektuplar Yaz</t>
+          <t>Bozgunda Fetih Rüyası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789758950072</t>
+          <t>9786054322008</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
+          <t>Batık</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758950584</t>
+          <t>9789758950560</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
+          <t>Bana Uzun Mektuplar Yaz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944486637</t>
+          <t>9789758950072</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Babil’den Dragomanlara</t>
+          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>435</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055107833</t>
+          <t>9789758950584</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Seyda</t>
+          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055107918</t>
+          <t>9789944486637</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Babil’den Dragomanlara</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>95</v>
+        <v>435</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758950607</t>
+          <t>9786055107833</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Önce Aşk Vardı</t>
+          <t>Asr-ı Seyda</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758950768</t>
+          <t>9786055107918</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Benim Bir Ateşti</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>95</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944486361</t>
+          <t>9789758950607</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Mahkum Olmak</t>
+          <t>Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944486644</t>
+          <t>9789758950768</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Ömrüm Benim Bir Ateşti</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>715</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944486811</t>
+          <t>9789944486361</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
+          <t>Osmanlı’da Mahkum Olmak</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>545</v>
+        <v>115</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054683741</t>
+          <t>9789944486644</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>420</v>
+        <v>715</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944486521</t>
+          <t>9789944486811</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
+          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>405</v>
+        <v>545</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758950294</t>
+          <t>9786054683741</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
+          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758950324</t>
+          <t>9789944486521</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
+          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>60</v>
+        <v>405</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758950171</t>
+          <t>9789758950294</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
+          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758950300</t>
+          <t>9789758950324</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
+          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054683857</t>
+          <t>9789758950171</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mehmed  Akif Ersoy</t>
+          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944486293</t>
+          <t>9789758950300</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
+          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758950256</t>
+          <t>9786054683857</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
+          <t>Mehmed  Akif Ersoy</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944486910</t>
+          <t>9789944486293</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Divanı</t>
+          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054322039</t>
+          <t>9789758950256</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Terbiyecisi</t>
+          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>134.9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758950195</t>
+          <t>9789944486910</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Kırklar Divanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>995</v>
+        <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054683352</t>
+          <t>9786054322039</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İşitin Ey Yarenler (Ciltli)</t>
+          <t>Kaplumbağa Terbiyecisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>470</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055107048</t>
+          <t>9789758950195</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>995</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054322305</t>
+          <t>9786054683352</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
+          <t>İşitin Ey Yarenler (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>590</v>
+        <v>470</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758950980</t>
+          <t>9786055107048</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054683970</t>
+          <t>9786054322305</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Şehirler</t>
+          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>590</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054322534</t>
+          <t>9789758950980</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
+          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758950904</t>
+          <t>9786054683970</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bütün Öyküleri 2</t>
+          <t>İçimden Geçen Şehirler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944486620</t>
+          <t>9786054322534</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Kerbela</t>
+          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055107475</t>
+          <t>9789758950904</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
+          <t>Hiç Bütün Öyküleri 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055107802</t>
+          <t>9789944486620</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Mevsimi</t>
+          <t>Her Yer Kerbela</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055107321</t>
+          <t>9786055107475</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
+          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752448599</t>
+          <t>9786055107802</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Uçurtma Mevsimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752448544</t>
+          <t>9786055107321</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752448049</t>
+          <t>9789752448599</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>85</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752448582</t>
+          <t>9789752448544</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa (Ciltli)</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752448162</t>
+          <t>9789752448049</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055147495</t>
+          <t>9789752448582</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mızraksız İlmihal</t>
+          <t>Barbarossa (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752448056</t>
+          <t>9789752448162</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055147075</t>
+          <t>9786055147495</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Mekke’de  Tamamlandı</t>
+          <t>Mızraksız İlmihal</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055107581</t>
+          <t>9789752448056</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>165</v>
+        <v>365</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055147358</t>
+          <t>9786055147075</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Lila Olsun Saçlarım</t>
+          <t>Şeriat Mekke’de  Tamamlandı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752448247</t>
+          <t>9786055107581</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Yüzüğü</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055147341</t>
+          <t>9786055147358</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bir Kıyı</t>
+          <t>Bu Sefer Lila Olsun Saçlarım</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055147068</t>
+          <t>9789752448247</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Hz. Süleyman'ın Yüzüğü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055147617</t>
+          <t>9786055147341</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in İzinde</t>
+          <t>Beyaz Bir Kıyı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>435</v>
+        <v>75</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752448070</t>
+          <t>9786055147068</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>415</v>
+        <v>105</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752448100</t>
+          <t>9786055147617</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Hz. Muhammed'in İzinde</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>435</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055107147</t>
+          <t>9789752448070</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>134.9</v>
+        <v>415</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054683390</t>
+          <t>9789752448100</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944486156</t>
+          <t>9786055107147</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>70</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054322879</t>
+          <t>9786054683390</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>775</v>
+        <v>105</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758950843</t>
+          <t>9789944486156</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
+          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944486897</t>
+          <t>9786054322879</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Varayım Gideyim Urumeli’ne</t>
+          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>775</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944486934</t>
+          <t>9789758950843</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
+          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>745</v>
+        <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758950911</t>
+          <t>9789944486897</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk İçki Geleneği</t>
+          <t>Varayım Gideyim Urumeli’ne</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054322152</t>
+          <t>9789944486934</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tezkireden Biyografiye</t>
+          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>745</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944486514</t>
+          <t>9789758950911</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Türk İçki Geleneği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944486996</t>
+          <t>9786054322152</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
+          <t>Tezkireden Biyografiye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054322930</t>
+          <t>9789944486514</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Elçisi</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054322954</t>
+          <t>9789944486996</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Zamanı</t>
+          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054322435</t>
+          <t>9786054322930</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış İslam Yazıları</t>
+          <t>Tanrı Elçisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789758950287</t>
+          <t>9786054322954</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
+          <t>Tanpınar Zamanı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>65</v>
+        <v>235</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758950881</t>
+          <t>9786054322435</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
+          <t>Tamamlanmamış İslam Yazıları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758950515</t>
+          <t>9789758950287</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Şiiri: İran Sineması</t>
+          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>215</v>
+        <v>65</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054683666</t>
+          <t>9789758950881</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şair Dediğin</t>
+          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054322886</t>
+          <t>9789758950515</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Şark’ın Şiiri: İran Sineması</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>94.9</v>
+        <v>215</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944486323</t>
+          <t>9786054683666</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşen Dantel</t>
+          <t>Şair Dediğin</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054683512</t>
+          <t>9786054322886</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944486651</t>
+          <t>9789944486323</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
+          <t>Suya Düşen Dantel</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944486736</t>
+          <t>9786054683512</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siretler ve Suretler</t>
+          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944486545</t>
+          <t>9789944486651</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Seni Dinleyen Biri</t>
+          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758950539</t>
+          <t>9789944486736</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sabah Rüzgarı</t>
+          <t>Siretler ve Suretler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>70</v>
+        <v>270</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758950805</t>
+          <t>9789944486545</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Azize’nin Son Günü</t>
+          <t>Seni Dinleyen Biri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054322824</t>
+          <t>9789758950539</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Sabah Rüzgarı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>134.9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944486125</t>
+          <t>9789758950805</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
+          <t>Azize’nin Son Günü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054322367</t>
+          <t>9786054322824</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054322282</t>
+          <t>9789944486125</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>170</v>
+        <v>65</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944486774</t>
+          <t>9786054322367</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Alatav’dan Şardağı’na</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758950461</t>
+          <t>9786054322282</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054322909</t>
+          <t>9789944486774</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
+          <t>Alatav’dan Şardağı’na</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>315</v>
+        <v>125</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758950430</t>
+          <t>9789758950461</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Var, Dili Yok Şehrazat</t>
+          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758950829</t>
+          <t>9786054322909</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
+          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054322275</t>
+          <t>9789758950430</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>1924</t>
+          <t>Ağzı Var, Dili Yok Şehrazat</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>94.9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054683734</t>
+          <t>9789758950829</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758950331</t>
+          <t>9786054322275</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gül Şiirleri</t>
+          <t>1924</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>80</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054683109</t>
+          <t>9786054683734</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Kahkahalar</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>105</v>
+        <v>330</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758950485</t>
+          <t>9789758950331</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
+          <t>Gül Şiirleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758950058</t>
+          <t>9786054683109</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
+          <t>Gözyaşları ve Kahkahalar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758950638</t>
+          <t>9789758950485</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Duvarsız Odalar</t>
+          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758950706</t>
+          <t>9789758950058</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dönüyordu</t>
+          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944486354</t>
+          <t>9789758950638</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Defterimde Kırk Suret</t>
+          <t>Duvarsız Odalar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758950690</t>
+          <t>9789758950706</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma Sürecinde Alevilik</t>
+          <t>Dönüyordu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055147242</t>
+          <t>9789944486354</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Butimar</t>
+          <t>Defterimde Kırk Suret</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055147020</t>
+          <t>9789758950690</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Çağdaşlaşma Sürecinde Alevilik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055147761</t>
+          <t>9786055147242</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
+          <t>Butimar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055147662</t>
+          <t>9786055147020</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>680</v>
+        <v>95</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055147143</t>
+          <t>9786055147761</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
+          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>415</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055147006</t>
+          <t>9786055147662</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Türk Edebiyatında Hikaye ve Roman</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>134.9</v>
+        <v>680</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055107642</t>
+          <t>9786055147143</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>134.9</v>
+        <v>415</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055107819</t>
+          <t>9786055147006</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tulip of Istanbul</t>
+          <t>Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>310</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055107949</t>
+          <t>9786055107642</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çırpıntılar</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055107369</t>
+          <t>9786055107819</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Sokak Sesi</t>
+          <t>Tulip of Istanbul</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054683901</t>
+          <t>9786055107949</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Çırpıntılar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>134.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057838964</t>
+          <t>9786055107369</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kalpten</t>
+          <t>Bir Eski Sokak Sesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054322916</t>
+          <t>9786054683901</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758950652</t>
+          <t>9786057838964</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Kalpten</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>620</v>
+        <v>135</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257706223</t>
+          <t>9786054322916</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşları</t>
+          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057838704</t>
+          <t>9789758950652</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 1</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057838100</t>
+          <t>9786257706223</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Sınıf Arkadaşları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752448858</t>
+          <t>9786057838704</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddın-i Rumi</t>
+          <t>Batı’ya Yön Veren Metinler 1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057838025</t>
+          <t>9786057838100</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Mekke - Medine</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258096354</t>
+          <t>9789752448858</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Uğraşı</t>
+          <t>Mevlana Celaleddın-i Rumi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>249</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057838261</t>
+          <t>9786057838025</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 2</t>
+          <t>Haremeyn Mekke - Medine</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055257149</t>
+          <t>9786258096354</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
+          <t>Yaşama Uğraşı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>305</v>
+        <v>249</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055107376</t>
+          <t>9786057838261</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Bir Boşluk</t>
+          <t>Ravza'nın Yıldızları 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944486583</t>
+          <t>9786055257149</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Köle Olmak</t>
+          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>245</v>
+        <v>305</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789758950799</t>
+          <t>9786055107376</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Şarkısı</t>
+          <t>Çiçekli Bir Boşluk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789758950003</t>
+          <t>9789944486583</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kudemanın Kırk Atlısı</t>
+          <t>Osmanlı’da Köle Olmak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054322978</t>
+          <t>9789758950799</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kaçık</t>
+          <t>Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>80</v>
+        <v>155</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054322107</t>
+          <t>9789758950003</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
+          <t>Kudemanın Kırk Atlısı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>535</v>
+        <v>295</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944486705</t>
+          <t>9786054322978</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları</t>
+          <t>Kaçık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055107086</t>
+          <t>9786054322107</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş</t>
+          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>395</v>
+        <v>535</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944486057</t>
+          <t>9789944486705</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
+          <t>İstanbul Evliyaları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752448780</t>
+          <t>9786055107086</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Od (Midi Boy)</t>
+          <t>Kemankeş</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>134.9</v>
+        <v>395</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055147419</t>
+          <t>9789944486057</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
+          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>525</v>
+        <v>65</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055107529</t>
+          <t>9789752448780</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
+          <t>Od (Midi Boy)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>125</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944486255</t>
+          <t>9786055147419</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şey Bir Ömer Hayyam Anlatısı</t>
+          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>125</v>
+        <v>525</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789758950133</t>
+          <t>9786055107529</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Su Kasidesi</t>
+          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054322626</t>
+          <t>9789944486255</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Anlam’ın Tarihi</t>
+          <t>Şey Bir Ömer Hayyam Anlatısı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054322701</t>
+          <t>9789758950133</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Sohbetleri</t>
+          <t>Su Kasidesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944486798</t>
+          <t>9786054322626</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Babil’de Ölüm İstanbul’da Aşk</t>
+          <t>Anlam’ın Tarihi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>134.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054683925</t>
+          <t>9786054322701</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Ramazan Sohbetleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>345</v>
+        <v>185</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789758950218</t>
+          <t>9789944486798</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Babil’de Ölüm İstanbul’da Aşk</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944486927</t>
+          <t>9786054683925</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anlat İstanbul</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>455</v>
+        <v>345</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257706582</t>
+          <t>9789758950218</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Varoluş Maneviyat</t>
+          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057838988</t>
+          <t>9789944486927</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Anlat İstanbul</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>95</v>
+        <v>455</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057838421</t>
+          <t>9786257706582</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
+          <t>Psikoloji Varoluş Maneviyat</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>675</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057838049</t>
+          <t>9786057838988</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>445</v>
+        <v>95</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057838445</t>
+          <t>9786057838421</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>675</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057838582</t>
+          <t>9786057838049</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752448872</t>
+          <t>9786057838445</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>445</v>
+        <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257706414</t>
+          <t>9786057838582</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
+          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256661486</t>
+          <t>9789752448872</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Müziğin ve Sesin Gizemciliği</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057838162</t>
+          <t>9786257706414</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
+          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752448971</t>
+          <t>9786256661486</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Müziğin ve Sesin Gizemciliği</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256661462</t>
+          <t>9786057838162</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kısa Türkiye Tarihi</t>
+          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057838292</t>
+          <t>9789752448971</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bizans Karşısında Türkler</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256661479</t>
+          <t>9786256661462</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyzen</t>
+          <t>Sorularla Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256661431</t>
+          <t>9786057838292</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İşkenceci</t>
+          <t>Bizans Karşısında Türkler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256661448</t>
+          <t>9786256661479</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatında Çıraklık</t>
+          <t>Ben Neyzen</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256661400</t>
+          <t>9786256661431</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>İşkenceci</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256661424</t>
+          <t>9786256661448</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Bin İstanbul</t>
+          <t>Yazma Sanatında Çıraklık</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256661349</t>
+          <t>9786256661400</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>1. Viyana Muhasarası</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256661394</t>
+          <t>9786256661424</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kemal</t>
+          <t>Bir Şehir Bin İstanbul</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256661417</t>
+          <t>9786256661349</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
+          <t>1. Viyana Muhasarası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256661172</t>
+          <t>9786256661394</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Kemal</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256661387</t>
+          <t>9786256661417</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tahir İle Zühre</t>
+          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256661370</t>
+          <t>9786256661172</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (1718-1730)</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256661233</t>
+          <t>9786256661387</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler</t>
+          <t>Tahir İle Zühre</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256661165</t>
+          <t>9786256661370</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Aşk Üzerine</t>
+          <t>Lale Devri (1718-1730)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256661189</t>
+          <t>9786256661233</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256661158</t>
+          <t>9786256661165</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sultan Cem</t>
+          <t>Aile ve Aşk Üzerine</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>149</v>
+        <v>245</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256370142</t>
+          <t>9786256661189</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deme Sanatı</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789758950775</t>
+          <t>9786256661158</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ağa Tarık Buğra</t>
+          <t>Sultan Cem</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>185</v>
+        <v>149</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054322350</t>
+          <t>9786256370142</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bir Kur’an Şairi</t>
+          <t>Hayır Deme Sanatı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>650</v>
+        <v>149</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054322428</t>
+          <t>9789758950775</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed İşçisi</t>
+          <t>Büyük Ağa Tarık Buğra</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054322183</t>
+          <t>9786054322350</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Modernizme Direnen Estetik</t>
+          <t>Bir Kur’an Şairi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055107093</t>
+          <t>9786054322428</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Bir Mabed İşçisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055147440</t>
+          <t>9786054322183</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Modernizme Direnen Estetik</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054322237</t>
+          <t>9786055107093</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 1</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944486569</t>
+          <t>9786055147440</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789758950140</t>
+          <t>9786054322237</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ah Mine’l - Aşk</t>
+          <t>Şahane Gazeller 1</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055147433</t>
+          <t>9789944486569</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>265</v>
+        <v>495</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055107185</t>
+          <t>9789758950140</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste (Kırık Saz)</t>
+          <t>Ah Mine’l - Aşk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257706605</t>
+          <t>9786055147433</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Her Kuyuda Bir Yusuf</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055107161</t>
+          <t>9786055107185</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rozalya Ana</t>
+          <t>Rübab-ı Şikeste (Kırık Saz)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055257057</t>
+          <t>9786257706605</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diyar</t>
+          <t>Her Kuyuda Bir Yusuf</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054322770</t>
+          <t>9786055107161</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Taşı</t>
+          <t>Rozalya Ana</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>355</v>
+        <v>175</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256661356</t>
+          <t>9786055257057</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Mustafa</t>
+          <t>Bizim Diyar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256661363</t>
+          <t>9786054322770</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Lacivert Taşı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>275</v>
+        <v>355</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256661332</t>
+          <t>9786256661356</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Felaket Seneleri (1648-1699)</t>
+          <t>Kabakçı Mustafa</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256661288</t>
+          <t>9786256661363</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>‘Nuke’ Türkiye</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256661325</t>
+          <t>9786256661332</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik Bütün Şiirleri</t>
+          <t>Felaket Seneleri (1648-1699)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256661271</t>
+          <t>9786256661288</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Viva La Muerte! Yaşasın Ölüm!</t>
+          <t>‘Nuke’ Türkiye</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>545</v>
+        <v>475</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256661318</t>
+          <t>9786256661325</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türkler Küstüler</t>
+          <t>Neyzen Tevfik Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256661264</t>
+          <t>9786256661271</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Viva La Muerte! Yaşasın Ölüm!</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>145</v>
+        <v>545</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055147471</t>
+          <t>9786256661318</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Beyaz Türkler Küstüler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256661301</t>
+          <t>9786256661264</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>O.K Musti Türkiye Tamamdır</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256661295</t>
+          <t>9786055147471</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Valla, Kurda Yedirdin Beni</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>495</v>
+        <v>255</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944486903</t>
+          <t>9786256661301</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem</t>
+          <t>O.K Musti Türkiye Tamamdır</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055147723</t>
+          <t>9786256661295</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
+          <t>Valla, Kurda Yedirdin Beni</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256661103</t>
+          <t>9789944486903</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Değil Merhamet!</t>
+          <t>Katre-i Matem</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057838810</t>
+          <t>9786055147723</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256661226</t>
+          <t>9786256661103</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Aydınlanma Değil Merhamet!</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256661240</t>
+          <t>9786057838810</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tesavir-i Rical</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256661202</t>
+          <t>9786256661226</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nevbahar</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256661196</t>
+          <t>9786256661240</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aydın Despotizmi</t>
+          <t>Tesavir-i Rical</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256661110</t>
+          <t>9786256661202</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İskendername (Ciltli)</t>
+          <t>Süheyl ü Nevbahar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256661028</t>
+          <t>9786256661196</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Aydın Despotizmi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253691158</t>
+          <t>9786256661110</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Şarkısı</t>
+          <t>İskendername (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256661141</t>
+          <t>9786256661028</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yaseminler Tüter Mi, Hala?</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256661042</t>
+          <t>9786253691158</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>İnsanın Şarkısı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>115</v>
+        <v>345</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256661134</t>
+          <t>9786256661141</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Yaseminler Tüter Mi, Hala?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256661127</t>
+          <t>9786256661042</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>650</v>
+        <v>115</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256661073</t>
+          <t>9786256661134</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Hanım’ın Rüyaları</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256661035</t>
+          <t>9786256661127</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256661059</t>
+          <t>9786256661073</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Ötesi</t>
+          <t>Çiçek Hanım’ın Rüyaları</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258096941</t>
+          <t>9786256661035</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Semboller (Ciltli)</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055107017</t>
+          <t>9786256661059</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tufanda mı Yoksa Turfa mı?</t>
+          <t>Teknolojinin Ötesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055147624</t>
+          <t>9786258096941</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Semboller (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>475</v>
+        <v>950</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057838681</t>
+          <t>9786055107017</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 3</t>
+          <t>Tufanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258096958</t>
+          <t>9786055147624</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258096644</t>
+          <t>9786057838681</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Batı’ya Yön Veren Metinler 3</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256661011</t>
+          <t>9786258096958</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gönüllere Sefa Medine-i Münevvere</t>
+          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>895</v>
+        <v>475</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256661004</t>
+          <t>9786258096644</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
+          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>895</v>
+        <v>650</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258096637</t>
+          <t>9786256661011</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam’ın Kısa Tarihi</t>
+          <t>Gönüllere Sefa Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>195</v>
+        <v>895</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258096972</t>
+          <t>9786256661004</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Samur Devri</t>
+          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>175</v>
+        <v>895</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258096965</t>
+          <t>9786258096637</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gün Yıldızı</t>
+          <t>Sorularla İslam’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258096767</t>
+          <t>9786258096972</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Aşık Paşa Garibname</t>
+          <t>Samur Devri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258096835</t>
+          <t>9786258096965</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Marifetname 1-2 (Kutulu)</t>
+          <t>Gün Yıldızı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258096934</t>
+          <t>9786258096767</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Saltanatı</t>
+          <t>Aşık Paşa Garibname</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258096903</t>
+          <t>9786258096835</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ailesi</t>
+          <t>Marifetname 1-2 (Kutulu)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>165</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258096897</t>
+          <t>9786258096934</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bana Güneşimi Getir</t>
+          <t>Kadınlar Saltanatı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258096880</t>
+          <t>9786258096903</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kendi Işığına Yürü</t>
+          <t>Rahmet Ailesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258096910</t>
+          <t>9786258096897</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Bana Güneşimi Getir</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258096859</t>
+          <t>9786258096880</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Görüp İşittiklerim</t>
+          <t>Kendi Işığına Yürü</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258096873</t>
+          <t>9786258096910</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi İncelemeleri</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258096866</t>
+          <t>9786258096859</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
+          <t>Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258096842</t>
+          <t>9786258096873</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Tefsir Tarihi İncelemeleri</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258096804</t>
+          <t>9786258096866</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Benim İstanbu’um</t>
+          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258096798</t>
+          <t>9786258096842</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Son Günleri</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258096781</t>
+          <t>9786258096804</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
+          <t>Benim İstanbu’um</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258096743</t>
+          <t>9786258096798</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Masumiyetin Son Günleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057838926</t>
+          <t>9786258096781</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Her Gün İçin Mevlana</t>
+          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>495</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258096774</t>
+          <t>9786258096743</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Seçme Öyküler</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258096712</t>
+          <t>9786057838926</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İlkin Kuşlar Uyanır</t>
+          <t>Her Gün İçin Mevlana</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258096750</t>
+          <t>9786258096774</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair</t>
+          <t>Memduh Şevket Esendal Seçme Öyküler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258096736</t>
+          <t>9786258096712</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Atabetü’l Hakayık</t>
+          <t>İlkin Kuşlar Uyanır</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258096620</t>
+          <t>9786258096750</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
+          <t>İnanca Dair</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>950</v>
+        <v>175</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258096699</t>
+          <t>9786258096736</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İsmet Özel’i</t>
+          <t>Atabetü’l Hakayık</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258096682</t>
+          <t>9786258096620</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>295</v>
+        <v>950</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258096705</t>
+          <t>9786258096699</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Bir Masal İsmet Özel’i</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>455</v>
+        <v>135</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258096675</t>
+          <t>9786258096682</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258096613</t>
+          <t>9786258096705</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>455</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258096668</t>
+          <t>9786258096675</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258096651</t>
+          <t>9786258096613</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Umudun Göğe Yükselişi</t>
+          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258096569</t>
+          <t>9786258096668</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Hatıralarım</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258096590</t>
+          <t>9786258096651</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
+          <t>Umudun Göğe Yükselişi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258096606</t>
+          <t>9786258096569</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı’da Tarikatlar</t>
+          <t>Matbuat Hatıralarım</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258096576</t>
+          <t>9786258096590</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Körgörü</t>
+          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752448803</t>
+          <t>9786258096606</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sorularla Osmanlı’da Tarikatlar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258096583</t>
+          <t>9786258096576</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı İle Kiracıları</t>
+          <t>Körgörü</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258096552</t>
+          <t>9789752448803</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258096538</t>
+          <t>9786258096583</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paşa</t>
+          <t>Ayaşlı İle Kiracıları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258096545</t>
+          <t>9786258096552</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258096521</t>
+          <t>9786258096538</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Efendisi - Hz. Hasan</t>
+          <t>Küçük Paşa</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258096514</t>
+          <t>9786258096545</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı (Ciltli)</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>595</v>
+        <v>750</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258096460</t>
+          <t>9786258096521</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Putlar Kitabı</t>
+          <t>Güzelliğin Efendisi - Hz. Hasan</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258096484</t>
+          <t>9786258096514</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Suç Ve Ceza</t>
+          <t>Hat Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258096491</t>
+          <t>9786258096460</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
+          <t>Putlar Kitabı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258096477</t>
+          <t>9786258096484</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
+          <t>Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258096507</t>
+          <t>9786258096491</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
+          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258096453</t>
+          <t>9786258096477</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Yankı</t>
+          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258096446</t>
+          <t>9786258096507</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
+          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258096415</t>
+          <t>9786258096453</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı</t>
+          <t>Ses ve Yankı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258096385</t>
+          <t>9786258096446</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258096422</t>
+          <t>9786258096415</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
+          <t>Niyazi-i Mısri Divanı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258096408</t>
+          <t>9786258096385</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Fransa Seraretnamesi</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>135</v>
+        <v>395</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258096392</t>
+          <t>9786258096422</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258096439</t>
+          <t>9786258096408</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Fransa Seraretnamesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258096316</t>
+          <t>9786258096392</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Terapi (Ciltli)</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258096347</t>
+          <t>9786258096439</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Lügatı</t>
+          <t>Surname</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258096378</t>
+          <t>9786258096316</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Galib - Kuğunun Son Şarkısı</t>
+          <t>Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258096361</t>
+          <t>9786258096347</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Halk Demokrasi İstiyor Mu?</t>
+          <t>Edebiyat Lügatı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257706780</t>
+          <t>9786258096378</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sohrab Sepehri - Bütün Şiirleri</t>
+          <t>Galib - Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258096309</t>
+          <t>9786258096361</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih (Ciltli)</t>
+          <t>Halk Demokrasi İstiyor Mu?</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>675</v>
+        <v>235</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258096330</t>
+          <t>9786257706780</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
+          <t>Sohrab Sepehri - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258096323</t>
+          <t>9786258096309</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Osmanlı Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>675</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258096293</t>
+          <t>9786258096330</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi 2</t>
+          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258096279</t>
+          <t>9786258096323</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Doğu Metafiziği Ve Tasavvuf</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258096262</t>
+          <t>9786258096293</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Zağra Müftüsünün Anıları</t>
+          <t>İrade Terbiyesi 2</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258096255</t>
+          <t>9786258096279</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
+          <t>Doğu Metafiziği Ve Tasavvuf</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>275</v>
+        <v>95</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258096187</t>
+          <t>9786258096262</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Psikolojisi</t>
+          <t>Zağra Müftüsünün Anıları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258096231</t>
+          <t>9786258096255</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ağlayan Şehir</t>
+          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258096217</t>
+          <t>9786258096187</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>Kitlelerin Psikolojisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258096200</t>
+          <t>9786258096231</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
+          <t>İstanbul Ağlayan Şehir</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258096224</t>
+          <t>9786258096217</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258096194</t>
+          <t>9786258096200</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gül-ü Bülbül</t>
+          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258096088</t>
+          <t>9786258096224</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Alemin Hükümdarı</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258096033</t>
+          <t>9786258096194</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hurufilik Metinleri Kataloğu</t>
+          <t>Gül-ü Bülbül</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258096286</t>
+          <t>9786258096088</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Alemin Hükümdarı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258096163</t>
+          <t>9786258096033</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Hurufilik Metinleri Kataloğu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258096132</t>
+          <t>9786258096286</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sokak Köpekleri</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258096125</t>
+          <t>9786258096163</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944486941</t>
+          <t>9786258096132</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi Mevlid</t>
+          <t>İstanbul'un Sokak Köpekleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>149</v>
+        <v>495</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057838803</t>
+          <t>9786258096125</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057838742</t>
+          <t>9789944486941</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
+          <t>Süleyman Çelebi Mevlid</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>149</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057838759</t>
+          <t>9786057838803</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Leyla Ve Mecnun</t>
+          <t>Kılıçarslan</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057838766</t>
+          <t>9786057838742</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057838780</t>
+          <t>9786057838759</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Leyla Ve Mecnun</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057838735</t>
+          <t>9786057838766</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar</t>
+          <t>Nizamülmülk</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057838773</t>
+          <t>9786057838780</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789752448827</t>
+          <t>9786057838735</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Aşk Bir Zamanlar</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057838797</t>
+          <t>9786057838773</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan</t>
+          <t>Jennifer’ın Düğünü</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057838902</t>
+          <t>9789752448827</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım (Ciltli)</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057838711</t>
+          <t>9786057838797</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Süleyman</t>
+          <t>Darbe: Kan ve Sultan</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258096156</t>
+          <t>9786057838902</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yorgunluk</t>
+          <t>Vali Hanım (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258096118</t>
+          <t>9786057838711</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Serab-ı Ömrüm</t>
+          <t>Süleyman</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258096149</t>
+          <t>9786258096156</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Dijital Yorgunluk</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258096071</t>
+          <t>9786258096118</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Öteki Canlar</t>
+          <t>Serab-ı Ömrüm</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258096095</t>
+          <t>9786258096149</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258096064</t>
+          <t>9786258096071</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yayılış Tarihi</t>
+          <t>Öteki Canlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258096057</t>
+          <t>9786258096095</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Turna'nın Kalbi</t>
+          <t>İslam Dini</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258096101</t>
+          <t>9786258096064</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>İslamın Yayılış Tarihi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258096040</t>
+          <t>9786258096057</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Eski Zamanlarda İstanbul Hayatı</t>
+          <t>Turna'nın Kalbi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257706995</t>
+          <t>9786258096101</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258096026</t>
+          <t>9786258096040</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
+          <t>Eski Zamanlarda İstanbul Hayatı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257706988</t>
+          <t>9786257706995</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>575</v>
+        <v>95</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258096019</t>
+          <t>9786258096026</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Son Muhafız</t>
+          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258096002</t>
+          <t>9786257706988</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Miras</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257706858</t>
+          <t>9786258096019</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Lemaat</t>
+          <t>Son Muhafız</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257706971</t>
+          <t>9786258096002</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
+          <t>Kayıp Miras</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257706964</t>
+          <t>9786257706858</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
+          <t>Lemaat</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257706865</t>
+          <t>9786257706971</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257706803</t>
+          <t>9786257706964</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Balkan Dağlarından Dersaadet’e</t>
+          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257706926</t>
+          <t>9786257706865</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Tarih Ne İşe Yarar?</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257706940</t>
+          <t>9786257706803</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hatıraların Evi - Günümüzdeki Aile</t>
+          <t>Balkan Dağlarından Dersaadet’e</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257706872</t>
+          <t>9786257706926</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Tarih Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257706902</t>
+          <t>9786257706940</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Dante Ezoterizmi</t>
+          <t>Hatıraların Evi - Günümüzdeki Aile</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>95</v>
+        <v>325</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257706889</t>
+          <t>9786257706872</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Büyük Üçlü</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257706919</t>
+          <t>9786257706902</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hindu Doktrinleri</t>
+          <t>Dante Ezoterizmi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257706896</t>
+          <t>9786257706889</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Ezoterizmi</t>
+          <t>Büyük Üçlü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257706933</t>
+          <t>9786257706919</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>A-71</t>
+          <t>Hindu Doktrinleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257706827</t>
+          <t>9786257706896</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hıristiyan Ezoterizmi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257706810</t>
+          <t>9786257706933</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
+          <t>A-71</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257706834</t>
+          <t>9786257706827</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257706841</t>
+          <t>9786257706810</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Yazıları</t>
+          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257706773</t>
+          <t>9786257706834</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Güleryüzü</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>325</v>
+        <v>135</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257706742</t>
+          <t>9786257706841</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Mistik Yüzü Sufiler</t>
+          <t>Sivil Toplum Yazıları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257706766</t>
+          <t>9786257706773</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Edebiyatımızın Güleryüzü</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257706728</t>
+          <t>9786257706742</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>İslam’ın Mistik Yüzü Sufiler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257706759</t>
+          <t>9786257706766</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257706674</t>
+          <t>9786257706728</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Sıyır Karanlığından</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257706636</t>
+          <t>9786257706759</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıralarım</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257706643</t>
+          <t>9786257706674</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpekli Kadın</t>
+          <t>Yüzünü Sıyır Karanlığından</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257706667</t>
+          <t>9786257706636</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Göl Saatleri</t>
+          <t>Siyasi Hatıralarım</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257706711</t>
+          <t>9786257706643</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Küçük Köpekli Kadın</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257706407</t>
+          <t>9786257706667</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Altın Kubbenin Esrarı</t>
+          <t>Göl Saatleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257706568</t>
+          <t>9786257706711</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257706612</t>
+          <t>9786257706407</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Altın Kubbenin Esrarı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257706629</t>
+          <t>9786257706568</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257706483</t>
+          <t>9786257706612</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 2</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257706476</t>
+          <t>9786257706629</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 1</t>
+          <t>Hayy Bin Yakzan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257706599</t>
+          <t>9786257706483</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Letaifü'l-Minen</t>
+          <t>Dinimizi Sevdiren Hikayeler 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257706551</t>
+          <t>9786257706476</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı - Cevher Klasikler</t>
+          <t>Dinimizi Sevdiren Hikayeler 1</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>95</v>
+        <v>245</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257706520</t>
+          <t>9786257706599</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İki Hatırat Üç Şahsiyet</t>
+          <t>Letaifü'l-Minen</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257706544</t>
+          <t>9786257706551</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Tembellik Hakkı - Cevher Klasikler</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257706513</t>
+          <t>9786257706520</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şem u Pervane - Zati</t>
+          <t>İki Hatırat Üç Şahsiyet</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257706421</t>
+          <t>9786257706544</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Armağanı (Ciltli)</t>
+          <t>Naima</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>650</v>
+        <v>125</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257706452</t>
+          <t>9786257706513</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
+          <t>Şem u Pervane - Zati</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257706469</t>
+          <t>9786257706421</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımız Hayvanlar</t>
+          <t>İskender Pala Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257706445</t>
+          <t>9786257706452</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali</t>
+          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257706506</t>
+          <t>9786257706469</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Dostlarımız Hayvanlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>95</v>
+        <v>245</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257706575</t>
+          <t>9786257706445</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Piyale</t>
+          <t>Seyahat Jurnali</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257706155</t>
+          <t>9786257706506</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bedriddin ile Zöhra</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257706353</t>
+          <t>9786257706575</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Piyale</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257706537</t>
+          <t>9786257706155</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Bedriddin ile Zöhra</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257706490</t>
+          <t>9786257706353</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257706384</t>
+          <t>9786257706537</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bana Tarihimizi Anlat</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257706438</t>
+          <t>9786257706490</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Neler Gördüm?</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257706360</t>
+          <t>9786257706384</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Müsameretname</t>
+          <t>Bana Tarihimizi Anlat</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257706346</t>
+          <t>9786257706438</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
+          <t>Yıldız’da Neler Gördüm?</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257706377</t>
+          <t>9786257706360</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Ötesi</t>
+          <t>Müsameretname</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257706254</t>
+          <t>9786257706346</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Divan - "Bütün Şiirleri"</t>
+          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257706339</t>
+          <t>9786257706377</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
+          <t>Saray ve Ötesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257706322</t>
+          <t>9786257706254</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Sürgün</t>
+          <t>Divan - "Bütün Şiirleri"</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257706308</t>
+          <t>9786257706339</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257706292</t>
+          <t>9786257706322</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği</t>
+          <t>Saray ve Sürgün</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257706285</t>
+          <t>9786257706308</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gölgesi</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257706315</t>
+          <t>9786257706292</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Horasan Şehidi</t>
+          <t>İncir Çekirdeği</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257706278</t>
+          <t>9786257706285</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
+          <t>Kurt Gölgesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257706070</t>
+          <t>9786257706315</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
+          <t>Horasan Şehidi</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257706209</t>
+          <t>9786257706278</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasına Yolculuk</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257706193</t>
+          <t>9786257706070</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’l Ataiyye</t>
+          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257706148</t>
+          <t>9786257706209</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
+          <t>Osmanlı Coğrafyasına Yolculuk</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257706261</t>
+          <t>9786257706193</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Çirkin Kraliçe</t>
+          <t>Hikemü’l Ataiyye</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257706162</t>
+          <t>9786257706148</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Yabancılaşması “Batılaşma”</t>
+          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257706179</t>
+          <t>9786257706261</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Cuntacılıktan Sivil Topluma</t>
+          <t>İstanbul Çirkin Kraliçe</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257706094</t>
+          <t>9786257706162</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Düzenin Yabancılaşması “Batılaşma”</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257706100</t>
+          <t>9786257706179</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Cuntacılıktan Sivil Topluma</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257706001</t>
+          <t>9786257706094</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Jübile</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257706186</t>
+          <t>9786257706100</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>275</v>
+        <v>95</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257706124</t>
+          <t>9786257706001</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
+          <t>Jübile</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>1450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257706117</t>
+          <t>9786257706186</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemli Kadınlar</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257706056</t>
+          <t>9786257706124</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>375</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257706063</t>
+          <t>9786257706117</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Kırık Kalemli Kadınlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057838957</t>
+          <t>9786257706056</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Envaru’l Aşıkın (Ciltli)</t>
+          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786057706049</t>
+          <t>9786257706063</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ahuzar</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257706025</t>
+          <t>9786057838957</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Urfa Ulucami</t>
+          <t>Envaru’l Aşıkın (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257706032</t>
+          <t>9786057706049</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Mimli Sözlük</t>
+          <t>Ahuzar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786057838933</t>
+          <t>9786257706025</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Urfa Ulucami</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786057838667</t>
+          <t>9786257706032</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Zaloğlu Rüstem</t>
+          <t>Mimli Sözlük</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057838971</t>
+          <t>9786057838933</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057838919</t>
+          <t>9786057838667</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Süleyman - Tiyatro Eserleri 10</t>
+          <t>Zaloğlu Rüstem</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057838858</t>
+          <t>9786057838971</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057838896</t>
+          <t>9786057838919</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
+          <t>Süleyman - Tiyatro Eserleri 10</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057838865</t>
+          <t>9786057838858</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
+          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057838872</t>
+          <t>9786057838896</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
+          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057838841</t>
+          <t>9786057838865</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri - Tiyatro Eserleri 5</t>
+          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057838889</t>
+          <t>9786057838872</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057838728</t>
+          <t>9786057838841</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım - Tiyatro Eserleri 9</t>
+          <t>Lale Devri - Tiyatro Eserleri 5</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057838827</t>
+          <t>9786057838889</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
+          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057838834</t>
+          <t>9786057838728</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
+          <t>Vali Hanım - Tiyatro Eserleri 9</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057838506</t>
+          <t>9786057838827</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
+          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>695</v>
+        <v>145</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057838599</t>
+          <t>9786057838834</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
+          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057838940</t>
+          <t>9786057838506</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>275</v>
+        <v>695</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057838636</t>
+          <t>9786057838599</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057838520</t>
+          <t>9786057838940</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057838612</t>
+          <t>9786057838636</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalan 1</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057838650</t>
+          <t>9786057838520</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Huzur Atlası</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057838629</t>
+          <t>9786057838612</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Kalan 2</t>
+          <t>Aklımda Kalan 1</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057838537</t>
+          <t>9786057838650</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
+          <t>Huzur Atlası</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057838544</t>
+          <t>9786057838629</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>Ardımda Kalan 2</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057838605</t>
+          <t>9786057838537</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocuk</t>
+          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057838568</t>
+          <t>9786057838544</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Çerağ</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057838575</t>
+          <t>9786057838605</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Yaşamı ve Ölümü</t>
+          <t>Dijital Çocuk</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057838452</t>
+          <t>9786057838568</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Divanı</t>
+          <t>Çerağ</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057838483</t>
+          <t>9786057838575</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kabusname</t>
+          <t>Malcolm X - Yaşamı ve Ölümü</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057838469</t>
+          <t>9786057838452</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Derin Yaraları</t>
+          <t>Eşrefoğlu Divanı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057838513</t>
+          <t>9786057838483</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağı</t>
+          <t>Kabusname</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057838476</t>
+          <t>9786057838469</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Put</t>
+          <t>Ruhun Derin Yaraları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057838391</t>
+          <t>9786057838513</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
+          <t>Kaygı Çağı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057838360</t>
+          <t>9786057838476</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
+          <t>Put</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057838438</t>
+          <t>9786057838391</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057838414</t>
+          <t>9786057838360</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin Şeyhi</t>
+          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057838353</t>
+          <t>9786057838438</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>525</v>
+        <v>100</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057838384</t>
+          <t>9786057838414</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Hüsrev ü Şirin Şeyhi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057838315</t>
+          <t>9786057838353</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Sesi Halkın Nefesi</t>
+          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>325</v>
+        <v>525</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057838407</t>
+          <t>9786057838384</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızı</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057838377</t>
+          <t>9786057838315</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştirmek</t>
+          <t>Sarayın Sesi Halkın Nefesi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057838346</t>
+          <t>9786057838407</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
+          <t>Akşam Yıldızı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057838322</t>
+          <t>9786057838377</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İşgal Günlerinde İstanbul</t>
+          <t>Dünyayı Güzelleştirmek</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057838339</t>
+          <t>9786057838346</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057838308</t>
+          <t>9786057838322</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatına Yön Verenler</t>
+          <t>İşgal Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057838247</t>
+          <t>9786057838339</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057838131</t>
+          <t>9786057838308</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Nalköyü</t>
+          <t>Türk Edebiyatına Yön Verenler</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057838278</t>
+          <t>9786057838247</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 3</t>
+          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057838254</t>
+          <t>9786057838131</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları</t>
+          <t>Nalköyü</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057838063</t>
+          <t>9786057838278</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Yolunda Sayılı Yıllar</t>
+          <t>Ravza'nın Yıldızları 3</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057838148</t>
+          <t>9786057838254</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri Hz. Ali</t>
+          <t>Ravza'nın Yıldızları</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057838155</t>
+          <t>9786057838063</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Nil'den Tuna'ya Osmanlı</t>
+          <t>Varoluş Yolunda Sayılı Yıllar</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057838087</t>
+          <t>9786057838148</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler</t>
+          <t>Müminlerin Emiri Hz. Ali</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057838094</t>
+          <t>9786057838155</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Yaşama Sanatı</t>
+          <t>Nil'den Tuna'ya Osmanlı</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057838117</t>
+          <t>9786057838087</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Pendname (Tam Metin)</t>
+          <t>Mevlana ve Etrafındakiler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752448865</t>
+          <t>9786057838094</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>İstanbul'da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057838070</t>
+          <t>9786057838117</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Pendname (Tam Metin)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>1100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057838056</t>
+          <t>9789752448865</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar Tarihi</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>475</v>
+        <v>95</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752448841</t>
+          <t>9786057838070</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları</t>
+          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>375</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752448940</t>
+          <t>9786057838056</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
+          <t>Yeni Osmanlılar Tarihi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057838032</t>
+          <t>9789752448841</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar için Kılavuz</t>
+          <t>Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786055107260</t>
+          <t>9789752448940</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hafız (Ciltli)</t>
+          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>155</v>
+        <v>325</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752448957</t>
+          <t>9786057838032</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Kıyamet 1453</t>
+          <t>Başı Sınuklar için Kılavuz</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752448988</t>
+          <t>9786055107260</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Temiz Akla Çağrı</t>
+          <t>Hafız (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>175</v>
+        <v>155</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752448834</t>
+          <t>9789752448957</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Mührün Gücü</t>
+          <t>Fetih ve Kıyamet 1453</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752448889</t>
+          <t>9789752448988</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Temiz Akla Çağrı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752448964</t>
+          <t>9789752448834</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Güzele Bakan Karınca</t>
+          <t>Mührün Gücü</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>185</v>
+        <v>475</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752448995</t>
+          <t>9789752448889</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam - Ebu Hanife</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789752448728</t>
+          <t>9789752448964</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tennure ve Ateş</t>
+          <t>Güzele Bakan Karınca</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789752448735</t>
+          <t>9789752448995</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Göçebe Ruhu</t>
+          <t>İmam-ı Azam - Ebu Hanife</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789752448759</t>
+          <t>9789752448728</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir Misin?</t>
+          <t>Tennure ve Ateş</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752448773</t>
+          <t>9789752448735</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Türk'ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>249</v>
+        <v>375</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789752448742</t>
+          <t>9789752448759</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Beni Sessiz de Sevebilir Misin?</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752448261</t>
+          <t>9789752448773</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>175</v>
+        <v>249</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752448711</t>
+          <t>9789752448742</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789752448667</t>
+          <t>9789752448261</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Edebiyat Bilgileri</t>
+          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>795</v>
+        <v>175</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752448568</t>
+          <t>9789752448711</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Gömlek</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752448681</t>
+          <t>9789752448667</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolunda</t>
+          <t>Örneklerle Edebiyat Bilgileri</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752448674</t>
+          <t>9789752448568</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tek Kalan Fincan</t>
+          <t>Kanlı Gömlek</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752448643</t>
+          <t>9789752448681</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Akıl Aşk ve Ötesi</t>
+          <t>Tasavvuf Yolunda</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789752448636</t>
+          <t>9789752448674</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Bir Kere Daha Son</t>
+          <t>Tek Kalan Fincan</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752448650</t>
+          <t>9789752448643</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Akıl Aşk ve Ötesi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752448575</t>
+          <t>9789752448636</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>Bir Kere Daha Son</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752448605</t>
+          <t>9789752448650</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752448612</t>
+          <t>9789752448575</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Siyaset</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752448629</t>
+          <t>9789752448605</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>525</v>
+        <v>325</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752448551</t>
+          <t>9789752448612</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Osmanlı Klasik Çağında Siyaset</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752448537</t>
+          <t>9789752448629</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>245</v>
+        <v>525</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789752448506</t>
+          <t>9789752448551</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Vizeli Alaeddin</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752448490</t>
+          <t>9789752448537</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752448254</t>
+          <t>9789752448506</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Derinlik</t>
+          <t>Kaygusuz Vizeli Alaeddin</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752448513</t>
+          <t>9789752448490</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752448438</t>
+          <t>9789752448254</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah - Cennet Fedaileri</t>
+          <t>Jeopolitik Derinlik</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752448230</t>
+          <t>9789752448513</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752448452</t>
+          <t>9789752448438</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İskele Gazinosu</t>
+          <t>Hasan Sabbah - Cennet Fedaileri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752448445</t>
+          <t>9789752448230</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752448926</t>
+          <t>9789752448452</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Efsane (Midi Boy)</t>
+          <t>İskele Gazinosu</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752448421</t>
+          <t>9789752448445</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kerbela - Hz. Hüseyin</t>
+          <t>Oğuzname</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752448391</t>
+          <t>9789752448926</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Efsane (Midi Boy)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789752448414</t>
+          <t>9789752448421</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kalbi</t>
+          <t>Kerbela - Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752448407</t>
+          <t>9789752448391</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752448377</t>
+          <t>9789752448414</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Kelimelerin Kalbi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752448292</t>
+          <t>9789752448407</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Paris Sevdası</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752448315</t>
+          <t>9789752448377</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>245</v>
+        <v>349</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752448278</t>
+          <t>9789752448292</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Paris Sevdası</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752448285</t>
+          <t>9789752448315</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Öğretmeni</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752448308</t>
+          <t>9789752448278</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Abum Rabum</t>
+          <t>Babalar da Ağlar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>495</v>
+        <v>145</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752448223</t>
+          <t>9789752448285</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Altın Kapı</t>
+          <t>Sevgi Öğretmeni</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752448216</t>
+          <t>9789752448308</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Önce Bir Hayat Vardır</t>
+          <t>Abum Rabum</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752448209</t>
+          <t>9789752448223</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Altın Kapı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752448193</t>
+          <t>9789752448216</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Vaktini Bekleyen Tohum</t>
+          <t>Ölümden Önce Bir Hayat Vardır</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752448179</t>
+          <t>9789752448209</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752448186</t>
+          <t>9789752448193</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Mavi Turna</t>
+          <t>Vaktini Bekleyen Tohum</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752448148</t>
+          <t>9789752448179</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Cenkleri</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>445</v>
+        <v>175</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752448155</t>
+          <t>9789752448186</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
+          <t>Mavi Turna</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>445</v>
+        <v>175</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752448124</t>
+          <t>9789752448148</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Hz. Ali Cenkleri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>100</v>
+        <v>445</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752448117</t>
+          <t>9789752448155</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>450</v>
+        <v>445</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789752448087</t>
+          <t>9789752448124</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Baki Nedim</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752448131</t>
+          <t>9789752448117</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin ve Manakıbı</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752448094</t>
+          <t>9789752448087</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Fuzuli Baki Nedim</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>125</v>
+        <v>495</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752448063</t>
+          <t>9789752448131</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Manevi Sultanları</t>
+          <t>Şeyh Bedreddin ve Manakıbı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752448001</t>
+          <t>9789752448094</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752448032</t>
+          <t>9789752448063</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı</t>
+          <t>Osmanlı'nın Manevi Sultanları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752448018</t>
+          <t>9789752448001</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kudüs'te Kaldı</t>
+          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786055147976</t>
+          <t>9789752448032</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Psikolojimiz</t>
+          <t>Hayat Apartmanı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055147990</t>
+          <t>9789752448018</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı - 2</t>
+          <t>Kalbim Kudüs'te Kaldı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055147983</t>
+          <t>9786055147976</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Tozun Aşkı</t>
+          <t>İnternet ve Psikolojimiz</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786055147938</t>
+          <t>9786055147990</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>Hüzün Yanığı - 2</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786055147969</t>
+          <t>9786055147983</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Entrikaları</t>
+          <t>Tozun Aşkı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055147921</t>
+          <t>9786055147938</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Bir Ateşpare Bin Yangın</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257706797</t>
+          <t>9786055147969</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Ayasofya Entrikaları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055147907</t>
+          <t>9786055147921</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Bir Ateşpare Bin Yangın</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055147884</t>
+          <t>9786257706797</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055147891</t>
+          <t>9786055147907</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055147839</t>
+          <t>9786055147884</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055147877</t>
+          <t>9786055147891</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Görmek</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055147846</t>
+          <t>9786055147839</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Çeşmesi</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055147822</t>
+          <t>9786055147877</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Resim</t>
+          <t>Karanlıkta Görmek</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055147860</t>
+          <t>9786055147846</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Karun ve Anarşist</t>
+          <t>Gözyaşı Çeşmesi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786055147679</t>
+          <t>9786055147822</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Od (Ciltli)</t>
+          <t>Masal ve Resim</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786055147808</t>
+          <t>9786055147860</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Karun ve Anarşist</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055147709</t>
+          <t>9786055147679</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
+          <t>Od (Ciltli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055147747</t>
+          <t>9786055147808</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055147754</t>
+          <t>9786055147709</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Hacer</t>
+          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055147648</t>
+          <t>9786055147747</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Arap</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055147785</t>
+          <t>9786055147754</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
+          <t>Hz. İbrahim ve Hacer</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055147716</t>
+          <t>9786055147648</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
+          <t>Türk ve Arap</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055147730</t>
+          <t>9786055147785</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
+          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>255</v>
+        <v>155</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786055147686</t>
+          <t>9786055147716</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali ve Fatıma</t>
+          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055147693</t>
+          <t>9786055147730</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
+          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>350</v>
+        <v>255</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055147778</t>
+          <t>9786055147686</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Motto</t>
+          <t>Hz. Ali ve Fatıma</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055147600</t>
+          <t>9786055147693</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055147631</t>
+          <t>9786055147778</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Motto</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055147655</t>
+          <t>9786055147600</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşk</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055147587</t>
+          <t>9786055147631</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055147556</t>
+          <t>9786055147655</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Sanal Aşk</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055147570</t>
+          <t>9786055147587</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055147518</t>
+          <t>9786055147556</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Belagat-ı Osmaniyye</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055147563</t>
+          <t>9786055147570</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Türküsü</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786055147532</t>
+          <t>9786055147518</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid</t>
+          <t>Belagat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055147525</t>
+          <t>9786055147563</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Tanpınar’ın Türküsü</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055147549</t>
+          <t>9786055147532</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hastalık</t>
+          <t>2. Abdülhamid</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055147488</t>
+          <t>9786055147525</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786055147365</t>
+          <t>9786055147549</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası</t>
+          <t>Edebiyat ve Hastalık</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055147396</t>
+          <t>9786055147488</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Evlerinin Önü</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055147310</t>
+          <t>9786055147365</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu Uzun Öter</t>
+          <t>Efsanevi İstanbul Yarımadası</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>125</v>
+        <v>495</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786055147457</t>
+          <t>9786055147396</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>Evlerinin Önü</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786055147211</t>
+          <t>9786055147310</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
+          <t>Gece Kuşu Uzun Öter</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>575</v>
+        <v>125</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055147426</t>
+          <t>9786055147457</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Racon</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>345</v>
+        <v>125</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786054322787</t>
+          <t>9786055147211</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kahveniz Nasıl Olsun?</t>
+          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789758950362</t>
+          <t>9786055147426</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kahve Molası</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786055107215</t>
+          <t>9786054322787</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Aşk Estetiği</t>
+          <t>Kahveniz Nasıl Olsun?</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786055147327</t>
+          <t>9789758950362</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Dönmeler Adeti</t>
+          <t>Kahve Molası</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786055147303</t>
+          <t>9786055107215</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Modernizm Şiir</t>
+          <t>Aşk Estetiği</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786055147334</t>
+          <t>9786055147327</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilge Kağan</t>
+          <t>Dönmeler Adeti</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>235</v>
+        <v>125</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786055147235</t>
+          <t>9786055147303</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Türk Şiiri Modernizm Şiir</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>175</v>
+        <v>445</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786055147228</t>
+          <t>9786055147334</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Melamilik ve Melamiler</t>
+          <t>Türk Bilge Kağan</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786055147297</t>
+          <t>9786055147235</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu Aşıkları</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789758950232</t>
+          <t>9786055147228</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Meclisi</t>
+          <t>Melamilik ve Melamiler</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789758950645</t>
+          <t>9786055147297</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Kapı</t>
+          <t>Zaman Yolculuğu Aşıkları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>135</v>
+        <v>235</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786055147259</t>
+          <t>9789758950232</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Şuur ve Ahlak</t>
+          <t>Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786055147198</t>
+          <t>9789758950645</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Death in Babylon Love in Istanbul</t>
+          <t>Kırkıncı Kapı</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786055107239</t>
+          <t>9786055147259</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Muhammedi Şuur ve Ahlak</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786055147815</t>
+          <t>9786055147198</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
+          <t>Death in Babylon Love in Istanbul</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786055147280</t>
+          <t>9786055107239</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Leyla’yı Sevenler Kulübü</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786055147129</t>
+          <t>9786055147815</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Açıdan İslam Tarihi</t>
+          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786055147181</t>
+          <t>9786055147280</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Leyla’yı Sevenler Kulübü</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786055147167</t>
+          <t>9786055147129</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Sosyal Açıdan İslam Tarihi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786055147136</t>
+          <t>9786055147181</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sükut-i Harf</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786055147099</t>
+          <t>9786055147167</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055147174</t>
+          <t>9786055147136</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
+          <t>Sükut-i Harf</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786055147150</t>
+          <t>9786055147099</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gece Rüzgarları</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786055107123</t>
+          <t>9786055147174</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hilal Görününce</t>
+          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786055147105</t>
+          <t>9786055147150</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nefhalar</t>
+          <t>Gece Rüzgarları</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786055147082</t>
+          <t>9786055107123</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
+          <t>Hilal Görününce</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786055147051</t>
+          <t>9786055147105</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bakmak Görmek Bir De Bilmek</t>
+          <t>İlahi Nefhalar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786055147112</t>
+          <t>9786055147082</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Rafia Sultan</t>
+          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789944486750</t>
+          <t>9786055147051</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbulda...</t>
+          <t>Bakmak Görmek Bir De Bilmek</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786054322411</t>
+          <t>9786055147112</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed Savaşçısı</t>
+          <t>Rafia Sultan</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786055147037</t>
+          <t>9789944486750</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Peşinde Koşan Padişah</t>
+          <t>Bir Zamanlar İstanbulda...</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786055107925</t>
+          <t>9786054322411</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Bir Mabed Savaşçısı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786055107987</t>
+          <t>9786055147037</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Hadisleri</t>
+          <t>Hikaye Peşinde Koşan Padişah</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055107734</t>
+          <t>9786055107925</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786055107956</t>
+          <t>9786055107987</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı</t>
+          <t>Hz. Muhammed ve Hadisleri</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786055107932</t>
+          <t>9786055107734</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>475</v>
+        <v>165</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786055147945</t>
+          <t>9786055107956</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
+          <t>Hüzün Yanığı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786055107895</t>
+          <t>9786055107932</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786055107796</t>
+          <t>9786055147945</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Ciltli)</t>
+          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786055107727</t>
+          <t>9786055107895</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Karikatürün Aynasında Edebiyatçılar</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786055107840</t>
+          <t>9786055107796</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>He’nin İki Gözü İki Çeşme</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786055107871</t>
+          <t>9786055107727</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Külhanbeyi</t>
+          <t>Karikatürün Aynasında Edebiyatçılar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055107697</t>
+          <t>9786055107840</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
+          <t>He’nin İki Gözü İki Çeşme</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786055107857</t>
+          <t>9786055107871</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
+          <t>Külhanbeyi</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786055107826</t>
+          <t>9786055107697</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kırmalı Etekler</t>
+          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786055107772</t>
+          <t>9786055107857</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Direnen Yıldız</t>
+          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789758950423</t>
+          <t>9786055107826</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi</t>
+          <t>Kırmalı Etekler</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786055107963</t>
+          <t>9786055107772</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Müzik Söyleyişleri</t>
+          <t>Karanlığa Direnen Yıldız</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786055107604</t>
+          <t>9789758950423</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Tutiname</t>
+          <t>Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786055107758</t>
+          <t>9786055107963</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Evlilikler Yalnızlıklar Umutlar</t>
+          <t>Müzik Söyleyişleri</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786055107291</t>
+          <t>9786055107604</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Tutiname</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786054322848</t>
+          <t>9786055107758</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>Evlilikler Yalnızlıklar Umutlar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786055107246</t>
+          <t>9786055107291</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786055107789</t>
+          <t>9786054322848</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055107765</t>
+          <t>9786055107246</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İstanbulcunun Sandığı</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786054322022</t>
+          <t>9786055107789</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dört Rengi</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789759944483</t>
+          <t>9786055107765</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Ölerek Yaşıyorum</t>
+          <t>İstanbulcunun Sandığı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786054322145</t>
+          <t>9786054322022</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
+          <t>Ölümün Dört Rengi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786055107598</t>
+          <t>9789759944483</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Ölerek Yaşıyorum</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789758950850</t>
+          <t>9786054322145</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türbanın Yeniden İcadı</t>
+          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789944486972</t>
+          <t>9786055107598</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Tutunma</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786054683598</t>
+          <t>9789758950850</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Felsefe</t>
+          <t>Türbanın Yeniden İcadı</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789944486576</t>
+          <t>9789944486972</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Tuğlalar</t>
+          <t>Tutunma</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789758950973</t>
+          <t>9786054683598</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal İki Cihan Arasında 3</t>
+          <t>Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789758950416</t>
+          <t>9789944486576</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Güzeller</t>
+          <t>Sırlı Tuğlalar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789758950065</t>
+          <t>9789758950973</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Mir’at</t>
+          <t>Namık Kemal İki Cihan Arasında 3</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786054683574</t>
+          <t>9789758950416</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Felsefe</t>
+          <t>Müstesna Güzeller</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786054322503</t>
+          <t>9789758950065</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Mihri Müşfik Hanım’ın İzinde</t>
+          <t>Mir’at</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786054322473</t>
+          <t>9786054683574</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Mimarlık ve Felsefe</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786054683260</t>
+          <t>9786054322503</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Mihri Müşfik Hanım’ın İzinde</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789944486149</t>
+          <t>9786054322473</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786055107178</t>
+          <t>9786054683260</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sada</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786055107673</t>
+          <t>9789944486149</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
+          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>175</v>
+        <v>85</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786055107390</t>
+          <t>9786055107178</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Nesimi Usuli Ruhi</t>
+          <t>Hoş Sada</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786055107505</t>
+          <t>9786055107673</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786055107567</t>
+          <t>9786055107390</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Aşkın 7 Hali Bişnev!</t>
+          <t>Nesimi Usuli Ruhi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786055107451</t>
+          <t>9786055107505</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786054683819</t>
+          <t>9786055107567</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Aşkın 7 Hali Bişnev!</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786055107024</t>
+          <t>9786055107451</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786054322947</t>
+          <t>9786054683819</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Dile Duran Ölüm</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786054322749</t>
+          <t>9786055107024</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Devrilen Kazan</t>
+          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789758950577</t>
+          <t>9786054322947</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Değişen Koşullarda Alevilik</t>
+          <t>Dile Duran Ölüm</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786055107499</t>
+          <t>9786054322749</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Serüveni</t>
+          <t>Devrilen Kazan</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786055107444</t>
+          <t>9789758950577</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Değişen Koşullarda Alevilik</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786055107284</t>
+          <t>9786055107499</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Naili-i Kadim (Ciltli)</t>
+          <t>Fotoğrafın Serüveni</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786055107482</t>
+          <t>9786055107444</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Onlardan Kalan</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055107970</t>
+          <t>9786055107284</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Sırrı : Türk Peygamber</t>
+          <t>Naili-i Kadim (Ciltli)</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786055107406</t>
+          <t>9786055107482</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
+          <t>Onlardan Kalan</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786055147273</t>
+          <t>9786055107970</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Tuna Güzellemesi</t>
+          <t>Bozkırın Sırrı : Türk Peygamber</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786055107994</t>
+          <t>9786055107406</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
+          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786055147013</t>
+          <t>9786055147273</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
+          <t>Tuna Güzellemesi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786054683345</t>
+          <t>9786055107994</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Simiti</t>
+          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789752448919</t>
+          <t>9786055147013</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Evimizin Ressamı</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786055147372</t>
+          <t>9786054683345</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Arkadaş</t>
+          <t>Marx’ın Simiti</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786055147464</t>
+          <t>9789752448919</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Kırk Yılım</t>
+          <t>Malik Aksel - Evimizin Ressamı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786055107574</t>
+          <t>9786055147372</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yolu</t>
+          <t>Kayıp Arkadaş</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786054322817</t>
+          <t>9786055147464</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>Boğaziçi'nde Kırk Yılım</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786054322985</t>
+          <t>9786055107574</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>İmparatorlar Yolu</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789758950744</t>
+          <t>9786054322817</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786054683253</t>
+          <t>9786054322985</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilerin Serencamı</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786055107420</t>
+          <t>9789758950744</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kırk Vezir Hikayeleri</t>
+          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786055107536</t>
+          <t>9786054683253</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
+          <t>Bektaşilerin Serencamı</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055107635</t>
+          <t>9786055107420</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Aşka Tutunmak</t>
+          <t>Kırk Vezir Hikayeleri</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786055107611</t>
+          <t>9786055107536</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tren Burdan Geçmiyor</t>
+          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786055107550</t>
+          <t>9786055107635</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Gizli Öznesi</t>
+          <t>Aşka Tutunmak</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786054683789</t>
+          <t>9786055107611</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Tren Burdan Geçmiyor</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786054322725</t>
+          <t>9786055107550</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l-Hüsna Şerhi</t>
+          <t>Şehrin Gizli Öznesi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786054322374</t>
+          <t>9786054683789</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786054322992</t>
+          <t>9786054322725</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Hürriyet</t>
+          <t>Esmaü'l-Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789758950447</t>
+          <t>9786054322374</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Dilinden</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054322190</t>
+          <t>9786054322992</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Şair Fatih: Avni</t>
+          <t>Sürgün ve Hürriyet</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786054322251</t>
+          <t>9789758950447</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 3</t>
+          <t>Şairlerin Dilinden</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786055107383</t>
+          <t>9786054322190</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yunus, Ne Hoş Demişsin</t>
+          <t>Şair Fatih: Avni</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786055107352</t>
+          <t>9786054322251</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Mihmandar</t>
+          <t>Şahane Gazeller 3</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789944486347</t>
+          <t>9786055107383</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
+          <t>Yunus, Ne Hoş Demişsin</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786054322541</t>
+          <t>9786055107352</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Çağının Ruh</t>
+          <t>Mihmandar</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786055107277</t>
+          <t>9789944486347</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
+          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786055107314</t>
+          <t>9786054322541</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip (Ciltli)</t>
+          <t>Kanuni Çağının Ruh</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786055257101</t>
+          <t>9786055107277</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Arasokakların Tarihi</t>
+          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789758950713</t>
+          <t>9786055107314</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasında Komünist Hareket</t>
+          <t>Şeyh Galip (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786054683284</t>
+          <t>9786055257101</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmış Tebessüm</t>
+          <t>Arasokakların Tarihi</t>
         </is>
       </c>
       <c r="C817" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786055107338</t>
+          <t>9789758950713</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Arap Dünyasında Komünist Hareket</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786055107253</t>
+          <t>9786054683284</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Henüz 17 Yaşında</t>
+          <t>Arada Kalmış Tebessüm</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786055107307</t>
+          <t>9786055107338</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786055107666</t>
+          <t>9786055107253</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Seçmeler</t>
+          <t>Henüz 17 Yaşında</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786055107659</t>
+          <t>9786055107307</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Sürgün Şairleri</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786055107208</t>
+          <t>9786055107666</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
+          <t>Kutadgu Bilig - Seçmeler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786055107222</t>
+          <t>9786055107659</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Secdesi</t>
+          <t>Osmanlının Sürgün Şairleri</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786055107154</t>
+          <t>9786055107208</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055107130</t>
+          <t>9786055107222</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ayın Bitmeyen Çocukluğu</t>
+          <t>Aşkın Secdesi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>100</v>
+        <v>365</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786055107116</t>
+          <t>9786055107154</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler ve Yazılar</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786054683543</t>
+          <t>9786055107130</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Ayın Bitmeyen Çocukluğu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786054322558</t>
+          <t>9786055107116</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşler Kervanı</t>
+          <t>Seçme Şiirler ve Yazılar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786055257088</t>
+          <t>9786054683543</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789944486316</t>
+          <t>9786054322558</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yeni İran Sineması</t>
+          <t>Yitik Düşler Kervanı</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786055107000</t>
+          <t>9786055257088</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Irkçılık</t>
+          <t>Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944486507</t>
+          <t>9789944486316</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Yeni İran Sineması</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789944486842</t>
+          <t>9786055107000</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal: Eve Dönen Adam</t>
+          <t>Yakın Tarihimizde Irkçılık</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786054322893</t>
+          <t>9789944486507</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786054683956</t>
+          <t>9789944486842</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Veda Şarkısı</t>
+          <t>Yahya Kemal: Eve Dönen Adam</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789758950096</t>
+          <t>9786054322893</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Ve Gazel Yeniden</t>
+          <t>Viyana Dönüşü</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786054683116</t>
+          <t>9786054683956</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Veda Şarkısı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789944486194</t>
+          <t>9789758950096</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
+          <t>Ve Gazel Yeniden</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>80</v>
+        <v>135</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786054322831</t>
+          <t>9786054683116</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Türküler Kalır</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786054322343</t>
+          <t>9789944486194</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Dini Resimler</t>
+          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789758950508</t>
+          <t>9786054322831</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Türk Safo’su Mihri Hatun</t>
+          <t>Türküler Kalır</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786055107079</t>
+          <t>9786054322343</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Türk Mimarları</t>
+          <t>Türklerde Dini Resimler</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786054683093</t>
+          <t>9789758950508</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Türk Safo’su Mihri Hatun</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789758950089</t>
+          <t>9786055107079</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arası</t>
+          <t>Türk Mimarları</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>345</v>
+        <v>115</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789758950621</t>
+          <t>9786054683093</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Heterodoksi ve Babailer</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786054683420</t>
+          <t>9789758950089</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
+          <t>Tavan Arası</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789758950041</t>
+          <t>9789758950621</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Şi’r-i Kadim</t>
+          <t>Tarih, Heterodoksi ve Babailer</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789758950997</t>
+          <t>9786054683420</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
+          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789758950454</t>
+          <t>9789758950041</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Şiirler, Şairler, Meclisler</t>
+          <t>Şi’r-i Kadim</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786054322244</t>
+          <t>9789758950997</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 2</t>
+          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789752448766</t>
+          <t>9789758950454</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Şiirler, Şairler, Meclisler</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>149</v>
+        <v>225</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789944486835</t>
+          <t>9786054322244</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid ve Zamanı</t>
+          <t>Şahane Gazeller 2</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786054322336</t>
+          <t>9789752448766</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özünden Dünden Bugüne Atasözleri</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786054322619</t>
+          <t>9789944486835</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Söz’ün Özü</t>
+          <t>Sultan 2. Abdülhamid ve Zamanı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>125</v>
+        <v>365</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786055107055</t>
+          <t>9786054322336</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Seyyah ve Sufi</t>
+          <t>Sözün Özünden Dünden Bugüne Atasözleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786054683796</t>
+          <t>9786054322619</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Söz’ün Özü</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789944486590</t>
+          <t>9786055107055</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Semahlar</t>
+          <t>Seyyah ve Sufi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789758950751</t>
+          <t>9786054683796</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Savaş Meydanı Cezayir 1988-2002</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>475</v>
+        <v>95</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786054322459</t>
+          <t>9789944486590</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Düşünürler</t>
+          <t>Semahlar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786054683581</t>
+          <t>9789758950751</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Felsefe</t>
+          <t>Savaş Meydanı Cezayir 1988-2002</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786054322596</t>
+          <t>9786054322459</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Sanatçılar ve Düşünürler</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786055257156</t>
+          <t>9786054683581</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Rüyada Terakki</t>
+          <t>Sanat ve Felsefe</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789944486330</t>
+          <t>9786054322596</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sineması Deneme 1</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786054322466</t>
+          <t>9786055257156</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Refik Halid</t>
+          <t>Rüyada Terakki</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789944486804</t>
+          <t>9789944486330</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Hediyesi</t>
+          <t>Rüya Sineması Deneme 1</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786054322695</t>
+          <t>9786054322466</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Prenses Maria</t>
+          <t>Refik Halid</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>295</v>
+        <v>155</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789758950034</t>
+          <t>9789944486804</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Peri-Şan Güzeller</t>
+          <t>Ramazan Hediyesi</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789758950393</t>
+          <t>9786054322695</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Perişan Gazeller</t>
+          <t>Prenses Maria</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786054683833</t>
+          <t>9789758950034</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Periçehre</t>
+          <t>Peri-Şan Güzeller</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054322688</t>
+          <t>9789758950393</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Perde Perde Tarih</t>
+          <t>Perişan Gazeller</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786055257071</t>
+          <t>9786054683833</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Öncü</t>
+          <t>Periçehre</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054683918</t>
+          <t>9786054322688</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Perde Perde Tarih</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789944486781</t>
+          <t>9786055257071</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Maliyesinin Şeffaflaşması</t>
+          <t>Öncü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789758950874</t>
+          <t>9786054683918</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmi Yeniden Düşünmek</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786054322480</t>
+          <t>9789944486781</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Ortaköy ve Museviler</t>
+          <t>Osmanlı Maliyesinin Şeffaflaşması</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789944486408</t>
+          <t>9789758950874</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Ney’in Sırrı</t>
+          <t>Oryantalizmi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>145</v>
+        <v>360</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786054683703</t>
+          <t>9786054322480</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kitap</t>
+          <t>Ortaköy ve Museviler</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789758950669</t>
+          <t>9789944486408</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme, Sekülerleşme ve Protestanlaşma Sürecinde Değişen Kentte Dini Hayat ve Fetva Soruları</t>
+          <t>Ney’in Sırrı</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786055107031</t>
+          <t>9786054683703</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Oyunu Oyunun Modernizmi: Tanpınar’da Oyun</t>
+          <t>Neşeli Kitap</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786054683727</t>
+          <t>9789758950669</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Aşkına - Gönül Işıtan Hikayeler</t>
+          <t>Modernleşme, Sekülerleşme ve Protestanlaşma Sürecinde Değişen Kentte Dini Hayat ve Fetva Soruları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789944486491</t>
+          <t>9786055107031</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Modernizmin Oyunu Oyunun Modernizmi: Tanpınar’da Oyun</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786054683208</t>
+          <t>9786054683727</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Din ve Siyaset</t>
+          <t>Mevlana Aşkına - Gönül Işıtan Hikayeler</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786054683840</t>
+          <t>9789944486491</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Menfa</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786055257125</t>
+          <t>9786054683208</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Mekandan Taşan Edebiyat</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Din ve Siyaset</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789758950386</t>
+          <t>9786054683840</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Menfa</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786054322565</t>
+          <t>9786055257125</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Mekandan Taşan Edebiyat</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786054322794</t>
+          <t>9789758950386</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sandık</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789758950898</t>
+          <t>9786054322565</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Divanı Osmanlı Şiir Kuşları</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786054322572</t>
+          <t>9786054322794</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama'nın Anlamı</t>
+          <t>Kutsal Sandık</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786054322633</t>
+          <t>9789758950898</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Çevirilerinin Dünyası</t>
+          <t>Kuşlar Divanı Osmanlı Şiir Kuşları</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786054322961</t>
+          <t>9786054322572</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Kur'an'ı Anlama'nın Anlamı</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786054322862</t>
+          <t>9786054322633</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kış Çayı</t>
+          <t>Kur’an Çevirilerinin Dünyası</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789758950010</t>
+          <t>9786054322961</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kırk Güzeller Çeşmesi</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789944486279</t>
+          <t>9786054322862</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ambar</t>
+          <t>Kış Çayı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786054683864</t>
+          <t>9789758950010</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Kırk Güzeller Çeşmesi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789944486859</t>
+          <t>9789944486279</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Terbiyecisi</t>
+          <t>Kırk Ambar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786054322718</t>
+          <t>9786054683864</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman Dönemi Taht Kavgaları</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786055257064</t>
+          <t>9789944486859</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislamı Ebussuud Efendi Fetvaları</t>
+          <t>Kaplumbağa Terbiyecisi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789944486606</t>
+          <t>9786054322718</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kainatça Tanınmış Türk Şiir Kralı Florinalı Nazım ve Şaşaalı Edebi Hayatı</t>
+          <t>Kanuni Sultan Süleyman Dönemi Taht Kavgaları</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786054322664</t>
+          <t>9786055257064</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kaf Muamması</t>
+          <t>Şeyhülislamı Ebussuud Efendi Fetvaları</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789758950720</t>
+          <t>9789944486606</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kadılar Kitabı</t>
+          <t>Kainatça Tanınmış Türk Şiir Kralı Florinalı Nazım ve Şaşaalı Edebi Hayatı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786054683697</t>
+          <t>9786054322664</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>İşgal Kadınları</t>
+          <t>Kaf Muamması</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786054322527</t>
+          <t>9789758950720</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ortası</t>
+          <t>Kadılar Kitabı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789944486828</t>
+          <t>9786054683697</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İçinde Bir Boğaziçi</t>
+          <t>İşgal Kadınları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786054322312</t>
+          <t>9786054322527</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ansiklopedik Öyküsü</t>
+          <t>İstanbul’un Ortası</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789944486873</t>
+          <t>9789944486828</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sebilleri</t>
+          <t>İstanbul’un İçinde Bir Boğaziçi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>145</v>
+        <v>95</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789944486729</t>
+          <t>9786054322312</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri</t>
+          <t>İstanbul’un Ansiklopedik Öyküsü</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789944486668</t>
+          <t>9789944486873</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Cehennemi</t>
+          <t>İstanbul Sebilleri</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786054322800</t>
+          <t>9789944486729</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İsfahan’a Doğru</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786054683413</t>
+          <t>9789944486668</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>İstanbul Cehennemi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789944486682</t>
+          <t>9786054322800</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğu Kurtarmak</t>
+          <t>İsfahan’a Doğru</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789944486538</t>
+          <t>9786054683413</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İletişim: Deveran mı? Kesik Devre mi?</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789758950379</t>
+          <t>9789944486682</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İki Dirhem Bir Çekirdek</t>
+          <t>İmparatorluğu Kurtarmak</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786054322053</t>
+          <t>9789944486538</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>İki Darbe Arasında</t>
+          <t>İletişim: Deveran mı? Kesik Devre mi?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789758950966</t>
+          <t>9789758950379</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Arasında 4: Abdülhak Hamid</t>
+          <t>İki Dirhem Bir Çekirdek</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>90</v>
+        <v>249</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789944486965</t>
+          <t>9786054322053</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Hz. İnsan</t>
+          <t>İki Darbe Arasında</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>149</v>
+        <v>235</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789944486033</t>
+          <t>9789758950966</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Helya</t>
+          <t>İki Cihan Arasında 4: Abdülhak Hamid</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789758950348</t>
+          <t>9789944486965</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hayriyye</t>
+          <t>Hz. İnsan</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>225</v>
+        <v>149</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789944486712</t>
+          <t>9789944486033</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Hayat Müzikle Devam Eder</t>
+          <t>Helya</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786054322497</t>
+          <t>9789758950348</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Harname</t>
+          <t>Hayriyye</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789758950614</t>
+          <t>9789944486712</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Halkın Tiranı Miloseviç</t>
+          <t>Hayat Müzikle Devam Eder</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786055257132</t>
+          <t>9786054322497</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı (Ciltli)</t>
+          <t>Harname</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786054322077</t>
+          <t>9789758950614</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Hurafe</t>
+          <t>Halkın Tiranı Miloseviç</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789758950492</t>
+          <t>9786055257132</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Hakani Mehmet Bey Hilye-i Saadet</t>
+          <t>Halk Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789758950812</t>
+          <t>9786054322077</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Güller Kitabı</t>
+          <t>Hakikat ve Hurafe</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789758950225</t>
+          <t>9789758950492</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Hakani Mehmet Bey Hilye-i Saadet</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789944486026</t>
+          <t>9789758950812</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinizden Korkuyorum</t>
+          <t>Güller Kitabı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789758950164</t>
+          <t>9789758950225</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Gözgü</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786054322084</t>
+          <t>9789944486026</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Göz İzi</t>
+          <t>Gözlerinizden Korkuyorum</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789944486040</t>
+          <t>9789758950164</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Gizli Rol</t>
+          <t>Gözgü</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786054683994</t>
+          <t>9786054322084</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali</t>
+          <t>Göz İzi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786054322923</t>
+          <t>9789944486040</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Gizli Rol</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789758950676</t>
+          <t>9786054683994</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Geçen Zaman, Geçmiş Zaman</t>
+          <t>Gitanjali</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786054683826</t>
+          <t>9786054322923</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Dersaadet</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786054683505</t>
+          <t>9789758950676</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Gece ile Sabah Arasında</t>
+          <t>Geçen Zaman, Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789944486385</t>
+          <t>9786054683826</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Geceleyin Dersaadet</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786054683987</t>
+          <t>9786054683505</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Fetih Babası</t>
+          <t>Gece ile Sabah Arasında</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786054322299</t>
+          <t>9789944486385</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Felsefe’nin Türkçesi</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786054683932</t>
+          <t>9786054683987</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Fetih Babası</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786055257019</t>
+          <t>9786054322299</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesi</t>
+          <t>Felsefe’nin Türkçesi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786054322640</t>
+          <t>9786054683932</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Eski Arap Şiiri</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789758950157</t>
+          <t>9786055257019</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Efsane Güzeller</t>
+          <t>Eski Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786054683772</t>
+          <t>9786054322640</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Eski Arap Şiiri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786054683758</t>
+          <t>9789758950157</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Edebi Portreler</t>
+          <t>Efsane Güzeller</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786054322213</t>
+          <t>9786054683772</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Düşlenir</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789758950027</t>
+          <t>9786054683758</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Düşte Kalan</t>
+          <t>Edebi Portreler</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789758950188</t>
+          <t>9786054322213</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Dünün Devrimcileri Bugünün Reformistleri İran’da Siyasal, Kültürel ve Toplumsal Değişim</t>
+          <t>Düşünce Düşlenir</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789944486699</t>
+          <t>9789758950027</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Dört Güzeller (Toprak, Su, Hava, Ateş)</t>
+          <t>Düşte Kalan</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786054683888</t>
+          <t>9789758950188</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Yok</t>
+          <t>Dünün Devrimcileri Bugünün Reformistleri İran’da Siyasal, Kültürel ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786054322206</t>
+          <t>9789944486699</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Donuklar</t>
+          <t>Dört Güzeller (Toprak, Su, Hava, Ateş)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786054683659</t>
+          <t>9786054683888</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Doğum ile Ölüm Arasında İslamcılık</t>
+          <t>Dönüş Yok</t>
         </is>
       </c>
       <c r="C952" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752448360</t>
+          <t>9786054322206</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Divanyolu</t>
+          <t>Donuklar</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789758950102</t>
+          <t>9786054683659</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Divane Güzeller</t>
+          <t>Doğum ile Ölüm Arasında İslamcılık</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789758950522</t>
+          <t>9789752448360</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Ahenk Unsurları</t>
+          <t>Divanyolu</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789758950355</t>
+          <t>9789758950102</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Divane Güzeller</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786054322329</t>
+          <t>9789758950522</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Daire’ye Dair</t>
+          <t>Divan Şiirinde Ahenk Unsurları</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786054683895</t>
+          <t>9789758950355</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Çok Yapraklı İlişkiler</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786054683963</t>
+          <t>9786054322329</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Daire’ye Dair</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789944486309</t>
+          <t>9786054683895</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslamcı Harekette Hakikat ve Hayal</t>
+          <t>Çok Yapraklı İlişkiler</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786054683871</t>
+          <t>9786054683963</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Cinci Hoca</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786054322060</t>
+          <t>9789944486309</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Cenab-ı Aşk</t>
+          <t>Çağdaş İslamcı Harekette Hakikat ve Hayal</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789944486378</t>
+          <t>9786054683871</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri 4 Halvet Der Encümen / 40 Gözaltı Öyküsü ve Diğerleri</t>
+          <t>Cinci Hoca</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786055257002</t>
+          <t>9786054322060</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Burası İstanbul</t>
+          <t>Cenab-ı Aşk</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789758950683</t>
+          <t>9789944486378</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Sufi</t>
+          <t>Bütün Öyküleri 4 Halvet Der Encümen / 40 Gözaltı Öyküsü ve Diğerleri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>235</v>
+        <v>135</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789758950782</t>
+          <t>9786055257002</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Bozgunda Fetih Rüyası</t>
+          <t>Burası İstanbul</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786054322732</t>
+          <t>9789758950683</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi’ndeki Mücevher</t>
+          <t>Böyle Buyurdu Sufi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786054322404</t>
+          <t>9789758950782</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed Bekçisi</t>
+          <t>Bozgunda Fetih Rüyası</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786054322855</t>
+          <t>9786054322732</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Çayı</t>
+          <t>Boğaziçi’ndeki Mücevher</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>475</v>
+        <v>145</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789944486958</t>
+          <t>9786054322404</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bilmem Hatırlar mısın?</t>
+          <t>Bir Mabed Bekçisi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786054683802</t>
+          <t>9786054322855</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Ruhlar</t>
+          <t>Bin Yılın Çayı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789758950119</t>
+          <t>9789944486958</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Babil’de Ölüm İstanbul’da Aşk</t>
+          <t>Bilmem Hatırlar mısın?</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786054683765</t>
+          <t>9786054683802</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Aziyade</t>
+          <t>Başkaldıran Ruhlar</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789758950126</t>
+          <t>9789758950119</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Ayine</t>
+          <t>Babil’de Ölüm İstanbul’da Aşk</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>125</v>
+        <v>425</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789944486422</t>
+          <t>9786054683765</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Ayan Beyan Bütün Öyküleri 5</t>
+          <t>Aziyade</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786054683949</t>
+          <t>9789758950126</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ateş Denizi</t>
+          <t>Ayine</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789944486552</t>
+          <t>9789944486422</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Ayan Beyan Bütün Öyküleri 5</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786054683710</t>
+          <t>9786054683949</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şehidi</t>
+          <t>Ateş Denizi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786054683604</t>
+          <t>9789944486552</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Elçisi</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789758950409</t>
+          <t>9786054683710</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Aşina Güzeller</t>
+          <t>Aşkın Şehidi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786054683406</t>
+          <t>9786054683604</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Aşkın Elçisi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786054322091</t>
+          <t>9789758950409</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Halk Edebiyatı Sözlüğü (Ciltli)</t>
+          <t>Aşina Güzeller</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>575</v>
+        <v>225</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786054322589</t>
+          <t>9786054683406</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Buharlaşması ve Kur’an</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786055147594</t>
+          <t>9786054322091</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati: Bir Müslüman Ütopistin Siyasi Biyografisi</t>
+          <t>Ansiklopedik Halk Edebiyatı Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786054322398</t>
+          <t>9786054322589</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Al Çiçeğin Moru</t>
+          <t>Anlamın Buharlaşması ve Kur’an</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786054322138</t>
+          <t>9786055147594</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Akif’e Dair</t>
+          <t>Ali Şeriati: Bir Müslüman Ütopistin Siyasi Biyografisi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786054322657</t>
+          <t>9786054322398</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Başağı</t>
+          <t>Al Çiçeğin Moru</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
+          <t>9786054322138</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Akif’e Dair</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786054322657</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Ağustos Başağı</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
           <t>9789944486286</t>
         </is>
       </c>
-      <c r="B988" s="1" t="inlineStr">
+      <c r="B990" s="1" t="inlineStr">
         <is>
           <t>1924 Bir Fotoğrafın Uzun Hikayesi</t>
         </is>
       </c>
-      <c r="C988" s="1">
+      <c r="C990" s="1">
         <v>245</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>