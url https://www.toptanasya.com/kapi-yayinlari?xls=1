--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -85,14875 +85,13075 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258521009</t>
+          <t>9786258521085</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yol</t>
+          <t>İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256661967</t>
+          <t>9786258521054</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Yollarında</t>
+          <t>Tarihi Simalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256661981</t>
+          <t>9786258521047</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Üç Veli</t>
+          <t>İstanbul Perili Köşkler Kent Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256661950</t>
+          <t>9786258521023</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>El-Medinetü'l-Fazıla</t>
+          <t>Varlık Kokusu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256661998</t>
+          <t>9786258521115</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Buğu</t>
+          <t>Goştaspname</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256661974</t>
+          <t>9786258521030</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yer Gümbürdüyor</t>
+          <t>Hayat Teselli Bulmaktır (Siyah - Beyaz)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256661943</t>
+          <t>9786258521016</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Uçuşu</t>
+          <t>Koruyucu Psikoloji</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256661936</t>
+          <t>9786258521009</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
+          <t>Dördüncü Yol</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256661912</t>
+          <t>9786256661967</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Danişmend</t>
+          <t>Kafkas Yollarında</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055107628</t>
+          <t>9786256661981</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
+          <t>Bir Devir Üç Veli</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054683475</t>
+          <t>9786256661950</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş Kitabı</t>
+          <t>El-Medinetü'l-Fazıla</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055107109</t>
+          <t>9786256661998</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Aynadaki Buğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057838995</t>
+          <t>9786256661974</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Yer Gümbürdüyor</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256661899</t>
+          <t>9786256661943</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kartalın Uçuşu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256661905</t>
+          <t>9786256661936</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256661929</t>
+          <t>9786256661912</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şah'ın Bahçesinde</t>
+          <t>Danişmend</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256661455</t>
+          <t>9786055107628</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kalpazanlar</t>
+          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256661066</t>
+          <t>9786054683475</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
+          <t>Neşet Ertaş Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000002594</t>
+          <t>9786055107109</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>395</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2486137100014</t>
+          <t>9786057838995</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257706704</t>
+          <t>9786256661899</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257706735</t>
+          <t>9786256661905</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>59</v>
+        <v>375</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752448933</t>
+          <t>9786256661929</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem (Midi Boy)</t>
+          <t>Şah'ın Bahçesinde</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>134.9</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752448797</t>
+          <t>9786256661455</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan (Midi Boy)</t>
+          <t>Kalpazanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>134.9</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055257026</t>
+          <t>9786256661066</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>11.57</v>
+        <v>295</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944486767</t>
+          <t>2486137100014</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
+          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758950317</t>
+          <t>9786257706704</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
+          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054322510</t>
+          <t>9786257706735</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Şair Muhibbi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>155</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054322756</t>
+          <t>9789752448933</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Sanat ve Folklor</t>
+          <t>Katre-i Matem (Midi Boy)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>295</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758950959</t>
+          <t>9789752448797</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
+          <t>Şah ve Sultan (Midi Boy)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>65</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055257095</t>
+          <t>9786055257026</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Keşf-i Kadim</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944486743</t>
+          <t>9789944486767</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>395</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758950546</t>
+          <t>9789758950317</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
+          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055107888</t>
+          <t>9786054322510</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
+          <t>Muhteşem Şair Muhibbi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055107437</t>
+          <t>9786054322756</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
+          <t>Malik Aksel - Sanat ve Folklor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055107192</t>
+          <t>9789758950959</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>295</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055147501</t>
+          <t>9786055257095</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hevenk: Kayıp İstanbul</t>
+          <t>Keşf-i Kadim</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055147792</t>
+          <t>9789944486743</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dinle Rabia'nın Dilinden</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752448896</t>
+          <t>9789758950546</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
+          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>134.9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752448025</t>
+          <t>9786055107888</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055107345</t>
+          <t>9786055107437</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
+          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758950478</t>
+          <t>9786055107192</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944486163</t>
+          <t>9786055147501</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
+          <t>Hevenk: Kayıp İstanbul</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054322169</t>
+          <t>9786055147792</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hayatı</t>
+          <t>Dinle Rabia'nın Dilinden</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944486170</t>
+          <t>9789752448896</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054322015</t>
+          <t>9789752448025</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Azab-ı Mukaddes</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944486101</t>
+          <t>9786055107345</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
+          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944486095</t>
+          <t>9789758950478</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944486132</t>
+          <t>9789944486163</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
+          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752448476</t>
+          <t>9786054322169</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Sanat Hayatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758950270</t>
+          <t>9789944486170</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
+          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758950263</t>
+          <t>9786054322015</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
+          <t>Azab-ı Mukaddes</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055257118</t>
+          <t>9789944486101</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054683499</t>
+          <t>9789944486095</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gönlün Sırları</t>
+          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944486187</t>
+          <t>9789944486132</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
+          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054322671</t>
+          <t>9789752448476</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul</t>
+          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054322114</t>
+          <t>9789758950270</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Estetiği</t>
+          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>49</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055147204</t>
+          <t>9789758950263</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Saatler, Ruhlar ve Kediler</t>
+          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055107703</t>
+          <t>9786055257118</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>235</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055107413</t>
+          <t>9786054683499</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Gönlün Sırları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055147402</t>
+          <t>9789944486187</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Tam Metin)</t>
+          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>135</v>
+        <v>49</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055107543</t>
+          <t>9786054322671</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve Esasları</t>
+          <t>Eski İstanbul</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055107512</t>
+          <t>9786054322114</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - Seçmeler</t>
+          <t>Divan Edebiyatı Estetiği</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257706650</t>
+          <t>9786055147204</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Saatler, Ruhlar ve Kediler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>65</v>
+        <v>475</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257706681</t>
+          <t>9786055107703</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Son Ozanı Neşet Ertaş</t>
+          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>115</v>
+        <v>235</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057706018</t>
+          <t>9786055107413</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257706247</t>
+          <t>9786055147402</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Karıncayı Tanırsınız</t>
+          <t>Dede Korkut Kitabı (Tam Metin)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257706230</t>
+          <t>9786055107543</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Yok</t>
+          <t>Vahdet-i Vücud ve Esasları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057838674</t>
+          <t>9786055107512</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 4</t>
+          <t>Seyahatname - Seçmeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057838698</t>
+          <t>9786257706650</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Yön Veren Metinler 2</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>395</v>
+        <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257706391</t>
+          <t>9786257706681</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kör Noktalarımız</t>
+          <t>Aşkın Son Ozanı Neşet Ertaş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257706087</t>
+          <t>9786057706018</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Rubailer</t>
+          <t>Ahlak-ı Alai</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>445</v>
+        <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057838285</t>
+          <t>9786257706247</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Karıncayı Tanırsınız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>265</v>
+        <v>155</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057838490</t>
+          <t>9786257706230</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Umut</t>
+          <t>Havada Bulut Yok</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752448483</t>
+          <t>9786057838674</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
+          <t>Batı’ya Yön Veren Metinler 4</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256661882</t>
+          <t>9786057838698</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Son Meşenin Ötesi</t>
+          <t>Batı'ya Yön Veren Metinler 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258096170</t>
+          <t>9786257706391</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Falaka ve Diğer Öyküler</t>
+          <t>Kör Noktalarımız</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256661868</t>
+          <t>9786257706087</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
+          <t>Ömer Hayyam Rubailer</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256661844</t>
+          <t>9786057838285</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Fetih, Bir Hanım Sultan</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>149</v>
+        <v>265</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256661875</t>
+          <t>9786057838490</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Love At The Corridor Of Mirrors</t>
+          <t>Yalnızlık ve Umut</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256661851</t>
+          <t>9789752448483</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
+          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256661837</t>
+          <t>9786256661882</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sen Dünyasın</t>
+          <t>Son Meşenin Ötesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256661806</t>
+          <t>9786258096170</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Ağası</t>
+          <t>Falaka ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>149</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256661820</t>
+          <t>9786256661868</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali ve Kutsal</t>
+          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256661790</t>
+          <t>9786256661844</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyhin Aşk Hikayesi</t>
+          <t>Bir Fetih, Bir Hanım Sultan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256661783</t>
+          <t>9786256661875</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Love At The Corridor Of Mirrors</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>135</v>
+        <v>540</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256661776</t>
+          <t>9786256661851</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Sanatı</t>
+          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256661769</t>
+          <t>9786256661837</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuzgun’a Mektuplar</t>
+          <t>Sen Dünyasın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256661813</t>
+          <t>9786256661806</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Umuda İmkan Aramak</t>
+          <t>Kızlar Ağası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256661752</t>
+          <t>9786256661820</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Tanrıları</t>
+          <t>İmam Ali ve Kutsal</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256661745</t>
+          <t>9786256661790</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Tebessüm</t>
+          <t>Bir Şeyhin Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>149</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256661714</t>
+          <t>9786256661783</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Malakat (Ciltli)</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256661707</t>
+          <t>9786256661776</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Kişilik Sanatı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256661738</t>
+          <t>9786256661769</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aile Sosyolojisi</t>
+          <t>Küçük Kuzgun’a Mektuplar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256661691</t>
+          <t>9786256661813</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Koca Ragıp Paşa Divanı</t>
+          <t>Umuda İmkan Aramak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256661684</t>
+          <t>9786256661752</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Buluşmak</t>
+          <t>Cennetin Tanrıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256661721</t>
+          <t>9786256661745</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>Mutlak Tebessüm</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256661578</t>
+          <t>9786256661714</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aşiretleri</t>
+          <t>Malakat (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256661561</t>
+          <t>9786256661707</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055147389</t>
+          <t>9786256661738</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l-Belaga</t>
+          <t>Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>575</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256661677</t>
+          <t>9786256661691</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Prusya Nasıl Yükseldi</t>
+          <t>Koca Ragıp Paşa Divanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>125</v>
+        <v>445</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256661653</t>
+          <t>9786256661684</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Yaşamla Buluşmak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256661646</t>
+          <t>9786256661721</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256661639</t>
+          <t>9786256661578</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Anılar</t>
+          <t>Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256661660</t>
+          <t>9786256661561</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256661592</t>
+          <t>9786055147389</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
+          <t>Nehcü'l-Belaga</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>395</v>
+        <v>695</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256661615</t>
+          <t>9786256661677</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi</t>
+          <t>Prusya Nasıl Yükseldi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256661608</t>
+          <t>9786256661653</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Gılmani - Ahmed Refik</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256661585</t>
+          <t>9786256661646</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senden Ne İstiyor?</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256661622</t>
+          <t>9786256661639</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Malte Laurids Brigge'nin Notları</t>
+          <t>Dünden Bugüne Anılar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752448520</t>
+          <t>9786256661660</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256661523</t>
+          <t>9786256661592</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’i̇n Kalbi</t>
+          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256661554</t>
+          <t>9786256661615</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kâtip Bartleby</t>
+          <t>Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256661530</t>
+          <t>9786256661608</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
+          <t>Tarih-i Gılmani - Ahmed Refik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256661516</t>
+          <t>9786256661585</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kadim Bilgisi</t>
+          <t>Hayat Senden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256661509</t>
+          <t>9786256661622</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Âşık Garip Hikâyesi</t>
+          <t>Malte Laurids Brigge'nin Notları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256661547</t>
+          <t>9789752448520</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoriçeleri</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256661493</t>
+          <t>9786256661523</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Azdahak</t>
+          <t>Dersaadet’i̇n Kalbi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258096248</t>
+          <t>9786256661554</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla (Ciltli)</t>
+          <t>Kâtip Bartleby</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>215</v>
+        <v>95</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752448384</t>
+          <t>9786256661530</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları (Ciltli)</t>
+          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>665</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055107864</t>
+          <t>9786256661516</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve Ahit Sandığı</t>
+          <t>Liderliğin Kadim Bilgisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055107741</t>
+          <t>9786256661509</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa: The Story Of a Legend</t>
+          <t>Âşık Garip Hikâyesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>260</v>
+        <v>545</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055107680</t>
+          <t>9786256661547</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Deli Zamanlar</t>
+          <t>Bizans İmparatoriçeleri</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055107062</t>
+          <t>9786256661493</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Buyruk</t>
+          <t>Azdahak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054322176</t>
+          <t>9786258096248</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bozgunda Fetih Rüyası</t>
+          <t>Yavaşla (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>94.9</v>
+        <v>215</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054322008</t>
+          <t>9789752448384</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Batık</t>
+          <t>Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>665</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758950560</t>
+          <t>9786055107864</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bana Uzun Mektuplar Yaz</t>
+          <t>Evliya Çelebi ve Ahit Sandığı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758950072</t>
+          <t>9786055107741</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
+          <t>Barbarossa: The Story Of a Legend</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758950584</t>
+          <t>9786055107680</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
+          <t>Deli Zamanlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944486637</t>
+          <t>9786055107062</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Babil’den Dragomanlara</t>
+          <t>Buyruk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>435</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055107833</t>
+          <t>9786054322176</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Seyda</t>
+          <t>Bozgunda Fetih Rüyası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055107918</t>
+          <t>9786054322008</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Batık</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758950607</t>
+          <t>9789758950560</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Önce Aşk Vardı</t>
+          <t>Bana Uzun Mektuplar Yaz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758950768</t>
+          <t>9789758950072</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Benim Bir Ateşti</t>
+          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944486361</t>
+          <t>9789758950584</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Mahkum Olmak</t>
+          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944486644</t>
+          <t>9789944486637</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Babil’den Dragomanlara</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>715</v>
+        <v>435</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944486811</t>
+          <t>9786055107833</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
+          <t>Asr-ı Seyda</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>545</v>
+        <v>170</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054683741</t>
+          <t>9786055107918</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>420</v>
+        <v>95</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944486521</t>
+          <t>9789758950607</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
+          <t>Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>405</v>
+        <v>155</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758950294</t>
+          <t>9789758950768</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
+          <t>Ömrüm Benim Bir Ateşti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758950324</t>
+          <t>9789944486361</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
+          <t>Osmanlı’da Mahkum Olmak</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758950171</t>
+          <t>9789944486644</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>715</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758950300</t>
+          <t>9789944486811</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
+          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>60</v>
+        <v>545</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054683857</t>
+          <t>9786054683741</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mehmed  Akif Ersoy</t>
+          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944486293</t>
+          <t>9789944486521</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
+          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>405</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758950256</t>
+          <t>9789758950294</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
+          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944486910</t>
+          <t>9789758950324</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Divanı</t>
+          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054322039</t>
+          <t>9789758950171</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Terbiyecisi</t>
+          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758950195</t>
+          <t>9789758950300</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>995</v>
+        <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054683352</t>
+          <t>9786054683857</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İşitin Ey Yarenler (Ciltli)</t>
+          <t>Mehmed  Akif Ersoy</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055107048</t>
+          <t>9789944486293</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054322305</t>
+          <t>9789758950256</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
+          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758950980</t>
+          <t>9789944486910</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
+          <t>Kırklar Divanı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054683970</t>
+          <t>9786054322039</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Şehirler</t>
+          <t>Kaplumbağa Terbiyecisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054322534</t>
+          <t>9789758950195</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>995</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758950904</t>
+          <t>9786054683352</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bütün Öyküleri 2</t>
+          <t>İşitin Ey Yarenler (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944486620</t>
+          <t>9786055107048</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Kerbela</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055107475</t>
+          <t>9786054322305</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
+          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>155</v>
+        <v>590</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055107802</t>
+          <t>9789758950980</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Mevsimi</t>
+          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055107321</t>
+          <t>9786054683970</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
+          <t>İçimden Geçen Şehirler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752448599</t>
+          <t>9786054322534</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752448544</t>
+          <t>9789758950904</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>Hiç Bütün Öyküleri 2</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752448049</t>
+          <t>9789944486620</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Her Yer Kerbela</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752448582</t>
+          <t>9786055107475</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa (Ciltli)</t>
+          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>315</v>
+        <v>155</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752448162</t>
+          <t>9786055107802</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Uçurtma Mevsimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055147495</t>
+          <t>9786055107321</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Mızraksız İlmihal</t>
+          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752448056</t>
+          <t>9789752448599</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>365</v>
+        <v>85</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055147075</t>
+          <t>9789752448544</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Mekke’de  Tamamlandı</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055107581</t>
+          <t>9789752448049</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055147358</t>
+          <t>9789752448582</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Lila Olsun Saçlarım</t>
+          <t>Barbarossa (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>70</v>
+        <v>315</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752448247</t>
+          <t>9789752448162</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Yüzüğü</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055147341</t>
+          <t>9786055147495</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bir Kıyı</t>
+          <t>Mızraksız İlmihal</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055147068</t>
+          <t>9789752448056</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>105</v>
+        <v>365</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055147617</t>
+          <t>9786055147075</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in İzinde</t>
+          <t>Şeriat Mekke’de  Tamamlandı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752448070</t>
+          <t>9786055107581</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>415</v>
+        <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752448100</t>
+          <t>9786055147358</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Bu Sefer Lila Olsun Saçlarım</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055107147</t>
+          <t>9789752448247</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>Hz. Süleyman'ın Yüzüğü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>134.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054683390</t>
+          <t>9786055147341</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Beyaz Bir Kıyı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944486156</t>
+          <t>9786055147068</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054322879</t>
+          <t>9786055147617</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
+          <t>Hz. Muhammed'in İzinde</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>775</v>
+        <v>435</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758950843</t>
+          <t>9789752448070</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>415</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944486897</t>
+          <t>9789752448100</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Varayım Gideyim Urumeli’ne</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944486934</t>
+          <t>9786055107147</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>745</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758950911</t>
+          <t>9786054683390</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türk İçki Geleneği</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054322152</t>
+          <t>9789944486156</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tezkireden Biyografiye</t>
+          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944486514</t>
+          <t>9786054322879</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>310</v>
+        <v>775</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944486996</t>
+          <t>9789758950843</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
+          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054322930</t>
+          <t>9789944486897</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Elçisi</t>
+          <t>Varayım Gideyim Urumeli’ne</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054322954</t>
+          <t>9789944486934</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Zamanı</t>
+          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>235</v>
+        <v>745</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054322435</t>
+          <t>9789758950911</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış İslam Yazıları</t>
+          <t>Türk İçki Geleneği</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758950287</t>
+          <t>9786054322152</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
+          <t>Tezkireden Biyografiye</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>65</v>
+        <v>240</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789758950881</t>
+          <t>9789944486514</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789758950515</t>
+          <t>9789944486996</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Şiiri: İran Sineması</t>
+          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054683666</t>
+          <t>9786054322930</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şair Dediğin</t>
+          <t>Tanrı Elçisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054322886</t>
+          <t>9786054322954</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Tanpınar Zamanı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>94.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944486323</t>
+          <t>9786054322435</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşen Dantel</t>
+          <t>Tamamlanmamış İslam Yazıları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054683512</t>
+          <t>9789758950287</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
+          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>65</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944486651</t>
+          <t>9789758950881</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
+          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944486736</t>
+          <t>9789758950515</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Siretler ve Suretler</t>
+          <t>Şark’ın Şiiri: İran Sineması</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944486545</t>
+          <t>9786054683666</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Seni Dinleyen Biri</t>
+          <t>Şair Dediğin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758950539</t>
+          <t>9786054322886</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sabah Rüzgarı</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>70</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758950805</t>
+          <t>9789944486323</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Azize’nin Son Günü</t>
+          <t>Suya Düşen Dantel</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054322824</t>
+          <t>9786054683512</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>134.9</v>
+        <v>260</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944486125</t>
+          <t>9789944486651</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
+          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>65</v>
+        <v>375</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054322367</t>
+          <t>9789944486736</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Siretler ve Suretler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054322282</t>
+          <t>9789944486545</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>Seni Dinleyen Biri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944486774</t>
+          <t>9789758950539</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Alatav’dan Şardağı’na</t>
+          <t>Sabah Rüzgarı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758950461</t>
+          <t>9789758950805</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
+          <t>Azize’nin Son Günü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054322909</t>
+          <t>9786054322824</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>315</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758950430</t>
+          <t>9789944486125</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Var, Dili Yok Şehrazat</t>
+          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758950829</t>
+          <t>9786054322367</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054322275</t>
+          <t>9786054322282</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>1924</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>94.9</v>
+        <v>170</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054683734</t>
+          <t>9789944486774</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Alatav’dan Şardağı’na</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758950331</t>
+          <t>9789758950461</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gül Şiirleri</t>
+          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054683109</t>
+          <t>9786054322909</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Kahkahalar</t>
+          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>105</v>
+        <v>315</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758950485</t>
+          <t>9789758950430</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
+          <t>Ağzı Var, Dili Yok Şehrazat</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758950058</t>
+          <t>9789758950829</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
+          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>325</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758950638</t>
+          <t>9786054322275</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Duvarsız Odalar</t>
+          <t>1924</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>135</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758950706</t>
+          <t>9786054683734</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dönüyordu</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>65</v>
+        <v>330</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944486354</t>
+          <t>9789758950331</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Defterimde Kırk Suret</t>
+          <t>Gül Şiirleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758950690</t>
+          <t>9786054683109</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma Sürecinde Alevilik</t>
+          <t>Gözyaşları ve Kahkahalar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>195</v>
+        <v>105</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055147242</t>
+          <t>9789758950485</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Butimar</t>
+          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055147020</t>
+          <t>9789758950058</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055147761</t>
+          <t>9789758950638</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
+          <t>Duvarsız Odalar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055147662</t>
+          <t>9789758950706</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman</t>
+          <t>Dönüyordu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>680</v>
+        <v>65</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055147143</t>
+          <t>9789944486354</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
+          <t>Defterimde Kırk Suret</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>415</v>
+        <v>170</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055147006</t>
+          <t>9789758950690</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Çağdaşlaşma Sürecinde Alevilik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>134.9</v>
+        <v>195</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055107642</t>
+          <t>9786055147242</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Butimar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>134.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055107819</t>
+          <t>9786055147020</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tulip of Istanbul</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>310</v>
+        <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055107949</t>
+          <t>9786055147761</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çırpıntılar</t>
+          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055107369</t>
+          <t>9786055147662</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Sokak Sesi</t>
+          <t>Türk Edebiyatında Hikaye ve Roman</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>680</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054683901</t>
+          <t>9786055147143</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>134.9</v>
+        <v>415</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057838964</t>
+          <t>9786055147006</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kalpten</t>
+          <t>Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>135</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054322916</t>
+          <t>9786055107642</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758950652</t>
+          <t>9786055107819</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Tulip of Istanbul</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>620</v>
+        <v>310</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257706223</t>
+          <t>9786055107949</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşları</t>
+          <t>Çırpıntılar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057838704</t>
+          <t>9786055107369</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 1</t>
+          <t>Bir Eski Sokak Sesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057838100</t>
+          <t>9786054683901</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752448858</t>
+          <t>9786057838964</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddın-i Rumi</t>
+          <t>Kalpten</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057838025</t>
+          <t>9786054322916</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Mekke - Medine</t>
+          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258096354</t>
+          <t>9789758950652</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Uğraşı</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>249</v>
+        <v>620</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057838261</t>
+          <t>9786257706223</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 2</t>
+          <t>Sınıf Arkadaşları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055257149</t>
+          <t>9786057838704</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
+          <t>Batı’ya Yön Veren Metinler 1</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055107376</t>
+          <t>9786057838100</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Bir Boşluk</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944486583</t>
+          <t>9789752448858</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Köle Olmak</t>
+          <t>Mevlana Celaleddın-i Rumi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789758950799</t>
+          <t>9786057838025</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Şarkısı</t>
+          <t>Haremeyn Mekke - Medine</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789758950003</t>
+          <t>9786258096354</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kudemanın Kırk Atlısı</t>
+          <t>Yaşama Uğraşı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>295</v>
+        <v>249</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054322978</t>
+          <t>9786057838261</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kaçık</t>
+          <t>Ravza'nın Yıldızları 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054322107</t>
+          <t>9786055257149</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
+          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>535</v>
+        <v>305</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944486705</t>
+          <t>9786055107376</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları</t>
+          <t>Çiçekli Bir Boşluk</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055107086</t>
+          <t>9789944486583</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş</t>
+          <t>Osmanlı’da Köle Olmak</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944486057</t>
+          <t>9789758950799</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
+          <t>Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>65</v>
+        <v>155</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752448780</t>
+          <t>9789758950003</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Od (Midi Boy)</t>
+          <t>Kudemanın Kırk Atlısı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>134.9</v>
+        <v>295</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055147419</t>
+          <t>9786054322978</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
+          <t>Kaçık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>525</v>
+        <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055107529</t>
+          <t>9786054322107</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
+          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>125</v>
+        <v>535</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944486255</t>
+          <t>9789944486705</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şey Bir Ömer Hayyam Anlatısı</t>
+          <t>İstanbul Evliyaları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789758950133</t>
+          <t>9786055107086</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Su Kasidesi</t>
+          <t>Kemankeş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054322626</t>
+          <t>9789944486057</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anlam’ın Tarihi</t>
+          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054322701</t>
+          <t>9789752448780</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Sohbetleri</t>
+          <t>Od (Midi Boy)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>185</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944486798</t>
+          <t>9786055147419</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Babil’de Ölüm İstanbul’da Aşk</t>
+          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>134.9</v>
+        <v>525</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054683925</t>
+          <t>9786055107529</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>345</v>
+        <v>125</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789758950218</t>
+          <t>9789944486255</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Şey Bir Ömer Hayyam Anlatısı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944486927</t>
+          <t>9789758950133</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Anlat İstanbul</t>
+          <t>Su Kasidesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>455</v>
+        <v>125</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257706582</t>
+          <t>9786054322626</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Varoluş Maneviyat</t>
+          <t>Anlam’ın Tarihi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057838988</t>
+          <t>9786054322701</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Ramazan Sohbetleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057838421</t>
+          <t>9789944486798</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
+          <t>Babil’de Ölüm İstanbul’da Aşk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>675</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057838049</t>
+          <t>9786054683925</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>795</v>
+        <v>395</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057838445</t>
+          <t>9789758950218</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057838582</t>
+          <t>9789944486927</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Anlat İstanbul</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>345</v>
+        <v>455</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752448872</t>
+          <t>9786257706582</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Psikoloji Varoluş Maneviyat</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>445</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257706414</t>
+          <t>9786057838988</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256661486</t>
+          <t>9786057838421</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Müziğin ve Sesin Gizemciliği</t>
+          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>375</v>
+        <v>825</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057838162</t>
+          <t>9786057838049</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>795</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752448971</t>
+          <t>9786057838445</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256661462</t>
+          <t>9786057838582</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kısa Türkiye Tarihi</t>
+          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057838292</t>
+          <t>9789752448872</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bizans Karşısında Türkler</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256661479</t>
+          <t>9786257706414</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyzen</t>
+          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256661431</t>
+          <t>9786256661486</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İşkenceci</t>
+          <t>Müziğin ve Sesin Gizemciliği</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>125</v>
+        <v>425</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256661448</t>
+          <t>9786057838162</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatında Çıraklık</t>
+          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>540</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256661400</t>
+          <t>9789752448971</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256661424</t>
+          <t>9786256661462</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Bin İstanbul</t>
+          <t>Sorularla Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256661349</t>
+          <t>9786057838292</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>1. Viyana Muhasarası</t>
+          <t>Bizans Karşısında Türkler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256661394</t>
+          <t>9786256661479</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kemal</t>
+          <t>Ben Neyzen</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256661417</t>
+          <t>9786256661431</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
+          <t>İşkenceci</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256661172</t>
+          <t>9786256661448</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Yazma Sanatında Çıraklık</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256661387</t>
+          <t>9786256661400</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tahir İle Zühre</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256661370</t>
+          <t>9786256661424</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (1718-1730)</t>
+          <t>Bir Şehir Bin İstanbul</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>125</v>
+        <v>545</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256661233</t>
+          <t>9786256661349</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler</t>
+          <t>1. Viyana Muhasarası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>495</v>
+        <v>145</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256661165</t>
+          <t>9786256661394</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Aşk Üzerine</t>
+          <t>Kemal</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256661189</t>
+          <t>9786256661417</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256661158</t>
+          <t>9786256661172</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sultan Cem</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>149</v>
+        <v>325</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256370142</t>
+          <t>9786256661387</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deme Sanatı</t>
+          <t>Tahir İle Zühre</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>149</v>
+        <v>345</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789758950775</t>
+          <t>9786256661370</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ağa Tarık Buğra</t>
+          <t>Lale Devri (1718-1730)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054322350</t>
+          <t>9786256661233</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bir Kur’an Şairi</t>
+          <t>Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>650</v>
+        <v>595</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054322428</t>
+          <t>9786256661165</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed İşçisi</t>
+          <t>Aile ve Aşk Üzerine</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054322183</t>
+          <t>9786256661189</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Modernizme Direnen Estetik</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055107093</t>
+          <t>9786256661158</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Sultan Cem</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055147440</t>
+          <t>9786256370142</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Hayır Deme Sanatı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054322237</t>
+          <t>9789758950775</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 1</t>
+          <t>Büyük Ağa Tarık Buğra</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944486569</t>
+          <t>9786054322350</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
+          <t>Bir Kur’an Şairi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>495</v>
+        <v>750</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789758950140</t>
+          <t>9786054322428</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ah Mine’l - Aşk</t>
+          <t>Bir Mabed İşçisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055147433</t>
+          <t>9786054322183</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Modernizme Direnen Estetik</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055107185</t>
+          <t>9786055107093</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste (Kırık Saz)</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257706605</t>
+          <t>9786055147440</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Her Kuyuda Bir Yusuf</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055107161</t>
+          <t>9786054322237</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Rozalya Ana</t>
+          <t>Şahane Gazeller 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055257057</t>
+          <t>9789944486569</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diyar</t>
+          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054322770</t>
+          <t>9789758950140</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Taşı</t>
+          <t>Ah Mine’l - Aşk</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>355</v>
+        <v>375</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256661356</t>
+          <t>9786055147433</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Mustafa</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256661363</t>
+          <t>9786055107185</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Rübab-ı Şikeste (Kırık Saz)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256661332</t>
+          <t>9786257706605</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Felaket Seneleri (1648-1699)</t>
+          <t>Her Kuyuda Bir Yusuf</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256661288</t>
+          <t>9786055107161</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>‘Nuke’ Türkiye</t>
+          <t>Rozalya Ana</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256661325</t>
+          <t>9786055257057</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik Bütün Şiirleri</t>
+          <t>Bizim Diyar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256661271</t>
+          <t>9786054322770</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Viva La Muerte! Yaşasın Ölüm!</t>
+          <t>Lacivert Taşı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>545</v>
+        <v>425</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256661318</t>
+          <t>9786256661356</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türkler Küstüler</t>
+          <t>Kabakçı Mustafa</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>475</v>
+        <v>145</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256661264</t>
+          <t>9786256661363</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055147471</t>
+          <t>9786256661332</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Felaket Seneleri (1648-1699)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256661301</t>
+          <t>9786256661288</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>O.K Musti Türkiye Tamamdır</t>
+          <t>‘Nuke’ Türkiye</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>425</v>
+        <v>575</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256661295</t>
+          <t>9786256661325</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Valla, Kurda Yedirdin Beni</t>
+          <t>Neyzen Tevfik Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944486903</t>
+          <t>9786256661271</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem</t>
+          <t>Viva La Muerte! Yaşasın Ölüm!</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>475</v>
+        <v>675</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055147723</t>
+          <t>9786256661318</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
+          <t>Beyaz Türkler Küstüler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256661103</t>
+          <t>9786256661264</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Değil Merhamet!</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057838810</t>
+          <t>9786055147471</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256661226</t>
+          <t>9786256661301</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>O.K Musti Türkiye Tamamdır</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>295</v>
+        <v>525</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256661240</t>
+          <t>9786256661295</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tesavir-i Rical</t>
+          <t>Valla, Kurda Yedirdin Beni</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>125</v>
+        <v>625</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256661202</t>
+          <t>9789944486903</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nevbahar</t>
+          <t>Katre-i Matem</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256661196</t>
+          <t>9786055147723</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Aydın Despotizmi</t>
+          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256661110</t>
+          <t>9786256661103</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İskendername (Ciltli)</t>
+          <t>Aydınlanma Değil Merhamet!</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256661028</t>
+          <t>9786057838810</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253691158</t>
+          <t>9786256661226</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Şarkısı</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256661141</t>
+          <t>9786256661240</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yaseminler Tüter Mi, Hala?</t>
+          <t>Tesavir-i Rical</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256661042</t>
+          <t>9786256661202</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Süheyl ü Nevbahar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256661134</t>
+          <t>9786256661196</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Aydın Despotizmi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256661127</t>
+          <t>9786256661110</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>İskendername (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>650</v>
+        <v>595</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256661073</t>
+          <t>9786256661028</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Hanım’ın Rüyaları</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256661035</t>
+          <t>9786253691158</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>İnsanın Şarkısı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>415</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256661059</t>
+          <t>9786256661141</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Ötesi</t>
+          <t>Yaseminler Tüter Mi, Hala?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258096941</t>
+          <t>9786256661042</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Semboller (Ciltli)</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>950</v>
+        <v>125</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055107017</t>
+          <t>9786256661134</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tufanda mı Yoksa Turfa mı?</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055147624</t>
+          <t>9786256661127</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>475</v>
+        <v>750</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057838681</t>
+          <t>9786256661073</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 3</t>
+          <t>Çiçek Hanım’ın Rüyaları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258096958</t>
+          <t>9786256661035</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>475</v>
+        <v>145</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258096644</t>
+          <t>9786256661059</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Teknolojinin Ötesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256661011</t>
+          <t>9786258096941</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Gönüllere Sefa Medine-i Münevvere</t>
+          <t>Semboller (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>895</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256661004</t>
+          <t>9786055107017</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
+          <t>Tufanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>895</v>
+        <v>275</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258096637</t>
+          <t>9786055147624</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam’ın Kısa Tarihi</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258096972</t>
+          <t>9786057838681</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Samur Devri</t>
+          <t>Batı’ya Yön Veren Metinler 3</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258096965</t>
+          <t>9786258096958</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gün Yıldızı</t>
+          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258096767</t>
+          <t>9786258096644</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Aşık Paşa Garibname</t>
+          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>475</v>
+        <v>750</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258096835</t>
+          <t>9786256661011</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Marifetname 1-2 (Kutulu)</t>
+          <t>Gönüllere Sefa Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1100</v>
+        <v>995</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258096934</t>
+          <t>9786256661004</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Saltanatı</t>
+          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>425</v>
+        <v>995</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258096903</t>
+          <t>9786258096637</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ailesi</t>
+          <t>Sorularla İslam’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258096897</t>
+          <t>9786258096972</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bana Güneşimi Getir</t>
+          <t>Samur Devri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>145</v>
+        <v>215</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258096880</t>
+          <t>9786258096965</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kendi Işığına Yürü</t>
+          <t>Gün Yıldızı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258096910</t>
+          <t>9786258096767</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Aşık Paşa Garibname</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>295</v>
+        <v>575</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258096859</t>
+          <t>9786258096835</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Görüp İşittiklerim</t>
+          <t>Marifetname 1-2 (Kutulu)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>345</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258096873</t>
+          <t>9786258096934</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi İncelemeleri</t>
+          <t>Kadınlar Saltanatı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258096866</t>
+          <t>9786258096903</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
+          <t>Rahmet Ailesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258096842</t>
+          <t>9786258096897</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Bana Güneşimi Getir</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258096804</t>
+          <t>9786258096880</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Benim İstanbu’um</t>
+          <t>Kendi Işığına Yürü</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258096798</t>
+          <t>9786258096910</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Son Günleri</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258096781</t>
+          <t>9786258096859</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
+          <t>Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258096743</t>
+          <t>9786258096873</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Tefsir Tarihi İncelemeleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057838926</t>
+          <t>9786258096866</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Her Gün İçin Mevlana</t>
+          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>495</v>
+        <v>115</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258096774</t>
+          <t>9786258096842</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Seçme Öyküler</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258096712</t>
+          <t>9786258096804</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İlkin Kuşlar Uyanır</t>
+          <t>Benim İstanbu’um</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258096750</t>
+          <t>9786258096798</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair</t>
+          <t>Masumiyetin Son Günleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258096736</t>
+          <t>9786258096781</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Atabetü’l Hakayık</t>
+          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258096620</t>
+          <t>9786258096743</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>950</v>
+        <v>475</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258096699</t>
+          <t>9786057838926</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İsmet Özel’i</t>
+          <t>Her Gün İçin Mevlana</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>135</v>
+        <v>595</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258096682</t>
+          <t>9786258096774</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Memduh Şevket Esendal Seçme Öyküler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258096705</t>
+          <t>9786258096712</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>İlkin Kuşlar Uyanır</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>455</v>
+        <v>195</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258096675</t>
+          <t>9786258096750</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>İnanca Dair</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258096613</t>
+          <t>9786258096736</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
+          <t>Atabetü’l Hakayık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258096668</t>
+          <t>9786258096620</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>195</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258096651</t>
+          <t>9786258096699</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Umudun Göğe Yükselişi</t>
+          <t>Bir Masal İsmet Özel’i</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258096569</t>
+          <t>9786258096682</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Hatıralarım</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258096590</t>
+          <t>9786258096705</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258096606</t>
+          <t>9786258096675</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı’da Tarikatlar</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258096576</t>
+          <t>9786258096613</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Körgörü</t>
+          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752448803</t>
+          <t>9786258096668</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258096583</t>
+          <t>9786258096651</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı İle Kiracıları</t>
+          <t>Umudun Göğe Yükselişi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258096552</t>
+          <t>9786258096569</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Matbuat Hatıralarım</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258096538</t>
+          <t>9786258096590</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paşa</t>
+          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258096545</t>
+          <t>9786258096606</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Sorularla Osmanlı’da Tarikatlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>750</v>
+        <v>345</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258096521</t>
+          <t>9786258096576</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Efendisi - Hz. Hasan</t>
+          <t>Körgörü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258096514</t>
+          <t>9789752448803</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı (Ciltli)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>595</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258096460</t>
+          <t>9786258096583</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Putlar Kitabı</t>
+          <t>Ayaşlı İle Kiracıları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258096484</t>
+          <t>9786258096552</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Suç Ve Ceza</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258096491</t>
+          <t>9786258096538</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
+          <t>Küçük Paşa</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258096477</t>
+          <t>9786258096545</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>225</v>
+        <v>895</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258096507</t>
+          <t>9786258096521</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
+          <t>Güzelliğin Efendisi - Hz. Hasan</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258096453</t>
+          <t>9786258096514</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Yankı</t>
+          <t>Hat Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258096446</t>
+          <t>9786258096460</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
+          <t>Putlar Kitabı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258096415</t>
+          <t>9786258096484</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı</t>
+          <t>Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258096385</t>
+          <t>9786258096491</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258096422</t>
+          <t>9786258096477</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
+          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258096408</t>
+          <t>9786258096507</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Fransa Seraretnamesi</t>
+          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>135</v>
+        <v>395</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258096392</t>
+          <t>9786258096453</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>Ses ve Yankı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258096439</t>
+          <t>9786258096446</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258096316</t>
+          <t>9786258096415</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Terapi (Ciltli)</t>
+          <t>Niyazi-i Mısri Divanı</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258096347</t>
+          <t>9786258096385</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Lügatı</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258096378</t>
+          <t>9786258096422</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Galib - Kuğunun Son Şarkısı</t>
+          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258096361</t>
+          <t>9786258096408</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Halk Demokrasi İstiyor Mu?</t>
+          <t>Fransa Seraretnamesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257706780</t>
+          <t>9786258096392</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sohrab Sepehri - Bütün Şiirleri</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258096309</t>
+          <t>9786258096439</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih (Ciltli)</t>
+          <t>Surname</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>675</v>
+        <v>425</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258096330</t>
+          <t>9786258096316</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
+          <t>Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258096323</t>
+          <t>9786258096347</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Edebiyat Lügatı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258096293</t>
+          <t>9786258096378</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi 2</t>
+          <t>Galib - Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258096279</t>
+          <t>9786258096361</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Doğu Metafiziği Ve Tasavvuf</t>
+          <t>Halk Demokrasi İstiyor Mu?</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>95</v>
+        <v>285</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258096262</t>
+          <t>9786257706780</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Zağra Müftüsünün Anıları</t>
+          <t>Sohrab Sepehri - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258096255</t>
+          <t>9786258096309</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
+          <t>Osmanlı Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>275</v>
+        <v>875</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258096187</t>
+          <t>9786258096330</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Psikolojisi</t>
+          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258096231</t>
+          <t>9786258096323</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ağlayan Şehir</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>395</v>
+        <v>115</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258096217</t>
+          <t>9786258096293</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>İrade Terbiyesi 2</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258096200</t>
+          <t>9786258096279</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
+          <t>Doğu Metafiziği Ve Tasavvuf</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258096224</t>
+          <t>9786258096262</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Zağra Müftüsünün Anıları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258096194</t>
+          <t>9786258096255</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gül-ü Bülbül</t>
+          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258096088</t>
+          <t>9786258096187</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Alemin Hükümdarı</t>
+          <t>Kitlelerin Psikolojisi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258096033</t>
+          <t>9786258096231</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hurufilik Metinleri Kataloğu</t>
+          <t>İstanbul Ağlayan Şehir</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258096286</t>
+          <t>9786258096217</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258096163</t>
+          <t>9786258096200</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258096132</t>
+          <t>9786258096224</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sokak Köpekleri</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>495</v>
+        <v>145</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258096125</t>
+          <t>9786258096194</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Gül-ü Bülbül</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944486941</t>
+          <t>9786258096088</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi Mevlid</t>
+          <t>Alemin Hükümdarı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>149</v>
+        <v>125</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057838803</t>
+          <t>9786258096033</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan</t>
+          <t>Hurufilik Metinleri Kataloğu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057838742</t>
+          <t>9786258096286</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>445</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057838759</t>
+          <t>9786258096163</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Leyla Ve Mecnun</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057838766</t>
+          <t>9786258096132</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk</t>
+          <t>İstanbul'un Sokak Köpekleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>125</v>
+        <v>575</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057838780</t>
+          <t>9786258096125</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057838735</t>
+          <t>9789944486941</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar</t>
+          <t>Süleyman Çelebi Mevlid</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057838773</t>
+          <t>9786057838803</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü</t>
+          <t>Kılıçarslan</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752448827</t>
+          <t>9786057838742</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057838797</t>
+          <t>9786057838759</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan</t>
+          <t>Leyla Ve Mecnun</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057838902</t>
+          <t>9786057838766</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım (Ciltli)</t>
+          <t>Nizamülmülk</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057838711</t>
+          <t>9786057838780</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Süleyman</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258096156</t>
+          <t>9786057838735</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yorgunluk</t>
+          <t>Aşk Bir Zamanlar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258096118</t>
+          <t>9786057838773</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Serab-ı Ömrüm</t>
+          <t>Jennifer’ın Düğünü</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258096149</t>
+          <t>9789752448827</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258096071</t>
+          <t>9786057838797</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Öteki Canlar</t>
+          <t>Darbe: Kan ve Sultan</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258096095</t>
+          <t>9786057838902</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini</t>
+          <t>Vali Hanım (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258096064</t>
+          <t>9786057838711</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yayılış Tarihi</t>
+          <t>Süleyman</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258096057</t>
+          <t>9786258096156</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Turna'nın Kalbi</t>
+          <t>Dijital Yorgunluk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258096101</t>
+          <t>9786258096118</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Serab-ı Ömrüm</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258096040</t>
+          <t>9786258096149</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Eski Zamanlarda İstanbul Hayatı</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257706995</t>
+          <t>9786258096071</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Öteki Canlar</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258096026</t>
+          <t>9786258096095</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
+          <t>İslam Dini</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257706988</t>
+          <t>9786258096064</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>İslamın Yayılış Tarihi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>575</v>
+        <v>425</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258096019</t>
+          <t>9786258096057</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Son Muhafız</t>
+          <t>Turna'nın Kalbi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258096002</t>
+          <t>9786258096101</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Miras</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257706858</t>
+          <t>9786258096040</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Lemaat</t>
+          <t>Eski Zamanlarda İstanbul Hayatı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257706971</t>
+          <t>9786257706995</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257706964</t>
+          <t>9786258096026</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
+          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257706865</t>
+          <t>9786257706988</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>95</v>
+        <v>645</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257706803</t>
+          <t>9786258096019</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Balkan Dağlarından Dersaadet’e</t>
+          <t>Son Muhafız</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257706926</t>
+          <t>9786258096002</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tarih Ne İşe Yarar?</t>
+          <t>Kayıp Miras</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257706940</t>
+          <t>9786257706858</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hatıraların Evi - Günümüzdeki Aile</t>
+          <t>Lemaat</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257706872</t>
+          <t>9786257706971</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257706902</t>
+          <t>9786257706964</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dante Ezoterizmi</t>
+          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>95</v>
+        <v>575</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257706889</t>
+          <t>9786257706865</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Büyük Üçlü</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257706919</t>
+          <t>9786257706803</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hindu Doktrinleri</t>
+          <t>Balkan Dağlarından Dersaadet’e</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257706896</t>
+          <t>9786257706926</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Ezoterizmi</t>
+          <t>Tarih Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257706933</t>
+          <t>9786257706940</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>A-71</t>
+          <t>Hatıraların Evi - Günümüzdeki Aile</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257706827</t>
+          <t>9786257706872</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257706810</t>
+          <t>9786257706902</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
+          <t>Dante Ezoterizmi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257706834</t>
+          <t>9786257706889</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Büyük Üçlü</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257706841</t>
+          <t>9786257706919</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Yazıları</t>
+          <t>Hindu Doktrinleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257706773</t>
+          <t>9786257706896</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Güleryüzü</t>
+          <t>Hıristiyan Ezoterizmi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257706742</t>
+          <t>9786257706933</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Mistik Yüzü Sufiler</t>
+          <t>A-71</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257706766</t>
+          <t>9786257706827</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257706728</t>
+          <t>9786257706810</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257706759</t>
+          <t>9786257706834</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257706674</t>
+          <t>9786257706841</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Sıyır Karanlığından</t>
+          <t>Sivil Toplum Yazıları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257706636</t>
+          <t>9786257706773</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıralarım</t>
+          <t>Edebiyatımızın Güleryüzü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257706643</t>
+          <t>9786257706742</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpekli Kadın</t>
+          <t>İslam’ın Mistik Yüzü Sufiler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>120</v>
+        <v>149</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257706667</t>
+          <t>9786257706766</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Göl Saatleri</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257706711</t>
+          <t>9786257706728</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>125</v>
+        <v>139</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257706407</t>
+          <t>9786257706759</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Altın Kubbenin Esrarı</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>275</v>
+        <v>124</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257706568</t>
+          <t>9786257706674</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
+          <t>Yüzünü Sıyır Karanlığından</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257706612</t>
+          <t>9786257706636</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Siyasi Hatıralarım</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257706629</t>
+          <t>9786257706643</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan</t>
+          <t>Küçük Köpekli Kadın</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257706483</t>
+          <t>9786257706667</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 2</t>
+          <t>Göl Saatleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257706476</t>
+          <t>9786257706711</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 1</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257706599</t>
+          <t>9786257706407</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Letaifü'l-Minen</t>
+          <t>Altın Kubbenin Esrarı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257706551</t>
+          <t>9786257706568</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı - Cevher Klasikler</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>95</v>
+        <v>575</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257706520</t>
+          <t>9786257706612</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İki Hatırat Üç Şahsiyet</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257706544</t>
+          <t>9786257706629</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Hayy Bin Yakzan</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257706513</t>
+          <t>9786257706483</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Şem u Pervane - Zati</t>
+          <t>Dinimizi Sevdiren Hikayeler 2</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257706421</t>
+          <t>9786257706476</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Armağanı (Ciltli)</t>
+          <t>Dinimizi Sevdiren Hikayeler 1</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257706452</t>
+          <t>9786257706599</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
+          <t>Letaifü'l-Minen</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257706469</t>
+          <t>9786257706551</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımız Hayvanlar</t>
+          <t>Tembellik Hakkı - Cevher Klasikler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>245</v>
+        <v>115</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257706445</t>
+          <t>9786257706520</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali</t>
+          <t>İki Hatırat Üç Şahsiyet</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257706506</t>
+          <t>9786257706544</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Naima</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257706575</t>
+          <t>9786257706513</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Piyale</t>
+          <t>Şem u Pervane - Zati</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257706155</t>
+          <t>9786257706421</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bedriddin ile Zöhra</t>
+          <t>İskender Pala Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257706353</t>
+          <t>9786257706452</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257706537</t>
+          <t>9786257706469</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Dostlarımız Hayvanlar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257706490</t>
+          <t>9786257706445</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Seyahat Jurnali</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257706384</t>
+          <t>9786257706506</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bana Tarihimizi Anlat</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257706438</t>
+          <t>9786257706575</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Neler Gördüm?</t>
+          <t>Piyale</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257706360</t>
+          <t>9786257706155</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Müsameretname</t>
+          <t>Bedriddin ile Zöhra</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257706346</t>
+          <t>9786257706353</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257706377</t>
+          <t>9786257706537</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Ötesi</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257706254</t>
+          <t>9786257706490</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Divan - "Bütün Şiirleri"</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257706339</t>
+          <t>9786257706384</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
+          <t>Bana Tarihimizi Anlat</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257706322</t>
+          <t>9786257706438</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Sürgün</t>
+          <t>Yıldız’da Neler Gördüm?</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257706308</t>
+          <t>9786257706360</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Müsameretname</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257706292</t>
+          <t>9786257706346</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği</t>
+          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257706285</t>
+          <t>9786257706377</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gölgesi</t>
+          <t>Saray ve Ötesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257706315</t>
+          <t>9786257706254</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Horasan Şehidi</t>
+          <t>Divan - "Bütün Şiirleri"</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257706278</t>
+          <t>9786257706339</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
+          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257706070</t>
+          <t>9786257706322</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
+          <t>Saray ve Sürgün</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257706209</t>
+          <t>9786257706308</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasına Yolculuk</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257706193</t>
+          <t>9786257706292</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’l Ataiyye</t>
+          <t>İncir Çekirdeği</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257706148</t>
+          <t>9786257706285</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
+          <t>Kurt Gölgesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257706261</t>
+          <t>9786257706315</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Çirkin Kraliçe</t>
+          <t>Horasan Şehidi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257706162</t>
+          <t>9786257706278</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Yabancılaşması “Batılaşma”</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257706179</t>
+          <t>9786257706070</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Cuntacılıktan Sivil Topluma</t>
+          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257706094</t>
+          <t>9786257706209</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Osmanlı Coğrafyasına Yolculuk</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257706100</t>
+          <t>9786257706193</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Hikemü’l Ataiyye</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257706001</t>
+          <t>9786257706148</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Jübile</t>
+          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257706186</t>
+          <t>9786257706261</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>İstanbul Çirkin Kraliçe</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257706124</t>
+          <t>9786257706162</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
+          <t>Düzenin Yabancılaşması “Batılaşma”</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>1450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257706117</t>
+          <t>9786257706179</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemli Kadınlar</t>
+          <t>Cuntacılıktan Sivil Topluma</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257706056</t>
+          <t>9786257706094</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>375</v>
+        <v>145</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257706063</t>
+          <t>9786257706100</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057838957</t>
+          <t>9786257706001</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Envaru’l Aşıkın (Ciltli)</t>
+          <t>Jübile</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057706049</t>
+          <t>9786257706186</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ahuzar</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257706025</t>
+          <t>9786257706124</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Urfa Ulucami</t>
+          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>350</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257706032</t>
+          <t>9786257706117</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mimli Sözlük</t>
+          <t>Kırık Kalemli Kadınlar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057838933</t>
+          <t>9786257706056</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>145</v>
+        <v>475</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057838667</t>
+          <t>9786257706063</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Zaloğlu Rüstem</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>475</v>
+        <v>315</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057838971</t>
+          <t>9786057838957</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Envaru’l Aşıkın (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057838919</t>
+          <t>9786057706049</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Süleyman - Tiyatro Eserleri 10</t>
+          <t>Ahuzar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057838858</t>
+          <t>9786257706025</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
+          <t>Urfa Ulucami</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057838896</t>
+          <t>9786257706032</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
+          <t>Mimli Sözlük</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057838865</t>
+          <t>9786057838933</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057838872</t>
+          <t>9786057838667</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
+          <t>Zaloğlu Rüstem</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>145</v>
+        <v>595</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057838841</t>
+          <t>9786057838971</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri - Tiyatro Eserleri 5</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057838889</t>
+          <t>9786057838919</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
+          <t>Süleyman - Tiyatro Eserleri 10</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057838728</t>
+          <t>9786057838858</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım - Tiyatro Eserleri 9</t>
+          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057838827</t>
+          <t>9786057838896</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
+          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057838834</t>
+          <t>9786057838865</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
+          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057838506</t>
+          <t>9786057838872</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>695</v>
+        <v>180</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057838599</t>
+          <t>9786057838841</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
+          <t>Lale Devri - Tiyatro Eserleri 5</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057838940</t>
+          <t>9786057838889</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
+          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057838636</t>
+          <t>9786057838728</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Vali Hanım - Tiyatro Eserleri 9</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057838520</t>
+          <t>9786057838827</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057838612</t>
+          <t>9786057838834</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalan 1</t>
+          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057838650</t>
+          <t>9786057838506</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Huzur Atlası</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>475</v>
+        <v>875</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057838629</t>
+          <t>9786057838599</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Kalan 2</t>
+          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>395</v>
+        <v>525</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057838537</t>
+          <t>9786057838940</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
+          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057838544</t>
+          <t>9786057838636</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057838605</t>
+          <t>9786057838520</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocuk</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057838568</t>
+          <t>9786057838612</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çerağ</t>
+          <t>Aklımda Kalan 1</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057838575</t>
+          <t>9786057838650</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Yaşamı ve Ölümü</t>
+          <t>Huzur Atlası</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057838452</t>
+          <t>9786057838629</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Divanı</t>
+          <t>Ardımda Kalan 2</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057838483</t>
+          <t>9786057838537</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kabusname</t>
+          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057838469</t>
+          <t>9786057838544</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Derin Yaraları</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057838513</t>
+          <t>9786057838605</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağı</t>
+          <t>Dijital Çocuk</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057838476</t>
+          <t>9786057838568</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Put</t>
+          <t>Çerağ</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057838391</t>
+          <t>9786057838575</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
+          <t>Malcolm X - Yaşamı ve Ölümü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057838360</t>
+          <t>9786057838452</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
+          <t>Eşrefoğlu Divanı</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057838438</t>
+          <t>9786057838483</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Kabusname</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057838414</t>
+          <t>9786057838469</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin Şeyhi</t>
+          <t>Ruhun Derin Yaraları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057838353</t>
+          <t>9786057838513</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
+          <t>Kaygı Çağı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>525</v>
+        <v>275</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057838384</t>
+          <t>9786057838476</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Put</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057838315</t>
+          <t>9786057838391</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Sesi Halkın Nefesi</t>
+          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057838407</t>
+          <t>9786057838360</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızı</t>
+          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>320</v>
+        <v>475</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057838377</t>
+          <t>9786057838438</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştirmek</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057838346</t>
+          <t>9786057838414</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
+          <t>Hüsrev ü Şirin Şeyhi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057838322</t>
+          <t>9786057838353</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>İşgal Günlerinde İstanbul</t>
+          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057838339</t>
+          <t>9786057838384</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057838308</t>
+          <t>9786057838315</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatına Yön Verenler</t>
+          <t>Sarayın Sesi Halkın Nefesi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057838247</t>
+          <t>9786057838407</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
+          <t>Akşam Yıldızı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057838131</t>
+          <t>9786057838377</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Nalköyü</t>
+          <t>Dünyayı Güzelleştirmek</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057838278</t>
+          <t>9786057838346</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 3</t>
+          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057838254</t>
+          <t>9786057838322</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları</t>
+          <t>İşgal Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057838063</t>
+          <t>9786057838339</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Yolunda Sayılı Yıllar</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057838148</t>
+          <t>9786057838308</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri Hz. Ali</t>
+          <t>Türk Edebiyatına Yön Verenler</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057838155</t>
+          <t>9786057838247</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Nil'den Tuna'ya Osmanlı</t>
+          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057838087</t>
+          <t>9786057838131</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler</t>
+          <t>Nalköyü</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057838094</t>
+          <t>9786057838278</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Yaşama Sanatı</t>
+          <t>Ravza'nın Yıldızları 3</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057838117</t>
+          <t>9786057838254</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Pendname (Tam Metin)</t>
+          <t>Ravza'nın Yıldızları</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789752448865</t>
+          <t>9786057838063</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Varoluş Yolunda Sayılı Yıllar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057838070</t>
+          <t>9786057838148</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Müminlerin Emiri Hz. Ali</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>1100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057838056</t>
+          <t>9786057838155</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar Tarihi</t>
+          <t>Nil'den Tuna'ya Osmanlı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>475</v>
+        <v>395</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789752448841</t>
+          <t>9786057838087</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları</t>
+          <t>Mevlana ve Etrafındakiler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752448940</t>
+          <t>9786057838094</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
+          <t>İstanbul'da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057838032</t>
+          <t>9786057838117</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar için Kılavuz</t>
+          <t>Pendname (Tam Metin)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055107260</t>
+          <t>9789752448865</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hafız (Ciltli)</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752448957</t>
+          <t>9786057838070</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Kıyamet 1453</t>
+          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>475</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752448988</t>
+          <t>9786057838056</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Temiz Akla Çağrı</t>
+          <t>Yeni Osmanlılar Tarihi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752448834</t>
+          <t>9789752448841</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mührün Gücü</t>
+          <t>Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>475</v>
+        <v>445</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752448889</t>
+          <t>9789752448940</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789752448964</t>
+          <t>9786057838032</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Güzele Bakan Karınca</t>
+          <t>Başı Sınuklar için Kılavuz</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789752448995</t>
+          <t>9786055107260</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam - Ebu Hanife</t>
+          <t>Hafız (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789752448728</t>
+          <t>9789752448957</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tennure ve Ateş</t>
+          <t>Fetih ve Kıyamet 1453</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752448735</t>
+          <t>9789752448988</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Göçebe Ruhu</t>
+          <t>Temiz Akla Çağrı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789752448759</t>
+          <t>9789752448834</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir Misin?</t>
+          <t>Mührün Gücü</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>345</v>
+        <v>575</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752448773</t>
+          <t>9789752448889</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>249</v>
+        <v>175</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752448742</t>
+          <t>9789752448964</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Güzele Bakan Karınca</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789752448261</t>
+          <t>9789752448995</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
+          <t>İmam-ı Azam - Ebu Hanife</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752448711</t>
+          <t>9789752448728</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Tennure ve Ateş</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752448667</t>
+          <t>9789752448735</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Edebiyat Bilgileri</t>
+          <t>Türk'ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>795</v>
+        <v>425</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752448568</t>
+          <t>9789752448759</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Gömlek</t>
+          <t>Beni Sessiz de Sevebilir Misin?</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752448681</t>
+          <t>9789752448773</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolunda</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789752448674</t>
+          <t>9789752448742</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tek Kalan Fincan</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752448643</t>
+          <t>9789752448261</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Akıl Aşk ve Ötesi</t>
+          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752448636</t>
+          <t>9789752448711</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bir Kere Daha Son</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752448650</t>
+          <t>9789752448667</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Örneklerle Edebiyat Bilgileri</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>175</v>
+        <v>945</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752448575</t>
+          <t>9789752448568</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>Kanlı Gömlek</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752448605</t>
+          <t>9789752448681</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Tasavvuf Yolunda</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752448612</t>
+          <t>9789752448674</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Siyaset</t>
+          <t>Tek Kalan Fincan</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752448629</t>
+          <t>9789752448643</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
+          <t>Akıl Aşk ve Ötesi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>525</v>
+        <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789752448551</t>
+          <t>9789752448636</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Bir Kere Daha Son</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752448537</t>
+          <t>9789752448650</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752448506</t>
+          <t>9789752448575</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Vizeli Alaeddin</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752448490</t>
+          <t>9789752448605</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752448254</t>
+          <t>9789752448612</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Derinlik</t>
+          <t>Osmanlı Klasik Çağında Siyaset</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752448513</t>
+          <t>9789752448629</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
+          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752448438</t>
+          <t>9789752448551</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah - Cennet Fedaileri</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752448230</t>
+          <t>9789752448537</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752448452</t>
+          <t>9789752448506</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İskele Gazinosu</t>
+          <t>Kaygusuz Vizeli Alaeddin</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752448445</t>
+          <t>9789752448490</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752448926</t>
+          <t>9789752448254</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Efsane (Midi Boy)</t>
+          <t>Jeopolitik Derinlik</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789752448421</t>
+          <t>9789752448513</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kerbela - Hz. Hüseyin</t>
+          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752448391</t>
+          <t>9789752448438</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Hasan Sabbah - Cennet Fedaileri</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752448414</t>
+          <t>9789752448230</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kalbi</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752448407</t>
+          <t>9789752448452</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>İskele Gazinosu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752448377</t>
+          <t>9789752448445</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Oğuzname</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752448292</t>
+          <t>9789752448926</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Paris Sevdası</t>
+          <t>Efsane (Midi Boy)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752448315</t>
+          <t>9789752448421</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Kerbela - Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752448278</t>
+          <t>9789752448391</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752448285</t>
+          <t>9789752448414</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Öğretmeni</t>
+          <t>Kelimelerin Kalbi</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752448308</t>
+          <t>9789752448407</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Abum Rabum</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752448223</t>
+          <t>9789752448377</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Altın Kapı</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>325</v>
+        <v>349</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752448216</t>
+          <t>9789752448292</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Önce Bir Hayat Vardır</t>
+          <t>Paris Sevdası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752448209</t>
+          <t>9789752448315</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752448193</t>
+          <t>9789752448278</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Vaktini Bekleyen Tohum</t>
+          <t>Babalar da Ağlar</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752448179</t>
+          <t>9789752448285</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Sevgi Öğretmeni</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752448186</t>
+          <t>9789752448308</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mavi Turna</t>
+          <t>Abum Rabum</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>175</v>
+        <v>525</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752448148</t>
+          <t>9789752448223</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Cenkleri</t>
+          <t>Altın Kapı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752448155</t>
+          <t>9789752448216</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
+          <t>Ölümden Önce Bir Hayat Vardır</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789752448124</t>
+          <t>9789752448209</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752448117</t>
+          <t>9789752448193</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Vaktini Bekleyen Tohum</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752448087</t>
+          <t>9789752448179</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Baki Nedim</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752448131</t>
+          <t>9789752448186</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin ve Manakıbı</t>
+          <t>Mavi Turna</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752448094</t>
+          <t>9789752448148</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Hz. Ali Cenkleri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>125</v>
+        <v>545</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752448063</t>
+          <t>9789752448155</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Manevi Sultanları</t>
+          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752448001</t>
+          <t>9789752448124</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752448032</t>
+          <t>9789752448117</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789752448018</t>
+          <t>9789752448087</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kudüs'te Kaldı</t>
+          <t>Fuzuli Baki Nedim</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055147976</t>
+          <t>9789752448131</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Psikolojimiz</t>
+          <t>Şeyh Bedreddin ve Manakıbı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786055147990</t>
+          <t>9789752448094</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı - 2</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786055147983</t>
+          <t>9789752448063</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tozun Aşkı</t>
+          <t>Osmanlı'nın Manevi Sultanları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055147938</t>
+          <t>9789752448001</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786055147969</t>
+          <t>9789752448032</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Entrikaları</t>
+          <t>Hayat Apartmanı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055147921</t>
+          <t>9789752448018</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Bir Ateşpare Bin Yangın</t>
+          <t>Kalbim Kudüs'te Kaldı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>275</v>
+        <v>675</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257706797</t>
+          <t>9786055147976</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>İnternet ve Psikolojimiz</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055147907</t>
+          <t>9786055147990</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Hüzün Yanığı - 2</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055147884</t>
+          <t>9786055147983</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Tozun Aşkı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055147891</t>
+          <t>9786055147938</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055147839</t>
+          <t>9786055147969</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Ayasofya Entrikaları</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055147877</t>
+          <t>9786055147921</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Görmek</t>
+          <t>Bir Ateşpare Bin Yangın</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055147846</t>
+          <t>9786257706797</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Çeşmesi</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786055147822</t>
+          <t>9786055147907</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Resim</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786055147860</t>
+          <t>9786055147884</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Karun ve Anarşist</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055147679</t>
+          <t>9786055147891</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Od (Ciltli)</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055147808</t>
+          <t>9786055147839</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055147709</t>
+          <t>9786055147877</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
+          <t>Karanlıkta Görmek</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055147747</t>
+          <t>9786055147846</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Gözyaşı Çeşmesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055147754</t>
+          <t>9786055147822</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Hacer</t>
+          <t>Masal ve Resim</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055147648</t>
+          <t>9786055147860</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Arap</t>
+          <t>Karun ve Anarşist</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>165</v>
+        <v>345</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055147785</t>
+          <t>9786055147679</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
+          <t>Od (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>155</v>
+        <v>475</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786055147716</t>
+          <t>9786055147808</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055147730</t>
+          <t>9786055147709</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
+          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055147686</t>
+          <t>9786055147747</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali ve Fatıma</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055147693</t>
+          <t>9786055147754</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
+          <t>Hz. İbrahim ve Hacer</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055147778</t>
+          <t>9786055147648</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Motto</t>
+          <t>Türk ve Arap</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055147600</t>
+          <t>9786055147785</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055147631</t>
+          <t>9786055147716</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055147655</t>
+          <t>9786055147730</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşk</t>
+          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055147587</t>
+          <t>9786055147686</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
+          <t>Hz. Ali ve Fatıma</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055147556</t>
+          <t>9786055147693</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055147570</t>
+          <t>9786055147778</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Motto</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786055147518</t>
+          <t>9786055147600</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Belagat-ı Osmaniyye</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055147563</t>
+          <t>9786055147631</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Türküsü</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>235</v>
+        <v>495</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055147532</t>
+          <t>9786055147655</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid</t>
+          <t>Sanal Aşk</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055147525</t>
+          <t>9786055147587</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>235</v>
+        <v>395</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786055147549</t>
+          <t>9786055147556</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hastalık</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055147488</t>
+          <t>9786055147570</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055147365</t>
+          <t>9786055147518</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası</t>
+          <t>Belagat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786055147396</t>
+          <t>9786055147563</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Evlerinin Önü</t>
+          <t>Tanpınar’ın Türküsü</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786055147310</t>
+          <t>9786055147532</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu Uzun Öter</t>
+          <t>2. Abdülhamid</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055147457</t>
+          <t>9786055147525</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786055147211</t>
+          <t>9786055147549</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
+          <t>Edebiyat ve Hastalık</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>575</v>
+        <v>345</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786055147426</t>
+          <t>9786055147488</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786054322787</t>
+          <t>9786055147365</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kahveniz Nasıl Olsun?</t>
+          <t>Efsanevi İstanbul Yarımadası</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789758950362</t>
+          <t>9786055147396</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kahve Molası</t>
+          <t>Evlerinin Önü</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786055107215</t>
+          <t>9786055147310</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Aşk Estetiği</t>
+          <t>Gece Kuşu Uzun Öter</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786055147327</t>
+          <t>9786055147457</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Dönmeler Adeti</t>
+          <t>Racon</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786055147303</t>
+          <t>9786055147211</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Modernizm Şiir</t>
+          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>445</v>
+        <v>695</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786055147334</t>
+          <t>9786055147426</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilge Kağan</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>235</v>
+        <v>395</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786055147235</t>
+          <t>9786054322787</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Kahveniz Nasıl Olsun?</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786055147228</t>
+          <t>9789758950362</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Melamilik ve Melamiler</t>
+          <t>Kahve Molası</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786055147297</t>
+          <t>9786055107215</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu Aşıkları</t>
+          <t>Aşk Estetiği</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789758950232</t>
+          <t>9786055147327</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Meclisi</t>
+          <t>Dönmeler Adeti</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789758950645</t>
+          <t>9786055147303</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Kapı</t>
+          <t>Türk Şiiri Modernizm Şiir</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>135</v>
+        <v>545</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786055147259</t>
+          <t>9786055147334</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Şuur ve Ahlak</t>
+          <t>Türk Bilge Kağan</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786055147198</t>
+          <t>9786055147235</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Death in Babylon Love in Istanbul</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786055107239</t>
+          <t>9786055147228</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Melamilik ve Melamiler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786055147815</t>
+          <t>9786055147297</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
+          <t>Zaman Yolculuğu Aşıkları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786055147280</t>
+          <t>9789758950232</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Leyla’yı Sevenler Kulübü</t>
+          <t>Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786055147129</t>
+          <t>9789758950645</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Açıdan İslam Tarihi</t>
+          <t>Kırkıncı Kapı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786055147181</t>
+          <t>9786055147259</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Muhammedi Şuur ve Ahlak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>95</v>
+        <v>345</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786055147167</t>
+          <t>9786055147198</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Death in Babylon Love in Istanbul</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055147136</t>
+          <t>9786055107239</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sükut-i Harf</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786055147099</t>
+          <t>9786055147815</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786055147174</t>
+          <t>9786055147280</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
+          <t>Leyla’yı Sevenler Kulübü</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786055147150</t>
+          <t>9786055147129</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Gece Rüzgarları</t>
+          <t>Sosyal Açıdan İslam Tarihi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786055107123</t>
+          <t>9786055147181</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Hilal Görününce</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786055147105</t>
+          <t>9786055147167</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nefhalar</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786055147082</t>
+          <t>9786055147136</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
+          <t>Sükut-i Harf</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786055147051</t>
+          <t>9786055147099</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bakmak Görmek Bir De Bilmek</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786055147112</t>
+          <t>9786055147174</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Rafia Sultan</t>
+          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789944486750</t>
+          <t>9786055147150</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbulda...</t>
+          <t>Gece Rüzgarları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786054322411</t>
+          <t>9786055107123</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed Savaşçısı</t>
+          <t>Hilal Görününce</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786055147037</t>
+          <t>9786055147105</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Peşinde Koşan Padişah</t>
+          <t>İlahi Nefhalar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055107925</t>
+          <t>9786055147082</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786055107987</t>
+          <t>9786055147051</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Hadisleri</t>
+          <t>Bakmak Görmek Bir De Bilmek</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786055107734</t>
+          <t>9786055147112</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud</t>
+          <t>Rafia Sultan</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>165</v>
+        <v>395</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786055107956</t>
+          <t>9789944486750</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı</t>
+          <t>Bir Zamanlar İstanbulda...</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786055107932</t>
+          <t>9786054322411</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Bir Mabed Savaşçısı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786055147945</t>
+          <t>9786055147037</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
+          <t>Hikaye Peşinde Koşan Padişah</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786055107895</t>
+          <t>9786055107925</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786055107796</t>
+          <t>9786055107987</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Ciltli)</t>
+          <t>Hz. Muhammed ve Hadisleri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786055107727</t>
+          <t>9786055107734</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Karikatürün Aynasında Edebiyatçılar</t>
+          <t>Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055107840</t>
+          <t>9786055107956</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>He’nin İki Gözü İki Çeşme</t>
+          <t>Hüzün Yanığı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786055107871</t>
+          <t>9786055107932</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Külhanbeyi</t>
+          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786055107697</t>
+          <t>9786055147945</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
+          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>185</v>
+        <v>545</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786055107857</t>
+          <t>9786055107895</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>195</v>
+        <v>525</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786055107826</t>
+          <t>9786055107796</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kırmalı Etekler</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>325</v>
+        <v>795</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786055107772</t>
+          <t>9786055107727</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Direnen Yıldız</t>
+          <t>Karikatürün Aynasında Edebiyatçılar</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789758950423</t>
+          <t>9786055107840</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi</t>
+          <t>He’nin İki Gözü İki Çeşme</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786055107963</t>
+          <t>9786055107871</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Müzik Söyleyişleri</t>
+          <t>Külhanbeyi</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786055107604</t>
+          <t>9786055107697</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Tutiname</t>
+          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>295</v>
+        <v>224</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786055107758</t>
+          <t>9786055107857</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Evlilikler Yalnızlıklar Umutlar</t>
+          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786055107291</t>
+          <t>9786055107826</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Kırmalı Etekler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786054322848</t>
+          <t>9786055107772</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>Karanlığa Direnen Yıldız</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055107246</t>
+          <t>9789758950423</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055107789</t>
+          <t>9786055107963</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Müzik Söyleyişleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786055107765</t>
+          <t>9786055107604</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İstanbulcunun Sandığı</t>
+          <t>Tutiname</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786054322022</t>
+          <t>9786055107758</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dört Rengi</t>
+          <t>Evlilikler Yalnızlıklar Umutlar</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759944483</t>
+          <t>9786055107291</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Ölerek Yaşıyorum</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786054322145</t>
+          <t>9786054322848</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786055107598</t>
+          <t>9786055107246</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789758950850</t>
+          <t>9786055107789</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Türbanın Yeniden İcadı</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789944486972</t>
+          <t>9786055107765</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Tutunma</t>
+          <t>İstanbulcunun Sandığı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786054683598</t>
+          <t>9786054322022</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Felsefe</t>
+          <t>Ölümün Dört Rengi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789944486576</t>
+          <t>9789759944483</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Tuğlalar</t>
+          <t>Ölerek Yaşıyorum</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789758950973</t>
+          <t>9786054322145</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal İki Cihan Arasında 3</t>
+          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789758950416</t>
+          <t>9786055107598</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Güzeller</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789758950065</t>
+          <t>9789758950850</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Mir’at</t>
+          <t>Türbanın Yeniden İcadı</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786054683574</t>
+          <t>9789944486972</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Felsefe</t>
+          <t>Tutunma</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786054322503</t>
+          <t>9786054683598</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Mihri Müşfik Hanım’ın İzinde</t>
+          <t>Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786054322473</t>
+          <t>9789944486576</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Sırlı Tuğlalar</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786054683260</t>
+          <t>9789758950973</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Namık Kemal İki Cihan Arasında 3</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789944486149</t>
+          <t>9789758950416</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
+          <t>Müstesna Güzeller</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786055107178</t>
+          <t>9789758950065</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sada</t>
+          <t>Mir’at</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786055107673</t>
+          <t>9786054683574</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
+          <t>Mimarlık ve Felsefe</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786055107390</t>
+          <t>9786054322503</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Nesimi Usuli Ruhi</t>
+          <t>Mihri Müşfik Hanım’ın İzinde</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786055107505</t>
+          <t>9786054322473</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786055107567</t>
+          <t>9786054683260</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Aşkın 7 Hali Bişnev!</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786055107451</t>
+          <t>9789944486149</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>155</v>
+        <v>85</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786054683819</t>
+          <t>9786055107178</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Hoş Sada</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786055107024</t>
+          <t>9786055107673</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
+          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786054322947</t>
+          <t>9786055107390</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Dile Duran Ölüm</t>
+          <t>Nesimi Usuli Ruhi</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786054322749</t>
+          <t>9786055107505</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Devrilen Kazan</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789758950577</t>
+          <t>9786055107567</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Değişen Koşullarda Alevilik</t>
+          <t>Aşkın 7 Hali Bişnev!</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786055107499</t>
+          <t>9786055107451</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Serüveni</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786055107444</t>
+          <t>9786054683819</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055107284</t>
+          <t>9786055107024</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Naili-i Kadim (Ciltli)</t>
+          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
         </is>
       </c>
       <c r="C783" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786055107482</t>
+          <t>9786054322947</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Onlardan Kalan</t>
+          <t>Dile Duran Ölüm</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786055107970</t>
+          <t>9786054322749</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Sırrı : Türk Peygamber</t>
+          <t>Devrilen Kazan</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786055107406</t>
+          <t>9789758950577</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
+          <t>Değişen Koşullarda Alevilik</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786055147273</t>
+          <t>9786055107499</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Tuna Güzellemesi</t>
+          <t>Fotoğrafın Serüveni</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>255</v>
+        <v>425</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786055107994</t>
+          <t>9786055107444</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055147013</t>
+          <t>9786055107284</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
+          <t>Naili-i Kadim (Ciltli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786054683345</t>
+          <t>9786055107482</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Simiti</t>
+          <t>Onlardan Kalan</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789752448919</t>
+          <t>9786055107970</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Evimizin Ressamı</t>
+          <t>Bozkırın Sırrı : Türk Peygamber</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786055147372</t>
+          <t>9786055107406</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Arkadaş</t>
+          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055147464</t>
+          <t>9786055147273</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Kırk Yılım</t>
+          <t>Tuna Güzellemesi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786055107574</t>
+          <t>9786055107994</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yolu</t>
+          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786054322817</t>
+          <t>9786055147013</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786054322985</t>
+          <t>9786054683345</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Marx’ın Simiti</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789758950744</t>
+          <t>9789752448919</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
+          <t>Malik Aksel - Evimizin Ressamı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786054683253</t>
+          <t>9786055147372</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilerin Serencamı</t>
+          <t>Kayıp Arkadaş</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055107420</t>
+          <t>9786055147464</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kırk Vezir Hikayeleri</t>
+          <t>Boğaziçi'nde Kırk Yılım</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786055107536</t>
+          <t>9786055107574</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
+          <t>İmparatorlar Yolu</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786055107635</t>
+          <t>9786054322817</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Aşka Tutunmak</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786055107611</t>
+          <t>9786054322985</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Tren Burdan Geçmiyor</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786055107550</t>
+          <t>9789758950744</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Gizli Öznesi</t>
+          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786054683789</t>
+          <t>9786054683253</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bektaşilerin Serencamı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786054322725</t>
+          <t>9786055107420</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l-Hüsna Şerhi</t>
+          <t>Kırk Vezir Hikayeleri</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786054322374</t>
+          <t>9786055107536</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054322992</t>
+          <t>9786055107635</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Hürriyet</t>
+          <t>Aşka Tutunmak</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789758950447</t>
+          <t>9786055107611</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Dilinden</t>
+          <t>Tren Burdan Geçmiyor</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786054322190</t>
+          <t>9786055107550</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Şair Fatih: Avni</t>
+          <t>Şehrin Gizli Öznesi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786054322251</t>
+          <t>9786054683789</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 3</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055107383</t>
+          <t>9786054322725</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Yunus, Ne Hoş Demişsin</t>
+          <t>Esmaü'l-Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786055107352</t>
+          <t>9786054322374</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Mihmandar</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>475</v>
+        <v>445</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789944486347</t>
+          <t>9786054322992</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
+          <t>Sürgün ve Hürriyet</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786054322541</t>
+          <t>9789758950447</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Çağının Ruh</t>
+          <t>Şairlerin Dilinden</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786055107277</t>
+          <t>9786054322190</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
+          <t>Şair Fatih: Avni</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786055107314</t>
+          <t>9786054322251</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip (Ciltli)</t>
+          <t>Şahane Gazeller 3</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786055257101</t>
+          <t>9786055107383</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Arasokakların Tarihi</t>
+          <t>Yunus, Ne Hoş Demişsin</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789758950713</t>
+          <t>9786055107352</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasında Komünist Hareket</t>
+          <t>Mihmandar</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786054683284</t>
+          <t>9789944486347</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmış Tebessüm</t>
+          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786055107338</t>
+          <t>9786054322541</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Kanuni Çağının Ruh</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786055107253</t>
+          <t>9786055107277</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Henüz 17 Yaşında</t>
+          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786055107307</t>
+          <t>9786055107314</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Şeyh Galip (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786055107666</t>
+          <t>9786055257101</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Seçmeler</t>
+          <t>Arasokakların Tarihi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786055107659</t>
+          <t>9789758950713</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Sürgün Şairleri</t>
+          <t>Arap Dünyasında Komünist Hareket</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786055107208</t>
+          <t>9786054683284</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
+          <t>Arada Kalmış Tebessüm</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055107222</t>
+          <t>9786055107338</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Secdesi</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>365</v>
+        <v>235</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786055107154</t>
+          <t>9786055107253</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Henüz 17 Yaşında</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786055107130</t>
+          <t>9786055107307</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Ayın Bitmeyen Çocukluğu</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786055107116</t>
+          <t>9786055107666</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler ve Yazılar</t>
+          <t>Kutadgu Bilig - Seçmeler</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>275</v>
+        <v>249</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786054683543</t>
+          <t>9786055107659</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Osmanlının Sürgün Şairleri</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786054322558</t>
+          <t>9786055107208</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşler Kervanı</t>
+          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786055257088</t>
+          <t>9786055107222</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları</t>
+          <t>Aşkın Secdesi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>125</v>
+        <v>445</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944486316</t>
+          <t>9786055107154</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yeni İran Sineması</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786055107000</t>
+          <t>9786055107130</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Irkçılık</t>
+          <t>Ayın Bitmeyen Çocukluğu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789944486507</t>
+          <t>9786055107116</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Seçme Şiirler ve Yazılar</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789944486842</t>
+          <t>9786054683543</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal: Eve Dönen Adam</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786054322893</t>
+          <t>9786054322558</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Yitik Düşler Kervanı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786054683956</t>
+          <t>9786055257088</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Veda Şarkısı</t>
+          <t>Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789758950096</t>
+          <t>9789944486316</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ve Gazel Yeniden</t>
+          <t>Yeni İran Sineması</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786054683116</t>
+          <t>9786055107000</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Yakın Tarihimizde Irkçılık</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789944486194</t>
+          <t>9789944486507</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786054322831</t>
+          <t>9789944486842</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Türküler Kalır</t>
+          <t>Yahya Kemal: Eve Dönen Adam</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786054322343</t>
+          <t>9786054322893</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Dini Resimler</t>
+          <t>Viyana Dönüşü</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789758950508</t>
+          <t>9786054683956</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Türk Safo’su Mihri Hatun</t>
+          <t>Veda Şarkısı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786055107079</t>
+          <t>9789758950096</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Türk Mimarları</t>
+          <t>Ve Gazel Yeniden</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786054683093</t>
+          <t>9786054683116</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789758950089</t>
+          <t>9789944486194</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arası</t>
+          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>345</v>
+        <v>95</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789758950621</t>
+          <t>9786054322831</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Heterodoksi ve Babailer</t>
+          <t>Türküler Kalır</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786054683420</t>
+          <t>9786054322343</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
+          <t>Türklerde Dini Resimler</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789758950041</t>
+          <t>9789758950508</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Şi’r-i Kadim</t>
+          <t>Türk Safo’su Mihri Hatun</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789758950997</t>
+          <t>9786055107079</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
+          <t>Türk Mimarları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789758950454</t>
+          <t>9786054683093</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Şiirler, Şairler, Meclisler</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786054322244</t>
+          <t>9789758950089</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 2</t>
+          <t>Tavan Arası</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752448766</t>
+          <t>9789758950621</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Tarih, Heterodoksi ve Babailer</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>149</v>
+        <v>245</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789944486835</t>
+          <t>9789758950997</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid ve Zamanı</t>
+          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786054322336</t>
+          <t>9789944486330</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özünden Dünden Bugüne Atasözleri</t>
+          <t>Rüya Sineması Deneme 1</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786054322619</t>
+          <t>9789758950669</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Söz’ün Özü</t>
+          <t>Modernleşme, Sekülerleşme ve Protestanlaşma Sürecinde Değişen Kentte Dini Hayat ve Fetva Soruları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786055107055</t>
+          <t>9786054683727</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Seyyah ve Sufi</t>
+          <t>Mevlana Aşkına - Gönül Işıtan Hikayeler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054683796</t>
+          <t>9786054322794</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Kutsal Sandık</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789944486590</t>
+          <t>9789944486828</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Semahlar</t>
+          <t>İstanbul’un İçinde Bir Boğaziçi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789758950751</t>
+          <t>9789944486729</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Savaş Meydanı Cezayir 1988-2002</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786054322459</t>
+          <t>9789944486682</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Düşünürler</t>
+          <t>İmparatorluğu Kurtarmak</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786054683581</t>
+          <t>9789944486538</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Felsefe</t>
+          <t>İletişim: Deveran mı? Kesik Devre mi?</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786054322596</t>
+          <t>9789758950966</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>İki Cihan Arasında 4: Abdülhak Hamid</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>395</v>
+        <v>90</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786055257156</t>
+          <t>9789944486026</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Rüyada Terakki</t>
+          <t>Gözlerinizden Korkuyorum</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789944486330</t>
+          <t>9789944486040</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sineması Deneme 1</t>
+          <t>Gizli Rol</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786054322466</t>
+          <t>9789944486385</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Refik Halid</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789944486804</t>
+          <t>9789758950188</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Hediyesi</t>
+          <t>Dünün Devrimcileri Bugünün Reformistleri İran’da Siyasal, Kültürel ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786054322695</t>
+          <t>9789944486378</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Prenses Maria</t>
+          <t>Bütün Öyküleri 4 Halvet Der Encümen / 40 Gözaltı Öyküsü ve Diğerleri</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789758950034</t>
+          <t>9789944486422</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Peri-Şan Güzeller</t>
+          <t>Ayan Beyan Bütün Öyküleri 5</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>135</v>
-[...28 lines deleted...]
-      <c r="C872" s="1">
         <v>125</v>
-      </c>
-[...1768 lines deleted...]
-        <v>245</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>