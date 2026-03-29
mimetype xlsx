--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -85,13075 +85,13240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258521085</t>
+          <t>9786258521245</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İletişim Psikolojisi</t>
+          <t>Soygun</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258521054</t>
+          <t>9786258521160</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Simalar</t>
+          <t>İki Komite İki Kıtal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258521047</t>
+          <t>9786258521177</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Perili Köşkler Kent Rehberi</t>
+          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı (Numaralı Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258521023</t>
+          <t>9786258521122</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Varlık Kokusu</t>
+          <t>Dünya Nöbeti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258521115</t>
+          <t>9786258521139</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Goştaspname</t>
+          <t>Yaklaşan İyiliğin Elçisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258521030</t>
+          <t>9786258521184</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır (Siyah - Beyaz)</t>
+          <t>Mutluluğun Fethi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258521016</t>
+          <t>9786258521153</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Psikoloji</t>
+          <t>Nasihatül Müluk - Liderlere Öğütler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>445</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258521009</t>
+          <t>9786258521061</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yol</t>
+          <t>Eğik Ağaçlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256661967</t>
+          <t>9786258521078</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Yollarında</t>
+          <t>Bölüşmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256661981</t>
+          <t>9786258521146</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Üç Veli</t>
+          <t>Halk Müziğinde Bir Ömür</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256661950</t>
+          <t>9786258521092</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>El-Medinetü'l-Fazıla</t>
+          <t>Yeni Bir Yaşam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256661998</t>
+          <t>9786258521085</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Buğu</t>
+          <t>İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256661974</t>
+          <t>9786258521054</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yer Gümbürdüyor</t>
+          <t>Tarihi Simalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256661943</t>
+          <t>9786258521047</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Uçuşu</t>
+          <t>İstanbul Perili Köşkler Kent Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256661936</t>
+          <t>9786258521023</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
+          <t>Varlık Kokusu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256661912</t>
+          <t>9786258521115</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Danişmend</t>
+          <t>Goştaspname</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055107628</t>
+          <t>9786258521030</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
+          <t>Hayat Teselli Bulmaktır (Siyah - Beyaz)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054683475</t>
+          <t>9786258521016</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş Kitabı</t>
+          <t>Koruyucu Psikoloji</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055107109</t>
+          <t>9786258521009</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Dördüncü Yol</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057838995</t>
+          <t>9786256661967</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Kafkas Yollarında</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256661899</t>
+          <t>9786256661981</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Bir Devir Üç Veli</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256661905</t>
+          <t>9786256661950</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>El-Medinetü'l-Fazıla</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256661929</t>
+          <t>9786256661998</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şah'ın Bahçesinde</t>
+          <t>Aynadaki Buğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256661455</t>
+          <t>9786256661974</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kalpazanlar</t>
+          <t>Yer Gümbürdüyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256661066</t>
+          <t>9786256661943</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
+          <t>Kartalın Uçuşu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2486137100014</t>
+          <t>9786256661936</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
+          <t>Olağandışı İnsanlarla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257706704</t>
+          <t>9786256661912</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
+          <t>Danişmend</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257706735</t>
+          <t>9786055107628</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>İstanbul Nasıl Gezilir - Bir İstanbul Kültürü Kitabı 6</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>59</v>
+        <v>295</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752448933</t>
+          <t>9786054683475</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem (Midi Boy)</t>
+          <t>Neşet Ertaş Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>134.9</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752448797</t>
+          <t>9786055107109</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan (Midi Boy)</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>134.9</v>
+        <v>395</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055257026</t>
+          <t>9786057838995</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>11.57</v>
+        <v>395</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944486767</t>
+          <t>9786256661899</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758950317</t>
+          <t>9786256661905</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054322510</t>
+          <t>9786256661929</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Şair Muhibbi</t>
+          <t>Şah'ın Bahçesinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054322756</t>
+          <t>9786256661455</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Sanat ve Folklor</t>
+          <t>Kalpazanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758950959</t>
+          <t>9786256661066</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
+          <t>Ben Böyle Düşünüyorum! Demekle Olmuyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>65</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055257095</t>
+          <t>2486137100014</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Keşf-i Kadim</t>
+          <t>Cevdet Kudret Kitap Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944486743</t>
+          <t>9786257706704</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Başı Sınuklar İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758950546</t>
+          <t>9786257706735</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>9.26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055107888</t>
+          <t>9789752448933</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
+          <t>Katre-i Matem (Midi Boy)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055107437</t>
+          <t>9789752448797</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
+          <t>Şah ve Sultan (Midi Boy)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055107192</t>
+          <t>9786055257026</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>295</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055147501</t>
+          <t>9789944486767</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hevenk: Kayıp İstanbul</t>
+          <t>Osmanlı İmparatorluğu’nda ve Türkiye Cumhuriyeti’nde Yahudiler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055147792</t>
+          <t>9789758950317</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dinle Rabia'nın Dilinden</t>
+          <t>Naili Şahane Gazeller 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752448896</t>
+          <t>9786054322510</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
+          <t>Muhteşem Şair Muhibbi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>134.9</v>
+        <v>155</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752448025</t>
+          <t>9786054322756</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Malik Aksel - Sanat ve Folklor</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055107345</t>
+          <t>9789758950959</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
+          <t>Muallim Naci İki Cihan Arasında 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758950478</t>
+          <t>9786055257095</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Keşf-i Kadim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944486163</t>
+          <t>9789944486743</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054322169</t>
+          <t>9789758950546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hayatı</t>
+          <t>Haşişiler İslâm’da Radikal Bir Tarikat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944486170</t>
+          <t>9786055107888</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
+          <t>Sadreddin Konevi Kitaplığı - Tasavvuf Metafiziği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054322015</t>
+          <t>9786055107437</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Azab-ı Mukaddes</t>
+          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944486101</t>
+          <t>9786055107192</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>65</v>
+        <v>295</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944486095</t>
+          <t>9786055147501</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
+          <t>Hevenk: Kayıp İstanbul</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>70</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944486132</t>
+          <t>9786055147792</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
+          <t>Dinle Rabia'nın Dilinden</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752448476</t>
+          <t>9789752448896</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Midi Boy)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758950270</t>
+          <t>9789752448025</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758950263</t>
+          <t>9786055107345</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
+          <t>Ömer Seyfettin Bütün Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055257118</t>
+          <t>9789758950478</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054683499</t>
+          <t>9789944486163</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gönlün Sırları</t>
+          <t>Seyyid Nesimi Gül ile Gülü Tartanlar 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944486187</t>
+          <t>9786054322169</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
+          <t>Sanat Hayatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>49</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054322671</t>
+          <t>9789944486170</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul</t>
+          <t>Aziz Mahmud Hüdayi Gül ile Gülü Tartanlar 4</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054322114</t>
+          <t>9786054322015</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Estetiği</t>
+          <t>Azab-ı Mukaddes</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055147204</t>
+          <t>9789944486101</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Saatler, Ruhlar ve Kediler</t>
+          <t>Aşk Ağlatır Dert Söyletir 4 Gevheri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>475</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055107703</t>
+          <t>9789944486095</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
+          <t>Aşk Ağlatır Dert Söyletir 1 Pir Sultan</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>235</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055107413</t>
+          <t>9789944486132</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Aşık Ömer Aşk Ağlatır Dert Söyletir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055147402</t>
+          <t>9789752448476</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Tam Metin)</t>
+          <t>A’mak-ı Hayal (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055107543</t>
+          <t>9789758950270</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve Esasları</t>
+          <t>Ahmed Paşa Şahane Gazeller 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>85</v>
+        <v>49</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055107512</t>
+          <t>9789758950263</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - Seçmeler</t>
+          <t>Aşki  Şahane Gazeller 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257706650</t>
+          <t>9786055257118</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257706681</t>
+          <t>9786054683499</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Son Ozanı Neşet Ertaş</t>
+          <t>Gönlün Sırları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057706018</t>
+          <t>9789944486187</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>Eşrefoğlu Rumi Gül ile Gülü Tartanlar 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257706247</t>
+          <t>9786054322671</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Karıncayı Tanırsınız</t>
+          <t>Eski İstanbul</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>155</v>
+        <v>95</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257706230</t>
+          <t>9786054322114</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Yok</t>
+          <t>Divan Edebiyatı Estetiği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057838674</t>
+          <t>9786055147204</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 4</t>
+          <t>Saatler, Ruhlar ve Kediler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057838698</t>
+          <t>9786055107703</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Yön Veren Metinler 2</t>
+          <t>Sadreddin Konevi Kitaplığı - Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>395</v>
+        <v>235</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257706391</t>
+          <t>9786055107413</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kör Noktalarımız</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257706087</t>
+          <t>9786055147402</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Rubailer</t>
+          <t>Dede Korkut Kitabı (Tam Metin)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>445</v>
+        <v>135</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057838285</t>
+          <t>9786055107543</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Vahdet-i Vücud ve Esasları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>265</v>
+        <v>85</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057838490</t>
+          <t>9786055107512</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Umut</t>
+          <t>Seyahatname - Seçmeler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752448483</t>
+          <t>9786257706650</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256661882</t>
+          <t>9786257706681</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Son Meşenin Ötesi</t>
+          <t>Aşkın Son Ozanı Neşet Ertaş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>245</v>
+        <v>115</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258096170</t>
+          <t>9786057706018</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Falaka ve Diğer Öyküler</t>
+          <t>Ahlak-ı Alai</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256661868</t>
+          <t>9786257706247</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
+          <t>Karıncayı Tanırsınız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>155</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256661844</t>
+          <t>9786257706230</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Fetih, Bir Hanım Sultan</t>
+          <t>Havada Bulut Yok</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256661875</t>
+          <t>9786057838674</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Love At The Corridor Of Mirrors</t>
+          <t>Batı’ya Yön Veren Metinler 4</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256661851</t>
+          <t>9786057838698</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
+          <t>Batı'ya Yön Veren Metinler 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256661837</t>
+          <t>9786257706391</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen Dünyasın</t>
+          <t>Kör Noktalarımız</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256661806</t>
+          <t>9786257706087</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Ağası</t>
+          <t>Ömer Hayyam Rubailer</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256661820</t>
+          <t>9786057838285</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali ve Kutsal</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256661790</t>
+          <t>9786057838490</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyhin Aşk Hikayesi</t>
+          <t>Yalnızlık ve Umut</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256661783</t>
+          <t>9789752448483</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Tuhaf ve Kısa Öykülerde İstanbul</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256661776</t>
+          <t>9786256661882</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Sanatı</t>
+          <t>Son Meşenin Ötesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256661769</t>
+          <t>9786258096170</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuzgun’a Mektuplar</t>
+          <t>Falaka ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256661813</t>
+          <t>9786256661868</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Umuda İmkan Aramak</t>
+          <t>Letaif-i Nasreddin Hoca -Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256661752</t>
+          <t>9786256661844</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Tanrıları</t>
+          <t>Bir Fetih, Bir Hanım Sultan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256661745</t>
+          <t>9786256661875</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Tebessüm</t>
+          <t>Love At The Corridor Of Mirrors</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256661714</t>
+          <t>9786256661851</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Malakat (Ciltli)</t>
+          <t>Sorularla Din Sosyolojisinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256661707</t>
+          <t>9786256661837</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Sen Dünyasın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256661738</t>
+          <t>9786256661806</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aile Sosyolojisi</t>
+          <t>Kızlar Ağası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256661691</t>
+          <t>9786256661820</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Koca Ragıp Paşa Divanı</t>
+          <t>İmam Ali ve Kutsal</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256661684</t>
+          <t>9786256661790</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Buluşmak</t>
+          <t>Bir Şeyhin Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256661721</t>
+          <t>9786256661783</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256661578</t>
+          <t>9786256661776</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aşiretleri</t>
+          <t>Kişilik Sanatı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>575</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256661561</t>
+          <t>9786256661769</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
+          <t>Küçük Kuzgun’a Mektuplar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055147389</t>
+          <t>9786256661813</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l-Belaga</t>
+          <t>Umuda İmkan Aramak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>695</v>
+        <v>345</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256661677</t>
+          <t>9786256661752</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Prusya Nasıl Yükseldi</t>
+          <t>Cennetin Tanrıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256661653</t>
+          <t>9786256661745</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Mutlak Tebessüm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256661646</t>
+          <t>9786256661714</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Malakat (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>495</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256661639</t>
+          <t>9786256661707</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Anılar</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256661660</t>
+          <t>9786256661738</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256661592</t>
+          <t>9786256661691</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
+          <t>Koca Ragıp Paşa Divanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>475</v>
+        <v>445</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256661615</t>
+          <t>9786256661684</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi</t>
+          <t>Yaşamla Buluşmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256661608</t>
+          <t>9786256661721</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Gılmani - Ahmed Refik</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256661585</t>
+          <t>9786256661578</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senden Ne İstiyor?</t>
+          <t>Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256661622</t>
+          <t>9786256661561</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Malte Laurids Brigge'nin Notları</t>
+          <t>Kendini Değiştirmek, Dünyayı Değiştirmek</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752448520</t>
+          <t>9786055147389</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Nehcü'l-Belaga</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>345</v>
+        <v>695</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256661523</t>
+          <t>9786256661677</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’i̇n Kalbi</t>
+          <t>Prusya Nasıl Yükseldi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>445</v>
+        <v>145</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256661554</t>
+          <t>9786256661653</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kâtip Bartleby</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256661530</t>
+          <t>9786256661646</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256661516</t>
+          <t>9786256661639</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kadim Bilgisi</t>
+          <t>Dünden Bugüne Anılar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256661509</t>
+          <t>9786256661660</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Âşık Garip Hikâyesi</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256661547</t>
+          <t>9786256661592</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoriçeleri</t>
+          <t>İstanbul Tarihi Dönüşümlerin Kenti</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>145</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256661493</t>
+          <t>9786256661615</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Azdahak</t>
+          <t>Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>475</v>
+        <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258096248</t>
+          <t>9786256661608</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla (Ciltli)</t>
+          <t>Tarih-i Gılmani - Ahmed Refik</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752448384</t>
+          <t>9786256661585</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları (Ciltli)</t>
+          <t>Hayat Senden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>665</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055107864</t>
+          <t>9786256661622</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve Ahit Sandığı</t>
+          <t>Malte Laurids Brigge'nin Notları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055107741</t>
+          <t>9789752448520</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa: The Story Of a Legend</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055107680</t>
+          <t>9786256661523</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Deli Zamanlar</t>
+          <t>Dersaadet’i̇n Kalbi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>145</v>
+        <v>445</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055107062</t>
+          <t>9786256661554</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Buyruk</t>
+          <t>Kâtip Bartleby</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054322176</t>
+          <t>9786256661530</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bozgunda Fetih Rüyası</t>
+          <t>Devlet İle İnsan Arasında (Hatıralarla Yönetim Ahlakı)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>94.9</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054322008</t>
+          <t>9786256661516</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Batık</t>
+          <t>Liderliğin Kadim Bilgisi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758950560</t>
+          <t>9786256661509</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bana Uzun Mektuplar Yaz</t>
+          <t>Âşık Garip Hikâyesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>270</v>
+        <v>545</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758950072</t>
+          <t>9786256661547</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
+          <t>Bizans İmparatoriçeleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758950584</t>
+          <t>9786256661493</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
+          <t>Azdahak</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>165</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944486637</t>
+          <t>9786258096248</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Babil’den Dragomanlara</t>
+          <t>Yavaşla (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>435</v>
+        <v>215</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055107833</t>
+          <t>9789752448384</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Seyda</t>
+          <t>Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>170</v>
+        <v>665</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055107918</t>
+          <t>9786055107864</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Evliya Çelebi ve Ahit Sandığı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>95</v>
+        <v>275</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758950607</t>
+          <t>9786055107741</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Önce Aşk Vardı</t>
+          <t>Barbarossa: The Story Of a Legend</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>155</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758950768</t>
+          <t>9786055107680</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Benim Bir Ateşti</t>
+          <t>Deli Zamanlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944486361</t>
+          <t>9786055107062</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Mahkum Olmak</t>
+          <t>Buyruk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944486644</t>
+          <t>9786054322176</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Bozgunda Fetih Rüyası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>715</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944486811</t>
+          <t>9786054322008</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
+          <t>Batık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>545</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054683741</t>
+          <t>9789758950560</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
+          <t>Bana Uzun Mektuplar Yaz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944486521</t>
+          <t>9789758950072</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
+          <t>Baki Şahane Gazeller 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>405</v>
+        <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758950294</t>
+          <t>9789758950584</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
+          <t>Bacı’dan Bayan’a  İslamcı Kadınların Kamusal Alan Tecrübesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758950324</t>
+          <t>9789944486637</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
+          <t>Babil’den Dragomanlara</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>435</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789758950171</t>
+          <t>9786055107833</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
+          <t>Asr-ı Seyda</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758950300</t>
+          <t>9786055107918</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054683857</t>
+          <t>9789758950607</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mehmed  Akif Ersoy</t>
+          <t>Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944486293</t>
+          <t>9789758950768</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
+          <t>Ömrüm Benim Bir Ateşti</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758950256</t>
+          <t>9789944486361</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
+          <t>Osmanlı’da Mahkum Olmak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>115</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944486910</t>
+          <t>9789944486644</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Divanı</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>80</v>
+        <v>715</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054322039</t>
+          <t>9789944486811</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Terbiyecisi</t>
+          <t>Osmanlı Devleti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>134.9</v>
+        <v>545</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758950195</t>
+          <t>9786054683741</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Osmanlı Büyük El Sözlüğü Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>995</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054683352</t>
+          <t>9789944486521</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İşitin Ey Yarenler (Ciltli)</t>
+          <t>Ortaçağ İslam Dünyasında Siyasi Düşünce</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>470</v>
+        <v>405</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055107048</t>
+          <t>9789758950294</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Nef’i Şahane Gazeller 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054322305</t>
+          <t>9789758950324</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
+          <t>Nedim Şahane Gazeller 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>590</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758950980</t>
+          <t>9789758950171</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
+          <t>Necati Şahane Gazeller 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054683970</t>
+          <t>9789758950300</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Şehirler</t>
+          <t>Nabi Şahane Gazeller 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054322534</t>
+          <t>9786054683857</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
+          <t>Mehmed  Akif Ersoy</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758950904</t>
+          <t>9789944486293</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bütün Öyküleri 2</t>
+          <t>Kuş Uykusu Güzeran Bütün Öyküleri III</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944486620</t>
+          <t>9789758950256</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Kerbela</t>
+          <t>Kronolojik Divan Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>205</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055107475</t>
+          <t>9789944486910</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
+          <t>Kırklar Divanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>155</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055107802</t>
+          <t>9786054322039</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Mevsimi</t>
+          <t>Kaplumbağa Terbiyecisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>110</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055107321</t>
+          <t>9789758950195</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>995</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752448599</t>
+          <t>9786054683352</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>İşitin Ey Yarenler (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>85</v>
+        <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752448544</t>
+          <t>9786055107048</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752448049</t>
+          <t>9786054322305</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>İstanbul’un Ansiklopedik Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>590</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752448582</t>
+          <t>9789758950980</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa (Ciltli)</t>
+          <t>İki Cihan Arasında: 2 Ziya Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>315</v>
+        <v>65</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752448162</t>
+          <t>9786054683970</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>İçimden Geçen Şehirler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055147495</t>
+          <t>9786054322534</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mızraksız İlmihal</t>
+          <t>Hikmet Kavşağında - Edmund Burke ile Ahmed Cevdet</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752448056</t>
+          <t>9789758950904</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Hiç Bütün Öyküleri 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>365</v>
+        <v>245</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055147075</t>
+          <t>9789944486620</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Mekke’de  Tamamlandı</t>
+          <t>Her Yer Kerbela</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055107581</t>
+          <t>9786055107475</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>Mimar Sinan Tarihi - Yazma ve Belgelerle</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055147358</t>
+          <t>9786055107802</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Lila Olsun Saçlarım</t>
+          <t>Uçurtma Mevsimi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752448247</t>
+          <t>9786055107321</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Yüzüğü</t>
+          <t>Türkiye'de Görsel Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055147341</t>
+          <t>9789752448599</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bir Kıyı</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055147068</t>
+          <t>9789752448544</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055147617</t>
+          <t>9789752448049</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in İzinde</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>435</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752448070</t>
+          <t>9789752448582</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
+          <t>Barbarossa (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>415</v>
+        <v>315</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752448100</t>
+          <t>9789752448162</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055107147</t>
+          <t>9786055147495</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>Mızraksız İlmihal</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>134.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054683390</t>
+          <t>9789752448056</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>105</v>
+        <v>365</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944486156</t>
+          <t>9786055147075</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
+          <t>Şeriat Mekke’de  Tamamlandı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054322879</t>
+          <t>9786055107581</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>775</v>
+        <v>165</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758950843</t>
+          <t>9786055147358</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
+          <t>Bu Sefer Lila Olsun Saçlarım</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944486897</t>
+          <t>9789752448247</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Varayım Gideyim Urumeli’ne</t>
+          <t>Hz. Süleyman'ın Yüzüğü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944486934</t>
+          <t>9786055147341</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
+          <t>Beyaz Bir Kıyı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>745</v>
+        <v>75</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758950911</t>
+          <t>9786055147068</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türk İçki Geleneği</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054322152</t>
+          <t>9786055147617</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tezkireden Biyografiye</t>
+          <t>Hz. Muhammed'in İzinde</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>240</v>
+        <v>435</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944486514</t>
+          <t>9789752448070</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Özel Kumaş Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>415</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944486996</t>
+          <t>9789752448100</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054322930</t>
+          <t>9786055107147</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Elçisi</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054322954</t>
+          <t>9786054683390</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Zamanı</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>235</v>
+        <v>105</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054322435</t>
+          <t>9789944486156</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış İslam Yazıları</t>
+          <t>Yunus Emre Gül ile Gülü Tartanlar 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758950287</t>
+          <t>9786054322879</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
+          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>65</v>
+        <v>775</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758950881</t>
+          <t>9789758950843</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
+          <t>Yeniçerilerin Bektaşiliği ve Vaka-i Şerriye</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758950515</t>
+          <t>9789944486897</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Şiiri: İran Sineması</t>
+          <t>Varayım Gideyim Urumeli’ne</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054683666</t>
+          <t>9789944486934</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şair Dediğin</t>
+          <t>Türkiye Türkçesinde Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>745</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054322886</t>
+          <t>9789758950911</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Türk İçki Geleneği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>94.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944486323</t>
+          <t>9786054322152</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşen Dantel</t>
+          <t>Tezkireden Biyografiye</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054683512</t>
+          <t>9789944486514</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944486651</t>
+          <t>9789944486996</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
+          <t>Tanrıdağı’ndan Hıra Dağı’na</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944486736</t>
+          <t>9786054322930</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Siretler ve Suretler</t>
+          <t>Tanrı Elçisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944486545</t>
+          <t>9786054322954</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Seni Dinleyen Biri</t>
+          <t>Tanpınar Zamanı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758950539</t>
+          <t>9786054322435</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sabah Rüzgarı</t>
+          <t>Tamamlanmamış İslam Yazıları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>70</v>
+        <v>275</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758950805</t>
+          <t>9789758950287</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Azize’nin Son Günü</t>
+          <t>Şeyh Galip  Şahane Gazeller 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054322824</t>
+          <t>9789758950881</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Şehirleri Süsleyen Yolcu Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>134.9</v>
+        <v>110</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944486125</t>
+          <t>9789758950515</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
+          <t>Şark’ın Şiiri: İran Sineması</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>65</v>
+        <v>215</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054322367</t>
+          <t>9786054683666</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Şair Dediğin</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054322282</t>
+          <t>9786054322886</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>170</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944486774</t>
+          <t>9789944486323</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Alatav’dan Şardağı’na</t>
+          <t>Suya Düşen Dantel</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758950461</t>
+          <t>9786054683512</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
+          <t>Sultanların Şiirleri Şiirlerin Sultanları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054322909</t>
+          <t>9789944486651</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
+          <t>Eski ve Yeni Arasında Sultan 3. Selim</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>315</v>
+        <v>375</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758950430</t>
+          <t>9789944486736</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Var, Dili Yok Şehrazat</t>
+          <t>Siretler ve Suretler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>125</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758950829</t>
+          <t>9789944486545</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
+          <t>Seni Dinleyen Biri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054322275</t>
+          <t>9789758950539</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>1924</t>
+          <t>Sabah Rüzgarı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>94.9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054683734</t>
+          <t>9789758950805</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Azize’nin Son Günü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758950331</t>
+          <t>9786054322824</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gül Şiirleri</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>80</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054683109</t>
+          <t>9789944486125</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Kahkahalar</t>
+          <t>Aşk Ağlatır Dert Söyletir 2 Karacaoğlan</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>105</v>
+        <v>65</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789758950485</t>
+          <t>9786054322367</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789758950058</t>
+          <t>9786054322282</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789758950638</t>
+          <t>9789944486774</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Duvarsız Odalar</t>
+          <t>Alatav’dan Şardağı’na</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758950706</t>
+          <t>9789758950461</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dönüyordu</t>
+          <t>Akademik Divan Şiiri Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>65</v>
+        <v>340</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944486354</t>
+          <t>9786054322909</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Defterimde Kırk Suret</t>
+          <t>Ahmet Hamdi Tanpınar: Haz ve Günah</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789758950690</t>
+          <t>9789758950430</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma Sürecinde Alevilik</t>
+          <t>Ağzı Var, Dili Yok Şehrazat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055147242</t>
+          <t>9789758950829</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Butimar</t>
+          <t>Adab-ı Muaşeret: Osmanlı’da Gündelik Hayatın Değişimi (1894-1927)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055147020</t>
+          <t>9786054322275</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>1924</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>95</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055147761</t>
+          <t>9786054683734</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055147662</t>
+          <t>9789758950331</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman</t>
+          <t>Gül Şiirleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>680</v>
+        <v>80</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055147143</t>
+          <t>9786054683109</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
+          <t>Gözyaşları ve Kahkahalar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>415</v>
+        <v>105</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055147006</t>
+          <t>9789758950485</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Gelenekten Geleceğe Modern Türk Şiirinde Geleneğin İzleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>134.9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055107642</t>
+          <t>9789758950058</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Fuzuli Şahane Gazeller 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055107819</t>
+          <t>9789758950638</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tulip of Istanbul</t>
+          <t>Duvarsız Odalar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055107949</t>
+          <t>9789758950706</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çırpıntılar</t>
+          <t>Dönüyordu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055107369</t>
+          <t>9789944486354</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Sokak Sesi</t>
+          <t>Defterimde Kırk Suret</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054683901</t>
+          <t>9789758950690</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Çağdaşlaşma Sürecinde Alevilik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>134.9</v>
+        <v>195</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057838964</t>
+          <t>9786055147242</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kalpten</t>
+          <t>Butimar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054322916</t>
+          <t>9786055147020</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789758950652</t>
+          <t>9786055147761</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Çocuk Çocukluk ve Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257706223</t>
+          <t>9786055147662</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşları</t>
+          <t>Türk Edebiyatında Hikaye ve Roman</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>195</v>
+        <v>680</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057838704</t>
+          <t>9786055147143</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 1</t>
+          <t>Hz. Muhammed (SAV) İçin Bülbülün Kırk Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>415</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057838100</t>
+          <t>9786055147006</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752448858</t>
+          <t>9786055107642</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddın-i Rumi</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>270</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057838025</t>
+          <t>9786055107819</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Mekke - Medine</t>
+          <t>Tulip of Istanbul</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258096354</t>
+          <t>9786055107949</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Uğraşı</t>
+          <t>Çırpıntılar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>249</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057838261</t>
+          <t>9786055107369</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 2</t>
+          <t>Bir Eski Sokak Sesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055257149</t>
+          <t>9786054683901</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>305</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055107376</t>
+          <t>9786057838964</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Bir Boşluk</t>
+          <t>Kalpten</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944486583</t>
+          <t>9786054322916</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Köle Olmak</t>
+          <t>Ahmet Hamdi Tanpınar: Modernleşmenin Zihniyet Dünyası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789758950799</t>
+          <t>9789758950652</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Şarkısı</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>155</v>
+        <v>620</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758950003</t>
+          <t>9786257706223</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kudemanın Kırk Atlısı</t>
+          <t>Sınıf Arkadaşları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054322978</t>
+          <t>9786057838704</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kaçık</t>
+          <t>Batı’ya Yön Veren Metinler 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054322107</t>
+          <t>9786057838100</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>535</v>
+        <v>160</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944486705</t>
+          <t>9789752448858</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları</t>
+          <t>Mevlana Celaleddın-i Rumi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055107086</t>
+          <t>9786057838025</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş</t>
+          <t>Haremeyn Mekke - Medine</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>475</v>
+        <v>205</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944486057</t>
+          <t>9786258096354</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
+          <t>Yaşama Uğraşı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>65</v>
+        <v>249</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752448780</t>
+          <t>9786057838261</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Od (Midi Boy)</t>
+          <t>Ravza'nın Yıldızları 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>134.9</v>
+        <v>275</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055147419</t>
+          <t>9786055257149</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
+          <t>Barbaros Hayreddin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>525</v>
+        <v>305</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055107529</t>
+          <t>9786055107376</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
+          <t>Çiçekli Bir Boşluk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944486255</t>
+          <t>9789944486583</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şey Bir Ömer Hayyam Anlatısı</t>
+          <t>Osmanlı’da Köle Olmak</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789758950133</t>
+          <t>9789758950799</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Su Kasidesi</t>
+          <t>Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054322626</t>
+          <t>9789758950003</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Anlam’ın Tarihi</t>
+          <t>Kudemanın Kırk Atlısı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054322701</t>
+          <t>9786054322978</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Sohbetleri</t>
+          <t>Kaçık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>185</v>
+        <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944486798</t>
+          <t>9786054322107</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Babil’de Ölüm İstanbul’da Aşk</t>
+          <t>İstanbul’u Geziyorum Gözlerim Açık</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>134.9</v>
+        <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054683925</t>
+          <t>9789944486705</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>İstanbul Evliyaları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789758950218</t>
+          <t>9786055107086</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Kemankeş</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944486927</t>
+          <t>9789944486057</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anlat İstanbul</t>
+          <t>Sümmani - Dertli Aşk Ağlatır Dert Söyletir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>455</v>
+        <v>65</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257706582</t>
+          <t>9789752448780</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Varoluş Maneviyat</t>
+          <t>Od (Midi Boy)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057838988</t>
+          <t>9786055147419</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Efsanevi İstanbul Yarımadası (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>95</v>
+        <v>525</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057838421</t>
+          <t>9786055107529</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
+          <t>Fususu'l-Hikem'in Sırları - Sadrettin Konevi Kitaplığı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>825</v>
+        <v>125</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057838049</t>
+          <t>9789944486255</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Şey Bir Ömer Hayyam Anlatısı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>795</v>
+        <v>125</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057838445</t>
+          <t>9789758950133</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Su Kasidesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057838582</t>
+          <t>9786054322626</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Anlam’ın Tarihi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752448872</t>
+          <t>9786054322701</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Ramazan Sohbetleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>545</v>
+        <v>185</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257706414</t>
+          <t>9789944486798</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
+          <t>Babil’de Ölüm İstanbul’da Aşk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>395</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256661486</t>
+          <t>9786054683925</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Müziğin ve Sesin Gizemciliği</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>425</v>
+        <v>395</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057838162</t>
+          <t>9789758950218</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
+          <t>Ansiklopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752448971</t>
+          <t>9789944486927</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Anlat İstanbul</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>225</v>
+        <v>455</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256661462</t>
+          <t>9786257706582</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kısa Türkiye Tarihi</t>
+          <t>Psikoloji Varoluş Maneviyat</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057838292</t>
+          <t>9786057838988</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bizans Karşısında Türkler</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256661479</t>
+          <t>9786057838421</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyzen</t>
+          <t>Ravza'nın Yıldızları Seti-3 Kitap Kutulu Takım</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>275</v>
+        <v>825</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256661431</t>
+          <t>9786057838049</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İşkenceci</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>165</v>
+        <v>795</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256661448</t>
+          <t>9786057838445</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatında Çıraklık</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256661400</t>
+          <t>9786057838582</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Resimleri</t>
+          <t>Esrarname (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256661424</t>
+          <t>9789752448872</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Bin İstanbul</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>545</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256661349</t>
+          <t>9786257706414</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>1. Viyana Muhasarası</t>
+          <t>Bir Kalbi Kırılmaktan Koruyabilsem</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256661394</t>
+          <t>9786256661486</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kemal</t>
+          <t>Müziğin ve Sesin Gizemciliği</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256661417</t>
+          <t>9786057838162</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
+          <t>İki Dirhem Bir Çekirdek (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>245</v>
+        <v>540</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256661172</t>
+          <t>9789752448971</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256661387</t>
+          <t>9786256661462</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tahir İle Zühre</t>
+          <t>Sorularla Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256661370</t>
+          <t>9786057838292</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (1718-1730)</t>
+          <t>Bizans Karşısında Türkler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256661233</t>
+          <t>9786256661479</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler</t>
+          <t>Ben Neyzen</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>595</v>
+        <v>275</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256661165</t>
+          <t>9786256661431</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Aşk Üzerine</t>
+          <t>İşkenceci</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256661189</t>
+          <t>9786256661448</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Yazma Sanatında Çıraklık</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256661158</t>
+          <t>9786256661400</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sultan Cem</t>
+          <t>Anadolu Halk Resimleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256370142</t>
+          <t>9786256661424</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deme Sanatı</t>
+          <t>Bir Şehir Bin İstanbul</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789758950775</t>
+          <t>9786256661349</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ağa Tarık Buğra</t>
+          <t>1. Viyana Muhasarası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054322350</t>
+          <t>9786256661394</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bir Kur’an Şairi</t>
+          <t>Kemal</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054322428</t>
+          <t>9786256661417</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed İşçisi</t>
+          <t>Sorularla Şiirin ve Şairin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054322183</t>
+          <t>9786256661172</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Modernizme Direnen Estetik</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055107093</t>
+          <t>9786256661387</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Tahir İle Zühre</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055147440</t>
+          <t>9786256661370</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Lale Devri (1718-1730)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054322237</t>
+          <t>9786256661233</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 1</t>
+          <t>Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944486569</t>
+          <t>9786256661165</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
+          <t>Aile ve Aşk Üzerine</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>575</v>
+        <v>295</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758950140</t>
+          <t>9786256661189</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ah Mine’l - Aşk</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055147433</t>
+          <t>9786256661158</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Sultan Cem</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786055107185</t>
+          <t>9786256370142</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste (Kırık Saz)</t>
+          <t>Hayır Deme Sanatı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257706605</t>
+          <t>9789758950775</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Her Kuyuda Bir Yusuf</t>
+          <t>Büyük Ağa Tarık Buğra</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055107161</t>
+          <t>9786054322350</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rozalya Ana</t>
+          <t>Bir Kur’an Şairi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055257057</t>
+          <t>9786054322428</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diyar</t>
+          <t>Bir Mabed İşçisi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054322770</t>
+          <t>9786054322183</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Taşı</t>
+          <t>Modernizme Direnen Estetik</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256661356</t>
+          <t>9786055107093</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Mustafa</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256661363</t>
+          <t>9786055147440</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256661332</t>
+          <t>9786054322237</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Felaket Seneleri (1648-1699)</t>
+          <t>Şahane Gazeller 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256661288</t>
+          <t>9789944486569</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>‘Nuke’ Türkiye</t>
+          <t>Peyami Hayatı, Sanatı, Felsefesi, Dramı</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>575</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256661325</t>
+          <t>9789758950140</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik Bütün Şiirleri</t>
+          <t>Ah Mine’l - Aşk</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256661271</t>
+          <t>9786055147433</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Viva La Muerte! Yaşasın Ölüm!</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>675</v>
+        <v>295</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256661318</t>
+          <t>9786055107185</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türkler Küstüler</t>
+          <t>Rübab-ı Şikeste (Kırık Saz)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>575</v>
+        <v>245</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256661264</t>
+          <t>9786257706605</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Her Kuyuda Bir Yusuf</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055147471</t>
+          <t>9786055107161</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Rozalya Ana</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256661301</t>
+          <t>9786055257057</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>O.K Musti Türkiye Tamamdır</t>
+          <t>Bizim Diyar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>525</v>
+        <v>325</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256661295</t>
+          <t>9786054322770</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Valla, Kurda Yedirdin Beni</t>
+          <t>Lacivert Taşı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>625</v>
+        <v>425</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944486903</t>
+          <t>9786256661356</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Katre-i Matem</t>
+          <t>Kabakçı Mustafa</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>495</v>
+        <v>145</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055147723</t>
+          <t>9786256661363</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256661103</t>
+          <t>9786256661332</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Değil Merhamet!</t>
+          <t>Felaket Seneleri (1648-1699)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>575</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057838810</t>
+          <t>9786256661288</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>‘Nuke’ Türkiye</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256661226</t>
+          <t>9786256661325</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Neyzen Tevfik Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256661240</t>
+          <t>9786256661271</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tesavir-i Rical</t>
+          <t>Viva La Muerte! Yaşasın Ölüm!</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>145</v>
+        <v>675</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256661202</t>
+          <t>9786256661318</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nevbahar</t>
+          <t>Beyaz Türkler Küstüler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>295</v>
+        <v>575</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256661196</t>
+          <t>9786256661264</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aydın Despotizmi</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256661110</t>
+          <t>9786055147471</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İskendername (Ciltli)</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256661028</t>
+          <t>9786256661301</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>O.K Musti Türkiye Tamamdır</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>145</v>
+        <v>525</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253691158</t>
+          <t>9786256661295</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Şarkısı</t>
+          <t>Valla, Kurda Yedirdin Beni</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>415</v>
+        <v>625</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256661141</t>
+          <t>9789944486903</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yaseminler Tüter Mi, Hala?</t>
+          <t>Katre-i Matem</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256661042</t>
+          <t>9786055147723</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Kimya Hatun - Aşkın Gözyaşları 3</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256661134</t>
+          <t>9786256661103</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Aydınlanma Değil Merhamet!</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256661127</t>
+          <t>9786057838810</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256661073</t>
+          <t>9786256661226</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Hanım’ın Rüyaları</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256661035</t>
+          <t>9786256661240</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>Tesavir-i Rical</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256661059</t>
+          <t>9786256661202</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Ötesi</t>
+          <t>Süheyl ü Nevbahar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258096941</t>
+          <t>9786256661196</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Semboller (Ciltli)</t>
+          <t>Aydın Despotizmi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>1150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055107017</t>
+          <t>9786256661110</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tufanda mı Yoksa Turfa mı?</t>
+          <t>İskendername (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055147624</t>
+          <t>9786256661028</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>575</v>
+        <v>145</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057838681</t>
+          <t>9786253691158</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Batı’ya Yön Veren Metinler 3</t>
+          <t>İnsanın Şarkısı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>475</v>
+        <v>415</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258096958</t>
+          <t>9786256661141</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
+          <t>Yaseminler Tüter Mi, Hala?</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258096644</t>
+          <t>9786256661042</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256661011</t>
+          <t>9786256661134</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Gönüllere Sefa Medine-i Münevvere</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>995</v>
+        <v>495</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256661004</t>
+          <t>9786256661127</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>995</v>
+        <v>750</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258096637</t>
+          <t>9786256661073</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam’ın Kısa Tarihi</t>
+          <t>Çiçek Hanım’ın Rüyaları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258096972</t>
+          <t>9786256661035</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Samur Devri</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258096965</t>
+          <t>9786256661059</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gün Yıldızı</t>
+          <t>Teknolojinin Ötesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258096767</t>
+          <t>9786258096941</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aşık Paşa Garibname</t>
+          <t>Semboller (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>575</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258096835</t>
+          <t>9786055107017</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Marifetname 1-2 (Kutulu)</t>
+          <t>Tufanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258096934</t>
+          <t>9786055147624</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Saltanatı</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258096903</t>
+          <t>9786057838681</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ailesi</t>
+          <t>Batı’ya Yön Veren Metinler 3</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258096897</t>
+          <t>9786258096958</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bana Güneşimi Getir</t>
+          <t>Kazvini Acaibü’l-Mahlükat (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258096880</t>
+          <t>9786258096644</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kendi Işığına Yürü</t>
+          <t>Osmanlıca Madde Başlıklı Ansikolopedik Divan Şiiri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>395</v>
+        <v>750</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258096910</t>
+          <t>9786256661011</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Gönüllere Sefa Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>345</v>
+        <v>995</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258096859</t>
+          <t>9786256661004</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Görüp İşittiklerim</t>
+          <t>Ruhlara Şifa  Mekke-i Mükerreme (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>395</v>
+        <v>995</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258096873</t>
+          <t>9786258096637</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi İncelemeleri</t>
+          <t>Sorularla İslam’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258096866</t>
+          <t>9786258096972</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
+          <t>Samur Devri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>115</v>
+        <v>215</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258096842</t>
+          <t>9786258096965</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Gün Yıldızı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258096804</t>
+          <t>9786258096767</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Benim İstanbu’um</t>
+          <t>Aşık Paşa Garibname</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258096798</t>
+          <t>9786258096835</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Son Günleri</t>
+          <t>Marifetname 1-2 (Kutulu)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>275</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258096781</t>
+          <t>9786258096934</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
+          <t>Kadınlar Saltanatı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258096743</t>
+          <t>9786258096903</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Rahmet Ailesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057838926</t>
+          <t>9786258096897</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Her Gün İçin Mevlana</t>
+          <t>Bana Güneşimi Getir</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>595</v>
+        <v>175</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258096774</t>
+          <t>9786258096880</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Seçme Öyküler</t>
+          <t>Kendi Işığına Yürü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258096712</t>
+          <t>9786258096910</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İlkin Kuşlar Uyanır</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258096750</t>
+          <t>9786258096859</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair</t>
+          <t>Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258096736</t>
+          <t>9786258096873</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Atabetü’l Hakayık</t>
+          <t>Tefsir Tarihi İncelemeleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258096620</t>
+          <t>9786258096866</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
+          <t>Adem İle Havva’nın Güncesi ve Seçme Öyküler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258096699</t>
+          <t>9786258096842</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İsmet Özel’i</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258096682</t>
+          <t>9786258096804</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Benim İstanbu’um</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258096705</t>
+          <t>9786258096798</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Masumiyetin Son Günleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258096675</t>
+          <t>9786258096781</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil Miyiz?</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258096613</t>
+          <t>9786258096743</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258096668</t>
+          <t>9786057838926</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Her Gün İçin Mevlana</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258096651</t>
+          <t>9786258096774</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Umudun Göğe Yükselişi</t>
+          <t>Memduh Şevket Esendal Seçme Öyküler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258096569</t>
+          <t>9786258096712</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Hatıralarım</t>
+          <t>İlkin Kuşlar Uyanır</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258096590</t>
+          <t>9786258096750</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
+          <t>İnanca Dair</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258096606</t>
+          <t>9786258096736</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı’da Tarikatlar</t>
+          <t>Atabetü’l Hakayık</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258096576</t>
+          <t>9786258096620</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Körgörü</t>
+          <t>Mukaddime 1-2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>275</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752448803</t>
+          <t>9786258096699</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Bir Masal İsmet Özel’i</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258096583</t>
+          <t>9786258096682</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı İle Kiracıları</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258096552</t>
+          <t>9786258096705</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258096538</t>
+          <t>9786258096675</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paşa</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258096545</t>
+          <t>9786258096613</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Meşrutiyet Ne Getirdi Ne Götürdü?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>895</v>
+        <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258096521</t>
+          <t>9786258096668</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Efendisi - Hz. Hasan</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258096514</t>
+          <t>9786258096651</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı (Ciltli)</t>
+          <t>Umudun Göğe Yükselişi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258096460</t>
+          <t>9786258096569</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Putlar Kitabı</t>
+          <t>Matbuat Hatıralarım</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258096484</t>
+          <t>9786258096590</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Suç Ve Ceza</t>
+          <t>Sorularla 20. Yüzyıl Edebiyatımız</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258096491</t>
+          <t>9786258096606</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
+          <t>Sorularla Osmanlı’da Tarikatlar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258096477</t>
+          <t>9786258096576</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
+          <t>Körgörü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258096507</t>
+          <t>9789752448803</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258096453</t>
+          <t>9786258096583</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Yankı</t>
+          <t>Ayaşlı İle Kiracıları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258096446</t>
+          <t>9786258096552</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>475</v>
+        <v>675</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258096415</t>
+          <t>9786258096538</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı</t>
+          <t>Küçük Paşa</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258096385</t>
+          <t>9786258096545</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>475</v>
+        <v>895</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258096422</t>
+          <t>9786258096521</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
+          <t>Güzelliğin Efendisi - Hz. Hasan</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258096408</t>
+          <t>9786258096514</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Fransa Seraretnamesi</t>
+          <t>Hat Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258096392</t>
+          <t>9786258096460</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>Putlar Kitabı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258096439</t>
+          <t>9786258096484</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258096316</t>
+          <t>9786258096491</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Terapi (Ciltli)</t>
+          <t>Ölümsüz Klasikler Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258096347</t>
+          <t>9786258096477</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Lügatı</t>
+          <t>İnsanlığı Cebr ve Kaderden Kurtarmak</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258096378</t>
+          <t>9786258096507</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Galib - Kuğunun Son Şarkısı</t>
+          <t>Masonluk ve Kompanyonaj Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258096361</t>
+          <t>9786258096453</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Halk Demokrasi İstiyor Mu?</t>
+          <t>Ses ve Yankı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257706780</t>
+          <t>9786258096446</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sohrab Sepehri - Bütün Şiirleri</t>
+          <t>Aşkın Gözyaşları - Şems-i Tebrizi Hz. Mevlana</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258096309</t>
+          <t>9786258096415</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih (Ciltli)</t>
+          <t>Niyazi-i Mısri Divanı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>875</v>
+        <v>425</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258096330</t>
+          <t>9786258096385</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258096323</t>
+          <t>9786258096422</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Ölümsüz Klasikler - Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258096293</t>
+          <t>9786258096408</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi 2</t>
+          <t>Fransa Seraretnamesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258096279</t>
+          <t>9786258096392</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Doğu Metafiziği Ve Tasavvuf</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258096262</t>
+          <t>9786258096439</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Zağra Müftüsünün Anıları</t>
+          <t>Surname</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258096255</t>
+          <t>9786258096316</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
+          <t>Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258096187</t>
+          <t>9786258096347</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Psikolojisi</t>
+          <t>Edebiyat Lügatı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258096231</t>
+          <t>9786258096378</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ağlayan Şehir</t>
+          <t>Galib - Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258096217</t>
+          <t>9786258096361</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>Halk Demokrasi İstiyor Mu?</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258096200</t>
+          <t>9786257706780</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
+          <t>Sohrab Sepehri - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258096224</t>
+          <t>9786258096309</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Osmanlı Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>145</v>
+        <v>875</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258096194</t>
+          <t>9786258096330</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Gül-ü Bülbül</t>
+          <t>Gerçek İnsanın Yüzünde Yazar Mı?</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258096088</t>
+          <t>9786258096323</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Alemin Hükümdarı</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258096033</t>
+          <t>9786258096293</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hurufilik Metinleri Kataloğu</t>
+          <t>İrade Terbiyesi 2</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258096286</t>
+          <t>9786258096279</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Doğu Metafiziği Ve Tasavvuf</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>445</v>
+        <v>125</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258096163</t>
+          <t>9786258096262</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Zağra Müftüsünün Anıları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258096132</t>
+          <t>9786258096255</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sokak Köpekleri</t>
+          <t>Avni Paşa Saruhan Ve Cebelibereket Mebusu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>575</v>
+        <v>345</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258096125</t>
+          <t>9786258096187</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Kitlelerin Psikolojisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944486941</t>
+          <t>9786258096231</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi Mevlid</t>
+          <t>İstanbul Ağlayan Şehir</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057838803</t>
+          <t>9786258096217</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057838742</t>
+          <t>9786258096200</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
+          <t>Ruhani Otorite Ve Dünyevi İktidar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057838759</t>
+          <t>9786258096224</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Leyla Ve Mecnun</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057838766</t>
+          <t>9786258096194</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk</t>
+          <t>Gül-ü Bülbül</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057838780</t>
+          <t>9786258096088</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Alemin Hükümdarı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057838735</t>
+          <t>9786258096033</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar</t>
+          <t>Hurufilik Metinleri Kataloğu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057838773</t>
+          <t>9786258096286</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>445</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789752448827</t>
+          <t>9786258096163</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057838797</t>
+          <t>9786258096132</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan</t>
+          <t>İstanbul'un Sokak Köpekleri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>575</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057838902</t>
+          <t>9786258096125</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım (Ciltli)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057838711</t>
+          <t>9789944486941</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Süleyman</t>
+          <t>Süleyman Çelebi Mevlid</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258096156</t>
+          <t>9786057838803</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yorgunluk</t>
+          <t>Kılıçarslan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258096118</t>
+          <t>9786057838742</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Serab-ı Ömrüm</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258096149</t>
+          <t>9786057838759</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Leyla Ve Mecnun</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258096071</t>
+          <t>9786057838766</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Öteki Canlar</t>
+          <t>Nizamülmülk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258096095</t>
+          <t>9786057838780</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258096064</t>
+          <t>9786057838735</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yayılış Tarihi</t>
+          <t>Aşk Bir Zamanlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258096057</t>
+          <t>9786057838773</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Turna'nın Kalbi</t>
+          <t>Jennifer’ın Düğünü</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258096101</t>
+          <t>9789752448827</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258096040</t>
+          <t>9786057838797</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Eski Zamanlarda İstanbul Hayatı</t>
+          <t>Darbe: Kan ve Sultan</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257706995</t>
+          <t>9786057838902</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Vali Hanım (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258096026</t>
+          <t>9786057838711</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
+          <t>Süleyman</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257706988</t>
+          <t>9786258096156</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Dijital Yorgunluk</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>645</v>
+        <v>225</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258096019</t>
+          <t>9786258096118</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Son Muhafız</t>
+          <t>Serab-ı Ömrüm</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258096002</t>
+          <t>9786258096149</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Miras</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257706858</t>
+          <t>9786258096071</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Lemaat</t>
+          <t>Öteki Canlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257706971</t>
+          <t>9786258096095</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
+          <t>İslam Dini</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257706964</t>
+          <t>9786258096064</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
+          <t>İslamın Yayılış Tarihi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>575</v>
+        <v>425</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257706865</t>
+          <t>9786258096057</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Turna'nın Kalbi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257706803</t>
+          <t>9786258096101</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Balkan Dağlarından Dersaadet’e</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257706926</t>
+          <t>9786258096040</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tarih Ne İşe Yarar?</t>
+          <t>Eski Zamanlarda İstanbul Hayatı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257706940</t>
+          <t>9786257706995</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hatıraların Evi - Günümüzdeki Aile</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257706872</t>
+          <t>9786258096026</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Niceliğin Egemenliği Ve Ahirzaman Alametleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257706902</t>
+          <t>9786257706988</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dante Ezoterizmi</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>125</v>
+        <v>645</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257706889</t>
+          <t>9786258096019</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Büyük Üçlü</t>
+          <t>Son Muhafız</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257706919</t>
+          <t>9786258096002</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Hindu Doktrinleri</t>
+          <t>Kayıp Miras</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257706896</t>
+          <t>9786257706858</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Ezoterizmi</t>
+          <t>Lemaat</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257706933</t>
+          <t>9786257706971</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>A-71</t>
+          <t>Hakikat - Postmodern Çağda Bilgelik Arayışı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257706827</t>
+          <t>9786257706964</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Tanrı Güzeldir - Kur’an ve Estetik Deneyim</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257706810</t>
+          <t>9786257706865</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257706834</t>
+          <t>9786257706803</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Balkan Dağlarından Dersaadet’e</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257706841</t>
+          <t>9786257706926</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Yazıları</t>
+          <t>Tarih Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257706773</t>
+          <t>9786257706940</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Güleryüzü</t>
+          <t>Hatıraların Evi - Günümüzdeki Aile</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257706742</t>
+          <t>9786257706872</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Mistik Yüzü Sufiler</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>149</v>
+        <v>225</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257706766</t>
+          <t>9786257706902</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Dante Ezoterizmi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257706728</t>
+          <t>9786257706889</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Büyük Üçlü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>139</v>
+        <v>225</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257706759</t>
+          <t>9786257706919</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Hindu Doktrinleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>124</v>
+        <v>325</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257706674</t>
+          <t>9786257706896</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Sıyır Karanlığından</t>
+          <t>Hıristiyan Ezoterizmi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257706636</t>
+          <t>9786257706933</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıralarım</t>
+          <t>A-71</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257706643</t>
+          <t>9786257706827</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpekli Kadın</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257706667</t>
+          <t>9786257706810</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Göl Saatleri</t>
+          <t>Nasihatü’l-Mülük: Devlet İdarecilerine Öğütler</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257706711</t>
+          <t>9786257706834</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257706407</t>
+          <t>9786257706841</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Altın Kubbenin Esrarı</t>
+          <t>Sivil Toplum Yazıları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257706568</t>
+          <t>9786257706773</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
+          <t>Edebiyatımızın Güleryüzü</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>575</v>
+        <v>395</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257706612</t>
+          <t>9786257706742</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>İslam’ın Mistik Yüzü Sufiler</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257706629</t>
+          <t>9786257706766</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257706483</t>
+          <t>9786257706728</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 2</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>325</v>
+        <v>139</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257706476</t>
+          <t>9786257706759</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Sevdiren Hikayeler 1</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>295</v>
+        <v>124</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257706599</t>
+          <t>9786257706674</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Letaifü'l-Minen</t>
+          <t>Yüzünü Sıyır Karanlığından</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257706551</t>
+          <t>9786257706636</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı - Cevher Klasikler</t>
+          <t>Siyasi Hatıralarım</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257706520</t>
+          <t>9786257706643</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İki Hatırat Üç Şahsiyet</t>
+          <t>Küçük Köpekli Kadın</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257706544</t>
+          <t>9786257706667</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Göl Saatleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257706513</t>
+          <t>9786257706711</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Şem u Pervane - Zati</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257706421</t>
+          <t>9786257706407</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Armağanı (Ciltli)</t>
+          <t>Altın Kubbenin Esrarı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>750</v>
+        <v>345</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257706452</t>
+          <t>9786257706568</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikleri Dünyası</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257706469</t>
+          <t>9786257706612</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımız Hayvanlar</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257706445</t>
+          <t>9786257706629</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali</t>
+          <t>Hayy Bin Yakzan</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257706506</t>
+          <t>9786257706483</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Dinimizi Sevdiren Hikayeler 2</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>95</v>
+        <v>325</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257706575</t>
+          <t>9786257706476</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Piyale</t>
+          <t>Dinimizi Sevdiren Hikayeler 1</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257706155</t>
+          <t>9786257706599</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bedriddin ile Zöhra</t>
+          <t>Letaifü'l-Minen</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257706353</t>
+          <t>9786257706551</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Tembellik Hakkı - Cevher Klasikler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257706537</t>
+          <t>9786257706520</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>İki Hatırat Üç Şahsiyet</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257706490</t>
+          <t>9786257706544</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Naima</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257706384</t>
+          <t>9786257706513</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bana Tarihimizi Anlat</t>
+          <t>Şem u Pervane - Zati</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257706438</t>
+          <t>9786257706421</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Neler Gördüm?</t>
+          <t>İskender Pala Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257706360</t>
+          <t>9786257706452</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Müsameretname</t>
+          <t>Mevlana Dede’den Masallar - Dünyanın İlk Masalcı Dedesi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257706346</t>
+          <t>9786257706469</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
+          <t>Dostlarımız Hayvanlar</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257706377</t>
+          <t>9786257706445</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Ötesi</t>
+          <t>Seyahat Jurnali</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257706254</t>
+          <t>9786257706506</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Divan - "Bütün Şiirleri"</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257706339</t>
+          <t>9786257706575</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
+          <t>Piyale</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257706322</t>
+          <t>9786257706155</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Sürgün</t>
+          <t>Bedriddin ile Zöhra</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257706308</t>
+          <t>9786257706353</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257706292</t>
+          <t>9786257706537</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257706285</t>
+          <t>9786257706490</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gölgesi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257706315</t>
+          <t>9786257706384</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Horasan Şehidi</t>
+          <t>Bana Tarihimizi Anlat</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257706278</t>
+          <t>9786257706438</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
+          <t>Yıldız’da Neler Gördüm?</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257706070</t>
+          <t>9786257706360</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
+          <t>Müsameretname</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257706209</t>
+          <t>9786257706346</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasına Yolculuk</t>
+          <t>İdris Küçükömer'le Türkiye Üstüne Tartışmalar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257706193</t>
+          <t>9786257706377</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’l Ataiyye</t>
+          <t>Saray ve Ötesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257706148</t>
+          <t>9786257706254</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
+          <t>Divan - "Bütün Şiirleri"</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257706261</t>
+          <t>9786257706339</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Çirkin Kraliçe</t>
+          <t>Yunus Emre - Aşkın Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257706162</t>
+          <t>9786257706322</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Yabancılaşması “Batılaşma”</t>
+          <t>Saray ve Sürgün</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257706179</t>
+          <t>9786257706308</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Cuntacılıktan Sivil Topluma</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257706094</t>
+          <t>9786257706292</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>İncir Çekirdeği</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257706100</t>
+          <t>9786257706285</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Kurt Gölgesi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>115</v>
+        <v>375</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257706001</t>
+          <t>9786257706315</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Jübile</t>
+          <t>Horasan Şehidi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257706186</t>
+          <t>9786257706278</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257706124</t>
+          <t>9786257706070</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
+          <t>Pir Sultan Abdal - Geçti Dost Kervanı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>1850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257706117</t>
+          <t>9786257706209</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemli Kadınlar</t>
+          <t>Osmanlı Coğrafyasına Yolculuk</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257706056</t>
+          <t>9786257706193</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>Hikemü’l Ataiyye</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257706063</t>
+          <t>9786257706148</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>2. Abdülhamid ve Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057838957</t>
+          <t>9786257706261</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Envaru’l Aşıkın (Ciltli)</t>
+          <t>İstanbul Çirkin Kraliçe</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057706049</t>
+          <t>9786257706162</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ahuzar</t>
+          <t>Düzenin Yabancılaşması “Batılaşma”</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257706025</t>
+          <t>9786257706179</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Urfa Ulucami</t>
+          <t>Cuntacılıktan Sivil Topluma</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257706032</t>
+          <t>9786257706094</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Mimli Sözlük</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057838933</t>
+          <t>9786257706100</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057838667</t>
+          <t>9786257706001</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Zaloğlu Rüstem</t>
+          <t>Jübile</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>595</v>
+        <v>375</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057838971</t>
+          <t>9786257706186</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057838919</t>
+          <t>9786257706124</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Süleyman - Tiyatro Eserleri 10</t>
+          <t>İskender Pala Tiyatro Eserleri Kutulu Set (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>180</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057838858</t>
+          <t>9786257706117</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
+          <t>Kırık Kalemli Kadınlar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057838896</t>
+          <t>9786257706056</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
+          <t>Hadikatü’s-Süeda (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057838865</t>
+          <t>9786257706063</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057838872</t>
+          <t>9786057838957</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
+          <t>Envaru’l Aşıkın (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057838841</t>
+          <t>9786057706049</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri - Tiyatro Eserleri 5</t>
+          <t>Ahuzar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057838889</t>
+          <t>9786257706025</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
+          <t>Urfa Ulucami</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057838728</t>
+          <t>9786257706032</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Vali Hanım - Tiyatro Eserleri 9</t>
+          <t>Mimli Sözlük</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057838827</t>
+          <t>9786057838933</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057838834</t>
+          <t>9786057838667</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
+          <t>Zaloğlu Rüstem</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>180</v>
+        <v>595</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057838506</t>
+          <t>9786057838971</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>875</v>
+        <v>195</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057838599</t>
+          <t>9786057838919</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
+          <t>Süleyman - Tiyatro Eserleri 10</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>525</v>
+        <v>180</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057838940</t>
+          <t>9786057838858</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
+          <t>Kılıçarslan - Tiyatro Eserleri 3</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057838636</t>
+          <t>9786057838896</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı</t>
+          <t>Aşk Bir Zamanlar - Tiyatro Eserleri 7</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057838520</t>
+          <t>9786057838865</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Jennifer’ın Düğünü - Tiyatro Eserleri 4</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057838612</t>
+          <t>9786057838872</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalan 1</t>
+          <t>Neyzen Tevfik - Tiyatro Eserleri 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057838650</t>
+          <t>9786057838841</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Huzur Atlası</t>
+          <t>Lale Devri - Tiyatro Eserleri 5</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057838629</t>
+          <t>9786057838889</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Kalan 2</t>
+          <t>Darbe: Kan ve Sultan - Tiyatro Eserleri 6</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057838537</t>
+          <t>9786057838728</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
+          <t>Vali Hanım - Tiyatro Eserleri 9</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057838544</t>
+          <t>9786057838827</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>Nizamülmülk - Tiyatro Eserleri 2</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057838605</t>
+          <t>9786057838834</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocuk</t>
+          <t>Leyla ile Mecnun - Tiyatro Eserleri 1</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057838568</t>
+          <t>9786057838506</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çerağ</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>245</v>
+        <v>875</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057838575</t>
+          <t>9786057838599</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Yaşamı ve Ölümü</t>
+          <t>Hz. Muhammed ve İslamiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057838452</t>
+          <t>9786057838940</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Divanı</t>
+          <t>Kalem Arkası - Aşkın Gözyaşları Şems</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057838483</t>
+          <t>9786057838636</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kabusname</t>
+          <t>Hafız Divanı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057838469</t>
+          <t>9786057838520</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Derin Yaraları</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057838513</t>
+          <t>9786057838612</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağı</t>
+          <t>Aklımda Kalan 1</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057838476</t>
+          <t>9786057838650</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Put</t>
+          <t>Huzur Atlası</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057838391</t>
+          <t>9786057838629</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
+          <t>Ardımda Kalan 2</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057838360</t>
+          <t>9786057838537</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
+          <t>Aşkın Saf İncisi Rabiatü'l-Adeviyye</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057838438</t>
+          <t>9786057838544</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057838414</t>
+          <t>9786057838605</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin Şeyhi</t>
+          <t>Dijital Çocuk</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057838353</t>
+          <t>9786057838568</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
+          <t>Çerağ</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057838384</t>
+          <t>9786057838575</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Malcolm X - Yaşamı ve Ölümü</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057838315</t>
+          <t>9786057838452</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Sesi Halkın Nefesi</t>
+          <t>Eşrefoğlu Divanı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057838407</t>
+          <t>9786057838483</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızı</t>
+          <t>Kabusname</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057838377</t>
+          <t>9786057838469</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştirmek</t>
+          <t>Ruhun Derin Yaraları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057838346</t>
+          <t>9786057838513</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
+          <t>Kaygı Çağı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057838322</t>
+          <t>9786057838476</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>İşgal Günlerinde İstanbul</t>
+          <t>Put</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>525</v>
+        <v>245</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057838339</t>
+          <t>9786057838391</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057838308</t>
+          <t>9786057838360</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatına Yön Verenler</t>
+          <t>Karacaoğlan - Gülleri Var Bizim Güle Benzemez (Eksiksiz Tam Metin)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057838247</t>
+          <t>9786057838438</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057838131</t>
+          <t>9786057838414</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Nalköyü</t>
+          <t>Hüsrev ü Şirin Şeyhi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057838278</t>
+          <t>9786057838353</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları 3</t>
+          <t>Osmanlı Klasik Çağında Hilafet ve Saltanat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057838254</t>
+          <t>9786057838384</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ravza'nın Yıldızları</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057838063</t>
+          <t>9786057838315</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Yolunda Sayılı Yıllar</t>
+          <t>Sarayın Sesi Halkın Nefesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057838148</t>
+          <t>9786057838407</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri Hz. Ali</t>
+          <t>Akşam Yıldızı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>475</v>
+        <v>320</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057838155</t>
+          <t>9786057838377</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Nil'den Tuna'ya Osmanlı</t>
+          <t>Dünyayı Güzelleştirmek</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057838087</t>
+          <t>9786057838346</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler</t>
+          <t>İslam Düşüncesinde Demokrasi, İnsan Hakları ve Hukuk</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057838094</t>
+          <t>9786057838322</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Yaşama Sanatı</t>
+          <t>İşgal Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>395</v>
+        <v>525</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057838117</t>
+          <t>9786057838339</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Pendname (Tam Metin)</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752448865</t>
+          <t>9786057838308</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Türk Edebiyatına Yön Verenler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>125</v>
+        <v>595</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057838070</t>
+          <t>9786057838247</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Ağ - Sanal Dünyada Gerçek Kalmak</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>1250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057838056</t>
+          <t>9786057838131</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar Tarihi</t>
+          <t>Nalköyü</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>575</v>
+        <v>195</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752448841</t>
+          <t>9786057838278</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları</t>
+          <t>Ravza'nın Yıldızları 3</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752448940</t>
+          <t>9786057838254</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
+          <t>Ravza'nın Yıldızları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057838032</t>
+          <t>9786057838063</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Başı Sınuklar için Kılavuz</t>
+          <t>Varoluş Yolunda Sayılı Yıllar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055107260</t>
+          <t>9786057838148</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Hafız (Ciltli)</t>
+          <t>Müminlerin Emiri Hz. Ali</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789752448957</t>
+          <t>9786057838155</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Kıyamet 1453</t>
+          <t>Nil'den Tuna'ya Osmanlı</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>575</v>
+        <v>395</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752448988</t>
+          <t>9786057838087</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Temiz Akla Çağrı</t>
+          <t>Mevlana ve Etrafındakiler</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789752448834</t>
+          <t>9786057838094</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mührün Gücü</t>
+          <t>İstanbul'da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>575</v>
+        <v>395</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752448889</t>
+          <t>9786057838117</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Pendname (Tam Metin)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752448964</t>
+          <t>9789752448865</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Güzele Bakan Karınca</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789752448995</t>
+          <t>9786057838070</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam - Ebu Hanife</t>
+          <t>İslam Tarihi (2 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>245</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752448728</t>
+          <t>9786057838056</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Tennure ve Ateş</t>
+          <t>Yeni Osmanlılar Tarihi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>395</v>
+        <v>575</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752448735</t>
+          <t>9789752448841</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Göçebe Ruhu</t>
+          <t>Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752448759</t>
+          <t>9789752448940</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir Misin?</t>
+          <t>Haldun Hürel'le Eski İstanbul'a Yolculuk</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752448773</t>
+          <t>9786057838032</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Başı Sınuklar için Kılavuz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789752448742</t>
+          <t>9786055107260</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Hafız (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752448261</t>
+          <t>9789752448957</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
+          <t>Fetih ve Kıyamet 1453</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752448711</t>
+          <t>9789752448988</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Temiz Akla Çağrı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752448667</t>
+          <t>9789752448834</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Edebiyat Bilgileri</t>
+          <t>Mührün Gücü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>945</v>
+        <v>575</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752448568</t>
+          <t>9789752448889</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Gömlek</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752448681</t>
+          <t>9789752448964</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolunda</t>
+          <t>Güzele Bakan Karınca</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752448674</t>
+          <t>9789752448995</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Tek Kalan Fincan</t>
+          <t>İmam-ı Azam - Ebu Hanife</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752448643</t>
+          <t>9789752448728</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Akıl Aşk ve Ötesi</t>
+          <t>Tennure ve Ateş</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789752448636</t>
+          <t>9789752448735</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Bir Kere Daha Son</t>
+          <t>Türk'ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752448650</t>
+          <t>9789752448759</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Beni Sessiz de Sevebilir Misin?</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752448575</t>
+          <t>9789752448773</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752448605</t>
+          <t>9789752448742</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752448612</t>
+          <t>9789752448261</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Siyaset</t>
+          <t>Cennetin Gülü Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>575</v>
+        <v>225</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752448629</t>
+          <t>9789752448711</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>650</v>
+        <v>345</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752448551</t>
+          <t>9789752448667</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Örneklerle Edebiyat Bilgileri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>475</v>
+        <v>945</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752448537</t>
+          <t>9789752448568</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Kanlı Gömlek</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752448506</t>
+          <t>9789752448681</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Vizeli Alaeddin</t>
+          <t>Tasavvuf Yolunda</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752448490</t>
+          <t>9789752448674</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Tek Kalan Fincan</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752448254</t>
+          <t>9789752448643</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Derinlik</t>
+          <t>Akıl Aşk ve Ötesi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789752448513</t>
+          <t>9789752448636</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
+          <t>Bir Kere Daha Son</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752448438</t>
+          <t>9789752448650</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah - Cennet Fedaileri</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752448230</t>
+          <t>9789752448575</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752448452</t>
+          <t>9789752448605</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İskele Gazinosu</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752448445</t>
+          <t>9789752448612</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname</t>
+          <t>Osmanlı Klasik Çağında Siyaset</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>345</v>
+        <v>575</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752448926</t>
+          <t>9789752448629</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Efsane (Midi Boy)</t>
+          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752448421</t>
+          <t>9789752448551</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kerbela - Hz. Hüseyin</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752448391</t>
+          <t>9789752448537</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752448414</t>
+          <t>9789752448506</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kalbi</t>
+          <t>Kaygusuz Vizeli Alaeddin</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752448407</t>
+          <t>9789752448490</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752448377</t>
+          <t>9789752448254</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Jeopolitik Derinlik</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>349</v>
+        <v>395</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752448292</t>
+          <t>9789752448513</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Paris Sevdası</t>
+          <t>Aşka Yolculuk 2 - Sümeyye ve Yasir</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752448315</t>
+          <t>9789752448438</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Hasan Sabbah - Cennet Fedaileri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752448278</t>
+          <t>9789752448230</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752448285</t>
+          <t>9789752448452</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Öğretmeni</t>
+          <t>İskele Gazinosu</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752448308</t>
+          <t>9789752448445</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Abum Rabum</t>
+          <t>Oğuzname</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>525</v>
+        <v>345</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752448223</t>
+          <t>9789752448926</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Altın Kapı</t>
+          <t>Efsane (Midi Boy)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752448216</t>
+          <t>9789752448421</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Önce Bir Hayat Vardır</t>
+          <t>Kerbela - Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789752448209</t>
+          <t>9789752448391</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752448193</t>
+          <t>9789752448414</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Vaktini Bekleyen Tohum</t>
+          <t>Kelimelerin Kalbi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752448179</t>
+          <t>9789752448407</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752448186</t>
+          <t>9789752448377</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mavi Turna</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752448148</t>
+          <t>9789752448292</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Cenkleri</t>
+          <t>Paris Sevdası</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752448155</t>
+          <t>9789752448315</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752448124</t>
+          <t>9789752448278</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Babalar da Ağlar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752448117</t>
+          <t>9789752448285</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Sevgi Öğretmeni</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789752448087</t>
+          <t>9789752448308</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Baki Nedim</t>
+          <t>Abum Rabum</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>575</v>
+        <v>525</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789752448131</t>
+          <t>9789752448223</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin ve Manakıbı</t>
+          <t>Altın Kapı</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789752448094</t>
+          <t>9789752448216</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Ölümden Önce Bir Hayat Vardır</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789752448063</t>
+          <t>9789752448209</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Manevi Sultanları</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>525</v>
+        <v>345</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752448001</t>
+          <t>9789752448193</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
+          <t>Vaktini Bekleyen Tohum</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789752448032</t>
+          <t>9789752448179</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752448018</t>
+          <t>9789752448186</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kudüs'te Kaldı</t>
+          <t>Mavi Turna</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>675</v>
+        <v>225</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055147976</t>
+          <t>9789752448148</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Psikolojimiz</t>
+          <t>Hz. Ali Cenkleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055147990</t>
+          <t>9789752448155</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı - 2</t>
+          <t>Yunus Emre - Pir Sultan - Karacaoğlan</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>325</v>
+        <v>545</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055147983</t>
+          <t>9789752448124</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tozun Aşkı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055147938</t>
+          <t>9789752448117</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055147969</t>
+          <t>9789752448087</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Entrikaları</t>
+          <t>Fuzuli Baki Nedim</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>295</v>
+        <v>575</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055147921</t>
+          <t>9789752448131</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Bir Ateşpare Bin Yangın</t>
+          <t>Şeyh Bedreddin ve Manakıbı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257706797</t>
+          <t>9789752448094</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786055147907</t>
+          <t>9789752448063</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Osmanlı'nın Manevi Sultanları</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>150</v>
+        <v>525</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786055147884</t>
+          <t>9789752448001</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Babil'de Ölüm İstanbul'da Aşk (Midi Boy)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055147891</t>
+          <t>9789752448032</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>Hayat Apartmanı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055147839</t>
+          <t>9789752448018</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Kalbim Kudüs'te Kaldı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>295</v>
+        <v>675</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055147877</t>
+          <t>9786055147976</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Görmek</t>
+          <t>İnternet ve Psikolojimiz</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055147846</t>
+          <t>9786055147990</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Çeşmesi</t>
+          <t>Hüzün Yanığı - 2</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055147822</t>
+          <t>9786055147983</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Resim</t>
+          <t>Tozun Aşkı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055147860</t>
+          <t>9786055147938</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Karun ve Anarşist</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055147679</t>
+          <t>9786055147969</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Od (Ciltli)</t>
+          <t>Ayasofya Entrikaları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786055147808</t>
+          <t>9786055147921</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Bir Ateşpare Bin Yangın</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055147709</t>
+          <t>9786257706797</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055147747</t>
+          <t>9786055147907</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055147754</t>
+          <t>9786055147884</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Hacer</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055147648</t>
+          <t>9786055147891</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Arap</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055147785</t>
+          <t>9786055147839</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055147716</t>
+          <t>9786055147877</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
+          <t>Karanlıkta Görmek</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055147730</t>
+          <t>9786055147846</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
+          <t>Gözyaşı Çeşmesi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055147686</t>
+          <t>9786055147822</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali ve Fatıma</t>
+          <t>Masal ve Resim</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055147693</t>
+          <t>9786055147860</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
+          <t>Karun ve Anarşist</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055147778</t>
+          <t>9786055147679</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Motto</t>
+          <t>Od (Ciltli)</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786055147600</t>
+          <t>9786055147808</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055147631</t>
+          <t>9786055147709</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Şems-i Tebrizi - Aşkın Gözyaşları 1</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055147655</t>
+          <t>9786055147747</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşk</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055147587</t>
+          <t>9786055147754</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
+          <t>Hz. İbrahim ve Hacer</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786055147556</t>
+          <t>9786055147648</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Türk ve Arap</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055147570</t>
+          <t>9786055147785</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Mutedil Müslümanların Günümüzdeki Düşmanları</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055147518</t>
+          <t>9786055147716</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Belagat-ı Osmaniyye</t>
+          <t>Hz. Mevlana - Aşkın Gözyaşları 2</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786055147563</t>
+          <t>9786055147730</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Türküsü</t>
+          <t>Hallac-ı Mansur - Aşkın Gözyaşları 4</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786055147532</t>
+          <t>9786055147686</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid</t>
+          <t>Hz. Ali ve Fatıma</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055147525</t>
+          <t>9786055147693</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Siyasetin Aynasında Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786055147549</t>
+          <t>9786055147778</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hastalık</t>
+          <t>Motto</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786055147488</t>
+          <t>9786055147600</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786055147365</t>
+          <t>9786055147631</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi İstanbul Yarımadası</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786055147396</t>
+          <t>9786055147655</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Evlerinin Önü</t>
+          <t>Sanal Aşk</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786055147310</t>
+          <t>9786055147587</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu Uzun Öter</t>
+          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri…</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786055147457</t>
+          <t>9786055147556</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786055147211</t>
+          <t>9786055147570</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>695</v>
+        <v>245</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786055147426</t>
+          <t>9786055147518</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Belagat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786054322787</t>
+          <t>9786055147563</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kahveniz Nasıl Olsun?</t>
+          <t>Tanpınar’ın Türküsü</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789758950362</t>
+          <t>9786055147532</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kahve Molası</t>
+          <t>2. Abdülhamid</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786055107215</t>
+          <t>9786055147525</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Aşk Estetiği</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786055147327</t>
+          <t>9786055147549</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Dönmeler Adeti</t>
+          <t>Edebiyat ve Hastalık</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786055147303</t>
+          <t>9786055147488</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Modernizm Şiir</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>545</v>
+        <v>350</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786055147334</t>
+          <t>9786055147365</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilge Kağan</t>
+          <t>Efsanevi İstanbul Yarımadası</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786055147235</t>
+          <t>9786055147396</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Evlerinin Önü</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786055147228</t>
+          <t>9786055147310</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Melamilik ve Melamiler</t>
+          <t>Gece Kuşu Uzun Öter</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786055147297</t>
+          <t>9786055147457</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu Aşıkları</t>
+          <t>Racon</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789758950232</t>
+          <t>9786055147211</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Meclisi</t>
+          <t>Tarih Boyunca İslam Mezhepleri ve Şiilik</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>175</v>
+        <v>695</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789758950645</t>
+          <t>9786055147426</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Kapı</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786055147259</t>
+          <t>9786054322787</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Şuur ve Ahlak</t>
+          <t>Kahveniz Nasıl Olsun?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786055147198</t>
+          <t>9789758950362</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Death in Babylon Love in Istanbul</t>
+          <t>Kahve Molası</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055107239</t>
+          <t>9786055107215</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Aşk Estetiği</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786055147815</t>
+          <t>9786055147327</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
+          <t>Dönmeler Adeti</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786055147280</t>
+          <t>9786055147303</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Leyla’yı Sevenler Kulübü</t>
+          <t>Türk Şiiri Modernizm Şiir</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786055147129</t>
+          <t>9786055147334</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Açıdan İslam Tarihi</t>
+          <t>Türk Bilge Kağan</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786055147181</t>
+          <t>9786055147235</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786055147167</t>
+          <t>9786055147228</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Melamilik ve Melamiler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786055147136</t>
+          <t>9786055147297</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Sükut-i Harf</t>
+          <t>Zaman Yolculuğu Aşıkları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786055147099</t>
+          <t>9789758950232</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786055147174</t>
+          <t>9789758950645</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
+          <t>Kırkıncı Kapı</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>385</v>
+        <v>175</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786055147150</t>
+          <t>9786055147259</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Gece Rüzgarları</t>
+          <t>Muhammedi Şuur ve Ahlak</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786055107123</t>
+          <t>9786055147198</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hilal Görününce</t>
+          <t>Death in Babylon Love in Istanbul</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786055147105</t>
+          <t>9786055107239</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nefhalar</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055147082</t>
+          <t>9786055147815</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
+          <t>Yunus Emre - Aşkın Gözyaşları 5</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786055147051</t>
+          <t>9786055147280</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Bakmak Görmek Bir De Bilmek</t>
+          <t>Leyla’yı Sevenler Kulübü</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786055147112</t>
+          <t>9786055147129</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Rafia Sultan</t>
+          <t>Sosyal Açıdan İslam Tarihi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789944486750</t>
+          <t>9786055147181</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbulda...</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786054322411</t>
+          <t>9786055147167</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bir Mabed Savaşçısı</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786055147037</t>
+          <t>9786055147136</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Peşinde Koşan Padişah</t>
+          <t>Sükut-i Harf</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786055107925</t>
+          <t>9786055147099</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786055107987</t>
+          <t>9786055147174</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Hadisleri</t>
+          <t>İstanbul Evliyaları (İstanbul Manevi Gezi Rehberi)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786055107734</t>
+          <t>9786055147150</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud</t>
+          <t>Gece Rüzgarları</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055107956</t>
+          <t>9786055107123</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı</t>
+          <t>Hilal Görününce</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786055107932</t>
+          <t>9786055147105</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
+          <t>İlahi Nefhalar</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786055147945</t>
+          <t>9786055147082</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
+          <t>Sadreddin Konevi Kitaplığı / Sadreddin Konevi'de Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786055107895</t>
+          <t>9786055147051</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Bakmak Görmek Bir De Bilmek</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786055107796</t>
+          <t>9786055147112</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Ciltli)</t>
+          <t>Rafia Sultan</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>795</v>
+        <v>395</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786055107727</t>
+          <t>9789944486750</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Karikatürün Aynasında Edebiyatçılar</t>
+          <t>Bir Zamanlar İstanbulda...</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786055107840</t>
+          <t>9786054322411</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>He’nin İki Gözü İki Çeşme</t>
+          <t>Bir Mabed Savaşçısı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786055107871</t>
+          <t>9786055147037</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Külhanbeyi</t>
+          <t>Hikaye Peşinde Koşan Padişah</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786055107697</t>
+          <t>9786055107925</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>224</v>
+        <v>275</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786055107857</t>
+          <t>9786055107987</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
+          <t>Hz. Muhammed ve Hadisleri</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786055107826</t>
+          <t>9786055107734</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kırmalı Etekler</t>
+          <t>Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786055107772</t>
+          <t>9786055107956</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Direnen Yıldız</t>
+          <t>Hüzün Yanığı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789758950423</t>
+          <t>9786055107932</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi</t>
+          <t>Gülistan (Günümüz Türkçesiyle Tam Metin)</t>
         </is>
       </c>
       <c r="C751" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055107963</t>
+          <t>9786055147945</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Müzik Söyleyişleri</t>
+          <t>Hz. Muhammed (S.A.V.) İçin Bülbülün Kırk Şarkısı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786055107604</t>
+          <t>9786055107895</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Tutiname</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>345</v>
+        <v>525</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786055107758</t>
+          <t>9786055107796</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Evlilikler Yalnızlıklar Umutlar</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786055107291</t>
+          <t>9786055107727</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Karikatürün Aynasında Edebiyatçılar</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786054322848</t>
+          <t>9786055107840</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Od</t>
+          <t>He’nin İki Gözü İki Çeşme</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786055107246</t>
+          <t>9786055107871</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Külhanbeyi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786055107789</t>
+          <t>9786055107697</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Yeni Gülzar-ı Haseneyn Kerbela Vakası</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786055107765</t>
+          <t>9786055107857</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İstanbulcunun Sandığı</t>
+          <t>Konevi ile Tusi Arasında Metafizik Üzerine Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786054322022</t>
+          <t>9786055107826</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dört Rengi</t>
+          <t>Kırmalı Etekler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789759944483</t>
+          <t>9786055107772</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Ölerek Yaşıyorum</t>
+          <t>Karanlığa Direnen Yıldız</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786054322145</t>
+          <t>9789758950423</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
+          <t>Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055107598</t>
+          <t>9786055107963</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Müzik Söyleyişleri</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789758950850</t>
+          <t>9786055107604</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Türbanın Yeniden İcadı</t>
+          <t>Tutiname</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789944486972</t>
+          <t>9786055107758</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Tutunma</t>
+          <t>Evlilikler Yalnızlıklar Umutlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786054683598</t>
+          <t>9786055107291</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Felsefe</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789944486576</t>
+          <t>9786054322848</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Tuğlalar</t>
+          <t>Od</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789758950973</t>
+          <t>9786055107246</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal İki Cihan Arasında 3</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>95</v>
+        <v>275</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789758950416</t>
+          <t>9786055107789</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Güzeller</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789758950065</t>
+          <t>9786055107765</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mir’at</t>
+          <t>İstanbulcunun Sandığı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786054683574</t>
+          <t>9786054322022</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Felsefe</t>
+          <t>Ölümün Dört Rengi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786054322503</t>
+          <t>9789759944483</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Mihri Müşfik Hanım’ın İzinde</t>
+          <t>Ölerek Yaşıyorum</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786054322473</t>
+          <t>9786054322145</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Osmanlı’nın Avrupalı Müzisyenleri</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786054683260</t>
+          <t>9786055107598</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789944486149</t>
+          <t>9789758950850</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
+          <t>Türbanın Yeniden İcadı</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>85</v>
+        <v>375</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786055107178</t>
+          <t>9789944486972</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sada</t>
+          <t>Tutunma</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786055107673</t>
+          <t>9786054683598</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
+          <t>Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786055107390</t>
+          <t>9789944486576</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Nesimi Usuli Ruhi</t>
+          <t>Sırlı Tuğlalar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786055107505</t>
+          <t>9789758950973</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Namık Kemal İki Cihan Arasında 3</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786055107567</t>
+          <t>9789758950416</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Aşkın 7 Hali Bişnev!</t>
+          <t>Müstesna Güzeller</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786055107451</t>
+          <t>9789758950065</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Mir’at</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786054683819</t>
+          <t>9786054683574</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Mimarlık ve Felsefe</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055107024</t>
+          <t>9786054322503</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
+          <t>Mihri Müşfik Hanım’ın İzinde</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786054322947</t>
+          <t>9786054322473</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Dile Duran Ölüm</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786054322749</t>
+          <t>9786054683260</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Devrilen Kazan</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789758950577</t>
+          <t>9789944486149</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Değişen Koşullarda Alevilik</t>
+          <t>Aşk Ağlatır Dert Söyletir 5 Dertli (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786055107499</t>
+          <t>9786055107178</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Serüveni</t>
+          <t>Hoş Sada</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>425</v>
+        <v>185</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786055107444</t>
+          <t>9786055107673</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Sadreddin Konevi Kitaplığı - Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055107284</t>
+          <t>9786055107390</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Naili-i Kadim (Ciltli)</t>
+          <t>Nesimi Usuli Ruhi</t>
         </is>
       </c>
       <c r="C789" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786055107482</t>
+          <t>9786055107505</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Onlardan Kalan</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786055107970</t>
+          <t>9786055107567</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Sırrı : Türk Peygamber</t>
+          <t>Aşkın 7 Hali Bişnev!</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>575</v>
+        <v>345</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786055107406</t>
+          <t>9786055107451</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055147273</t>
+          <t>9786054683819</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tuna Güzellemesi</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786055107994</t>
+          <t>9786055107024</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
+          <t>Kayıp Ruhlar Atlası - Bir Sarıkamış Romanı 1. Kitap</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786055147013</t>
+          <t>9786054322947</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
+          <t>Dile Duran Ölüm</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786054683345</t>
+          <t>9786054322749</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Simiti</t>
+          <t>Devrilen Kazan</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789752448919</t>
+          <t>9789758950577</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Malik Aksel - Evimizin Ressamı</t>
+          <t>Değişen Koşullarda Alevilik</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786055147372</t>
+          <t>9786055107499</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Arkadaş</t>
+          <t>Fotoğrafın Serüveni</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055147464</t>
+          <t>9786055107444</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Kırk Yılım</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786055107574</t>
+          <t>9786055107284</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yolu</t>
+          <t>Naili-i Kadim (Ciltli)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786054322817</t>
+          <t>9786055107482</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>Onlardan Kalan</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786054322985</t>
+          <t>9786055107970</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Bozkırın Sırrı : Türk Peygamber</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789758950744</t>
+          <t>9786055107406</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
+          <t>İzzet Ziya / Edebiyatı Tuvalle Buluşturan Ressam</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786054683253</t>
+          <t>9786055147273</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilerin Serencamı</t>
+          <t>Tuna Güzellemesi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786055107420</t>
+          <t>9786055107994</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kırk Vezir Hikayeleri</t>
+          <t>Kutlu Dağlar Ülkesi : Göktürkler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786055107536</t>
+          <t>9786055147013</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
+          <t>Edebiyatın Çanakkale’yle İmtihanı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786055107635</t>
+          <t>9786054683345</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Aşka Tutunmak</t>
+          <t>Marx’ın Simiti</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786055107611</t>
+          <t>9789752448919</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Tren Burdan Geçmiyor</t>
+          <t>Malik Aksel - Evimizin Ressamı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786055107550</t>
+          <t>9786055147372</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Gizli Öznesi</t>
+          <t>Kayıp Arkadaş</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786054683789</t>
+          <t>9786055147464</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Boğaziçi'nde Kırk Yılım</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786054322725</t>
+          <t>9786055107574</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l-Hüsna Şerhi</t>
+          <t>İmparatorlar Yolu</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786054322374</t>
+          <t>9786054322817</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Sultan</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786054322992</t>
+          <t>9786054322985</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Hürriyet</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789758950447</t>
+          <t>9789758950744</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Dilinden</t>
+          <t>Tanzimat’tan 12 Mart’a Kılık - Kıyafet ve İktidar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786054322190</t>
+          <t>9786054683253</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Şair Fatih: Avni</t>
+          <t>Bektaşilerin Serencamı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786054322251</t>
+          <t>9786055107420</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şahane Gazeller 3</t>
+          <t>Kırk Vezir Hikayeleri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786055107383</t>
+          <t>9786055107536</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yunus, Ne Hoş Demişsin</t>
+          <t>Türkiye'de Yazınsal Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786055107352</t>
+          <t>9786055107635</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Mihmandar</t>
+          <t>Aşka Tutunmak</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>475</v>
+        <v>265</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789944486347</t>
+          <t>9786055107611</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
+          <t>Tren Burdan Geçmiyor</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786054322541</t>
+          <t>9786055107550</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Çağının Ruh</t>
+          <t>Şehrin Gizli Öznesi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786055107277</t>
+          <t>9786054683789</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786055107314</t>
+          <t>9786054322725</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip (Ciltli)</t>
+          <t>Esmaü'l-Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786055257101</t>
+          <t>9786054322374</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Arasokakların Tarihi</t>
+          <t>Şah ve Sultan</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789758950713</t>
+          <t>9786054322992</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasında Komünist Hareket</t>
+          <t>Sürgün ve Hürriyet</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786054683284</t>
+          <t>9789758950447</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmış Tebessüm</t>
+          <t>Şairlerin Dilinden</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055107338</t>
+          <t>9786054322190</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Şair Fatih: Avni</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786055107253</t>
+          <t>9786054322251</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Henüz 17 Yaşında</t>
+          <t>Şahane Gazeller 3</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786055107307</t>
+          <t>9786055107383</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Yunus, Ne Hoş Demişsin</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786055107666</t>
+          <t>9786055107352</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Seçmeler</t>
+          <t>Mihmandar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>249</v>
+        <v>475</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786055107659</t>
+          <t>9789944486347</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Sürgün Şairleri</t>
+          <t>Bir Hayat Tarzı Eleştirisi: İslamcılık</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786055107208</t>
+          <t>9786054322541</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
+          <t>Kanuni Çağının Ruh</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786055107222</t>
+          <t>9786055107277</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Secdesi</t>
+          <t>Kaygusuz Abdal Hatayi Kul Himmet (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786055107154</t>
+          <t>9786055107314</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Şeyh Galip (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786055107130</t>
+          <t>9786055257101</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Ayın Bitmeyen Çocukluğu</t>
+          <t>Arasokakların Tarihi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786055107116</t>
+          <t>9789758950713</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler ve Yazılar</t>
+          <t>Arap Dünyasında Komünist Hareket</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786054683543</t>
+          <t>9786054683284</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Arada Kalmış Tebessüm</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786054322558</t>
+          <t>9786055107338</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşler Kervanı</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786055257088</t>
+          <t>9786055107253</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları</t>
+          <t>Henüz 17 Yaşında</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789944486316</t>
+          <t>9786055107307</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Yeni İran Sineması</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786055107000</t>
+          <t>9786055107666</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Irkçılık</t>
+          <t>Kutadgu Bilig - Seçmeler</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>345</v>
+        <v>249</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789944486507</t>
+          <t>9786055107659</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Osmanlının Sürgün Şairleri</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789944486842</t>
+          <t>9786055107208</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal: Eve Dönen Adam</t>
+          <t>Hikmetin Yeniden İnşası Yolunda - Beyaz Kale</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786054322893</t>
+          <t>9786055107222</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Aşkın Secdesi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786054683956</t>
+          <t>9786055107154</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Veda Şarkısı</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789758950096</t>
+          <t>9786055107130</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ve Gazel Yeniden</t>
+          <t>Ayın Bitmeyen Çocukluğu</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786054683116</t>
+          <t>9786055107116</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Seçme Şiirler ve Yazılar</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789944486194</t>
+          <t>9786054683543</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786054322831</t>
+          <t>9786054322558</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Türküler Kalır</t>
+          <t>Yitik Düşler Kervanı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786054322343</t>
+          <t>9786055257088</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Dini Resimler</t>
+          <t>Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789758950508</t>
+          <t>9789944486316</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türk Safo’su Mihri Hatun</t>
+          <t>Yeni İran Sineması</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786055107079</t>
+          <t>9786055107000</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Türk Mimarları</t>
+          <t>Yakın Tarihimizde Irkçılık</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786054683093</t>
+          <t>9789944486507</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789758950089</t>
+          <t>9789944486842</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arası</t>
+          <t>Yahya Kemal: Eve Dönen Adam</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789758950621</t>
+          <t>9786054322893</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Heterodoksi ve Babailer</t>
+          <t>Viyana Dönüşü</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789758950997</t>
+          <t>9786054683956</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
+          <t>Veda Şarkısı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>95</v>
+        <v>265</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789944486330</t>
+          <t>9789758950096</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sineması Deneme 1</t>
+          <t>Ve Gazel Yeniden</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789758950669</t>
+          <t>9786054683116</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme, Sekülerleşme ve Protestanlaşma Sürecinde Değişen Kentte Dini Hayat ve Fetva Soruları</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786054683727</t>
+          <t>9789944486194</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Aşkına - Gönül Işıtan Hikayeler</t>
+          <t>Ümmi Sinan Gül ile Gülü Tartanlar 5</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>475</v>
+        <v>95</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054322794</t>
+          <t>9786054322831</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sandık</t>
+          <t>Türküler Kalır</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789944486828</t>
+          <t>9786054322343</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İçinde Bir Boğaziçi</t>
+          <t>Türklerde Dini Resimler</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789944486729</t>
+          <t>9789758950508</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri</t>
+          <t>Türk Safo’su Mihri Hatun</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789944486682</t>
+          <t>9786055107079</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğu Kurtarmak</t>
+          <t>Türk Mimarları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789944486538</t>
+          <t>9786054683093</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İletişim: Deveran mı? Kesik Devre mi?</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789758950966</t>
+          <t>9789758950089</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Arasında 4: Abdülhak Hamid</t>
+          <t>Tavan Arası</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>90</v>
+        <v>375</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789944486026</t>
+          <t>9789758950621</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinizden Korkuyorum</t>
+          <t>Tarih, Heterodoksi ve Babailer</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789944486040</t>
+          <t>9789758950997</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Gizli Rol</t>
+          <t>Şinasi İki Cihan Arasında 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789944486385</t>
+          <t>9789944486330</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Rüya Sineması Deneme 1</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789758950188</t>
+          <t>9789758950669</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dünün Devrimcileri Bugünün Reformistleri İran’da Siyasal, Kültürel ve Toplumsal Değişim</t>
+          <t>Modernleşme, Sekülerleşme ve Protestanlaşma Sürecinde Değişen Kentte Dini Hayat ve Fetva Soruları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789944486378</t>
+          <t>9786054683727</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri 4 Halvet Der Encümen / 40 Gözaltı Öyküsü ve Diğerleri</t>
+          <t>Mevlana Aşkına - Gönül Işıtan Hikayeler</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>149</v>
+        <v>475</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
+          <t>9786054322794</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Sandık</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9789944486828</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un İçinde Bir Boğaziçi</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789944486729</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789944486682</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğu Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9789944486538</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>İletişim: Deveran mı? Kesik Devre mi?</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789758950966</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>İki Cihan Arasında 4: Abdülhak Hamid</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789944486026</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerinizden Korkuyorum</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9789944486040</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Rol</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789944486385</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Garip</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789758950188</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Dünün Devrimcileri Bugünün Reformistleri İran’da Siyasal, Kültürel ve Toplumsal Değişim</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789944486378</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Öyküleri 4 Halvet Der Encümen / 40 Gözaltı Öyküsü ve Diğerleri</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
           <t>9789944486422</t>
         </is>
       </c>
-      <c r="B870" s="1" t="inlineStr">
+      <c r="B881" s="1" t="inlineStr">
         <is>
           <t>Ayan Beyan Bütün Öyküleri 5</t>
         </is>
       </c>
-      <c r="C870" s="1">
+      <c r="C881" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>