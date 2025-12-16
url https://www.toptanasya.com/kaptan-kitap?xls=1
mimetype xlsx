--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,790 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259421261</t>
+          <t>9786259619736</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tadımlık! Bahar'24</t>
+          <t>Quo Vadis?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259925677</t>
+          <t>9786259619743</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde Adım Adım Cumhuriyet’e</t>
+          <t>Afakan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259925622</t>
+          <t>9786259421261</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Otobiyografisi</t>
+          <t>Tadımlık! Bahar'24</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259619712</t>
+          <t>9786259925677</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Giden Çocuk</t>
+          <t>Atatürk’ün İzinde Adım Adım Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259619729</t>
+          <t>9786259925622</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Macera Kapıları</t>
+          <t>Atatürk'ün Otobiyografisi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057245748</t>
+          <t>9786259619712</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevgisu İle Huysuz Karga</t>
+          <t>Ay’a Giden Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057245731</t>
+          <t>9786259619729</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Güleçyüz İle Tembel Karınca</t>
+          <t>Macera Kapıları</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057245724</t>
+          <t>9786057245748</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mutlunaz'ın Mutluluğunun Sırrı</t>
+          <t>Sevgisu İle Huysuz Karga</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057245717</t>
+          <t>9786057245731</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İyican'ın Kağıttan Uçağı</t>
+          <t>Güleçyüz İle Tembel Karınca</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259619705</t>
+          <t>9786057245724</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Sevmek Bize Yakışmaz</t>
+          <t>Mutlunaz'ın Mutluluğunun Sırrı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259515083</t>
+          <t>9786057245717</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik-Bütün Şiirleri-Seçme Hikayeler</t>
+          <t>İyican'ın Kağıttan Uçağı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259515090</t>
+          <t>9786259619705</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>B!ld!ğ!m?</t>
+          <t>Öylesine Sevmek Bize Yakışmaz</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259925660</t>
+          <t>9786259515083</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutluca Cumhuriyeti</t>
+          <t>Sait Faik-Bütün Şiirleri-Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057245786</t>
+          <t>9786259515090</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bizi Affet Çocuğum!</t>
+          <t>B!ld!ğ!m?</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057245700</t>
+          <t>9786259925660</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzlar Kaavesi</t>
+          <t>Mutluca Cumhuriyeti</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259421230</t>
+          <t>9786057245786</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Anlayan Çocuk</t>
+          <t>Bizi Affet Çocuğum!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259421247</t>
+          <t>9786057245700</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara Küsen Çocuk!</t>
+          <t>Umutsuzlar Kaavesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259421223</t>
+          <t>9786259421230</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hiç Ağaç Görmeyen Çocuk!</t>
+          <t>Atatürk’ü Anlayan Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057245755</t>
+          <t>9786259421247</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları Tatilde</t>
+          <t>Kitaplara Küsen Çocuk!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057245762</t>
+          <t>9786259421223</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları Okulda</t>
+          <t>Hiç Ağaç Görmeyen Çocuk!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057245779</t>
+          <t>9786057245755</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları</t>
+          <t>Hayal Gemisi Tayfaları Tatilde</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259515069</t>
+          <t>9786057245762</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya-İstanbul /Aya Sofıa-Constantınople</t>
+          <t>Hayal Gemisi Tayfaları Okulda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259515076</t>
+          <t>9786057245779</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Brıef An Den Vater- Dıe Vervandlung</t>
+          <t>Hayal Gemisi Tayfaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259515052</t>
+          <t>9786259515069</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Ayasofya-İstanbul /Aya Sofıa-Constantınople</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259515007</t>
+          <t>9786259515076</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil!</t>
+          <t>Brıef An Den Vater- Dıe Vervandlung</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259515045</t>
+          <t>9786259515052</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl’da Osmanlı Kıyafet Kültürü</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259515021</t>
+          <t>9786259515007</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfağı’ndan Yemekler</t>
+          <t>Bildiğin Gibi Değil!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259820194</t>
+          <t>9786259515045</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şehirfaresi Johnny'nin Masalı-Bayan Titrekfare'nin Masalı</t>
+          <t>18. Yüzyıl’da Osmanlı Kıyafet Kültürü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259820187</t>
+          <t>9786259515021</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sincap Timmy'nin Masalı - Şiirlerle Hayvan Dostlarımız</t>
+          <t>Osmanlı Mutfağı’ndan Yemekler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259515038</t>
+          <t>9786259820194</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Deneme’ye Değer</t>
+          <t>Şehirfaresi Johnny'nin Masalı-Bayan Titrekfare'nin Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259515014</t>
+          <t>9786259820187</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Ya Da Yazmamak!</t>
+          <t>Sincap Timmy'nin Masalı - Şiirlerle Hayvan Dostlarımız</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259820163</t>
+          <t>9786259515038</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Pofidik Tavşanlar’ın Masalı-Kötü Niyetli Tavşan’ın Masalı</t>
+          <t>Deneme’ye Değer</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259820170</t>
+          <t>9786259515014</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Tom’un Masalı - Paytakördek Jemima’nın Masalı</t>
+          <t>Yazmak Ya Da Yazmamak!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259820156</t>
+          <t>9786259820163</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter’in Masalı - Tavşan Benjamin’in Masalı</t>
+          <t>Pofidik Tavşanlar’ın Masalı-Kötü Niyetli Tavşan’ın Masalı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259820132</t>
+          <t>9786259820170</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali - Küçük Kara Balık</t>
+          <t>Kedicik Tom’un Masalı - Paytakördek Jemima’nın Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259820149</t>
+          <t>9786259820156</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfağı’ndan Tatlılar</t>
+          <t>Tavşan Peter’in Masalı - Tavşan Benjamin’in Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259820125</t>
+          <t>9786259820132</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ali Eşref Dede’ye Ait Yemek Risalesi</t>
+          <t>Bir Şeftali Bin Şeftali - Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259820118</t>
+          <t>9786259820149</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>TadımLIK! Seçki Yaz’24</t>
+          <t>Osmanlı Mutfağı’ndan Tatlılar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259820101</t>
+          <t>9786259820125</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Leylek Kayası</t>
+          <t>Ali Eşref Dede’ye Ait Yemek Risalesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259421292</t>
+          <t>9786259820118</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>16 Büyük Türk Devleti</t>
+          <t>TadımLIK! Seçki Yaz’24</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259421285</t>
+          <t>9786259820101</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Hatıra Mülakatları 2</t>
+          <t>Leylek Kayası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259421254</t>
+          <t>9786259421292</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Benden Geri Kalan Benim!</t>
+          <t>16 Büyük Türk Devleti</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259421216</t>
+          <t>9786259421285</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri - Ses - Hikayeler</t>
+          <t>Atatürk'ün Hatıra Mülakatları 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259925691</t>
+          <t>9786259421254</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Melceü't-Tabbahin - Aşçıların Sığınağı</t>
+          <t>Benden Geri Kalan Benim!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259925684</t>
+          <t>9786259421216</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Hatıra Mülakatları</t>
+          <t>Sabahattin Ali - Bütün Şiirleri - Ses - Hikayeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259925653</t>
+          <t>9786259925691</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mehtabı Yalnız Seyreden Kadına Mektup</t>
+          <t>Melceü't-Tabbahin - Aşçıların Sığınağı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259925646</t>
+          <t>9786259925684</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>100 Yaşın Kutlu Olsun Ey Şanlı Cumhuriyet!</t>
+          <t>Atatürk’ün Hatıra Mülakatları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259925639</t>
+          <t>9786259925653</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri - Hoşgör Köftecisi</t>
+          <t>Mehtabı Yalnız Seyreden Kadına Mektup</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259925615</t>
+          <t>9786259925646</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Covitopia</t>
+          <t>100 Yaşın Kutlu Olsun Ey Şanlı Cumhuriyet!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786259925639</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli - Bütün Şiirleri - Hoşgör Köftecisi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259925615</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Covitopia</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786259925608</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Atatürk’ün Hatıra Defterleri</t>
         </is>
       </c>
-      <c r="C51" s="1">
+      <c r="C53" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>