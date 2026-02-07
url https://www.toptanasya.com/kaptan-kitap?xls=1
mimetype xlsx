--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -514,51 +514,51 @@
         <is>
           <t>9786259515045</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>18. Yüzyıl’da Osmanlı Kıyafet Kültürü</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786259515021</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Mutfağı’ndan Yemekler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786259820194</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Şehirfaresi Johnny'nin Masalı-Bayan Titrekfare'nin Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786259820187</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
@@ -664,51 +664,51 @@
         <is>
           <t>9786259820149</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Mutfağı’ndan Tatlılar</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786259820125</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Ali Eşref Dede’ye Ait Yemek Risalesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786259820118</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>TadımLIK! Seçki Yaz’24</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786259820101</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
@@ -754,51 +754,51 @@
         <is>
           <t>9786259421254</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Benden Geri Kalan Benim!</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786259421216</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Sabahattin Ali - Bütün Şiirleri - Ses - Hikayeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786259925691</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Melceü't-Tabbahin - Aşçıların Sığınağı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786259925684</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>