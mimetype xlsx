--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,820 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259619736</t>
+          <t>9786259421278</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis?</t>
+          <t>Ressamlarresimler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259619743</t>
+          <t>9786057245793</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Afakan</t>
+          <t>Herkes İçin Arabuluculuk Kılavuzu</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259421261</t>
+          <t>9786259619736</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tadımlık! Bahar'24</t>
+          <t>Quo Vadis?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259925677</t>
+          <t>9786259619743</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde Adım Adım Cumhuriyet’e</t>
+          <t>Afakan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259925622</t>
+          <t>9786259421261</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Otobiyografisi</t>
+          <t>Tadımlık! Bahar'24</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259619712</t>
+          <t>9786259925677</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Giden Çocuk</t>
+          <t>Atatürk’ün İzinde Adım Adım Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259619729</t>
+          <t>9786259925622</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Macera Kapıları</t>
+          <t>Atatürk'ün Otobiyografisi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057245748</t>
+          <t>9786259619712</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sevgisu İle Huysuz Karga</t>
+          <t>Ay’a Giden Çocuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057245731</t>
+          <t>9786259619729</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Güleçyüz İle Tembel Karınca</t>
+          <t>Macera Kapıları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057245724</t>
+          <t>9786057245748</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mutlunaz'ın Mutluluğunun Sırrı</t>
+          <t>Sevgisu İle Huysuz Karga</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057245717</t>
+          <t>9786057245731</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İyican'ın Kağıttan Uçağı</t>
+          <t>Güleçyüz İle Tembel Karınca</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259619705</t>
+          <t>9786057245724</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Sevmek Bize Yakışmaz</t>
+          <t>Mutlunaz'ın Mutluluğunun Sırrı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259515083</t>
+          <t>9786057245717</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik-Bütün Şiirleri-Seçme Hikayeler</t>
+          <t>İyican'ın Kağıttan Uçağı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259515090</t>
+          <t>9786259619705</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>B!ld!ğ!m?</t>
+          <t>Öylesine Sevmek Bize Yakışmaz</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259925660</t>
+          <t>9786259515083</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutluca Cumhuriyeti</t>
+          <t>Sait Faik-Bütün Şiirleri-Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057245786</t>
+          <t>9786259515090</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bizi Affet Çocuğum!</t>
+          <t>B!ld!ğ!m?</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057245700</t>
+          <t>9786259925660</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzlar Kaavesi</t>
+          <t>Mutluca Cumhuriyeti</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259421230</t>
+          <t>9786057245786</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Anlayan Çocuk</t>
+          <t>Bizi Affet Çocuğum!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259421247</t>
+          <t>9786057245700</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara Küsen Çocuk!</t>
+          <t>Umutsuzlar Kaavesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259421223</t>
+          <t>9786259421230</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hiç Ağaç Görmeyen Çocuk!</t>
+          <t>Atatürk’ü Anlayan Çocuk</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057245755</t>
+          <t>9786259421247</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları Tatilde</t>
+          <t>Kitaplara Küsen Çocuk!</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057245762</t>
+          <t>9786259421223</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları Okulda</t>
+          <t>Hiç Ağaç Görmeyen Çocuk!</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057245779</t>
+          <t>9786057245755</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi Tayfaları</t>
+          <t>Hayal Gemisi Tayfaları Tatilde</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259515069</t>
+          <t>9786057245762</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya-İstanbul /Aya Sofıa-Constantınople</t>
+          <t>Hayal Gemisi Tayfaları Okulda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259515076</t>
+          <t>9786057245779</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Brıef An Den Vater- Dıe Vervandlung</t>
+          <t>Hayal Gemisi Tayfaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259515052</t>
+          <t>9786259515069</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Ayasofya-İstanbul /Aya Sofıa-Constantınople</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259515007</t>
+          <t>9786259515076</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil!</t>
+          <t>Brıef An Den Vater- Dıe Vervandlung</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259515045</t>
+          <t>9786259515052</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl’da Osmanlı Kıyafet Kültürü</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259515021</t>
+          <t>9786259515007</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfağı’ndan Yemekler</t>
+          <t>Bildiğin Gibi Değil!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259820194</t>
+          <t>9786259515045</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şehirfaresi Johnny'nin Masalı-Bayan Titrekfare'nin Masalı</t>
+          <t>18. Yüzyıl’da Osmanlı Kıyafet Kültürü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259820187</t>
+          <t>9786259515021</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sincap Timmy'nin Masalı - Şiirlerle Hayvan Dostlarımız</t>
+          <t>Osmanlı Mutfağı’ndan Yemekler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259515038</t>
+          <t>9786259820194</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Deneme’ye Değer</t>
+          <t>Şehirfaresi Johnny'nin Masalı-Bayan Titrekfare'nin Masalı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259515014</t>
+          <t>9786259820187</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Ya Da Yazmamak!</t>
+          <t>Sincap Timmy'nin Masalı - Şiirlerle Hayvan Dostlarımız</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259820163</t>
+          <t>9786259515038</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pofidik Tavşanlar’ın Masalı-Kötü Niyetli Tavşan’ın Masalı</t>
+          <t>Deneme’ye Değer</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259820170</t>
+          <t>9786259515014</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Tom’un Masalı - Paytakördek Jemima’nın Masalı</t>
+          <t>Yazmak Ya Da Yazmamak!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259820156</t>
+          <t>9786259820163</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter’in Masalı - Tavşan Benjamin’in Masalı</t>
+          <t>Pofidik Tavşanlar’ın Masalı-Kötü Niyetli Tavşan’ın Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259820132</t>
+          <t>9786259820170</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali - Küçük Kara Balık</t>
+          <t>Kedicik Tom’un Masalı - Paytakördek Jemima’nın Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259820149</t>
+          <t>9786259820156</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfağı’ndan Tatlılar</t>
+          <t>Tavşan Peter’in Masalı - Tavşan Benjamin’in Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259820125</t>
+          <t>9786259820132</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ali Eşref Dede’ye Ait Yemek Risalesi</t>
+          <t>Bir Şeftali Bin Şeftali - Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259820118</t>
+          <t>9786259820149</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>TadımLIK! Seçki Yaz’24</t>
+          <t>Osmanlı Mutfağı’ndan Tatlılar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259820101</t>
+          <t>9786259820125</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Leylek Kayası</t>
+          <t>Ali Eşref Dede’ye Ait Yemek Risalesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259421292</t>
+          <t>9786259820118</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>16 Büyük Türk Devleti</t>
+          <t>TadımLIK! Seçki Yaz’24</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259421285</t>
+          <t>9786259820101</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Hatıra Mülakatları 2</t>
+          <t>Leylek Kayası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259421254</t>
+          <t>9786259421292</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Benden Geri Kalan Benim!</t>
+          <t>16 Büyük Türk Devleti</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259421216</t>
+          <t>9786259421285</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri - Ses - Hikayeler</t>
+          <t>Atatürk'ün Hatıra Mülakatları 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259925691</t>
+          <t>9786259421254</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Melceü't-Tabbahin - Aşçıların Sığınağı</t>
+          <t>Benden Geri Kalan Benim!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259925684</t>
+          <t>9786259421216</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Hatıra Mülakatları</t>
+          <t>Sabahattin Ali - Bütün Şiirleri - Ses - Hikayeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259925653</t>
+          <t>9786259925691</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mehtabı Yalnız Seyreden Kadına Mektup</t>
+          <t>Melceü't-Tabbahin - Aşçıların Sığınağı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259925646</t>
+          <t>9786259925684</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>100 Yaşın Kutlu Olsun Ey Şanlı Cumhuriyet!</t>
+          <t>Atatürk’ün Hatıra Mülakatları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259925639</t>
+          <t>9786259925653</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri - Hoşgör Köftecisi</t>
+          <t>Mehtabı Yalnız Seyreden Kadına Mektup</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259925615</t>
+          <t>9786259925646</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Covitopia</t>
+          <t>100 Yaşın Kutlu Olsun Ey Şanlı Cumhuriyet!</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>9786259925639</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli - Bütün Şiirleri - Hoşgör Köftecisi</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259925615</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Covitopia</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
           <t>9786259925608</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Atatürk’ün Hatıra Defterleri</t>
         </is>
       </c>
-      <c r="C53" s="1">
+      <c r="C55" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>