--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,400 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255534705</t>
+          <t>9786258639001</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çikolata</t>
+          <t>Öyküler ile Değerler Eğitimi Seti</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259527277</t>
+          <t>9786255534958</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Duru’nun At Sevgisi (6+Yaş – Renkli Resimli)</t>
+          <t>Kedicik Paris'in Hayali</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255534002</t>
+          <t>9786255534972</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünyam (6 + Yaş – Renkli Resimli)</t>
+          <t>Efe Abi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255534439</t>
+          <t>9786255534965</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Prenses Dora Yeteneğinin Peşinde (8+Yaş)</t>
+          <t>Çağatay'ın At Çiftliği</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255534422</t>
+          <t>9786255534880</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Prenses Dora'nın En Yakın Arkadaşı Kim? (8+Yaş)</t>
+          <t>Suda Yolculuk - Tubaku</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255534415</t>
+          <t>9786255534705</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Prenses Dora İşe Başlıyor (8+Yaş)</t>
+          <t>Çikolata</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255534149</t>
+          <t>9786259527277</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kuş</t>
+          <t>Duru’nun At Sevgisi (6+Yaş – Renkli Resimli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259527260</t>
+          <t>9786255534002</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Bebek Ayı Yumak'ın Rüyası</t>
+          <t>Küçük Dünyam (6 + Yaş – Renkli Resimli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255534156</t>
+          <t>9786255534439</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Yalancı Çekirge</t>
+          <t>Prenses Dora Yeteneğinin Peşinde (8+Yaş)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255534200</t>
+          <t>9786255534422</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Akıllı Korkuluk</t>
+          <t>Prenses Dora'nın En Yakın Arkadaşı Kim? (8+Yaş)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255534033</t>
+          <t>9786255534415</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanan Ağaç (Resimli Masal- 3-6 Yaş)</t>
+          <t>Prenses Dora İşe Başlıyor (8+Yaş)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255534163</t>
+          <t>9786255534149</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Uçan Karınca</t>
+          <t>Yavru Kuş</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255534217</t>
+          <t>9786259527260</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Minik Arı Top Böceği</t>
+          <t>Sevimli Bebek Ayı Yumak'ın Rüyası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255534194</t>
+          <t>9786255534156</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Hayat Çok Güzel</t>
+          <t>Sevimli Böcekler Serisi - Yalancı Çekirge</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255534095</t>
+          <t>9786255534200</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sokak Lambası Soso</t>
+          <t>Sevimli Böcekler Serisi - Akıllı Korkuluk</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255534170</t>
+          <t>9786255534033</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Minik Kuş Kayboldu</t>
+          <t>Gıdıklanan Ağaç (Resimli Masal- 3-6 Yaş)</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255534231</t>
+          <t>9786255534163</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa</t>
+          <t>Sevimli Böcekler Serisi - Uçan Karınca</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255534279</t>
+          <t>9786255534217</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kar Çocuk Etkinlik 4</t>
+          <t>Sevimli Minik Arı Top Böceği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255534262</t>
+          <t>9786255534194</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kar Çocuk Etkinlik 3</t>
+          <t>Sevimli Böcekler Serisi - Hayat Çok Güzel</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255534255</t>
+          <t>9786255534095</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kar Çocuk Etkinlik 2</t>
+          <t>Sokak Lambası Soso</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255534248</t>
+          <t>9786255534170</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kar Çocuk Etkinlik 1</t>
+          <t>Sevimli Böcekler Serisi - Minik Kuş Kayboldu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255534040</t>
+          <t>9786255534231</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Kardan Adam</t>
+          <t>Minik Kurbağa</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255534187</t>
+          <t>9786255534279</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Böcekler Serisi - Kelebeğin Rüyası</t>
+          <t>Kar Çocuk Etkinlik 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
+          <t>9786255534262</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kar Çocuk Etkinlik 3</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786255534255</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kar Çocuk Etkinlik 2</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786255534248</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Kar Çocuk Etkinlik 1</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786255534040</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kırlangıç Kardan Adam</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786255534187</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Böcekler Serisi - Kelebeğin Rüyası</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786255534699</t>
         </is>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kayıp Haritanın Peşinde</t>
         </is>
       </c>
-      <c r="C25" s="1">
+      <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>