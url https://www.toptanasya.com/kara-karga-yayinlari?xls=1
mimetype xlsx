--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,5095 +85,5185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256155268</t>
+          <t>9786256155329</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bedeni</t>
+          <t>İnsanını Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256155251</t>
+          <t>9786256155312</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Masalları</t>
+          <t>İçimde Eski Sinemalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256155244</t>
+          <t>9786256155282</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eksilerek Çoğalmak</t>
+          <t>Kanat ile Tayga</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258360493</t>
+          <t>9786256155107</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Erkeksiz Tarihi</t>
+          <t>Suç Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057865021</t>
+          <t>9786258360035</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>50 Maddede Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257217125</t>
+          <t>9786256155275</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
+          <t>Kazazedeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257217798</t>
+          <t>9786256155268</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Masalları</t>
+          <t>Erkek Bedeni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057865229</t>
+          <t>9786256155251</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
+          <t>Çukurova Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057865359</t>
+          <t>9786256155244</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aslanlı Yol</t>
+          <t>Eksilerek Çoğalmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057865625</t>
+          <t>9786258360493</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ezhel - Kazıdım Tırnaklarla</t>
+          <t>Sanatın Erkeksiz Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>36</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057865038</t>
+          <t>9786057865021</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Topşik</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052241097</t>
+          <t>9786257217125</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256155237</t>
+          <t>9786257217798</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Uyanış Masalları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257217279</t>
+          <t>9786057865229</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Canvermezler Tekkesi</t>
+          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256155121</t>
+          <t>9786057865359</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bela Lugosi</t>
+          <t>Aslanlı Yol</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052241028</t>
+          <t>9786057865625</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Günlükleri</t>
+          <t>Ezhel - Kazıdım Tırnaklarla</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258360639</t>
+          <t>9786057865038</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Öteki ve Ben</t>
+          <t>Topşik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059670722</t>
+          <t>9786052241097</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Burma Günlükleri</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057865144</t>
+          <t>9786256155237</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256155220</t>
+          <t>9786257217279</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Göl Kenarındaki Hoş Ev</t>
+          <t>Canvermezler Tekkesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256155213</t>
+          <t>9786256155121</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Timuçin (Ciltli)</t>
+          <t>Bela Lugosi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256155206</t>
+          <t>9786052241028</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Worldtr33</t>
+          <t>Kudüs Günlükleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256155152</t>
+          <t>9786258360639</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Parker: Avcı</t>
+          <t>Öteki ve Ben</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256155176</t>
+          <t>9786059670722</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Son Dansı (Ciltli)</t>
+          <t>Burma Günlükleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256155183</t>
+          <t>9786057865144</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256155145</t>
+          <t>9786256155220</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yojimbot 1</t>
+          <t>Göl Kenarındaki Hoş Ev</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256155169</t>
+          <t>9786256155213</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uçan Tabut</t>
+          <t>Timuçin (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256155138</t>
+          <t>9786256155206</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu (Ciltli)</t>
+          <t>Worldtr33</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256155114</t>
+          <t>9786256155152</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 3 – Sınır Geçişi</t>
+          <t>Parker: Avcı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059670821</t>
+          <t>9786256155176</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağı</t>
+          <t>Afrika’nın Son Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256155091</t>
+          <t>9786256155183</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İllet</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256155084</t>
+          <t>9786256155145</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler (Ciltli)</t>
+          <t>Yojimbot 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1040</v>
+        <v>480</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256155077</t>
+          <t>9786256155169</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Uçan Tabut</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258360981</t>
+          <t>9786256155138</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>Brodeck Raporu (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256155015</t>
+          <t>9786256155114</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
+          <t>Stillwater 3 – Sınır Geçişi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256155060</t>
+          <t>9786059670821</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mihrap</t>
+          <t>Buzul Çağı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257217224</t>
+          <t>9786256155091</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lucas’ın Savaşları</t>
+          <t>İllet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256155053</t>
+          <t>9786256155084</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsan Öğrenmek İçin Yaşar</t>
+          <t>Sıradan Zaferler (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>210</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256155046</t>
+          <t>9786256155077</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sultanahmette Var Bir Yılan</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256155039</t>
+          <t>9786258360981</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Köşk’ün Anahtarı</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258360950</t>
+          <t>9786256155015</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deadendia 2 - Kırık Kale</t>
+          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258360691</t>
+          <t>9786256155060</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gece Geçen Gemi</t>
+          <t>Mihrap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256155008</t>
+          <t>9786257217224</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Saklı</t>
+          <t>Lucas’ın Savaşları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258360998</t>
+          <t>9786256155053</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nighshift (Ciltli)</t>
+          <t>İnsan Öğrenmek İçin Yaşar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257217934</t>
+          <t>9786256155046</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu</t>
+          <t>Sultanahmette Var Bir Yılan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052241813</t>
+          <t>9786256155039</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Masalları</t>
+          <t>Yüzen Köşk’ün Anahtarı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059670272</t>
+          <t>9786258360950</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım</t>
+          <t>Deadendia 2 - Kırık Kale</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257217163</t>
+          <t>9786258360691</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ekinokslar</t>
+          <t>Gece Geçen Gemi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258360974</t>
+          <t>9786256155008</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü</t>
+          <t>Zamanda Saklı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257217385</t>
+          <t>9786258360998</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Nighshift (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052241349</t>
+          <t>9786257217934</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Al Capone</t>
+          <t>Tarla Kuşu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258360967</t>
+          <t>9786052241813</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazma Becerisi</t>
+          <t>Kızılderili Masalları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258360936</t>
+          <t>9786059670272</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 2 – Hep Sadık</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059670654</t>
+          <t>9786257217163</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oğulların Diyarı</t>
+          <t>Ekinokslar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>310</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059670869</t>
+          <t>9786258360974</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bihikaye</t>
+          <t>Beni Kim Öldürdü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258360929</t>
+          <t>9786257217385</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fante Bukowski</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258360905</t>
+          <t>9786052241349</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Borodino Trampetçisi</t>
+          <t>Al Capone</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258360943</t>
+          <t>9786258360967</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
+          <t>Öykü Yazma Becerisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258360837</t>
+          <t>9786258360936</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kral Pele</t>
+          <t>Stillwater 2 – Hep Sadık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258360868</t>
+          <t>9786059670654</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yaralar</t>
+          <t>Oğulların Diyarı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258360912</t>
+          <t>9786059670869</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nemrut’u Bize Armağan Eden Kadın</t>
+          <t>Bihikaye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258360899</t>
+          <t>9786258360929</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
+          <t>Fante Bukowski</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258360882</t>
+          <t>9786258360905</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
+          <t>Borodino Trampetçisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258360851</t>
+          <t>9786258360943</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Benim Kötü Şekillenmiş Hayatım</t>
+          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258360875</t>
+          <t>9786258360837</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 1</t>
+          <t>Kral Pele</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258360806</t>
+          <t>9786258360868</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Quentin Tarantino</t>
+          <t>Gizli Yaralar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258360776</t>
+          <t>9786258360912</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Habibi</t>
+          <t>Nemrut’u Bize Armağan Eden Kadın</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258360790</t>
+          <t>9786258360899</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Monica</t>
+          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258360844</t>
+          <t>9786258360882</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıkların da Sonu Var</t>
+          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258360820</t>
+          <t>9786258360851</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sinesözlük - Sinemaya Giriş</t>
+          <t>Benim Kötü Şekillenmiş Hayatım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258360813</t>
+          <t>9786258360875</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Mi Görüyorsun?</t>
+          <t>Stillwater 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258360783</t>
+          <t>9786258360806</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Dünya</t>
+          <t>Quentin Tarantino</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258360769</t>
+          <t>9786258360776</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Deadendia – Paranormal Park 1</t>
+          <t>Habibi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>780</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258360738</t>
+          <t>9786258360790</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Karikatüristin Hatıra Defteri</t>
+          <t>Monica</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258360752</t>
+          <t>9786258360844</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı</t>
+          <t>Ayrılıkların da Sonu Var</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258360745</t>
+          <t>9786258360820</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yine Mi Cin Filmi?</t>
+          <t>Sinesözlük - Sinemaya Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258360660</t>
+          <t>9786258360813</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Air 2</t>
+          <t>Beni Böyle Mi Görüyorsun?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052241912</t>
+          <t>9786258360783</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Zihin Koleksiyoncusu</t>
+          <t>Sonu Olmayan Dünya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257217460</t>
+          <t>9786258360769</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şarap Koyusu</t>
+          <t>Deadendia – Paranormal Park 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257217507</t>
+          <t>9786258360738</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Feng Shui</t>
+          <t>Bir Karikatüristin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>96</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258360721</t>
+          <t>9786258360752</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Hikayesi İçin Notlar</t>
+          <t>Türk Sanatı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258360707</t>
+          <t>9786258360745</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Kadınlar</t>
+          <t>Yine Mi Cin Filmi?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258360684</t>
+          <t>9786258360660</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pastacı Lila</t>
+          <t>Air 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258360677</t>
+          <t>9786052241912</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Harabe ve Labirent</t>
+          <t>Zihin Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258360714</t>
+          <t>9786257217460</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Perviz</t>
+          <t>Şarap Koyusu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258360646</t>
+          <t>9786257217507</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri</t>
+          <t>Anadolu Feng Shui</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258360653</t>
+          <t>9786258360721</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
+          <t>Bir Savaş Hikayesi İçin Notlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258360592</t>
+          <t>9786258360707</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Air 1</t>
+          <t>Ayışığında Kadınlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258360622</t>
+          <t>9786258360684</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Karikatürleri</t>
+          <t>Küçük Pastacı Lila</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258360585</t>
+          <t>9786258360677</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Harabe ve Labirent</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258360615</t>
+          <t>9786258360714</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Opera’nın Hayaleti</t>
+          <t>Perviz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258360608</t>
+          <t>9786258360646</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ankara Palas’ın Merdivenleri</t>
+          <t>Uygur Türkleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258360424</t>
+          <t>9786258360653</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Alerte 5</t>
+          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258360578</t>
+          <t>9786258360592</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ofistike Şeyler</t>
+          <t>Air 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258360561</t>
+          <t>9786258360622</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İyi Denemeydi</t>
+          <t>Psikoloji Karikatürleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258360486</t>
+          <t>9786258360585</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258360554</t>
+          <t>9786258360615</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
+          <t>Opera’nın Hayaleti</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258360523</t>
+          <t>9786258360608</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık 3</t>
+          <t>Ankara Palas’ın Merdivenleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258360530</t>
+          <t>9786258360424</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Yılı</t>
+          <t>Alerte 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258360547</t>
+          <t>9786258360578</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Blöf</t>
+          <t>Ofistike Şeyler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258360516</t>
+          <t>9786258360561</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Alan’ın Savaşı</t>
+          <t>İyi Denemeydi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258360509</t>
+          <t>9786258360486</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ring</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258360479</t>
+          <t>9786258360554</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258360462</t>
+          <t>9786258360523</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Dostoyevski ile Sınavı</t>
+          <t>Görünmez Krallık 3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258360431</t>
+          <t>9786258360530</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bukowski</t>
+          <t>Tavşan Yılı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258360448</t>
+          <t>9786258360547</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Blöf</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258360455</t>
+          <t>9786258360516</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>O Yüzük Bana Gelecek</t>
+          <t>Alan’ın Savaşı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258360318</t>
+          <t>9786258360509</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yapı(t) Söküm</t>
+          <t>Ring</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258360417</t>
+          <t>9786258360479</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258360301</t>
+          <t>9786258360462</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Genç Mustafa</t>
+          <t>Türk’ün Dostoyevski ile Sınavı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258360387</t>
+          <t>9786258360431</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Behice’nin Yarım Kalan İşleri</t>
+          <t>Bukowski</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258360394</t>
+          <t>9786258360448</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258360370</t>
+          <t>9786258360455</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sözcükleri</t>
+          <t>O Yüzük Bana Gelecek</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258360363</t>
+          <t>9786258360318</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kitap</t>
+          <t>Yapı(t) Söküm</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258360356</t>
+          <t>9786258360417</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258360349</t>
+          <t>9786258360301</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yaşamın Mührü</t>
+          <t>Genç Mustafa</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258360332</t>
+          <t>9786258360387</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Grup Terapisi (Ciltli)</t>
+          <t>Behice’nin Yarım Kalan İşleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258360325</t>
+          <t>9786258360394</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
+          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>88</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258360295</t>
+          <t>9786258360370</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Polisiye Edebiyat</t>
+          <t>Sabahın Sözcükleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258360288</t>
+          <t>9786258360363</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Üvercinka’nın Kasıkları</t>
+          <t>Yalnız Kitap</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258360257</t>
+          <t>9786258360356</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tao'nun Gözyaşları</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258360240</t>
+          <t>9786258360349</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
+          <t>Ölüm Yaşamın Mührü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258360233</t>
+          <t>9786258360332</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bırak Üzülsünler</t>
+          <t>Grup Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>310</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258360226</t>
+          <t>9786258360325</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Hikayeler</t>
+          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>88</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258360219</t>
+          <t>9786258360295</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
+          <t>50 Maddede Polisiye Edebiyat</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258360202</t>
+          <t>9786258360288</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Üvercinka’nın Kasıkları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258360196</t>
+          <t>9786258360257</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bahar Düşü</t>
+          <t>Tao'nun Gözyaşları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258360189</t>
+          <t>9786258360240</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Karşılaşmalar</t>
+          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258360103</t>
+          <t>9786258360233</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
+          <t>Bırak Üzülsünler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258360172</t>
+          <t>9786258360226</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Korku Sineması</t>
+          <t>İstanbullu Hikayeler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258360165</t>
+          <t>9786258360219</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anais Nin - Yalanlar Denizinde</t>
+          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258360158</t>
+          <t>9786258360202</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dibi Oteli</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258360141</t>
+          <t>9786258360196</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 2</t>
+          <t>Bahar Düşü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258360134</t>
+          <t>9786258360189</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
+          <t>Kendimle Karşılaşmalar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258360127</t>
+          <t>9786258360103</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
+          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258360110</t>
+          <t>9786258360172</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
+          <t>50 Maddede Korku Sineması</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258360080</t>
+          <t>9786258360165</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kulvar Firarileri</t>
+          <t>Anais Nin - Yalanlar Denizinde</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258360097</t>
+          <t>9786258360158</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fena Şeyler, Mutlu Sonlar</t>
+          <t>Dünyanın Dibi Oteli</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258360073</t>
+          <t>9786258360141</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 1</t>
+          <t>Görünmez Krallık - 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257217897</t>
+          <t>9786258360134</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
+          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258360066</t>
+          <t>9786258360127</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258360028</t>
+          <t>9786258360110</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 5 - Rakı</t>
+          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258360004</t>
+          <t>9786258360080</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Beni Avlayamazsın</t>
+          <t>Sekiz Kulvar Firarileri</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258360011</t>
+          <t>9786258360097</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yazın Son Gülü</t>
+          <t>Fena Şeyler, Mutlu Sonlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257217217</t>
+          <t>9786258360073</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kadın Asker</t>
+          <t>Görünmez Krallık - 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258360042</t>
+          <t>9786257217897</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnsan Birikimdir</t>
+          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257217996</t>
+          <t>9786258360066</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257217989</t>
+          <t>9786258360028</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Rağmen 5 - Rakı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257217972</t>
+          <t>9786258360004</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Leonard Cohen</t>
+          <t>Beni Avlayamazsın</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257217965</t>
+          <t>9786258360011</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Korku Toplumu</t>
+          <t>Yazın Son Gülü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257217941</t>
+          <t>9786257217217</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gün Yüzüne Dökülenler</t>
+          <t>Kadın Asker</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257217958</t>
+          <t>9786258360042</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Günlükleri</t>
+          <t>İnsan Birikimdir</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257217927</t>
+          <t>9786257217996</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Babil Mitolojisi</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257217903</t>
+          <t>9786257217989</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yüzeysel</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257217880</t>
+          <t>9786257217972</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Leonard Cohen</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257217910</t>
+          <t>9786257217965</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>40+ İtiraf Hikayeleri</t>
+          <t>Korku Toplumu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257217866</t>
+          <t>9786257217941</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>Gün Yüzüne Dökülenler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257217859</t>
+          <t>9786257217958</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan</t>
+          <t>Fabrika Günlükleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257217835</t>
+          <t>9786257217927</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dağın Kalbi</t>
+          <t>Babil Mitolojisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257217842</t>
+          <t>9786257217903</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sakın Günlüğümü Okuma</t>
+          <t>Yüzeysel</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257217828</t>
+          <t>9786257217880</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257217804</t>
+          <t>9786257217910</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Senso</t>
+          <t>40+ İtiraf Hikayeleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257217811</t>
+          <t>9786257217866</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dinle Sebastian</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257217774</t>
+          <t>9786257217859</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ortam 5</t>
+          <t>Türkan Saylan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257217750</t>
+          <t>9786257217835</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Mahluk Efendi</t>
+          <t>Dağın Kalbi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257217767</t>
+          <t>9786257217842</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Başkan Yarat</t>
+          <t>Sakın Günlüğümü Okuma</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257217743</t>
+          <t>9786257217828</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257217736</t>
+          <t>9786257217804</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Mitolojisi</t>
+          <t>Senso</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257217729</t>
+          <t>9786257217811</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yine Gel</t>
+          <t>Dinle Sebastian</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257217705</t>
+          <t>9786257217774</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yunan Masalları</t>
+          <t>Ortam 5</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257217682</t>
+          <t>9786257217750</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Veganlık</t>
+          <t>Mübarek Mahluk Efendi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257217699</t>
+          <t>9786257217767</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zamandan Kaçan Ayrılık</t>
+          <t>Tanrım Beni Başkan Yarat</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257217668</t>
+          <t>9786257217743</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Deme Sanatı</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257217675</t>
+          <t>9786257217736</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mehmet’in Babası Nazım</t>
+          <t>Kafkas Mitolojisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257217637</t>
+          <t>9786257217729</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Doğuşu</t>
+          <t>Yine Gel</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257217651</t>
+          <t>9786257217705</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Resimli Tarihi</t>
+          <t>Yunan Masalları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257217644</t>
+          <t>9786257217682</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>50 Maddede Veganlık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257217620</t>
+          <t>9786257217699</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Cinai Absürtler ve Yakın Katillerim</t>
+          <t>Zamandan Kaçan Ayrılık</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257217613</t>
+          <t>9786257217668</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dokumacı</t>
+          <t>Günaydın Deme Sanatı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257217590</t>
+          <t>9786257217675</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Önemsiz Günler ve Haftalar</t>
+          <t>Mehmet’in Babası Nazım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257217552</t>
+          <t>9786257217637</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Hatıra-i Pejmürde</t>
+          <t>Siyonizmin Doğuşu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257217576</t>
+          <t>9786257217651</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Doğu Felsefesi</t>
+          <t>Eşyanın Resimli Tarihi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>58</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257217545</t>
+          <t>9786257217644</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 4: İstanbul’a Söz</t>
+          <t>Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257217538</t>
+          <t>9786257217620</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas Küçük Canlılar</t>
+          <t>Cinai Absürtler ve Yakın Katillerim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257217521</t>
+          <t>9786257217613</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler</t>
+          <t>Dokumacı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257217514</t>
+          <t>9786257217590</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ahbap Ferdinand</t>
+          <t>Önemsiz Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257217491</t>
+          <t>9786257217552</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alman Masalları</t>
+          <t>Bir Hatıra-i Pejmürde</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257217446</t>
+          <t>9786257217576</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İrmina</t>
+          <t>50 Maddede Doğu Felsefesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257217477</t>
+          <t>9786257217545</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>O Sırada: İkinci Kitap</t>
+          <t>Rağmen 4: İstanbul’a Söz</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257217484</t>
+          <t>9786257217538</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ada</t>
+          <t>Büyük Atlas Küçük Canlılar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257217453</t>
+          <t>9786257217521</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Kitabı</t>
+          <t>Olmayan Şeyler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257217422</t>
+          <t>9786257217514</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida</t>
+          <t>Ahbap Ferdinand</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257217415</t>
+          <t>9786257217491</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
+          <t>Alman Masalları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257217439</t>
+          <t>9786257217446</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat!</t>
+          <t>İrmina</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257217378</t>
+          <t>9786257217477</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ardına Bakma</t>
+          <t>O Sırada: İkinci Kitap</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257217408</t>
+          <t>9786257217484</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Söylemek</t>
+          <t>Düşünen Ada</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257217392</t>
+          <t>9786257217453</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bizim Zamanımız</t>
+          <t>Yalnızlığın Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257217361</t>
+          <t>9786257217422</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kara İblis Firarda</t>
+          <t>Jacques Derrida</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257217347</t>
+          <t>9786257217415</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Orası Öyküleri</t>
+          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257217354</t>
+          <t>9786257217439</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
+          <t>İşte Hayat!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257217330</t>
+          <t>9786257217378</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Uçurumu Koruyan Korkuluk</t>
+          <t>Ardına Bakma</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257217262</t>
+          <t>9786257217408</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Gerçeği Söylemek</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257217309</t>
+          <t>9786257217392</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bizans</t>
+          <t>Bizim Zamanımız</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257217316</t>
+          <t>9786257217361</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Ayna</t>
+          <t>Kara İblis Firarda</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257217293</t>
+          <t>9786257217347</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Masalları</t>
+          <t>Orası Öyküleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257217286</t>
+          <t>9786257217354</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Açıkçası Canım, Umurumda Değil</t>
+          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257217200</t>
+          <t>9786257217330</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Doğu Masalları</t>
+          <t>Uçurumu Koruyan Korkuluk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257217231</t>
+          <t>9786257217262</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Odadan Hikayeler</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>72</v>
+        <v>650</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257217255</t>
+          <t>9786257217309</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular Mütevazı Cevaplar</t>
+          <t>Bizans</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257217170</t>
+          <t>9786257217316</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Salgınlar</t>
+          <t>Bensiz Ayna</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257217187</t>
+          <t>9786257217293</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Merhum Nasıl Bilirdi?</t>
+          <t>İspanyol Masalları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257217149</t>
+          <t>9786257217286</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çerçöp</t>
+          <t>Açıkçası Canım, Umurumda Değil</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257217101</t>
+          <t>9786257217200</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Emine Hanım’ın Romanı</t>
+          <t>Doğu Masalları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257217118</t>
+          <t>9786257217231</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
+          <t>Kırmızı Odadan Hikayeler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>72</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257217088</t>
+          <t>9786257217255</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Büyük Sorular Mütevazı Cevaplar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257217095</t>
+          <t>9786257217170</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Görülmemiş Mektuplar</t>
+          <t>50 Maddede Salgınlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257217071</t>
+          <t>9786257217187</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Usta William</t>
+          <t>Merhum Nasıl Bilirdi?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257217064</t>
+          <t>9786257217149</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Yeni Dünya Düzeni</t>
+          <t>Çerçöp</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257217026</t>
+          <t>9786257217101</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt-i Kalyopi</t>
+          <t>Emine Hanım’ın Romanı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257217057</t>
+          <t>9786257217118</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sana Gelirken Ben</t>
+          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257217033</t>
+          <t>9786257217088</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sakın Söyleme</t>
+          <t>Diğerleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257217040</t>
+          <t>9786257217095</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Virüsü</t>
+          <t>Görülmemiş Mektuplar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257217019</t>
+          <t>9786257217071</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kore Masalları</t>
+          <t>Usta William</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257217002</t>
+          <t>9786257217064</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Headbang 6</t>
+          <t>50 Maddede Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057865984</t>
+          <t>9786257217026</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tek Ruh</t>
+          <t>Sergüzeşt-i Kalyopi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057865991</t>
+          <t>9786257217057</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aztek Mitolojisi</t>
+          <t>Sana Gelirken Ben</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057865977</t>
+          <t>9786257217033</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojisi</t>
+          <t>Sakın Söyleme</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057865960</t>
+          <t>9786257217040</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kristal Dünya</t>
+          <t>Bir Kültür Virüsü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057865953</t>
+          <t>9786257217019</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Wilson</t>
+          <t>Kore Masalları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057865946</t>
+          <t>9786257217002</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Geçer Zaman Ki</t>
+          <t>Headbang 6</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057865892</t>
+          <t>9786057865984</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
+          <t>Tek Ruh</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057865885</t>
+          <t>9786057865991</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Betamax Video 2</t>
+          <t>Aztek Mitolojisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057865878</t>
+          <t>9786057865977</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
+          <t>Maya Mitolojisi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057865861</t>
+          <t>9786057865960</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bazı Tipler</t>
+          <t>Yeni Kristal Dünya</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057865854</t>
+          <t>9786057865953</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar Ülkesi</t>
+          <t>Wilson</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057865847</t>
+          <t>9786057865946</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Krem</t>
+          <t>Öyle Bir Geçer Zaman Ki</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057865809</t>
+          <t>9786057865892</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçtim Sokağınızdan</t>
+          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057865700</t>
+          <t>9786057865885</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Eylem</t>
+          <t>Betamax Video 2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057865694</t>
+          <t>9786057865878</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ece 6</t>
+          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057865656</t>
+          <t>9786057865861</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Bazı Tipler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057865687</t>
+          <t>9786057865854</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ortam 4</t>
+          <t>Güzel Atlar Ülkesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057865663</t>
+          <t>9786057865847</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Karanlığında</t>
+          <t>Krem</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057865670</t>
+          <t>9786057865809</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Alpay Road</t>
+          <t>Filmlerle Geçtim Sokağınızdan</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057865632</t>
+          <t>9786057865700</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Pereira İddia Ediyor</t>
+          <t>Müstakil Eylem</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057865649</t>
+          <t>9786057865694</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Olay Şöyle Oldu</t>
+          <t>Ece 6</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057865618</t>
+          <t>9786057865656</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Misafiri</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057865595</t>
+          <t>9786057865687</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Ortam 4</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057865588</t>
+          <t>9786057865663</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Siyasi Cinayetler</t>
+          <t>İstanbul’un Karanlığında</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057865571</t>
+          <t>9786057865670</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Maç</t>
+          <t>Alpay Road</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057865564</t>
+          <t>9786057865632</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Pati İzleri</t>
+          <t>Pereira İddia Ediyor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057865540</t>
+          <t>9786057865649</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen İtiraflar</t>
+          <t>Olay Şöyle Oldu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057865557</t>
+          <t>9786057865618</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Any Empire</t>
+          <t>Yeryüzü Misafiri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057865526</t>
+          <t>9786057865595</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dank</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057865519</t>
+          <t>9786057865588</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gaipten Sesler</t>
+          <t>50 Maddede Siyasi Cinayetler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057865502</t>
+          <t>9786057865571</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Mutluluk</t>
+          <t>Maç</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057865496</t>
+          <t>9786057865564</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Balkondan Düşen L</t>
+          <t>Edebiyatta Pati İzleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057865434</t>
+          <t>9786057865540</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Masalları</t>
+          <t>Tarihe Geçen İtiraflar</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057865403</t>
+          <t>9786057865557</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Headbang 5</t>
+          <t>Any Empire</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057865410</t>
+          <t>9786057865526</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Ezoterizm</t>
+          <t>Dank</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057865397</t>
+          <t>9786057865519</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Güç Sensin</t>
+          <t>Gaipten Sesler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057865373</t>
+          <t>9786057865502</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tatavla Hikayeleri</t>
+          <t>50 Maddede Mutluluk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057865342</t>
+          <t>9786057865496</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Düşmanlar</t>
+          <t>Balkondan Düşen L</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057865335</t>
+          <t>9786057865434</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mecburi İstikamet</t>
+          <t>İtalyan Masalları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057865298</t>
+          <t>9786057865403</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dokunan Kitap</t>
+          <t>Headbang 5</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057865328</t>
+          <t>9786057865410</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>50 Maddede Ezoterizm</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057865304</t>
+          <t>9786057865397</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kitapları</t>
+          <t>Güç Sensin</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057865281</t>
+          <t>9786057865373</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Fransız Masalları</t>
+          <t>Tatavla Hikayeleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057865274</t>
+          <t>9786057865342</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Küçük Irmaklar</t>
+          <t>Sıkı Düşmanlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057865250</t>
+          <t>9786057865335</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ortam 3</t>
+          <t>Mecburi İstikamet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057865267</t>
+          <t>9786057865298</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
+          <t>Dokunan Kitap</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057865175</t>
+          <t>9786057865328</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yüzünden Yollar Çıkardım</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057865182</t>
+          <t>9786057865304</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Dünyanın Kitapları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057865168</t>
+          <t>9786057865281</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Boksör</t>
+          <t>Fransız Masalları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057865120</t>
+          <t>9786057865274</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Küçük Irmaklar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>78</v>
+        <v>400</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057865113</t>
+          <t>9786057865250</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Ortam 3</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>58</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057865076</t>
+          <t>9786057865267</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İki Rüya Dokuz Gerçek</t>
+          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>58</v>
+        <v>130</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057865069</t>
+          <t>9786057865175</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Noesis 2 - Anılmayan</t>
+          <t>Yüzünden Yollar Çıkardım</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052241943</t>
+          <t>9786057865182</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İnternet</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>58</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052241950</t>
+          <t>9786057865168</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlham Veren Anekdotlar</t>
+          <t>Boksör</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052241936</t>
+          <t>9786057865120</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Yaşam Kılavuzu</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>58</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052241899</t>
+          <t>9786057865113</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Portekiz</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052241882</t>
+          <t>9786057865076</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Masalları</t>
+          <t>İki Rüya Dokuz Gerçek</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052241844</t>
+          <t>9786057865069</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adamlar</t>
+          <t>Noesis 2 - Anılmayan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052241820</t>
+          <t>9786052241943</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Escobar - El Patron</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052241851</t>
+          <t>9786052241950</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mukadderat</t>
+          <t>Tarihten İlham Veren Anekdotlar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052241783</t>
+          <t>9786052241936</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçı</t>
+          <t>Tanrı'nın Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>600</v>
+        <v>58</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052241806</t>
+          <t>9786052241899</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
+          <t>Portekiz</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052241769</t>
+          <t>9786052241882</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Merkür Geri Gitti</t>
+          <t>İrlanda Masalları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>23</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052241752</t>
+          <t>9786052241844</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen Savunmalar</t>
+          <t>İkinci Adamlar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052241714</t>
+          <t>9786052241820</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Yolda</t>
+          <t>Escobar - El Patron</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052241684</t>
+          <t>9786052241851</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Süslü Hatıralar Sahnesi</t>
+          <t>Mukadderat</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052241677</t>
+          <t>9786052241783</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Rüyası</t>
+          <t>Fotoğrafçı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>98</v>
+        <v>620</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052241660</t>
+          <t>9786052241806</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Kaybolmasın</t>
+          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>22</v>
+        <v>320</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052241639</t>
+          <t>9786052241769</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları 2</t>
+          <t>Merkür Geri Gitti</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052241622</t>
+          <t>9786052241752</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Sus</t>
+          <t>Tarihe Geçen Savunmalar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052241608</t>
+          <t>9786052241714</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
+          <t>İçimden Geçen Yolda</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052241547</t>
+          <t>9786052241684</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Merveler ve İnsanlar</t>
+          <t>Süslü Hatıralar Sahnesi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>88</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052241530</t>
+          <t>9786052241677</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi</t>
+          <t>Olimpiyat Rüyası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052241486</t>
+          <t>9786052241660</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
+          <t>Çocuklar Kaybolmasın</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052241479</t>
+          <t>9786052241639</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
+          <t>İran Masalları 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>54</v>
+        <v>280</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052241448</t>
+          <t>9786052241622</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Viking Masalları</t>
+          <t>Ses ve Sus</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>180</v>
+        <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052241455</t>
+          <t>9786052241608</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Aynı Daldaydık</t>
+          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>22</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052241387</t>
+          <t>9786052241547</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Kaç Lira?</t>
+          <t>Merveler ve İnsanlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>28</v>
+        <v>88</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052241363</t>
+          <t>9786052241530</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
+          <t>Eskisi Gibi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>24</v>
+        <v>550</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052241332</t>
+          <t>9786052241486</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arama</t>
+          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>58</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052241318</t>
+          <t>9786052241479</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>54</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052241325</t>
+          <t>9786052241448</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Aşk</t>
+          <t>Viking Masalları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>68</v>
+        <v>230</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052241295</t>
+          <t>9786052241455</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları</t>
+          <t>Aynı Daldaydık</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052241233</t>
+          <t>9786052241387</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>O Laf Hemingway’in Değil</t>
+          <t>Jüpiter Kaç Lira?</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052241240</t>
+          <t>9786052241363</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052241165</t>
+          <t>9786052241332</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlkleri ve Enleri</t>
+          <t>Anlam Arama</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>130</v>
+        <v>58</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052241202</t>
+          <t>9786052241318</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052241196</t>
+          <t>9786052241325</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut Yeter</t>
+          <t>Ölümden Sonra Aşk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>68</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052241189</t>
+          <t>9786052241295</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Kadın Adları Gibi</t>
+          <t>Japon Masalları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>58</v>
+        <v>230</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052241172</t>
+          <t>9786052241233</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Baba Bana Bağırma</t>
+          <t>O Laf Hemingway’in Değil</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052241134</t>
+          <t>9786052241240</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zarf Atanlar</t>
+          <t>Karanlık Oda</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052241073</t>
+          <t>9786052241165</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Agatha</t>
+          <t>Tarihin İlkleri ve Enleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059670999</t>
+          <t>9786052241202</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>58</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059670937</t>
+          <t>9786052241196</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dört Gün Buda, Üç Gün Zorba</t>
+          <t>Elimi Tut Yeter</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059670883</t>
+          <t>9786052241189</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Sevdiğim Kadın Adları Gibi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059670838</t>
+          <t>9786052241172</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Öbürküler</t>
+          <t>Baba Bana Bağırma</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059670807</t>
+          <t>9786052241134</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Odadan Hikayeler</t>
+          <t>Zarf Atanlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059670791</t>
+          <t>9786052241073</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İbrani Masalları</t>
+          <t>Agatha</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059670739</t>
+          <t>9786059670999</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Takımdan Ayrı Düz Yazılar</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>22.22</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059670692</t>
+          <t>9786059670937</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yine Öyle Hissettiğinde</t>
+          <t>Dört Gün Buda, Üç Gün Zorba</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059670708</t>
+          <t>9786059670883</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İnsomnia Cafe</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>280</v>
+        <v>58</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059670616</t>
+          <t>9786059670838</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Elia İle Yolculuk</t>
+          <t>Öbürküler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059670593</t>
+          <t>9786059670807</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları</t>
+          <t>Beyaz Odadan Hikayeler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>58</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059670517</t>
+          <t>9786059670791</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Shenzhen</t>
+          <t>İbrani Masalları</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059670456</t>
+          <t>9786059670739</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kainat</t>
+          <t>Takımdan Ayrı Düz Yazılar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>58</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059670265</t>
+          <t>9786059670692</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>Yine Öyle Hissettiğinde</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>58</v>
+        <v>260</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059670234</t>
+          <t>9786059670708</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgili</t>
+          <t>İnsomnia Cafe</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059670241</t>
+          <t>9786059670616</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler</t>
+          <t>Elia İle Yolculuk</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>740</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059670173</t>
+          <t>9786059670593</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kai: Bir Rüya Gördü</t>
+          <t>İran Masalları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>20.37</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059670081</t>
+          <t>9786059670517</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Eightball</t>
+          <t>Shenzhen</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059670012</t>
+          <t>9786059670456</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ghost World</t>
+          <t>Kainat</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
+          <t>9786059670265</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Racon</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786059670234</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Eski Sevgili</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786059670241</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan Zaferler</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786059670173</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Kai: Bir Rüya Gördü</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786059670081</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Eightball</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786059670012</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Ghost World</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
           <t>9786059670036</t>
         </is>
       </c>
-      <c r="B338" s="1" t="inlineStr">
+      <c r="B344" s="1" t="inlineStr">
         <is>
           <t>Çünkü Bir Anlamı Vardır</t>
         </is>
       </c>
-      <c r="C338" s="1">
+      <c r="C344" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>