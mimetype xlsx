--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,5185 +85,5230 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256155329</t>
+          <t>9786256155299</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanını Nasıl Eğitirsin?</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>740</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256155312</t>
+          <t>9786256155305</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İçimde Eski Sinemalar</t>
+          <t>Yol (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256155282</t>
+          <t>9786256155336</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kanat ile Tayga</t>
+          <t>Rahatsız Edici Miktarda Kan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256155107</t>
+          <t>9786256155329</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suç Edebiyatı Terimleri Sözlüğü</t>
+          <t>İnsanını Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258360035</t>
+          <t>9786256155312</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Sosyal Medya Aşkları</t>
+          <t>İçimde Eski Sinemalar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256155275</t>
+          <t>9786256155282</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kazazedeler</t>
+          <t>Kanat ile Tayga</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256155268</t>
+          <t>9786256155107</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bedeni</t>
+          <t>Suç Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>750</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256155251</t>
+          <t>9786258360035</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Masalları</t>
+          <t>50 Maddede Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256155244</t>
+          <t>9786256155275</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eksilerek Çoğalmak</t>
+          <t>Kazazedeler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258360493</t>
+          <t>9786256155268</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Erkeksiz Tarihi</t>
+          <t>Erkek Bedeni</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057865021</t>
+          <t>9786256155251</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Çukurova Masalları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257217125</t>
+          <t>9786256155244</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
+          <t>Eksilerek Çoğalmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257217798</t>
+          <t>9786258360493</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Masalları</t>
+          <t>Sanatın Erkeksiz Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057865229</t>
+          <t>9786057865021</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057865359</t>
+          <t>9786257217125</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aslanlı Yol</t>
+          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057865625</t>
+          <t>9786257217798</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ezhel - Kazıdım Tırnaklarla</t>
+          <t>Uyanış Masalları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>36</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057865038</t>
+          <t>9786057865229</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Topşik</t>
+          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052241097</t>
+          <t>9786057865359</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Aslanlı Yol</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256155237</t>
+          <t>9786057865625</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Ezhel - Kazıdım Tırnaklarla</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257217279</t>
+          <t>9786057865038</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Canvermezler Tekkesi</t>
+          <t>Topşik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256155121</t>
+          <t>9786052241097</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bela Lugosi</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052241028</t>
+          <t>9786256155237</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Günlükleri</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258360639</t>
+          <t>9786257217279</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öteki ve Ben</t>
+          <t>Canvermezler Tekkesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059670722</t>
+          <t>9786256155121</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Burma Günlükleri</t>
+          <t>Bela Lugosi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057865144</t>
+          <t>9786052241028</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Kudüs Günlükleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256155220</t>
+          <t>9786258360639</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Göl Kenarındaki Hoş Ev</t>
+          <t>Öteki ve Ben</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256155213</t>
+          <t>9786059670722</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Timuçin (Ciltli)</t>
+          <t>Burma Günlükleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256155206</t>
+          <t>9786057865144</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Worldtr33</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256155152</t>
+          <t>9786256155220</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Parker: Avcı</t>
+          <t>Göl Kenarındaki Hoş Ev</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256155176</t>
+          <t>9786256155213</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Son Dansı (Ciltli)</t>
+          <t>Timuçin (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256155183</t>
+          <t>9786256155206</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Worldtr33</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256155145</t>
+          <t>9786256155152</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yojimbot 1</t>
+          <t>Parker: Avcı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256155169</t>
+          <t>9786256155176</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uçan Tabut</t>
+          <t>Afrika’nın Son Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256155138</t>
+          <t>9786256155183</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu (Ciltli)</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256155114</t>
+          <t>9786256155145</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 3 – Sınır Geçişi</t>
+          <t>Yojimbot 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059670821</t>
+          <t>9786256155169</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağı</t>
+          <t>Uçan Tabut</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256155091</t>
+          <t>9786256155138</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İllet</t>
+          <t>Brodeck Raporu (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256155084</t>
+          <t>9786256155114</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler (Ciltli)</t>
+          <t>Stillwater 3 – Sınır Geçişi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1040</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256155077</t>
+          <t>9786059670821</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Buzul Çağı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258360981</t>
+          <t>9786256155091</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>İllet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256155015</t>
+          <t>9786256155084</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
+          <t>Sıradan Zaferler (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256155060</t>
+          <t>9786256155077</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mihrap</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257217224</t>
+          <t>9786258360981</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Lucas’ın Savaşları</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256155053</t>
+          <t>9786256155015</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan Öğrenmek İçin Yaşar</t>
+          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256155046</t>
+          <t>9786256155060</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sultanahmette Var Bir Yılan</t>
+          <t>Mihrap</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256155039</t>
+          <t>9786257217224</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Köşk’ün Anahtarı</t>
+          <t>Lucas’ın Savaşları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258360950</t>
+          <t>9786256155053</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Deadendia 2 - Kırık Kale</t>
+          <t>İnsan Öğrenmek İçin Yaşar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258360691</t>
+          <t>9786256155046</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gece Geçen Gemi</t>
+          <t>Sultanahmette Var Bir Yılan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256155008</t>
+          <t>9786256155039</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Saklı</t>
+          <t>Yüzen Köşk’ün Anahtarı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258360998</t>
+          <t>9786258360950</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nighshift (Ciltli)</t>
+          <t>Deadendia 2 - Kırık Kale</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257217934</t>
+          <t>9786258360691</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu</t>
+          <t>Gece Geçen Gemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052241813</t>
+          <t>9786256155008</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Masalları</t>
+          <t>Zamanda Saklı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059670272</t>
+          <t>9786258360998</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım</t>
+          <t>Nighshift (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257217163</t>
+          <t>9786257217934</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ekinokslar</t>
+          <t>Tarla Kuşu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258360974</t>
+          <t>9786052241813</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü</t>
+          <t>Kızılderili Masalları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257217385</t>
+          <t>9786059670272</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052241349</t>
+          <t>9786257217163</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Al Capone</t>
+          <t>Ekinokslar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258360967</t>
+          <t>9786258360974</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazma Becerisi</t>
+          <t>Beni Kim Öldürdü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258360936</t>
+          <t>9786257217385</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 2 – Hep Sadık</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059670654</t>
+          <t>9786052241349</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Oğulların Diyarı</t>
+          <t>Al Capone</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059670869</t>
+          <t>9786258360967</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bihikaye</t>
+          <t>Öykü Yazma Becerisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258360929</t>
+          <t>9786258360936</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fante Bukowski</t>
+          <t>Stillwater 2 – Hep Sadık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258360905</t>
+          <t>9786059670654</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Borodino Trampetçisi</t>
+          <t>Oğulların Diyarı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258360943</t>
+          <t>9786059670869</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
+          <t>Bihikaye</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258360837</t>
+          <t>9786258360929</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kral Pele</t>
+          <t>Fante Bukowski</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258360868</t>
+          <t>9786258360905</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yaralar</t>
+          <t>Borodino Trampetçisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258360912</t>
+          <t>9786258360943</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nemrut’u Bize Armağan Eden Kadın</t>
+          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258360899</t>
+          <t>9786258360837</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
+          <t>Kral Pele</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258360882</t>
+          <t>9786258360868</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
+          <t>Gizli Yaralar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258360851</t>
+          <t>9786258360912</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benim Kötü Şekillenmiş Hayatım</t>
+          <t>Nemrut’u Bize Armağan Eden Kadın</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258360875</t>
+          <t>9786258360899</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 1</t>
+          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258360806</t>
+          <t>9786258360882</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Quentin Tarantino</t>
+          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258360776</t>
+          <t>9786258360851</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Habibi</t>
+          <t>Benim Kötü Şekillenmiş Hayatım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>780</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258360790</t>
+          <t>9786258360875</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Monica</t>
+          <t>Stillwater 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258360844</t>
+          <t>9786258360806</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıkların da Sonu Var</t>
+          <t>Quentin Tarantino</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258360820</t>
+          <t>9786258360776</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sinesözlük - Sinemaya Giriş</t>
+          <t>Habibi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>780</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258360813</t>
+          <t>9786258360790</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Mi Görüyorsun?</t>
+          <t>Monica</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258360783</t>
+          <t>9786258360844</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Dünya</t>
+          <t>Ayrılıkların da Sonu Var</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258360769</t>
+          <t>9786258360820</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Deadendia – Paranormal Park 1</t>
+          <t>Sinesözlük - Sinemaya Giriş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258360738</t>
+          <t>9786258360813</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Karikatüristin Hatıra Defteri</t>
+          <t>Beni Böyle Mi Görüyorsun?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258360752</t>
+          <t>9786258360783</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı</t>
+          <t>Sonu Olmayan Dünya</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258360745</t>
+          <t>9786258360769</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yine Mi Cin Filmi?</t>
+          <t>Deadendia – Paranormal Park 1</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258360660</t>
+          <t>9786258360738</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Air 2</t>
+          <t>Bir Karikatüristin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052241912</t>
+          <t>9786258360752</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Zihin Koleksiyoncusu</t>
+          <t>Türk Sanatı</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257217460</t>
+          <t>9786258360745</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şarap Koyusu</t>
+          <t>Yine Mi Cin Filmi?</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257217507</t>
+          <t>9786258360660</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Feng Shui</t>
+          <t>Air 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258360721</t>
+          <t>9786052241912</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Hikayesi İçin Notlar</t>
+          <t>Zihin Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258360707</t>
+          <t>9786257217460</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Kadınlar</t>
+          <t>Şarap Koyusu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258360684</t>
+          <t>9786257217507</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pastacı Lila</t>
+          <t>Anadolu Feng Shui</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258360677</t>
+          <t>9786258360721</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Harabe ve Labirent</t>
+          <t>Bir Savaş Hikayesi İçin Notlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258360714</t>
+          <t>9786258360707</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Perviz</t>
+          <t>Ayışığında Kadınlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258360646</t>
+          <t>9786258360684</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri</t>
+          <t>Küçük Pastacı Lila</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258360653</t>
+          <t>9786258360677</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
+          <t>Harabe ve Labirent</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258360592</t>
+          <t>9786258360714</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Air 1</t>
+          <t>Perviz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258360622</t>
+          <t>9786258360646</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Karikatürleri</t>
+          <t>Uygur Türkleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258360585</t>
+          <t>9786258360653</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258360615</t>
+          <t>9786258360592</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Opera’nın Hayaleti</t>
+          <t>Air 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258360608</t>
+          <t>9786258360622</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ankara Palas’ın Merdivenleri</t>
+          <t>Psikoloji Karikatürleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258360424</t>
+          <t>9786258360585</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Alerte 5</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258360578</t>
+          <t>9786258360615</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ofistike Şeyler</t>
+          <t>Opera’nın Hayaleti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258360561</t>
+          <t>9786258360608</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İyi Denemeydi</t>
+          <t>Ankara Palas’ın Merdivenleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258360486</t>
+          <t>9786258360424</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Alerte 5</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258360554</t>
+          <t>9786258360578</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
+          <t>Ofistike Şeyler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258360523</t>
+          <t>9786258360561</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık 3</t>
+          <t>İyi Denemeydi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258360530</t>
+          <t>9786258360486</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Yılı</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258360547</t>
+          <t>9786258360554</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Blöf</t>
+          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258360516</t>
+          <t>9786258360523</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Alan’ın Savaşı</t>
+          <t>Görünmez Krallık 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258360509</t>
+          <t>9786258360530</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ring</t>
+          <t>Tavşan Yılı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258360479</t>
+          <t>9786258360547</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>Blöf</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258360462</t>
+          <t>9786258360516</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Dostoyevski ile Sınavı</t>
+          <t>Alan’ın Savaşı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258360431</t>
+          <t>9786258360509</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bukowski</t>
+          <t>Ring</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258360448</t>
+          <t>9786258360479</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258360455</t>
+          <t>9786258360462</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>O Yüzük Bana Gelecek</t>
+          <t>Türk’ün Dostoyevski ile Sınavı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258360318</t>
+          <t>9786258360431</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yapı(t) Söküm</t>
+          <t>Bukowski</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258360417</t>
+          <t>9786258360448</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258360301</t>
+          <t>9786258360455</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Genç Mustafa</t>
+          <t>O Yüzük Bana Gelecek</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258360387</t>
+          <t>9786258360318</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Behice’nin Yarım Kalan İşleri</t>
+          <t>Yapı(t) Söküm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258360394</t>
+          <t>9786258360417</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258360370</t>
+          <t>9786258360301</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sözcükleri</t>
+          <t>Genç Mustafa</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258360363</t>
+          <t>9786258360387</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kitap</t>
+          <t>Behice’nin Yarım Kalan İşleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258360356</t>
+          <t>9786258360394</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258360349</t>
+          <t>9786258360370</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yaşamın Mührü</t>
+          <t>Sabahın Sözcükleri</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258360332</t>
+          <t>9786258360363</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Grup Terapisi (Ciltli)</t>
+          <t>Yalnız Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258360325</t>
+          <t>9786258360356</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>88</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258360295</t>
+          <t>9786258360349</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Polisiye Edebiyat</t>
+          <t>Ölüm Yaşamın Mührü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258360288</t>
+          <t>9786258360332</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Üvercinka’nın Kasıkları</t>
+          <t>Grup Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258360257</t>
+          <t>9786258360325</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tao'nun Gözyaşları</t>
+          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>88</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258360240</t>
+          <t>9786258360295</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
+          <t>50 Maddede Polisiye Edebiyat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258360233</t>
+          <t>9786258360288</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bırak Üzülsünler</t>
+          <t>Üvercinka’nın Kasıkları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258360226</t>
+          <t>9786258360257</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Hikayeler</t>
+          <t>Tao'nun Gözyaşları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258360219</t>
+          <t>9786258360240</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
+          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258360202</t>
+          <t>9786258360233</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Bırak Üzülsünler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258360196</t>
+          <t>9786258360226</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bahar Düşü</t>
+          <t>İstanbullu Hikayeler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258360189</t>
+          <t>9786258360219</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Karşılaşmalar</t>
+          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258360103</t>
+          <t>9786258360202</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258360172</t>
+          <t>9786258360196</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Korku Sineması</t>
+          <t>Bahar Düşü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258360165</t>
+          <t>9786258360189</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Anais Nin - Yalanlar Denizinde</t>
+          <t>Kendimle Karşılaşmalar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258360158</t>
+          <t>9786258360103</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dibi Oteli</t>
+          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258360141</t>
+          <t>9786258360172</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 2</t>
+          <t>50 Maddede Korku Sineması</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258360134</t>
+          <t>9786258360165</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
+          <t>Anais Nin - Yalanlar Denizinde</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258360127</t>
+          <t>9786258360158</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
+          <t>Dünyanın Dibi Oteli</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258360110</t>
+          <t>9786258360141</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
+          <t>Görünmez Krallık - 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258360080</t>
+          <t>9786258360134</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kulvar Firarileri</t>
+          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258360097</t>
+          <t>9786258360127</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fena Şeyler, Mutlu Sonlar</t>
+          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258360073</t>
+          <t>9786258360110</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 1</t>
+          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257217897</t>
+          <t>9786258360080</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
+          <t>Sekiz Kulvar Firarileri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258360066</t>
+          <t>9786258360097</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Fena Şeyler, Mutlu Sonlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258360028</t>
+          <t>9786258360073</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 5 - Rakı</t>
+          <t>Görünmez Krallık - 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258360004</t>
+          <t>9786257217897</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beni Avlayamazsın</t>
+          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258360011</t>
+          <t>9786258360066</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yazın Son Gülü</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257217217</t>
+          <t>9786258360028</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kadın Asker</t>
+          <t>Rağmen 5 - Rakı</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258360042</t>
+          <t>9786258360004</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İnsan Birikimdir</t>
+          <t>Beni Avlayamazsın</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257217996</t>
+          <t>9786258360011</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Yazın Son Gülü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257217989</t>
+          <t>9786257217217</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Kadın Asker</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257217972</t>
+          <t>9786258360042</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Leonard Cohen</t>
+          <t>İnsan Birikimdir</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257217965</t>
+          <t>9786257217996</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Korku Toplumu</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257217941</t>
+          <t>9786257217989</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gün Yüzüne Dökülenler</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257217958</t>
+          <t>9786257217972</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Günlükleri</t>
+          <t>Leonard Cohen</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257217927</t>
+          <t>9786257217965</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Babil Mitolojisi</t>
+          <t>Korku Toplumu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257217903</t>
+          <t>9786257217941</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yüzeysel</t>
+          <t>Gün Yüzüne Dökülenler</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257217880</t>
+          <t>9786257217958</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Fabrika Günlükleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257217910</t>
+          <t>9786257217927</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>40+ İtiraf Hikayeleri</t>
+          <t>Babil Mitolojisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257217866</t>
+          <t>9786257217903</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>Yüzeysel</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257217859</t>
+          <t>9786257217880</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257217835</t>
+          <t>9786257217910</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dağın Kalbi</t>
+          <t>40+ İtiraf Hikayeleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257217842</t>
+          <t>9786257217866</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sakın Günlüğümü Okuma</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257217828</t>
+          <t>9786257217859</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
+          <t>Türkan Saylan</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257217804</t>
+          <t>9786257217835</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Senso</t>
+          <t>Dağın Kalbi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257217811</t>
+          <t>9786257217842</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dinle Sebastian</t>
+          <t>Sakın Günlüğümü Okuma</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257217774</t>
+          <t>9786257217828</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ortam 5</t>
+          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257217750</t>
+          <t>9786257217804</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Mahluk Efendi</t>
+          <t>Senso</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257217767</t>
+          <t>9786257217811</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Başkan Yarat</t>
+          <t>Dinle Sebastian</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257217743</t>
+          <t>9786257217774</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Ortam 5</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257217736</t>
+          <t>9786257217750</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Mitolojisi</t>
+          <t>Mübarek Mahluk Efendi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257217729</t>
+          <t>9786257217767</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yine Gel</t>
+          <t>Tanrım Beni Başkan Yarat</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257217705</t>
+          <t>9786257217743</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yunan Masalları</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257217682</t>
+          <t>9786257217736</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Veganlık</t>
+          <t>Kafkas Mitolojisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257217699</t>
+          <t>9786257217729</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zamandan Kaçan Ayrılık</t>
+          <t>Yine Gel</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257217668</t>
+          <t>9786257217705</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Deme Sanatı</t>
+          <t>Yunan Masalları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257217675</t>
+          <t>9786257217682</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mehmet’in Babası Nazım</t>
+          <t>50 Maddede Veganlık</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257217637</t>
+          <t>9786257217699</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Doğuşu</t>
+          <t>Zamandan Kaçan Ayrılık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257217651</t>
+          <t>9786257217668</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Resimli Tarihi</t>
+          <t>Günaydın Deme Sanatı</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257217644</t>
+          <t>9786257217675</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>Mehmet’in Babası Nazım</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257217620</t>
+          <t>9786257217637</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Cinai Absürtler ve Yakın Katillerim</t>
+          <t>Siyonizmin Doğuşu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257217613</t>
+          <t>9786257217651</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dokumacı</t>
+          <t>Eşyanın Resimli Tarihi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257217590</t>
+          <t>9786257217644</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Önemsiz Günler ve Haftalar</t>
+          <t>Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257217552</t>
+          <t>9786257217620</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Hatıra-i Pejmürde</t>
+          <t>Cinai Absürtler ve Yakın Katillerim</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257217576</t>
+          <t>9786257217613</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Doğu Felsefesi</t>
+          <t>Dokumacı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257217545</t>
+          <t>9786257217590</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 4: İstanbul’a Söz</t>
+          <t>Önemsiz Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257217538</t>
+          <t>9786257217552</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas Küçük Canlılar</t>
+          <t>Bir Hatıra-i Pejmürde</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257217521</t>
+          <t>9786257217576</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler</t>
+          <t>50 Maddede Doğu Felsefesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257217514</t>
+          <t>9786257217545</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ahbap Ferdinand</t>
+          <t>Rağmen 4: İstanbul’a Söz</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257217491</t>
+          <t>9786257217538</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Alman Masalları</t>
+          <t>Büyük Atlas Küçük Canlılar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257217446</t>
+          <t>9786257217521</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İrmina</t>
+          <t>Olmayan Şeyler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257217477</t>
+          <t>9786257217514</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>O Sırada: İkinci Kitap</t>
+          <t>Ahbap Ferdinand</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257217484</t>
+          <t>9786257217491</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ada</t>
+          <t>Alman Masalları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257217453</t>
+          <t>9786257217446</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Kitabı</t>
+          <t>İrmina</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257217422</t>
+          <t>9786257217477</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida</t>
+          <t>O Sırada: İkinci Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257217415</t>
+          <t>9786257217484</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
+          <t>Düşünen Ada</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257217439</t>
+          <t>9786257217453</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat!</t>
+          <t>Yalnızlığın Kitabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257217378</t>
+          <t>9786257217422</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ardına Bakma</t>
+          <t>Jacques Derrida</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257217408</t>
+          <t>9786257217415</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Söylemek</t>
+          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257217392</t>
+          <t>9786257217439</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bizim Zamanımız</t>
+          <t>İşte Hayat!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257217361</t>
+          <t>9786257217378</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kara İblis Firarda</t>
+          <t>Ardına Bakma</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257217347</t>
+          <t>9786257217408</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Orası Öyküleri</t>
+          <t>Gerçeği Söylemek</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257217354</t>
+          <t>9786257217392</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
+          <t>Bizim Zamanımız</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257217330</t>
+          <t>9786257217361</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Uçurumu Koruyan Korkuluk</t>
+          <t>Kara İblis Firarda</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257217262</t>
+          <t>9786257217347</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Orası Öyküleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257217309</t>
+          <t>9786257217354</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bizans</t>
+          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257217316</t>
+          <t>9786257217330</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Ayna</t>
+          <t>Uçurumu Koruyan Korkuluk</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257217293</t>
+          <t>9786257217262</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Masalları</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257217286</t>
+          <t>9786257217309</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Açıkçası Canım, Umurumda Değil</t>
+          <t>Bizans</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257217200</t>
+          <t>9786257217316</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Doğu Masalları</t>
+          <t>Bensiz Ayna</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257217231</t>
+          <t>9786257217293</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Odadan Hikayeler</t>
+          <t>İspanyol Masalları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>72</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257217255</t>
+          <t>9786257217286</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular Mütevazı Cevaplar</t>
+          <t>Açıkçası Canım, Umurumda Değil</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257217170</t>
+          <t>9786257217200</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Salgınlar</t>
+          <t>Doğu Masalları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257217187</t>
+          <t>9786257217231</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Merhum Nasıl Bilirdi?</t>
+          <t>Kırmızı Odadan Hikayeler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>72</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257217149</t>
+          <t>9786257217255</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çerçöp</t>
+          <t>Büyük Sorular Mütevazı Cevaplar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257217101</t>
+          <t>9786257217170</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Emine Hanım’ın Romanı</t>
+          <t>50 Maddede Salgınlar</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257217118</t>
+          <t>9786257217187</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
+          <t>Merhum Nasıl Bilirdi?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257217088</t>
+          <t>9786257217149</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Çerçöp</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257217095</t>
+          <t>9786257217101</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Görülmemiş Mektuplar</t>
+          <t>Emine Hanım’ın Romanı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257217071</t>
+          <t>9786257217118</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Usta William</t>
+          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257217064</t>
+          <t>9786257217088</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Yeni Dünya Düzeni</t>
+          <t>Diğerleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257217026</t>
+          <t>9786257217095</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt-i Kalyopi</t>
+          <t>Görülmemiş Mektuplar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257217057</t>
+          <t>9786257217071</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sana Gelirken Ben</t>
+          <t>Usta William</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257217033</t>
+          <t>9786257217064</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sakın Söyleme</t>
+          <t>50 Maddede Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257217040</t>
+          <t>9786257217026</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Virüsü</t>
+          <t>Sergüzeşt-i Kalyopi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257217019</t>
+          <t>9786257217057</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kore Masalları</t>
+          <t>Sana Gelirken Ben</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257217002</t>
+          <t>9786257217033</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Headbang 6</t>
+          <t>Sakın Söyleme</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057865984</t>
+          <t>9786257217040</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tek Ruh</t>
+          <t>Bir Kültür Virüsü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057865991</t>
+          <t>9786257217019</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aztek Mitolojisi</t>
+          <t>Kore Masalları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057865977</t>
+          <t>9786257217002</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojisi</t>
+          <t>Headbang 6</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057865960</t>
+          <t>9786057865984</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kristal Dünya</t>
+          <t>Tek Ruh</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057865953</t>
+          <t>9786057865991</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Wilson</t>
+          <t>Aztek Mitolojisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057865946</t>
+          <t>9786057865977</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Geçer Zaman Ki</t>
+          <t>Maya Mitolojisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057865892</t>
+          <t>9786057865960</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
+          <t>Yeni Kristal Dünya</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057865885</t>
+          <t>9786057865953</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Betamax Video 2</t>
+          <t>Wilson</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057865878</t>
+          <t>9786057865946</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
+          <t>Öyle Bir Geçer Zaman Ki</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057865861</t>
+          <t>9786057865892</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bazı Tipler</t>
+          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057865854</t>
+          <t>9786057865885</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar Ülkesi</t>
+          <t>Betamax Video 2</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057865847</t>
+          <t>9786057865878</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Krem</t>
+          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057865809</t>
+          <t>9786057865861</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçtim Sokağınızdan</t>
+          <t>Bazı Tipler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057865700</t>
+          <t>9786057865854</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Eylem</t>
+          <t>Güzel Atlar Ülkesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057865694</t>
+          <t>9786057865847</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ece 6</t>
+          <t>Krem</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057865656</t>
+          <t>9786057865809</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Filmlerle Geçtim Sokağınızdan</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057865687</t>
+          <t>9786057865700</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ortam 4</t>
+          <t>Müstakil Eylem</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057865663</t>
+          <t>9786057865694</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Karanlığında</t>
+          <t>Ece 6</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057865670</t>
+          <t>9786057865656</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alpay Road</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057865632</t>
+          <t>9786057865687</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pereira İddia Ediyor</t>
+          <t>Ortam 4</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057865649</t>
+          <t>9786057865663</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Olay Şöyle Oldu</t>
+          <t>İstanbul’un Karanlığında</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057865618</t>
+          <t>9786057865670</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Misafiri</t>
+          <t>Alpay Road</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057865595</t>
+          <t>9786057865632</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Pereira İddia Ediyor</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057865588</t>
+          <t>9786057865649</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Siyasi Cinayetler</t>
+          <t>Olay Şöyle Oldu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057865571</t>
+          <t>9786057865618</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Maç</t>
+          <t>Yeryüzü Misafiri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057865564</t>
+          <t>9786057865595</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Pati İzleri</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057865540</t>
+          <t>9786057865588</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen İtiraflar</t>
+          <t>50 Maddede Siyasi Cinayetler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057865557</t>
+          <t>9786057865571</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Any Empire</t>
+          <t>Maç</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057865526</t>
+          <t>9786057865564</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dank</t>
+          <t>Edebiyatta Pati İzleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057865519</t>
+          <t>9786057865540</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gaipten Sesler</t>
+          <t>Tarihe Geçen İtiraflar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057865502</t>
+          <t>9786057865557</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Mutluluk</t>
+          <t>Any Empire</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057865496</t>
+          <t>9786057865526</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Balkondan Düşen L</t>
+          <t>Dank</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057865434</t>
+          <t>9786057865519</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Masalları</t>
+          <t>Gaipten Sesler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057865403</t>
+          <t>9786057865502</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Headbang 5</t>
+          <t>50 Maddede Mutluluk</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057865410</t>
+          <t>9786057865496</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Ezoterizm</t>
+          <t>Balkondan Düşen L</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057865397</t>
+          <t>9786057865434</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Güç Sensin</t>
+          <t>İtalyan Masalları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057865373</t>
+          <t>9786057865403</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tatavla Hikayeleri</t>
+          <t>Headbang 5</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057865342</t>
+          <t>9786057865410</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Düşmanlar</t>
+          <t>50 Maddede Ezoterizm</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057865335</t>
+          <t>9786057865397</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mecburi İstikamet</t>
+          <t>Güç Sensin</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057865298</t>
+          <t>9786057865373</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dokunan Kitap</t>
+          <t>Tatavla Hikayeleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057865328</t>
+          <t>9786057865342</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Sıkı Düşmanlar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057865304</t>
+          <t>9786057865335</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kitapları</t>
+          <t>Mecburi İstikamet</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057865281</t>
+          <t>9786057865298</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Fransız Masalları</t>
+          <t>Dokunan Kitap</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057865274</t>
+          <t>9786057865328</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Irmaklar</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057865250</t>
+          <t>9786057865304</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ortam 3</t>
+          <t>Dünyanın Kitapları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057865267</t>
+          <t>9786057865281</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
+          <t>Fransız Masalları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057865175</t>
+          <t>9786057865274</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yüzünden Yollar Çıkardım</t>
+          <t>Küçük Irmaklar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057865182</t>
+          <t>9786057865250</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Ortam 3</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057865168</t>
+          <t>9786057865267</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Boksör</t>
+          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057865120</t>
+          <t>9786057865175</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Yüzünden Yollar Çıkardım</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057865113</t>
+          <t>9786057865182</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057865076</t>
+          <t>9786057865168</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İki Rüya Dokuz Gerçek</t>
+          <t>Boksör</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>58</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057865069</t>
+          <t>9786057865120</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Noesis 2 - Anılmayan</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052241943</t>
+          <t>9786057865113</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnternet</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052241950</t>
+          <t>9786057865076</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlham Veren Anekdotlar</t>
+          <t>İki Rüya Dokuz Gerçek</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>58</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052241936</t>
+          <t>9786057865069</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Yaşam Kılavuzu</t>
+          <t>Noesis 2 - Anılmayan</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052241899</t>
+          <t>9786052241943</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Portekiz</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052241882</t>
+          <t>9786052241950</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Masalları</t>
+          <t>Tarihten İlham Veren Anekdotlar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052241844</t>
+          <t>9786052241936</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adamlar</t>
+          <t>Tanrı'nın Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052241820</t>
+          <t>9786052241899</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Escobar - El Patron</t>
+          <t>Portekiz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052241851</t>
+          <t>9786052241882</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mukadderat</t>
+          <t>İrlanda Masalları</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052241783</t>
+          <t>9786052241844</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçı</t>
+          <t>İkinci Adamlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>620</v>
+        <v>58</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052241806</t>
+          <t>9786052241820</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
+          <t>Escobar - El Patron</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052241769</t>
+          <t>9786052241851</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Merkür Geri Gitti</t>
+          <t>Mukadderat</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>23</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052241752</t>
+          <t>9786052241783</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen Savunmalar</t>
+          <t>Fotoğrafçı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052241714</t>
+          <t>9786052241806</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Yolda</t>
+          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052241684</t>
+          <t>9786052241769</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Süslü Hatıralar Sahnesi</t>
+          <t>Merkür Geri Gitti</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>23</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052241677</t>
+          <t>9786052241752</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Rüyası</t>
+          <t>Tarihe Geçen Savunmalar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052241660</t>
+          <t>9786052241714</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Kaybolmasın</t>
+          <t>İçimden Geçen Yolda</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>22</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052241639</t>
+          <t>9786052241684</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları 2</t>
+          <t>Süslü Hatıralar Sahnesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052241622</t>
+          <t>9786052241677</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Sus</t>
+          <t>Olimpiyat Rüyası</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052241608</t>
+          <t>9786052241660</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
+          <t>Çocuklar Kaybolmasın</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>360</v>
+        <v>22</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052241547</t>
+          <t>9786052241639</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Merveler ve İnsanlar</t>
+          <t>İran Masalları 2</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>88</v>
+        <v>280</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052241530</t>
+          <t>9786052241622</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi</t>
+          <t>Ses ve Sus</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>550</v>
+        <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052241486</t>
+          <t>9786052241608</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
+          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052241479</t>
+          <t>9786052241547</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
+          <t>Merveler ve İnsanlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>54</v>
+        <v>88</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052241448</t>
+          <t>9786052241530</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Viking Masalları</t>
+          <t>Eskisi Gibi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052241455</t>
+          <t>9786052241486</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aynı Daldaydık</t>
+          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>22</v>
+        <v>140</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052241387</t>
+          <t>9786052241479</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Kaç Lira?</t>
+          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052241363</t>
+          <t>9786052241448</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
+          <t>Viking Masalları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>24</v>
+        <v>230</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052241332</t>
+          <t>9786052241455</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arama</t>
+          <t>Aynı Daldaydık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052241318</t>
+          <t>9786052241387</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Jüpiter Kaç Lira?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052241325</t>
+          <t>9786052241363</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Aşk</t>
+          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052241295</t>
+          <t>9786052241332</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları</t>
+          <t>Anlam Arama</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>58</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052241233</t>
+          <t>9786052241318</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>O Laf Hemingway’in Değil</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052241240</t>
+          <t>9786052241325</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Ölümden Sonra Aşk</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>68</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052241165</t>
+          <t>9786052241295</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlkleri ve Enleri</t>
+          <t>Japon Masalları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052241202</t>
+          <t>9786052241233</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
+          <t>O Laf Hemingway’in Değil</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052241196</t>
+          <t>9786052241240</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut Yeter</t>
+          <t>Karanlık Oda</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052241189</t>
+          <t>9786052241165</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Kadın Adları Gibi</t>
+          <t>Tarihin İlkleri ve Enleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052241172</t>
+          <t>9786052241202</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Baba Bana Bağırma</t>
+          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>58</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052241134</t>
+          <t>9786052241196</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zarf Atanlar</t>
+          <t>Elimi Tut Yeter</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>22</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052241073</t>
+          <t>9786052241189</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Agatha</t>
+          <t>Sevdiğim Kadın Adları Gibi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059670999</t>
+          <t>9786052241172</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Baba Bana Bağırma</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059670937</t>
+          <t>9786052241134</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dört Gün Buda, Üç Gün Zorba</t>
+          <t>Zarf Atanlar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059670883</t>
+          <t>9786052241073</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Agatha</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>58</v>
+        <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059670838</t>
+          <t>9786059670999</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Öbürküler</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059670807</t>
+          <t>9786059670937</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Odadan Hikayeler</t>
+          <t>Dört Gün Buda, Üç Gün Zorba</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059670791</t>
+          <t>9786059670883</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İbrani Masalları</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059670739</t>
+          <t>9786059670838</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Takımdan Ayrı Düz Yazılar</t>
+          <t>Öbürküler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>22.22</v>
+        <v>260</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059670692</t>
+          <t>9786059670807</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yine Öyle Hissettiğinde</t>
+          <t>Beyaz Odadan Hikayeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>260</v>
+        <v>58</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059670708</t>
+          <t>9786059670791</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İnsomnia Cafe</t>
+          <t>İbrani Masalları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059670616</t>
+          <t>9786059670739</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Elia İle Yolculuk</t>
+          <t>Takımdan Ayrı Düz Yazılar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>320</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059670593</t>
+          <t>9786059670692</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları</t>
+          <t>Yine Öyle Hissettiğinde</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059670517</t>
+          <t>9786059670708</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Shenzhen</t>
+          <t>İnsomnia Cafe</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059670456</t>
+          <t>9786059670616</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kainat</t>
+          <t>Elia İle Yolculuk</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>58</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059670265</t>
+          <t>9786059670593</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>İran Masalları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059670234</t>
+          <t>9786059670517</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgili</t>
+          <t>Shenzhen</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059670241</t>
+          <t>9786059670456</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler</t>
+          <t>Kainat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>740</v>
+        <v>58</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059670173</t>
+          <t>9786059670265</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kai: Bir Rüya Gördü</t>
+          <t>Racon</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>20.37</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059670081</t>
+          <t>9786059670234</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eightball</t>
+          <t>Eski Sevgili</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059670012</t>
+          <t>9786059670241</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ghost World</t>
+          <t>Sıradan Zaferler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
+          <t>9786059670173</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Kai: Bir Rüya Gördü</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786059670081</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Eightball</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786059670012</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ghost World</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
           <t>9786059670036</t>
         </is>
       </c>
-      <c r="B344" s="1" t="inlineStr">
+      <c r="B347" s="1" t="inlineStr">
         <is>
           <t>Çünkü Bir Anlamı Vardır</t>
         </is>
       </c>
-      <c r="C344" s="1">
+      <c r="C347" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>