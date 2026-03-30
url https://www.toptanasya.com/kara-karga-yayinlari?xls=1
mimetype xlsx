--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,5230 +85,7720 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256155299</t>
+          <t>9786256155350</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Zamanya (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>740</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256155305</t>
+          <t>9786256155343</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yol (Ciltli)</t>
+          <t>Tüy Yumağı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256155336</t>
+          <t>9693110002098</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rahatsız Edici Miktarda Kan</t>
+          <t>Adil Yıldırım Defter Hediyeli Kitap Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256155329</t>
+          <t>9786257217873</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnsanını Nasıl Eğitirsin?</t>
+          <t>Flört Etme Sanatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256155312</t>
+          <t>9786059670920</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İçimde Eski Sinemalar</t>
+          <t>Ortam</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256155282</t>
+          <t>9786057865199</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kanat ile Tayga</t>
+          <t>Devrim Erbil ile Seyrüsefer</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256155107</t>
+          <t>9786052241929</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Suç Edebiyatı Terimleri Sözlüğü</t>
+          <t>Tarihin En Korkunç Deneyleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258360035</t>
+          <t>9786052241837</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Sosyal Medya Aşkları</t>
+          <t>Bize Güzel Bir Son Lazım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256155275</t>
+          <t>9786052241417</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kazazedeler</t>
+          <t>Okay'ın Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256155268</t>
+          <t>9786052241127</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bedeni</t>
+          <t>Kız Gibi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256155251</t>
+          <t>9786052241110</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Masalları</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256155244</t>
+          <t>9786052241042</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eksilerek Çoğalmak</t>
+          <t>Kumarbazlar ve Aşıklar Kaybetmek İçin Oynar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258360493</t>
+          <t>9786052241059</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Erkeksiz Tarihi</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057865021</t>
+          <t>9786059670746</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Kıssa, Hisse, Rock’n Roll</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257217125</t>
+          <t>9786059670463</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
+          <t>Bir Uyumsuz Bulut</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257217798</t>
+          <t>9786059670432</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Masalları</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057865229</t>
+          <t>9786059670449</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
+          <t>Ateş ve Kılıç</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057865359</t>
+          <t>9786057865489</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aslanlı Yol</t>
+          <t>Gizemi Çözülmemiş Tarihi Olaylar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057865625</t>
+          <t>9786052241707</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ezhel - Kazıdım Tırnaklarla</t>
+          <t>Sessiz Gece Yazıları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>36</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057865038</t>
+          <t>9786052241721</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Topşik</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052241097</t>
+          <t>9786052241967</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Kadınlar Sokakta</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256155237</t>
+          <t>9786052241691</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Siyah Odadan Hikayeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257217279</t>
+          <t>9786059670425</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Canvermezler Tekkesi</t>
+          <t>Büyük Prens</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256155121</t>
+          <t>9786059670166</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bela Lugosi</t>
+          <t>Hiç Yaşanmamış İlişkiler Sözlüğü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052241028</t>
+          <t>9786052241615</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Günlükleri</t>
+          <t>Likya - Işıklı Aşklar Ülkesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258360639</t>
+          <t>9786052241219</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Öteki ve Ben</t>
+          <t>Bana Fenerbahçe'yi Anlat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059670722</t>
+          <t>9786059670982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Burma Günlükleri</t>
+          <t>Kırmızı Balon</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057865144</t>
+          <t>9786059670951</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Noesis 1 - Atalar Diski</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256155220</t>
+          <t>9786059670913</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Göl Kenarındaki Hoş Ev</t>
+          <t>Gazi Mustafa Kemal</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>460</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256155213</t>
+          <t>9786059670500</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Timuçin (Ciltli)</t>
+          <t>Tendeki İsyan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1000</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256155206</t>
+          <t>9786059670487</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Worldtr33</t>
+          <t>Külhan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>460</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256155152</t>
+          <t>9786059670333</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Parker: Avcı</t>
+          <t>Kedo</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256155176</t>
+          <t>9786052241998</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Son Dansı (Ciltli)</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1500</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256155183</t>
+          <t>9786057865007</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Kürsü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256155145</t>
+          <t>9786052241158</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yojimbot 1</t>
+          <t>Babası Sultan Murad'dan Fatih Sultan Mehmed'e Nasihatlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>480</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256155169</t>
+          <t>9786052241141</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uçan Tabut</t>
+          <t>Lennon</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256155138</t>
+          <t>9786059670975</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu (Ciltli)</t>
+          <t>Boğaziçi’nde Balık</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1180</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256155114</t>
+          <t>9786059670852</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 3 – Sınır Geçişi</t>
+          <t>Angela Davis: Bir Otobiyografi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059670821</t>
+          <t>9786059670524</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağı</t>
+          <t>İstanbul’da Kedi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256155091</t>
+          <t>9786059670050</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İllet</t>
+          <t>Patience</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256155084</t>
+          <t>9786057865014</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler (Ciltli)</t>
+          <t>Headbang 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1040</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256155077</t>
+          <t>9786052241271</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Headbang 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258360981</t>
+          <t>9786059670647</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>Zaman Bükücüler - Kayıp Telefon</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256155015</t>
+          <t>9786059670296</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
+          <t>İstanbul'dan Gelen Telefon</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256155060</t>
+          <t>9786059670289</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mihrap</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257217224</t>
+          <t>9786052241561</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Lucas’ın Savaşları</t>
+          <t>Ters Ninja</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>680</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256155053</t>
+          <t>9786052241257</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnsan Öğrenmek İçin Yaşar</t>
+          <t>100 Soruda Oğuz Atay</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256155046</t>
+          <t>9786059670968</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sultanahmette Var Bir Yılan</t>
+          <t>Sakıncalı Çökelek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256155039</t>
+          <t>9786059670760</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Köşk’ün Anahtarı</t>
+          <t>Muska, Tüfek, Matara</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258360950</t>
+          <t>9786059670784</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Deadendia 2 - Kırık Kale</t>
+          <t>Bir Yudum İnsan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258360691</t>
+          <t>9786059670302</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gece Geçen Gemi</t>
+          <t>Epileptik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256155008</t>
+          <t>9786059670197</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Saklı</t>
+          <t>Bu da Geçer Ya Hu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>260</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258360998</t>
+          <t>9786059670159</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nighshift (Ciltli)</t>
+          <t>Zaman Bükücüler - Kağıdın İzinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>800</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257217934</t>
+          <t>9786059670142</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu</t>
+          <t>Mıstık Parkı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052241813</t>
+          <t>9786052241264</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Masalları</t>
+          <t>Eyvah Anne Oluyorum</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059670272</t>
+          <t>9786052241066</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım</t>
+          <t>Şut ve Gol</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257217163</t>
+          <t>9786059670753</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ekinokslar</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>650</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258360974</t>
+          <t>9786052241738</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü</t>
+          <t>Headbang 3</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257217385</t>
+          <t>9786052241080</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>İsrail - Filistin Meselesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052241349</t>
+          <t>9786059670661</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Al Capone</t>
+          <t>Köpek Balıkları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258360967</t>
+          <t>9786059670678</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazma Becerisi</t>
+          <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258360936</t>
+          <t>9786059670357</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 2 – Hep Sadık</t>
+          <t>No - Hayır'ın Öyküsü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>330</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059670654</t>
+          <t>9786059670364</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Oğulların Diyarı</t>
+          <t>Tarihin Yazmadığı Kadınlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>440</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059670869</t>
+          <t>9786059670067</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bihikaye</t>
+          <t>Tepe</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258360929</t>
+          <t>9786052241868</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fante Bukowski</t>
+          <t>Ece 5 - Toplu Maceralar Serisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>600</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258360905</t>
+          <t>9786052241875</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Borodino Trampetçisi</t>
+          <t>Teoride Pratikte Komplo</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>420</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258360943</t>
+          <t>9786052241905</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
+          <t>Vedat Bey'in Görkemli Hayatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258360837</t>
+          <t>9786052241516</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kral Pele</t>
+          <t>Sanki Sen Aynı Ben</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258360868</t>
+          <t>9786052241523</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yaralar</t>
+          <t>Ortam - 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>380</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258360912</t>
+          <t>9786052241509</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nemrut’u Bize Armağan Eden Kadın</t>
+          <t>Neşeli Günler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258360899</t>
+          <t>9786052241493</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
+          <t>Betamax Video</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258360882</t>
+          <t>9786052241462</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
+          <t>Derin, Karanlık ve Tehlikeli</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258360851</t>
+          <t>9786059670494</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Benim Kötü Şekillenmiş Hayatım</t>
+          <t>Heavy Metal</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>420</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258360875</t>
+          <t>9786059670203</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Stillwater 1</t>
+          <t>Daha Da Karanlık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258360806</t>
+          <t>9786059670074</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Quentin Tarantino</t>
+          <t>Yanmış Orman Kokusu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>750</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258360776</t>
+          <t>9786059670043</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Habibi</t>
+          <t>Pyongyang</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>780</v>
+        <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258360790</t>
+          <t>9786052241226</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Monica</t>
+          <t>Lat</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>440</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258360844</t>
+          <t>9786052241011</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıkların da Sonu Var</t>
+          <t>Daima Şık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258360820</t>
+          <t>9786052241004</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sinesözlük - Sinemaya Giriş</t>
+          <t>Yut Beni</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258360813</t>
+          <t>9786059670630</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Mi Görüyorsun?</t>
+          <t>Karikatürler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258360783</t>
+          <t>9786059670258</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Dünya</t>
+          <t>Popüler Kült</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258360769</t>
+          <t>9786059670319</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Deadendia – Paranormal Park 1</t>
+          <t>Çabuk Büyüme Çocuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258360738</t>
+          <t>9786059670104</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Karikatüristin Hatıra Defteri</t>
+          <t>Replikler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258360752</t>
+          <t>9786059670111</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı</t>
+          <t>Arakçı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258360745</t>
+          <t>9786052241554</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yine Mi Cin Filmi?</t>
+          <t>Kadınları Anlarmış Gibi Yapma Sanatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258360660</t>
+          <t>9786052241585</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Air 2</t>
+          <t>Maria Callas: Aşk Mektupları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052241912</t>
+          <t>9786052241578</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zihin Koleksiyoncusu</t>
+          <t>Steve Jobs Olsa Ne Yapardı?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257217460</t>
+          <t>9786052241370</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şarap Koyusu</t>
+          <t>Eksik Olan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257217507</t>
+          <t>9786052241400</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Feng Shui</t>
+          <t>Ben Bir Dahiyim Ama Henüz İlk Filmimi Çekmedim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258360721</t>
+          <t>9786059670876</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Hikayesi İçin Notlar</t>
+          <t>Osman Gazi ve Mahdumları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258360707</t>
+          <t>9786059670777</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Kadınlar</t>
+          <t>Elia ile Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>310</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258360684</t>
+          <t>9786059670418</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pastacı Lila</t>
+          <t>Artık Sessizlik Bile Senin Değil</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>380</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258360677</t>
+          <t>9786059670210</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Harabe ve Labirent</t>
+          <t>İndeh: Apaçi Savaşlarının Hikayesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>620</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258360714</t>
+          <t>9786059670227</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Perviz</t>
+          <t>Cennetin Kapısında</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258360646</t>
+          <t>9786052241035</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri</t>
+          <t>Firar Öyküleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>420</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258360653</t>
+          <t>9786059670005</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
+          <t>Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>380</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258360592</t>
+          <t>9786059670715</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Air 1</t>
+          <t>Survivor</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258360622</t>
+          <t>9786059670685</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Karikatürleri</t>
+          <t>Kramponlu Filozoflar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258360585</t>
+          <t>9786059670609</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Ece - 1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258360615</t>
+          <t>9786059670548</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Opera’nın Hayaleti</t>
+          <t>Yaz Uykusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258360608</t>
+          <t>9786059670531</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ankara Palas’ın Merdivenleri</t>
+          <t>Yalnızlar Rıhtımı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258360424</t>
+          <t>9786059670395</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Alerte 5</t>
+          <t>İstanbul United</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258360578</t>
+          <t>9786059670401</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ofistike Şeyler</t>
+          <t>Hazne</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258360561</t>
+          <t>9786059670326</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İyi Denemeydi</t>
+          <t>Güçsüz Düşmezsen Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258360486</t>
+          <t>9786059670128</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Üzeyir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>900</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258360554</t>
+          <t>9786059670906</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
+          <t>Toplu Maceralar Serisi - Ece 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258360523</t>
+          <t>9786059670890</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık 3</t>
+          <t>Toplu Maceralar Serisi - Ece 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258360530</t>
+          <t>9786059670623</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Yılı</t>
+          <t>Bana Onun Portresini Getirin</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258360547</t>
+          <t>9786059670814</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Blöf</t>
+          <t>Headbang</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258360516</t>
+          <t>9786059670586</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alan’ın Savaşı</t>
+          <t>Asla Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258360509</t>
+          <t>9786059670555</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ring</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258360479</t>
+          <t>9786059670562</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258360462</t>
+          <t>9786059670579</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Dostoyevski ile Sınavı</t>
+          <t>Geriye Kalan: Bir Chris Cornell Retrospektifi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>10.09</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258360431</t>
+          <t>9786059670340</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bukowski</t>
+          <t>Çevrimiçi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258360448</t>
+          <t>9786059670944</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Olmayan Kuşlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258360455</t>
+          <t>9786059670845</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>O Yüzük Bana Gelecek</t>
+          <t>Brodeck Raporu - 1. Kitap: Öteki</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258360318</t>
+          <t>9786059670470</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yapı(t) Söküm</t>
+          <t>Babayani</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>88</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258360417</t>
+          <t>9786059670371</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Şirin Pembe Bulut</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258360301</t>
+          <t>9786059670388</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Genç Mustafa</t>
+          <t>Deli Gözel - Bir Yadigar Ejder Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258360387</t>
+          <t>9786059670180</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Behice’nin Yarım Kalan İşleri</t>
+          <t>Isaac Newton (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258360394</t>
+          <t>9786059670098</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
+          <t>Enise</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258360370</t>
+          <t>9786257217156</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sözcükleri</t>
+          <t>Ben Bir Dahiyim Ama Henüz İlk Senaryomu Yazmadım</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>280</v>
+        <v>68</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258360363</t>
+          <t>9786257217583</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kitap</t>
+          <t>Flört Etme Sanatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258360356</t>
+          <t>9786257217712</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Michel Foucault - 21. Yüzyılın Ezber Bozan Düşünürü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>58</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258360349</t>
+          <t>9786257217781</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yaşamın Mührü</t>
+          <t>Cepte Olmadan Aşk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258360332</t>
+          <t>9786257217194</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Grup Terapisi (Ciltli)</t>
+          <t>Mavi Dağ</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258360325</t>
+          <t>9786057865939</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
+          <t>Yeraltı Kütüphanesi</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258360295</t>
+          <t>9786057865601</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Polisiye Edebiyat</t>
+          <t>Asi Delikanlılara Uykudan Önce Hikayeler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258360288</t>
+          <t>9786057865212</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Üvercinka’nın Kasıkları</t>
+          <t>Hüznün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258360257</t>
+          <t>9786057865205</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tao'nun Gözyaşları</t>
+          <t>Güle Güle Kötü Kız</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258360240</t>
+          <t>9786057865908</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>380</v>
+        <v>88</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258360233</t>
+          <t>9786057865915</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bırak Üzülsünler</t>
+          <t>Merdivende Üç Şair</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>88</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258360226</t>
+          <t>9786057865441</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Hikayeler</t>
+          <t>Tuş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>290</v>
+        <v>26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258360219</t>
+          <t>9786057865465</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
+          <t>50 Maddede Göbeklitepe ve Sırları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258360202</t>
+          <t>9786257217606</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>O Sırada</t>
+          <t>Devşirme</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258360196</t>
+          <t>9786057865823</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bahar Düşü</t>
+          <t>Siyah Nefes</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>62</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258360189</t>
+          <t>9786057865472</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Karşılaşmalar</t>
+          <t>Süt Vampiri Emil - Sütlü Serüven</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258360103</t>
+          <t>9786057865311</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
+          <t>Ne Oralı Ne Buralı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>460</v>
+        <v>40</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258360172</t>
+          <t>9786057865151</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Korku Sineması</t>
+          <t>Ejderha Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258360165</t>
+          <t>9786057865922</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anais Nin - Yalanlar Denizinde</t>
+          <t>50 Maddede İlişkiler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258360158</t>
+          <t>9786057865045</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dibi Oteli</t>
+          <t>Müsait Bir Yerde İnecek Var</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258360141</t>
+          <t>9786057865052</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 2</t>
+          <t>Can Çekişen Türkiye</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258360134</t>
+          <t>9786052241974</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
+          <t>Leon 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258360127</t>
+          <t>9786052241646</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
+          <t>Aşk ve Kuyrukluyıldız</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258360110</t>
+          <t>9786057865830</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
+          <t>Makineli Kafanın Hikayesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>42</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258360080</t>
+          <t>9786052241653</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kulvar Firarileri</t>
+          <t>Hitler’in Çocukları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258360097</t>
+          <t>9786057865427</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fena Şeyler, Mutlu Sonlar</t>
+          <t>Bunu Biz İstedik İstanbul</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>78</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258360073</t>
+          <t>9786057865380</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Krallık - 1</t>
+          <t>Rağmen 2 - Baba</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>34</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257217897</t>
+          <t>9786057865106</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
+          <t>Beat Kuşağı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258360066</t>
+          <t>9786057865137</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Faili Meçhul Öfke</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>230</v>
+        <v>44</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258360028</t>
+          <t>9786057865090</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 5 - Rakı</t>
+          <t>Başka Dünyalarda Canlı Mahlukat Var Mıdır?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258360004</t>
+          <t>9786052241776</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Beni Avlayamazsın</t>
+          <t>50 Maddede Hitler ve Naziler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258360011</t>
+          <t>9786052241790</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yazın Son Gülü</t>
+          <t>Gauguin</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257217217</t>
+          <t>9786052241424</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kadın Asker</t>
+          <t>Leon</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258360042</t>
+          <t>9786052241431</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsan Birikimdir</t>
+          <t>Avukatın Adı Yok</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257217996</t>
+          <t>9786052241394</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Ece 4 - Toplu Maceralar Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257217989</t>
+          <t>9786052241981</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Rağmen - İlkler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>320</v>
+        <v>78</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257217972</t>
+          <t>9786052241592</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Leonard Cohen</t>
+          <t>Bir Dakika Sonra Bitmiş Olacak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257217965</t>
+          <t>9786052241356</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Korku Toplumu</t>
+          <t>Hollywood</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257217941</t>
+          <t>9786052241288</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gün Yüzüne Dökülenler</t>
+          <t>Meğer Annem Haklıymış</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257217958</t>
+          <t>9786057865533</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Günlükleri</t>
+          <t>Bahçe</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257217927</t>
+          <t>9786057865458</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Babil Mitolojisi</t>
+          <t>Devrim Erbil ile Seyrüsefer (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257217903</t>
+          <t>9786057865366</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yüzeysel</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>78</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257217880</t>
+          <t>9786052241745</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Oyun Kuruculuktan Oyun Bozuculuğa</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>420</v>
+        <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257217910</t>
+          <t>9786052241301</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>40+ İtiraf Hikayeleri</t>
+          <t>Dilemma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257217866</t>
+          <t>9786052241103</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>Asi Kızlar, Bilge Kadınlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257217859</t>
+          <t>9786256155299</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257217835</t>
+          <t>9786256155305</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dağın Kalbi</t>
+          <t>Yol (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257217842</t>
+          <t>9786256155336</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sakın Günlüğümü Okuma</t>
+          <t>Rahatsız Edici Miktarda Kan</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257217828</t>
+          <t>9786256155329</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
+          <t>İnsanını Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257217804</t>
+          <t>9786256155312</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Senso</t>
+          <t>İçimde Eski Sinemalar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257217811</t>
+          <t>9786256155282</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dinle Sebastian</t>
+          <t>Kanat ile Tayga</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257217774</t>
+          <t>9786256155107</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ortam 5</t>
+          <t>Suç Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257217750</t>
+          <t>9786258360035</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Mahluk Efendi</t>
+          <t>50 Maddede Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257217767</t>
+          <t>9786256155275</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Başkan Yarat</t>
+          <t>Kazazedeler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257217743</t>
+          <t>9786256155268</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Erkek Bedeni</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257217736</t>
+          <t>9786256155251</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Mitolojisi</t>
+          <t>Çukurova Masalları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257217729</t>
+          <t>9786256155244</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yine Gel</t>
+          <t>Eksilerek Çoğalmak</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>660</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257217705</t>
+          <t>9786258360493</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yunan Masalları</t>
+          <t>Sanatın Erkeksiz Tarihi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257217682</t>
+          <t>9786057865021</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Veganlık</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257217699</t>
+          <t>9786257217125</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Zamandan Kaçan Ayrılık</t>
+          <t>Harari - Tarih, İnsanın Tanrı Oluşuyla Sona Erecek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257217668</t>
+          <t>9786257217798</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Deme Sanatı</t>
+          <t>Uyanış Masalları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257217675</t>
+          <t>9786057865229</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mehmet’in Babası Nazım</t>
+          <t>Geçtiğimiz Altı Ayda Çok Şey Oldu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257217637</t>
+          <t>9786057865359</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Doğuşu</t>
+          <t>Aslanlı Yol</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257217651</t>
+          <t>9786057865625</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Resimli Tarihi</t>
+          <t>Ezhel - Kazıdım Tırnaklarla</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257217644</t>
+          <t>9786057865038</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>Topşik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257217620</t>
+          <t>9786052241097</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Cinai Absürtler ve Yakın Katillerim</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257217613</t>
+          <t>9786256155237</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dokumacı</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257217590</t>
+          <t>9786257217279</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Önemsiz Günler ve Haftalar</t>
+          <t>Canvermezler Tekkesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257217552</t>
+          <t>9786256155121</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Hatıra-i Pejmürde</t>
+          <t>Bela Lugosi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257217576</t>
+          <t>9786052241028</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Doğu Felsefesi</t>
+          <t>Kudüs Günlükleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257217545</t>
+          <t>9786258360639</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Rağmen 4: İstanbul’a Söz</t>
+          <t>Öteki ve Ben</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257217538</t>
+          <t>9786059670722</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas Küçük Canlılar</t>
+          <t>Burma Günlükleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257217521</t>
+          <t>9786057865144</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257217514</t>
+          <t>9786256155220</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ahbap Ferdinand</t>
+          <t>Göl Kenarındaki Hoş Ev</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257217491</t>
+          <t>9786256155213</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Alman Masalları</t>
+          <t>Timuçin (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257217446</t>
+          <t>9786256155206</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İrmina</t>
+          <t>Worldtr33</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257217477</t>
+          <t>9786256155152</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>O Sırada: İkinci Kitap</t>
+          <t>Parker: Avcı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257217484</t>
+          <t>9786256155176</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ada</t>
+          <t>Afrika’nın Son Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>280</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257217453</t>
+          <t>9786256155183</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Kitabı</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257217422</t>
+          <t>9786256155145</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida</t>
+          <t>Yojimbot 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257217415</t>
+          <t>9786256155169</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
+          <t>Uçan Tabut</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257217439</t>
+          <t>9786256155138</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat!</t>
+          <t>Brodeck Raporu (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257217378</t>
+          <t>9786256155114</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ardına Bakma</t>
+          <t>Stillwater 3 – Sınır Geçişi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257217408</t>
+          <t>9786059670821</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Söylemek</t>
+          <t>Buzul Çağı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257217392</t>
+          <t>9786256155091</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bizim Zamanımız</t>
+          <t>İllet</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257217361</t>
+          <t>9786256155084</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kara İblis Firarda</t>
+          <t>Sıradan Zaferler (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>320</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257217347</t>
+          <t>9786256155077</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Orası Öyküleri</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257217354</t>
+          <t>9786258360981</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257217330</t>
+          <t>9786256155015</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uçurumu Koruyan Korkuluk</t>
+          <t>Paisley Park'a Gitmeyeceğiz – Prince</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257217262</t>
+          <t>9786256155060</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Mihrap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257217309</t>
+          <t>9786257217224</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bizans</t>
+          <t>Lucas’ın Savaşları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>280</v>
+        <v>820</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257217316</t>
+          <t>9786256155053</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Ayna</t>
+          <t>İnsan Öğrenmek İçin Yaşar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257217293</t>
+          <t>9786256155046</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Masalları</t>
+          <t>Sultanahmette Var Bir Yılan</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257217286</t>
+          <t>9786256155039</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Açıkçası Canım, Umurumda Değil</t>
+          <t>Yüzen Köşk’ün Anahtarı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257217200</t>
+          <t>9786258360950</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Doğu Masalları</t>
+          <t>Deadendia 2 - Kırık Kale</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257217231</t>
+          <t>9786258360691</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Odadan Hikayeler</t>
+          <t>Gece Geçen Gemi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>72</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257217255</t>
+          <t>9786256155008</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular Mütevazı Cevaplar</t>
+          <t>Zamanda Saklı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257217170</t>
+          <t>9786258360998</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Salgınlar</t>
+          <t>Nighshift (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>960</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257217187</t>
+          <t>9786257217934</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Merhum Nasıl Bilirdi?</t>
+          <t>Tarla Kuşu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257217149</t>
+          <t>9786052241813</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çerçöp</t>
+          <t>Kızılderili Masalları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257217101</t>
+          <t>9786059670272</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Emine Hanım’ın Romanı</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257217118</t>
+          <t>9786257217163</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
+          <t>Ekinokslar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>780</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257217088</t>
+          <t>9786258360974</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Beni Kim Öldürdü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257217095</t>
+          <t>9786257217385</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Görülmemiş Mektuplar</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257217071</t>
+          <t>9786052241349</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Usta William</t>
+          <t>Al Capone</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257217064</t>
+          <t>9786258360967</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Yeni Dünya Düzeni</t>
+          <t>Öykü Yazma Becerisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257217026</t>
+          <t>9786258360936</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt-i Kalyopi</t>
+          <t>Stillwater 2 – Hep Sadık</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257217057</t>
+          <t>9786059670654</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sana Gelirken Ben</t>
+          <t>Oğulların Diyarı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>530</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257217033</t>
+          <t>9786059670869</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sakın Söyleme</t>
+          <t>Bihikaye</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257217040</t>
+          <t>9786258360929</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Virüsü</t>
+          <t>Fante Bukowski</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>720</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257217019</t>
+          <t>9786258360905</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kore Masalları</t>
+          <t>Borodino Trampetçisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257217002</t>
+          <t>9786258360943</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Headbang 6</t>
+          <t>50 Maddede Her Türlü Tartışmayı Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057865984</t>
+          <t>9786258360837</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tek Ruh</t>
+          <t>Kral Pele</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057865991</t>
+          <t>9786258360868</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aztek Mitolojisi</t>
+          <t>Gizli Yaralar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057865977</t>
+          <t>9786258360912</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojisi</t>
+          <t>Nemrut’u Bize Armağan Eden Kadın</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057865960</t>
+          <t>9786258360899</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kristal Dünya</t>
+          <t>Kısacık Hikayeler Kocaman Hayatlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057865953</t>
+          <t>9786258360882</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Wilson</t>
+          <t>Balköpüğü Yaşam Kaynağım Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057865946</t>
+          <t>9786258360851</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Geçer Zaman Ki</t>
+          <t>Benim Kötü Şekillenmiş Hayatım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057865892</t>
+          <t>9786258360875</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
+          <t>Stillwater 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057865885</t>
+          <t>9786258360806</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Betamax Video 2</t>
+          <t>Quentin Tarantino</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057865878</t>
+          <t>9786258360776</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
+          <t>Habibi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>940</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057865861</t>
+          <t>9786258360790</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bazı Tipler</t>
+          <t>Monica</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057865854</t>
+          <t>9786258360844</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar Ülkesi</t>
+          <t>Ayrılıkların da Sonu Var</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057865847</t>
+          <t>9786258360820</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Krem</t>
+          <t>Sinesözlük - Sinemaya Giriş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057865809</t>
+          <t>9786258360813</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçtim Sokağınızdan</t>
+          <t>Beni Böyle Mi Görüyorsun?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057865700</t>
+          <t>9786258360783</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Eylem</t>
+          <t>Sonu Olmayan Dünya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057865694</t>
+          <t>9786258360769</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ece 6</t>
+          <t>Deadendia – Paranormal Park 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057865656</t>
+          <t>9786258360738</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Bir Karikatüristin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057865687</t>
+          <t>9786258360752</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ortam 4</t>
+          <t>Türk Sanatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057865663</t>
+          <t>9786258360745</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Karanlığında</t>
+          <t>Yine Mi Cin Filmi?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057865670</t>
+          <t>9786258360660</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Alpay Road</t>
+          <t>Air 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057865632</t>
+          <t>9786052241912</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pereira İddia Ediyor</t>
+          <t>Zihin Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057865649</t>
+          <t>9786257217460</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Olay Şöyle Oldu</t>
+          <t>Şarap Koyusu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057865618</t>
+          <t>9786257217507</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Misafiri</t>
+          <t>Anadolu Feng Shui</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057865595</t>
+          <t>9786258360721</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Bir Savaş Hikayesi İçin Notlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057865588</t>
+          <t>9786258360707</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Siyasi Cinayetler</t>
+          <t>Ayışığında Kadınlar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057865571</t>
+          <t>9786258360684</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Maç</t>
+          <t>Küçük Pastacı Lila</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057865564</t>
+          <t>9786258360677</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Pati İzleri</t>
+          <t>Harabe ve Labirent</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>740</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057865540</t>
+          <t>9786258360714</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen İtiraflar</t>
+          <t>Perviz</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057865557</t>
+          <t>9786258360646</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Any Empire</t>
+          <t>Uygur Türkleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057865526</t>
+          <t>9786258360653</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dank</t>
+          <t>Maya Büyüsü Şarap Lezzet ve Duygusal Deneyimler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057865519</t>
+          <t>9786258360592</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gaipten Sesler</t>
+          <t>Air 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057865502</t>
+          <t>9786258360622</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Mutluluk</t>
+          <t>Psikoloji Karikatürleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057865496</t>
+          <t>9786258360585</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Balkondan Düşen L</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057865434</t>
+          <t>9786258360615</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Masalları</t>
+          <t>Opera’nın Hayaleti</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057865403</t>
+          <t>9786258360608</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Headbang 5</t>
+          <t>Ankara Palas’ın Merdivenleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057865410</t>
+          <t>9786258360424</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede Ezoterizm</t>
+          <t>Alerte 5</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057865397</t>
+          <t>9786258360578</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Güç Sensin</t>
+          <t>Ofistike Şeyler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057865373</t>
+          <t>9786258360561</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tatavla Hikayeleri</t>
+          <t>İyi Denemeydi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057865342</t>
+          <t>9786258360486</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Düşmanlar</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>450</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057865335</t>
+          <t>9786258360554</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mecburi İstikamet</t>
+          <t>50 Maddede Cumhuriyetin 100. Yılı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057865298</t>
+          <t>9786258360523</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dokunan Kitap</t>
+          <t>Görünmez Krallık 3</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057865328</t>
+          <t>9786258360530</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Tavşan Yılı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057865304</t>
+          <t>9786258360547</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kitapları</t>
+          <t>Blöf</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057865281</t>
+          <t>9786258360516</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Fransız Masalları</t>
+          <t>Alan’ın Savaşı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057865274</t>
+          <t>9786258360509</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Küçük Irmaklar</t>
+          <t>Ring</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057865250</t>
+          <t>9786258360479</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ortam 3</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057865267</t>
+          <t>9786258360462</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
+          <t>Türk’ün Dostoyevski ile Sınavı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057865175</t>
+          <t>9786258360431</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yüzünden Yollar Çıkardım</t>
+          <t>Bukowski</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057865182</t>
+          <t>9786258360448</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057865168</t>
+          <t>9786258360455</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Boksör</t>
+          <t>O Yüzük Bana Gelecek</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057865120</t>
+          <t>9786258360318</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Yapı(t) Söküm</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057865113</t>
+          <t>9786258360417</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057865076</t>
+          <t>9786258360301</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İki Rüya Dokuz Gerçek</t>
+          <t>Genç Mustafa</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>58</v>
+        <v>360</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057865069</t>
+          <t>9786258360387</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Noesis 2 - Anılmayan</t>
+          <t>Behice’nin Yarım Kalan İşleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052241943</t>
+          <t>9786258360394</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İnternet</t>
+          <t>Kaotik Zamanlarda Stoacı Olmanın Yolları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052241950</t>
+          <t>9786258360370</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlham Veren Anekdotlar</t>
+          <t>Sabahın Sözcükleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052241936</t>
+          <t>9786258360363</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Yaşam Kılavuzu</t>
+          <t>Yalnız Kitap</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>58</v>
+        <v>240</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052241899</t>
+          <t>9786258360356</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Portekiz</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052241882</t>
+          <t>9786258360349</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Masalları</t>
+          <t>Ölüm Yaşamın Mührü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052241844</t>
+          <t>9786258360332</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adamlar</t>
+          <t>Grup Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>58</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052241820</t>
+          <t>9786258360325</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Escobar - El Patron</t>
+          <t>Hiçbir Çocuk Yatağa Aç Girmeyecek</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052241851</t>
+          <t>9786258360295</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mukadderat</t>
+          <t>50 Maddede Polisiye Edebiyat</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052241783</t>
+          <t>9786258360288</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçı</t>
+          <t>Üvercinka’nın Kasıkları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>620</v>
+        <v>260</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052241806</t>
+          <t>9786258360257</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
+          <t>Tao'nun Gözyaşları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052241769</t>
+          <t>9786258360240</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Merkür Geri Gitti</t>
+          <t>Türkiye’de Ağır Müziğin Geçmişi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>23</v>
+        <v>460</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052241752</t>
+          <t>9786258360233</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen Savunmalar</t>
+          <t>Bırak Üzülsünler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052241714</t>
+          <t>9786258360226</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Yolda</t>
+          <t>İstanbullu Hikayeler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052241684</t>
+          <t>9786258360219</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Süslü Hatıralar Sahnesi</t>
+          <t>Marie Curie – Patent, Bilimin Ruhuna Aykırıdır</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052241677</t>
+          <t>9786258360202</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Rüyası</t>
+          <t>O Sırada</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052241660</t>
+          <t>9786258360196</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Kaybolmasın</t>
+          <t>Bahar Düşü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052241639</t>
+          <t>9786258360189</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları 2</t>
+          <t>Kendimle Karşılaşmalar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052241622</t>
+          <t>9786258360103</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Sus</t>
+          <t>Sahte Alkışlarla Olağanüstü Anlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>28</v>
+        <v>550</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052241608</t>
+          <t>9786258360172</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
+          <t>50 Maddede Korku Sineması</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052241547</t>
+          <t>9786258360165</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Merveler ve İnsanlar</t>
+          <t>Anais Nin - Yalanlar Denizinde</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>88</v>
+        <v>580</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052241530</t>
+          <t>9786258360158</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi</t>
+          <t>Dünyanın Dibi Oteli</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052241486</t>
+          <t>9786258360141</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
+          <t>Görünmez Krallık - 2</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052241479</t>
+          <t>9786258360134</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
+          <t>Oppenheimer - Vicdan Bir Kara Kutudur</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>54</v>
+        <v>260</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052241448</t>
+          <t>9786258360127</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Viking Masalları</t>
+          <t>Kara Karga Soruyor Sunay Akın Cevaplıyor</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052241455</t>
+          <t>9786258360110</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Aynı Daldaydık</t>
+          <t>50 Maddede Hz. Ayşe ve İslam’da Kadın</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>22</v>
+        <v>340</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052241387</t>
+          <t>9786258360080</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Kaç Lira?</t>
+          <t>Sekiz Kulvar Firarileri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>28</v>
+        <v>480</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052241363</t>
+          <t>9786258360097</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
+          <t>Fena Şeyler, Mutlu Sonlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>24</v>
+        <v>360</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052241332</t>
+          <t>9786258360073</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arama</t>
+          <t>Görünmez Krallık - 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>58</v>
+        <v>380</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052241318</t>
+          <t>9786257217897</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Ece - Hep Başkalarının Düğününde Oynadım</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052241325</t>
+          <t>9786258360066</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Aşk</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>68</v>
+        <v>280</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052241295</t>
+          <t>9786258360028</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları</t>
+          <t>Rağmen 5 - Rakı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052241233</t>
+          <t>9786258360004</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>O Laf Hemingway’in Değil</t>
+          <t>Beni Avlayamazsın</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052241240</t>
+          <t>9786258360011</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Yazın Son Gülü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052241165</t>
+          <t>9786257217217</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlkleri ve Enleri</t>
+          <t>Kadın Asker</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052241202</t>
+          <t>9786258360042</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
+          <t>İnsan Birikimdir</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>58</v>
+        <v>340</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052241196</t>
+          <t>9786257217996</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut Yeter</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052241189</t>
+          <t>9786257217989</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Kadın Adları Gibi</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052241172</t>
+          <t>9786257217972</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Baba Bana Bağırma</t>
+          <t>Leonard Cohen</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052241134</t>
+          <t>9786257217965</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Zarf Atanlar</t>
+          <t>Korku Toplumu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>22</v>
+        <v>480</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052241073</t>
+          <t>9786257217941</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Agatha</t>
+          <t>Gün Yüzüne Dökülenler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059670999</t>
+          <t>9786257217958</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Fabrika Günlükleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059670937</t>
+          <t>9786257217927</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dört Gün Buda, Üç Gün Zorba</t>
+          <t>Babil Mitolojisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059670883</t>
+          <t>9786257217903</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Yüzeysel</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>58</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059670838</t>
+          <t>9786257217880</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Öbürküler</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059670807</t>
+          <t>9786257217910</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Odadan Hikayeler</t>
+          <t>40+ İtiraf Hikayeleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059670791</t>
+          <t>9786257217866</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İbrani Masalları</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059670739</t>
+          <t>9786257217859</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Takımdan Ayrı Düz Yazılar</t>
+          <t>Türkan Saylan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>22.22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059670692</t>
+          <t>9786257217835</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yine Öyle Hissettiğinde</t>
+          <t>Dağın Kalbi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059670708</t>
+          <t>9786257217842</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İnsomnia Cafe</t>
+          <t>Sakın Günlüğümü Okuma</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059670616</t>
+          <t>9786257217828</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Elia İle Yolculuk</t>
+          <t>Genç Rönesans - Dijital Yaratıcıların Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059670593</t>
+          <t>9786257217804</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları</t>
+          <t>Senso</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059670517</t>
+          <t>9786257217811</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Shenzhen</t>
+          <t>Dinle Sebastian</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059670456</t>
+          <t>9786257217774</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kainat</t>
+          <t>Ortam 5</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>58</v>
+        <v>380</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059670265</t>
+          <t>9786257217750</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Racon</t>
+          <t>Mübarek Mahluk Efendi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059670234</t>
+          <t>9786257217767</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgili</t>
+          <t>Tanrım Beni Başkan Yarat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059670241</t>
+          <t>9786257217743</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Zaferler</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>740</v>
+        <v>380</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059670173</t>
+          <t>9786257217736</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kai: Bir Rüya Gördü</t>
+          <t>Kafkas Mitolojisi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20.37</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059670081</t>
+          <t>9786257217729</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eightball</t>
+          <t>Yine Gel</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059670012</t>
+          <t>9786257217705</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ghost World</t>
+          <t>Yunan Masalları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
+          <t>9786257217682</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Veganlık</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786257217699</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Zamandan Kaçan Ayrılık</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786257217668</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Deme Sanatı</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786257217675</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet’in Babası Nazım</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786257217637</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Siyonizmin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786257217651</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Eşyanın Resimli Tarihi</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786257217644</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Felsefe</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786257217620</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Cinai Absürtler ve Yakın Katillerim</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786257217613</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Dokumacı</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786257217590</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Önemsiz Günler ve Haftalar</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786257217552</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hatıra-i Pejmürde</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786257217576</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Doğu Felsefesi</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786257217545</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Rağmen 4: İstanbul’a Söz</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786257217538</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Atlas Küçük Canlılar</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786257217521</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Olmayan Şeyler</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786257217514</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Ahbap Ferdinand</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786257217491</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Alman Masalları</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786257217446</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>İrmina</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786257217477</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>O Sırada: İkinci Kitap</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786257217484</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Düşünen Ada</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786257217453</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Kitabı</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786257217422</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Jacques Derrida</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786257217415</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Görmüş Geçirmiş İnsanlar İçin Karikatürler</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786257217439</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>İşte Hayat!</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786257217378</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Ardına Bakma</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786257217408</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeği Söylemek</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786257217392</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Zamanımız</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786257217361</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Kara İblis Firarda</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786257217347</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Orası Öyküleri</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786257217354</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Tarihini Değiştiren 110 Kadın</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786257217330</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Uçurumu Koruyan Korkuluk</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786257217262</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Rehine</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786257217309</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Bizans</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786257217316</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Bensiz Ayna</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786257217293</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>İspanyol Masalları</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786257217286</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Açıkçası Canım, Umurumda Değil</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786257217200</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Masalları</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786257217231</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Odadan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786257217255</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Sorular Mütevazı Cevaplar</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786257217170</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Salgınlar</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786257217187</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Merhum Nasıl Bilirdi?</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786257217149</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Çerçöp</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786257217101</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Emine Hanım’ın Romanı</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786257217118</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Chomsky - Dünyayı Değiştirmek İstiyorsanız Onu Anlamaya Çalışmalısınız</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786257217088</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Diğerleri</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786257217095</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Görülmemiş Mektuplar</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786257217071</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Usta William</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786257217064</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Yeni Dünya Düzeni</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786257217026</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt-i Kalyopi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786257217057</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Sana Gelirken Ben</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786257217033</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Sakın Söyleme</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786257217040</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kültür Virüsü</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786257217019</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Kore Masalları</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786257217002</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Headbang 6</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057865984</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Tek Ruh</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786057865991</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057865977</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Maya Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786057865960</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kristal Dünya</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786057865953</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Wilson</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057865946</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Öyle Bir Geçer Zaman Ki</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057865892</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Son Yılanı Nasıl Öldü?</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786057865885</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Betamax Video 2</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057865878</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Slavoj Zizek - Gerçeklik, Biz Onu Sorgulayalım Diye Var</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057865861</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Tipler</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786057865854</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Atlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786057865847</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Krem</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786057865809</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Filmlerle Geçtim Sokağınızdan</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786057865700</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Müstakil Eylem</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786057865694</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Ece 6</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786057865656</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Rus Masalları</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786057865687</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Ortam 4</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786057865663</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Karanlığında</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786057865670</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Alpay Road</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057865632</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Pereira İddia Ediyor</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786057865649</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Olay Şöyle Oldu</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786057865618</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Misafiri</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786057865595</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Mülteci</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786057865588</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Siyasi Cinayetler</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786057865571</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Maç</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786057865564</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Pati İzleri</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786057865540</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Geçen İtiraflar</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786057865557</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Any Empire</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057865526</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Dank</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786057865519</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Gaipten Sesler</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057865502</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Mutluluk</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786057865496</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Balkondan Düşen L</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786057865434</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>İtalyan Masalları</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786057865403</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Headbang 5</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786057865410</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>50 Maddede Ezoterizm</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786057865397</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Güç Sensin</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786057865373</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Tatavla Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786057865342</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sıkı Düşmanlar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786057865335</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Mecburi İstikamet</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786057865298</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Dokunan Kitap</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786057865328</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Afrika Masalları</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786057865304</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kitapları</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786057865281</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Masalları</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786057865274</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Irmaklar</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786057865250</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Ortam 3</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786057865267</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Kanadalılaştıramadıklarımızdan Mısınız?</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786057865175</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Yüzünden Yollar Çıkardım</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786057865182</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Ali</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786057865168</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Boksör</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786057865120</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Chicago</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786057865113</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Tuhafiye</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786057865076</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>İki Rüya Dokuz Gerçek</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786057865069</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Noesis 2 - Anılmayan</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786052241943</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>İnternet</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786052241950</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten İlham Veren Anekdotlar</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786052241936</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Yaşam Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786052241899</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Portekiz</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786052241882</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>İrlanda Masalları</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786052241844</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Adamlar</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786052241820</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Escobar - El Patron</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786052241851</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Mukadderat</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786052241783</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğrafçı</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786052241806</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Cıvata Kafa ve Diğer Tuhaf Vakalar</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786052241769</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Merkür Geri Gitti</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786052241752</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Geçen Savunmalar</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786052241714</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>İçimden Geçen Yolda</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786052241684</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Süslü Hatıralar Sahnesi</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786052241677</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Olimpiyat Rüyası</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786052241660</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Kaybolmasın</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786052241639</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>İran Masalları 2</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786052241622</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Ses ve Sus</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786052241608</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Ölmeden Önce Gülmeniz Gereken 1000 Karikatür</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786052241547</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Merveler ve İnsanlar</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786052241530</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Eskisi Gibi</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786052241486</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Brodeck Raporu - 2. Kitap: Meçhul (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786052241479</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Buraya Nasıl Geldik</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786052241448</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Viking Masalları</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786052241455</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Daldaydık</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786052241387</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiter Kaç Lira?</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786052241363</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Steve Jobs - Dünyaya Yön Verenler Serisi</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786052241332</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Anlam Arama</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786052241318</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786052241325</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Ölümden Sonra Aşk</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786052241295</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Japon Masalları</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786052241233</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>O Laf Hemingway’in Değil</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786052241240</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Oda</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786052241165</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin İlkleri ve Enleri</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786052241202</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786052241196</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Elimi Tut Yeter</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786052241189</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğim Kadın Adları Gibi</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786052241172</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Baba Bana Bağırma</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786052241134</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Zarf Atanlar</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786052241073</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Agatha</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059670999</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Hint Masalları</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786059670937</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Dört Gün Buda, Üç Gün Zorba</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059670883</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059670838</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Öbürküler</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059670807</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Odadan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786059670791</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>İbrani Masalları</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059670739</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Takımdan Ayrı Düz Yazılar</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786059670692</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Yine Öyle Hissettiğinde</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786059670708</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>İnsomnia Cafe</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786059670616</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Elia İle Yolculuk</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786059670593</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>İran Masalları</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786059670517</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786059670456</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Kainat</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786059670265</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Racon</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786059670234</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Eski Sevgili</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059670241</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan Zaferler</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786059670173</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Kai: Bir Rüya Gördü</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786059670081</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Eightball</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786059670012</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Ghost World</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
           <t>9786059670036</t>
         </is>
       </c>
-      <c r="B347" s="1" t="inlineStr">
+      <c r="B513" s="1" t="inlineStr">
         <is>
           <t>Çünkü Bir Anlamı Vardır</t>
         </is>
       </c>
-      <c r="C347" s="1">
+      <c r="C513" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>