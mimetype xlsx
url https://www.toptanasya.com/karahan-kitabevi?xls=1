--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -445,6025 +445,6010 @@
           <t>İşletmelerde Karlılık ve Verimliliğin Artırılması – Balanced Scorecard</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786059374637</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Küllerinden Doğma Zamanı: Işığa Yürüyenlerin Rehberi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258419825</t>
+          <t>9786256638464</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay Romanlarında Mekan - İnsan İlişkisi</t>
+          <t>Din Toplum ve Yemin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256638464</t>
+          <t>9786054989324</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Din Toplum ve Yemin</t>
+          <t>10. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054989324</t>
+          <t>9786059374446</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
+          <t>Terörün Ekonomik Analizi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059374446</t>
+          <t>9786256638297</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Terörün Ekonomik Analizi</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256638297</t>
+          <t>9786256638440</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>0000 Siber Entropi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256638440</t>
+          <t>9786256638334</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>0000 Siber Entropi</t>
+          <t>Sadece "K"</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256638334</t>
+          <t>9786256638310</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sadece "K"</t>
+          <t>Türk Dili ve Edebiyatı AYT Konu Anlatımlı Edebiyatın Ölmez Hazinesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256638310</t>
+          <t>9786256638419</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı AYT Konu Anlatımlı Edebiyatın Ölmez Hazinesi</t>
+          <t>Antik Sparta</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256638419</t>
+          <t>9786064989218</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Antik Sparta</t>
+          <t>Yoksulluk ve Tüketim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786064989218</t>
+          <t>9786256638389</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Tüketim</t>
+          <t>Beni Yazdıklarım Büyüttü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256638389</t>
+          <t>9786256638358</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beni Yazdıklarım Büyüttü</t>
+          <t>Bedi İlminin Estetik ve Anlam Boyutları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256638358</t>
+          <t>9786059374026</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bedi İlminin Estetik ve Anlam Boyutları</t>
+          <t>Çocukluğun Sınırında / İkinci Dünya Savaşı Türkiyesinde Çocuk Yaşantıları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059374026</t>
+          <t>9786256638433</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sınırında / İkinci Dünya Savaşı Türkiyesinde Çocuk Yaşantıları</t>
+          <t>Flu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256638433</t>
+          <t>9786256638426</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Flu</t>
+          <t>TYT Konu Anlatımlı Türkçenin Ölmez Hazinesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256638426</t>
+          <t>9786256638303</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>TYT Konu Anlatımlı Türkçenin Ölmez Hazinesi</t>
+          <t>İklim Değişikliği ve Karbon Maliyetleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256638303</t>
+          <t>9786256638457</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Karbon Maliyetleri</t>
+          <t>Küreselleşme ve Küresel Terör</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256638457</t>
+          <t>9786057382368</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Küresel Terör</t>
+          <t>İnsanlığa Uçuk Kaçık Ama Doğru Mektup</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057382368</t>
+          <t>9786054454600</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Uçuk Kaçık Ama Doğru Mektup</t>
+          <t>Anonim Türk Halk Edebiyatı Nazmı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054454600</t>
+          <t>9789756447314</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Anonim Türk Halk Edebiyatı Nazmı</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756447314</t>
+          <t>9786054989539</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Finansal Tablolar Okuryazarlığı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054989539</t>
+          <t>9786054989263</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tablolar Okuryazarlığı</t>
+          <t>Sınıfta Davranış Yönetimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054989263</t>
+          <t>9789756447338</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Davranış Yönetimi</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756447338</t>
+          <t>9786059374767</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Çocuk Cinsel İstismarı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>48</v>
+        <v>495</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059374767</t>
+          <t>9786059374361</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Cinsel İstismarı</t>
+          <t>Sadece Sevmek Gerek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059374361</t>
+          <t>9786054989850</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sevmek Gerek</t>
+          <t>Kara Trenin Kaçak Yolcuları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054989850</t>
+          <t>9786256638327</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kara Trenin Kaçak Yolcuları</t>
+          <t>Psikolojik Açıdan Nurettin Topçu Din Tasavvuf ve Değerler</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256638327</t>
+          <t>9786256638273</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Nurettin Topçu Din Tasavvuf ve Değerler</t>
+          <t>Mühr-ü Zaman - Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256638273</t>
+          <t>9786256638242</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mühr-ü Zaman - Öyküler</t>
+          <t>Aşina</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256638242</t>
+          <t>9786256638266</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aşina</t>
+          <t>Mavi Yankı 1</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256638266</t>
+          <t>9786256638204</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yankı 1</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256638204</t>
+          <t>9786256638181</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Gömülüdür</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256638181</t>
+          <t>9786256638198</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gömülüdür</t>
+          <t>Futbolu Sevmeyi Unuttuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256638198</t>
+          <t>9786054989904</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Futbolu Sevmeyi Unuttuk</t>
+          <t>Nadide Çiçeğim Nihan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054989904</t>
+          <t>9786256638143</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nadide Çiçeğim Nihan</t>
+          <t>Mitoloji Günlükleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256638143</t>
+          <t>9786057382337</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Günlükleri</t>
+          <t>Umut-Siz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057382337</t>
+          <t>9786256638112</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Umut-Siz</t>
+          <t>Lisans Hazırlık Arapçası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256638112</t>
+          <t>9786256638105</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Lisans Hazırlık Arapçası</t>
+          <t>Şeyh Edib (Rahbay) Ma'rüf El-Alim Ve Anıları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256638105</t>
+          <t>9786057990594</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edib (Rahbay) Ma'rüf El-Alim Ve Anıları</t>
+          <t>Meslek Folkloru Bağlamında Adana'da Balıkçılık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057990594</t>
+          <t>9786256638075</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Meslek Folkloru Bağlamında Adana'da Balıkçılık</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256638075</t>
+          <t>9786256638068</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Siyah - Beyaz Hayatlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256638068</t>
+          <t>9786256638082</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Hayatlar</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256638082</t>
+          <t>9786059374576</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Üçgenler Vektörler - YGS LYS Konu Özetli Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059374576</t>
+          <t>9786054454266</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Üçgenler Vektörler - YGS LYS Konu Özetli Geometri Soru Bankası</t>
+          <t>Aşıklık Geleneği ve Aşık Edebiyatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>40</v>
+        <v>600</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054454266</t>
+          <t>9786054454099</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aşıklık Geleneği ve Aşık Edebiyatı</t>
+          <t>Aşık Edebiyatı Metin Tahlilleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054454099</t>
+          <t>9786054454242</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatı Metin Tahlilleri</t>
+          <t>Anonim Türk Halk Edebiyatı Nesri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054454242</t>
+          <t>9786054454181</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Anonim Türk Halk Edebiyatı Nesri</t>
+          <t>Abdal Gizli Dili</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054454181</t>
+          <t>9789756447079</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Abdal Gizli Dili</t>
+          <t>6102 Sayılı Yeni Türk Ticaret Kanununa Göre: Sigorta Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756447079</t>
+          <t>9786054454488</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Yeni Türk Ticaret Kanununa Göre: Sigorta Hukuku (Ciltli)</t>
+          <t>Kayzene Mektup</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054454488</t>
+          <t>9786054454532</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kayzene Mektup</t>
+          <t>İş Hukukunda Mobbing</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054454532</t>
+          <t>9786054454525</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Mobbing</t>
+          <t>Her Şeyim Var Sanırdım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054454525</t>
+          <t>9789756447819</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyim Var Sanırdım</t>
+          <t>Ey Yüzüm Ne Çok Utandım Senden</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756447819</t>
+          <t>9786054454310</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ey Yüzüm Ne Çok Utandım Senden</t>
+          <t>Evrensel Değerlerin Yüce Simgesi Hz. Ali</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054454310</t>
+          <t>9789756447734</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Değerlerin Yüce Simgesi Hz. Ali</t>
+          <t>Eksik Emanet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756447734</t>
+          <t>9789756447208</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eksik Emanet</t>
+          <t>Çukurova Bölgesi Girit Göçmenleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756447208</t>
+          <t>9789756447372</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Bölgesi Girit Göçmenleri</t>
+          <t>İşporta Suratlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756447372</t>
+          <t>9789756447635</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İşporta Suratlar</t>
+          <t>Uluslararası Finans</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756447635</t>
+          <t>9786054454754</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans</t>
+          <t>Türkiye Rusya Dış Ticaret Pazarı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054454754</t>
+          <t>9786054454259</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Rusya Dış Ticaret Pazarı</t>
+          <t>Türk Halkbilimi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054454259</t>
+          <t>9786054454112</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkbilimi</t>
+          <t>Türk Halk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054454112</t>
+          <t>9789756447642</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatına Giriş</t>
+          <t>6102 Sayılı Türk Ticaret Kanuna Göre Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756447642</t>
+          <t>9786054454075</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanuna Göre Sigorta Hukuku</t>
+          <t>Otomatik Kontrol</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054454075</t>
+          <t>9789756447260</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Kontrol</t>
+          <t>Metinlerle Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756447260</t>
+          <t>9786054454426</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Felsefeye Giriş</t>
+          <t>Makro Ekonomi 2</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054454426</t>
+          <t>9786054454419</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomi 2</t>
+          <t>Makro Ekonomi 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054454419</t>
+          <t>9786054454174</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomi 1</t>
+          <t>Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054454174</t>
+          <t>9786054454518</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kavram Öğretimi</t>
+          <t>İşletim Sistemleri ve Sistem Programlama</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054454518</t>
+          <t>9789756447901</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İşletim Sistemleri ve Sistem Programlama</t>
+          <t>İş Hukuku Açısından İş Yerinde Cinsel Taciz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756447901</t>
+          <t>9786054454334</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Açısından İş Yerinde Cinsel Taciz</t>
+          <t>Meslek Yüksek Okullarına Yönelik Genel Muhasebe</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054454334</t>
+          <t>9786054454068</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okullarına Yönelik Genel Muhasebe</t>
+          <t>Hizmet Tespiti Davaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054454068</t>
+          <t>9789756447659</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Tespiti Davaları</t>
+          <t>Her Yönüyle Bilgisayar Eğitimi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756447659</t>
+          <t>9786054454143</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bilgisayar Eğitimi</t>
+          <t>Güncel Mali ve Ekonomik Sorunlar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054454143</t>
+          <t>9789756447796</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Güncel Mali ve Ekonomik Sorunlar</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756447796</t>
+          <t>9786054454358</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Ankaralı Hekim Nidai Genc-i Esrar-ı Ma'ni</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054454358</t>
+          <t>9789756447567</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Hekim Nidai Genc-i Esrar-ı Ma'ni</t>
+          <t>Finansal Pazarlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756447567</t>
+          <t>9789756447284</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Finansal Pazarlar</t>
+          <t>Engelli Çocuklar ve Eğitimi Özel Eğitim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756447284</t>
+          <t>9786054454433</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çocuklar ve Eğitimi Özel Eğitim</t>
+          <t>Ekonomik Büyüme Kuramları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054454433</t>
+          <t>9786054454402</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Büyüme Kuramları</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054454402</t>
+          <t>9786054454273</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Dini-Tasavvufi Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054454273</t>
+          <t>3990000002806</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Halk Edebiyatı</t>
+          <t>Divanlardaki Şikayet Şiirleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000002806</t>
+          <t>9786054989331</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Divanlardaki Şikayet Şiirleri</t>
+          <t>9. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054989331</t>
+          <t>9786054454037</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
+          <t>Bana Bir Şiir Bırak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054454037</t>
+          <t>3990000002808</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Şiir Bırak</t>
+          <t>Ardıç Dalındaki Kendir</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000002808</t>
+          <t>9789756447925</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Dalındaki Kendir</t>
+          <t>Arap Alevileri Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756447925</t>
+          <t>9789756447871</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arap Alevileri Tarihi</t>
+          <t>Aralık</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756447871</t>
+          <t>9786054454549</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aralık</t>
+          <t>Alevilik Tarihi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054454549</t>
+          <t>9786054454723</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Tarihi</t>
+          <t>Akdeniz Ateşi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054454723</t>
+          <t>9786059374620</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Ateşi</t>
+          <t>KPSS ve Kamu Kurumlarına Yönelik Mikro İktisat Ders Notları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059374620</t>
+          <t>9786057990013</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>KPSS ve Kamu Kurumlarına Yönelik Mikro İktisat Ders Notları</t>
+          <t>YSK Seçim Müdürlüğü Sınavına Hazırlık Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057990013</t>
+          <t>9786256638051</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>YSK Seçim Müdürlüğü Sınavına Hazırlık Konu Anlatımlı Soru Bankası</t>
+          <t>An'sızım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256638051</t>
+          <t>9786057990464</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>An'sızım</t>
+          <t>Üniversite Yaşamına Uyum</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057990464</t>
+          <t>9786057990730</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Yaşamına Uyum</t>
+          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057990730</t>
+          <t>9786259401065</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Sevgi Teorisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259401065</t>
+          <t>9786259401010</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Teorisi</t>
+          <t>Muzaffer'in Ölüm Uykusu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259401010</t>
+          <t>9786259401027</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer'in Ölüm Uykusu</t>
+          <t>Yaşlı İstismarı ve İhmali Kapsamında Yaşlılara Karşı Cinsel Suçlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259401027</t>
+          <t>9786057990280</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı İstismarı ve İhmali Kapsamında Yaşlılara Karşı Cinsel Suçlar</t>
+          <t>Ortaöğretim Tarih ve Coğrafya Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057990280</t>
+          <t>9786057990259</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Tarih ve Coğrafya Terimleri Sözlüğü</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057990259</t>
+          <t>9786057990266</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Kanji 101: Japonca Okuma Yazma İçin Kolay Başlangıç Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057990266</t>
+          <t>9786059374439</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kanji 101: Japonca Okuma Yazma İçin Kolay Başlangıç Kitabı</t>
+          <t>Ahmet Rasim - Ameli ve Nazari Ta'lim-i Lisan-ı Osmani</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>650</v>
+        <v>45</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059374439</t>
+          <t>9786059374255</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim - Ameli ve Nazari Ta'lim-i Lisan-ı Osmani</t>
+          <t>Eğitimin Dili Olsa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059374255</t>
+          <t>9786057990099</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Dili Olsa</t>
+          <t>Yüksekokulları İçin Matematik 1</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057990099</t>
+          <t>9786057990181</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yüksekokulları İçin Matematik 1</t>
+          <t>Farsça Türkçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057990181</t>
+          <t>9786057990068</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Hukuk Sözlüğü</t>
+          <t>Matematiksel Çözüm Teknikler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057990068</t>
+          <t>9786059374798</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Çözüm Teknikler</t>
+          <t>Osmanlıca</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059374798</t>
+          <t>9786059374347</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca</t>
+          <t>Türkiyede Tarih Öğretimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059374347</t>
+          <t>9786059374842</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Tarih Öğretimi</t>
+          <t>Statik</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059374842</t>
+          <t>9786259978635</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Statik</t>
+          <t>Cost Accounting And Management Accounting</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259978635</t>
+          <t>9786057270573</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cost Accounting And Management Accounting</t>
+          <t>Yaradılışın Algoritması Anderomeda Manifestosu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057270573</t>
+          <t>9786057270566</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaradılışın Algoritması Anderomeda Manifestosu</t>
+          <t>Alevilerin Dönüşümü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057270566</t>
+          <t>9786057270511</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Dönüşümü</t>
+          <t>İran Seyahati Üzerine Notlar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057270511</t>
+          <t>9786057163097</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İran Seyahati Üzerine Notlar</t>
+          <t>Deneysel Edebiyat ve 1980 Sonrası Türk Romanında Deneysel Örnekler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057163097</t>
+          <t>9786057163059</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Edebiyat ve 1980 Sonrası Türk Romanında Deneysel Örnekler</t>
+          <t>Adana Tarih Yazıları</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057163059</t>
+          <t>9786057163042</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Adana Tarih Yazıları</t>
+          <t>Armoni</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057163042</t>
+          <t>9786057163028</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Armoni</t>
+          <t>Üretim ve Hizmet İşletmeleri İçin Maliyet Muhasebesi ve Maliyet Yönetimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057163028</t>
+          <t>9786057096494</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Hizmet İşletmeleri İçin Maliyet Muhasebesi ve Maliyet Yönetimi</t>
+          <t>Finansal Risk Yönetimi ve Türev Araçlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057096494</t>
+          <t>9786057096456</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Finansal Risk Yönetimi ve Türev Araçlar</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057096456</t>
+          <t>9786059374996</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Hz. Ebu Talib - Kutsal Soy Ve Hz. Peygamber'in Koruyucusu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059374996</t>
+          <t>9786059374712</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Talib - Kutsal Soy Ve Hz. Peygamber'in Koruyucusu</t>
+          <t>Hendek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059374712</t>
+          <t>9786054989881</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hendek</t>
+          <t>İçimde Biri</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054989881</t>
+          <t>9786057990242</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İçimde Biri</t>
+          <t>Hülyalı Şiirler</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057990242</t>
+          <t>9786059374385</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hülyalı Şiirler</t>
+          <t>Sende Yapabilirsin</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059374385</t>
+          <t>9786054989270</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sende Yapabilirsin</t>
+          <t>Awaz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054989270</t>
+          <t>9786057990648</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Awaz</t>
+          <t>Yazıların Dili</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057990648</t>
+          <t>9786057382313</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yazıların Dili</t>
+          <t>Mindfulness - İş Yerleri Bakış Açısıyla</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057382313</t>
+          <t>9786057382399</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - İş Yerleri Bakış Açısıyla</t>
+          <t>Genel Entomoloji - Tarımsal</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057382399</t>
+          <t>9786057163011</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Genel Entomoloji - Tarımsal</t>
+          <t>İt İrfan - Aşka Engel Olan Köpek</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057163011</t>
+          <t>9786057096418</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İt İrfan - Aşka Engel Olan Köpek</t>
+          <t>Şirketler Muhasebesi - Çözümlü Örnekler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057096418</t>
+          <t>9786057439192</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi - Çözümlü Örnekler</t>
+          <t>Matematiksel İktisat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057439192</t>
+          <t>9786057096125</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İktisat</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057096125</t>
+          <t>9786057439185</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Yaşamak Bize Kalandır Hala</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057439185</t>
+          <t>9786057990990</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bize Kalandır Hala</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057990990</t>
+          <t>9786057382344</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Obalar Müfrezesi Komutanı Şeyh Cemil Nardalı 1875 - 1955</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057382344</t>
+          <t>9786057382306</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Obalar Müfrezesi Komutanı Şeyh Cemil Nardalı 1875 - 1955</t>
+          <t>Mikroelektronik Laboratuvar Uygulamaları - 1</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057382306</t>
+          <t>9786057990136</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Laboratuvar Uygulamaları - 1</t>
+          <t>Hayatımın Renkleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057990136</t>
+          <t>9786054454907</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Renkleri</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054454907</t>
+          <t>9786657990136</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Göz Perdeme İnen Hayalet</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786657990136</t>
+          <t>9789756447727</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Göz Perdeme İnen Hayalet</t>
+          <t>Diltozu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756447727</t>
+          <t>9786057990341</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Diltozu</t>
+          <t>Türkçe Farsça Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057990341</t>
+          <t>9786057990723</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Farsça Hukuk Sözlüğü</t>
+          <t>Yabancılar İçin Özel Amaçlı Türkçe Öğretimi İş Türkçesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057990723</t>
+          <t>9786057990703</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Özel Amaçlı Türkçe Öğretimi İş Türkçesi</t>
+          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi (6-11 Yaş ve 12-15 Yaş)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057990703</t>
+          <t>9786059374972</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi (6-11 Yaş ve 12-15 Yaş)</t>
+          <t>Çocuk Yazını Dersleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>75</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059374972</t>
+          <t>9786057382320</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Dersleri</t>
+          <t>Karikatürlerle Azgın Kapitalizmin Tüketim Ekonomisi ve Gönüllü Köleleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>21.3</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057382320</t>
+          <t>9789757096456</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Azgın Kapitalizmin Tüketim Ekonomisi ve Gönüllü Köleleri</t>
+          <t>Pleiotropi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789757096456</t>
+          <t>9786057439116</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pleiotropi</t>
+          <t>Ötağçenin Sakinleri</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057439116</t>
+          <t>9786057439487</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ötağçenin Sakinleri</t>
+          <t>Nar-ı İbrahim Kırık Aşk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057439487</t>
+          <t>9786057439154</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı İbrahim Kırık Aşk</t>
+          <t>Orman Dile Gelse</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057439154</t>
+          <t>9786057439178</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Orman Dile Gelse</t>
+          <t>Son Dem - Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057439178</t>
+          <t>9786057439161</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Son Dem - Toplu Şiirleri</t>
+          <t>Kan Dizgeleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057439161</t>
+          <t>9786057439147</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kan Dizgeleri</t>
+          <t>Çukurova Koşullarında Bitki Sıklığının Yerfıstığı Verimine Etkisi</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057439147</t>
+          <t>9786057439130</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Koşullarında Bitki Sıklığının Yerfıstığı Verimine Etkisi</t>
+          <t>Farklı Zamanlarda Yapılan Hasatın Yerfıstığı Verimine ve Kalite Özelliklerine Etkisi</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057439130</t>
+          <t>9786057439123</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Farklı Zamanlarda Yapılan Hasatın Yerfıstığı Verimine ve Kalite Özelliklerine Etkisi</t>
+          <t>Merkez Sağ - Türk Siyasetinde Kısa Bir Hafıza Perspektifi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057439123</t>
+          <t>9786057990983</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Merkez Sağ - Türk Siyasetinde Kısa Bir Hafıza Perspektifi</t>
+          <t>Talan</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057990983</t>
+          <t>9786057990945</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Talan</t>
+          <t>Nevsal-i Edebi Süs 1924</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057990945</t>
+          <t>9786057990952</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nevsal-i Edebi Süs 1924</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057990952</t>
+          <t>9786057990921</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım</t>
+          <t>Olabilitesi Yüksek Hikayeler</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057990921</t>
+          <t>9786057990884</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Olabilitesi Yüksek Hikayeler</t>
+          <t>Kadın ve Ekonomik Yoksunluk</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057990884</t>
+          <t>9786057990563</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Ekonomik Yoksunluk</t>
+          <t>Hz. Peygamber Döneminin Sosyo-Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057990563</t>
+          <t>9786057990914</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminin Sosyo-Ekonomik Yapısı</t>
+          <t>İlk Hedef: "Akdeniz"</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057990914</t>
+          <t>9786057990907</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İlk Hedef: "Akdeniz"</t>
+          <t>Nötrosofik Sosyolojiye Giriş (Nötrososyoloji)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057990907</t>
+          <t>9786057990877</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nötrosofik Sosyolojiye Giriş (Nötrososyoloji)</t>
+          <t>Mikroelektronik Laboratuvar Uygulamaları 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057990877</t>
+          <t>9786057990891</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Laboratuvar Uygulamaları 2</t>
+          <t>Tekno Bağlanıyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057990891</t>
+          <t>9786057990853</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tekno Bağlanıyor</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057990853</t>
+          <t>9786057990822</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Vergi Hukukunda Bağış Ve Yardımlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057990822</t>
+          <t>9786057990839</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Bağış Ve Yardımlar</t>
+          <t>Türkiye’de Girişimciliğe Yönelik Vergi Teşviklerinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057990839</t>
+          <t>9786057990860</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Girişimciliğe Yönelik Vergi Teşviklerinin Değerlendirilmesi</t>
+          <t>Korona Virüs</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057990860</t>
+          <t>9786057990846</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Korona Virüs</t>
+          <t>Fotografik Düşünme Tarihi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057990846</t>
+          <t>9786057990815</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fotografik Düşünme Tarihi</t>
+          <t>Kan Suçları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057990815</t>
+          <t>9786057990792</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kan Suçları</t>
+          <t>Zaman Uyanmadan / Kabıl Ma Yfik Iz-Zaman</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057990792</t>
+          <t>9786057990808</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zaman Uyanmadan / Kabıl Ma Yfik Iz-Zaman</t>
+          <t>Yönetim Perspektifinden Pandemi Dönemi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057990808</t>
+          <t>9786057990693</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Perspektifinden Pandemi Dönemi Üzerine Düşünceler</t>
+          <t>Karanlığımın Aydınlık Yanı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057990693</t>
+          <t>9786057990785</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karanlığımın Aydınlık Yanı</t>
+          <t>Dikkat Eksikliği ve Hiperaktivitede Duy(g)usal Yaklaşım Ve Zeka Türleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057990785</t>
+          <t>9786057990778</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivitede Duy(g)usal Yaklaşım Ve Zeka Türleri</t>
+          <t>Entelektüel Türk Milliyetçiliğinin Tarihi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057990778</t>
+          <t>9786057990716</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Türk Milliyetçiliğinin Tarihi</t>
+          <t>İnanç ve İbadetin Evrimi Semavi Dinlerin Kökleri</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057990716</t>
+          <t>9786057990747</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İbadetin Evrimi Semavi Dinlerin Kökleri</t>
+          <t>Fikir Jimnastiği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057990747</t>
+          <t>9786057990709</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Fikir Jimnastiği</t>
+          <t>Rengarenk Ülkem</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057990709</t>
+          <t>9786057990662</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Ülkem</t>
+          <t>Dijital Dönüşümde Herkes İçin Elektronik Ticaret</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057990662</t>
+          <t>9786057990655</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümde Herkes İçin Elektronik Ticaret</t>
+          <t>Koçak Gözümsün</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057990655</t>
+          <t>9786057990686</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Koçak Gözümsün</t>
+          <t>Bir Yaz Romansı - Arsuz 1974</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057990686</t>
+          <t>9786057990631</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Romansı - Arsuz 1974</t>
+          <t>Mısır Tarihine Damga Vuran Mısırlı Kadınlar</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057990631</t>
+          <t>9786057990624</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihine Damga Vuran Mısırlı Kadınlar</t>
+          <t>Başka Türlü Seviyorum Ben Seni</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057990624</t>
+          <t>9786057990600</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Seviyorum Ben Seni</t>
+          <t>Çocukluk Sosyolojisi Tarihi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057990600</t>
+          <t>9786057990617</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi Tarihi</t>
+          <t>Koşullu Salıverme</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057990617</t>
+          <t>9786057990457</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Koşullu Salıverme</t>
+          <t>Ruhumu Eşeledim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057990457</t>
+          <t>9786057990556</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Eşeledim</t>
+          <t>Sosyal Gelişme ve Gelişme Endeksinin Alt Boyutları Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057990556</t>
+          <t>9786057990570</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Gelişme ve Gelişme Endeksinin Alt Boyutları Arasındaki İlişkiler</t>
+          <t>Türkiye Türkçesinde Seçenek ve Seçim</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057990570</t>
+          <t>9786057990549</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Seçenek ve Seçim</t>
+          <t>Yöneticiler İçin Proje Yönetimi ve Bütçeleme</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057990549</t>
+          <t>9786057990525</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Proje Yönetimi ve Bütçeleme</t>
+          <t>Ozan Duranoğlu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057990525</t>
+          <t>9786057990532</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ozan Duranoğlu</t>
+          <t>Umuttan Çöküşe 2000'li Yıllarda Türkiye</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057990532</t>
+          <t>9786059374163</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Umuttan Çöküşe 2000'li Yıllarda Türkiye</t>
+          <t>Sebze Zararlıları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059374163</t>
+          <t>9786057990501</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sebze Zararlıları</t>
+          <t>Yüreğin Sesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057990501</t>
+          <t>9786057990471</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi</t>
+          <t>Açıklamalı Anlatımıyla Kişisel Verilerin Korunması Kanunu ve İşletmeler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057990471</t>
+          <t>9786057990488</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Anlatımıyla Kişisel Verilerin Korunması Kanunu ve İşletmeler</t>
+          <t>Yasal İdari ve Yargısal Boyutuyla Vergi İncelemelerinde Mükellef Hakları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057990488</t>
+          <t>9786057990495</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yasal İdari ve Yargısal Boyutuyla Vergi İncelemelerinde Mükellef Hakları</t>
+          <t>C - Esaret Zamanı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057990495</t>
+          <t>9786057990433</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>C - Esaret Zamanı</t>
+          <t>Siyah Etekli Dünya</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057990433</t>
+          <t>9786057990440</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Siyah Etekli Dünya</t>
+          <t>İrlanda Peri ve Halk Masalları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057990440</t>
+          <t>9786057990426</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Peri ve Halk Masalları</t>
+          <t>Mühendislik Matematiği El Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057990426</t>
+          <t>9786057990419</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Matematiği El Kitabı</t>
+          <t>Muamma</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057990419</t>
+          <t>9786057990402</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Muamma</t>
+          <t>Sevdadan Öte</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057990402</t>
+          <t>9786057990334</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sevdadan Öte</t>
+          <t>Rusya Federasyonu Anayasa Mahkemesinin Temel Hakların Korunmasındaki İşlevi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057990334</t>
+          <t>9786057990365</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Anayasa Mahkemesinin Temel Hakların Korunmasındaki İşlevi</t>
+          <t>Talim-i Kıraat 3. Kısım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057990365</t>
+          <t>9786057990372</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Talim-i Kıraat 3. Kısım</t>
+          <t>Yüreğin Kadar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057990372</t>
+          <t>9786057990167</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Kadar</t>
+          <t>Bireysel İş Uyuşmazlıklarında Dava Şartı Olarak Arabulucuk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057990167</t>
+          <t>9786057990297</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Uyuşmazlıklarında Dava Şartı Olarak Arabulucuk</t>
+          <t>Sivil Toplum Kuruluşları İçin Stratejik Planlama ve Bütçe</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057990297</t>
+          <t>9786057990303</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kuruluşları İçin Stratejik Planlama ve Bütçe</t>
+          <t>Piyasa Başarısızlıkları, Dışsallıklar ve Kamusal Çözümler</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057990303</t>
+          <t>9786059374435</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Başarısızlıkları, Dışsallıklar ve Kamusal Çözümler</t>
+          <t>Diyar-ı Aşk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059374435</t>
+          <t>9786057990310</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Diyar-ı Aşk</t>
+          <t>Çekte Muhatap Bankanın Araştırma - Bildirim Yükümlülüğü ve Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057990310</t>
+          <t>9786057990327</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çekte Muhatap Bankanın Araştırma - Bildirim Yükümlülüğü ve Hukuki Sorumluluğu</t>
+          <t>Oyuncaklar Ülkesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057990327</t>
+          <t>9786059374583</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Ülkesi</t>
+          <t>Düşten Gerçeğe</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059374583</t>
+          <t>9786057990228</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Düşten Gerçeğe</t>
+          <t>İstiklal Marşı Duruşu'yla Cumartesi Yazıları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057990228</t>
+          <t>9786057990235</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Duruşu'yla Cumartesi Yazıları</t>
+          <t>Sabah'ın Dedesi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057990235</t>
+          <t>9786059374729</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sabah'ın Dedesi</t>
+          <t>Bilgisayar Destekli Tasarımın Temelleri ve Uygulamalar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059374729</t>
+          <t>9786057990020</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarımın Temelleri ve Uygulamalar</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057990020</t>
+          <t>9786057990211</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>Benim Meskenim Dağlardır</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057990211</t>
+          <t>9786057990150</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Benim Meskenim Dağlardır</t>
+          <t>Zihniyet ve Din</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057990150</t>
+          <t>9786057990143</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet ve Din</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057990143</t>
+          <t>9786057990198</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057990198</t>
+          <t>9786057990204</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Öyküsü</t>
+          <t>Bahtı Açık Bu Ayrılığın</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057990204</t>
+          <t>9786057990174</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bahtı Açık Bu Ayrılığın</t>
+          <t>Türkiyenin Doğusunda Araplar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057990174</t>
+          <t>9786059374262</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Doğusunda Araplar</t>
+          <t>Sesim Boğuluyor Denizlerde</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059374262</t>
+          <t>9786059374279</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sesim Boğuluyor Denizlerde</t>
+          <t>Yitik Düşlerin Ardından</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059374279</t>
+          <t>9786057990082</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşlerin Ardından</t>
+          <t>Günümüzde Anlatılan Adana Efsaneleri (Motif İncelemesi)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057990082</t>
+          <t>9786057990112</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Anlatılan Adana Efsaneleri (Motif İncelemesi)</t>
+          <t>Sigortalılık Tespit Davaları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057990112</t>
+          <t>9786057990129</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sigortalılık Tespit Davaları</t>
+          <t>Savaş ya da Pandomim</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057990129</t>
+          <t>9786054989577</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Savaş ya da Pandomim</t>
+          <t>Bicici Antonius</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054989577</t>
+          <t>9786057990105</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bicici Antonius</t>
+          <t>Genel İşletme</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057990105</t>
+          <t>9786057990037</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057990037</t>
+          <t>9786057990075</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetimi</t>
+          <t>Makroiktisat</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057990075</t>
+          <t>9786059374989</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisat</t>
+          <t>Sosyal Refah ve Türkiye</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059374989</t>
+          <t>9786054989355</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Refah ve Türkiye</t>
+          <t>397 Sensizlik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054989355</t>
+          <t>9786059374590</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>397 Sensizlik</t>
+          <t>Altun Yaruk - Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059374590</t>
+          <t>9786059374965</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk - Sekizinci Kitap</t>
+          <t>Bahar Esintisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059374965</t>
+          <t>9786059374743</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bahar Esintisi</t>
+          <t>Suriye Bayırbucak Türkmen Ağzı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059374743</t>
+          <t>9786059374958</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Suriye Bayırbucak Türkmen Ağzı</t>
+          <t>Modern Felsefenin Serüveni</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>950</v>
+        <v>600</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059374958</t>
+          <t>9786059374941</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Serüveni</t>
+          <t>13. Kapı Fırtına</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059374941</t>
+          <t>9786059374903</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>13. Kapı Fırtına</t>
+          <t>Emsal Danıştay Kararları Çerçevesinde Vergi Usul Kanununa Göre Değerleme (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059374903</t>
+          <t>9786059374910</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Emsal Danıştay Kararları Çerçevesinde Vergi Usul Kanununa Göre Değerleme (Ciltli)</t>
+          <t>Otomotiv Sektörü Piyasa Yapısı Markov Analiz Uygulaması</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059374910</t>
+          <t>9786059374811</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sektörü Piyasa Yapısı Markov Analiz Uygulaması</t>
+          <t>Toroslar ve Nadide Çiçekleri - Taurus Mountains and Their Precious Flowers (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>400</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059374811</t>
+          <t>9786059374873</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Toroslar ve Nadide Çiçekleri - Taurus Mountains and Their Precious Flowers (Ciltli)</t>
+          <t>Serhan'la Otizm Sınavımız</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059374873</t>
+          <t>9786054989775</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Serhan'la Otizm Sınavımız</t>
+          <t>Yönetim Bilimi ve Türkiye'de Yönetsel Kurumlar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054989775</t>
+          <t>9786059374859</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi ve Türkiye'de Yönetsel Kurumlar</t>
+          <t>Gümüş Kalem</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059374859</t>
+          <t>9786059374866</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kalem</t>
+          <t>Meftun</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059374866</t>
+          <t>9786059374835</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Meftun</t>
+          <t>Oyun Kuramı - Ekonomi Uygulamaları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059374835</t>
+          <t>9786059374750</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kuramı - Ekonomi Uygulamaları</t>
+          <t>2018 Vergi Oyun Teorisi ve Markov Uygulamaları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>390</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059374750</t>
+          <t>9786059374828</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>2018 Vergi Oyun Teorisi ve Markov Uygulamaları</t>
+          <t>L’ye Ağıt Yalnızlık</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>16</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059374828</t>
+          <t>9786059374804</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>L’ye Ağıt Yalnızlık</t>
+          <t>Çok Yoruldum</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059374804</t>
+          <t>9786059374774</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Çok Yoruldum</t>
+          <t>Edebiyat ve Sinema Yazıları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059374774</t>
+          <t>9786059374736</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sinema Yazıları</t>
+          <t>Arayış Değişim ve Din</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059374736</t>
+          <t>9786059374781</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Arayış Değişim ve Din</t>
+          <t>Adana Kent Yazıları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059374781</t>
+          <t>9786059374699</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Adana Kent Yazıları</t>
+          <t>Erkekler'de Şiddet Mağduru</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059374699</t>
+          <t>9786059374606</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Erkekler'de Şiddet Mağduru</t>
+          <t>Anadolu’nun Sırlı Aynası - Arap Aleviler(Nusayriler)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059374606</t>
+          <t>9786059374675</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sırlı Aynası - Arap Aleviler(Nusayriler)</t>
+          <t>Deli Oğlan</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059374675</t>
+          <t>9786059374682</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Deli Oğlan</t>
+          <t>Örgütsel Alt Kültürler</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059374682</t>
+          <t>9786059374668</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Alt Kültürler</t>
+          <t>Ve Sen Aslında Yoksun</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059374668</t>
+          <t>9786059374644</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Aslında Yoksun</t>
+          <t>Pirmi Kaldı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059374644</t>
+          <t>9786059374651</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Pirmi Kaldı</t>
+          <t>Hazal Kızın İnfazı</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059374651</t>
+          <t>9786059374552</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hazal Kızın İnfazı</t>
+          <t>Kabak Çiçekleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059374552</t>
+          <t>9786059374569</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çiçekleri</t>
+          <t>Tarihin Unuttuğu Kadın</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059374569</t>
+          <t>9786059374309</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unuttuğu Kadın</t>
+          <t>Mono - Pause</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059374309</t>
+          <t>9786059374521</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mono - Pause</t>
+          <t>Yüreğine Sor Beni</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059374521</t>
+          <t>9786059374538</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yüreğine Sor Beni</t>
+          <t>Statü ve Din</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059374538</t>
+          <t>9786059374491</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Statü ve Din</t>
+          <t>Mavi Düşler Masalı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059374491</t>
+          <t>9786059374507</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşler Masalı</t>
+          <t>Rüya Sığınağı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059374507</t>
+          <t>9786059374477</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sığınağı</t>
+          <t>Faik Bey'in Salıncağı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059374477</t>
+          <t>9786059374514</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Faik Bey'in Salıncağı</t>
+          <t>Osmanlıdan Cumhuriyete Sarız</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059374514</t>
+          <t>9786059374484</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Sarız</t>
+          <t>Biz Vatan Sevdik</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059374484</t>
+          <t>9786059374460</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Biz Vatan Sevdik</t>
+          <t>Cinsel Suçlarda İspat ve Sübut</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059374460</t>
+          <t>9786059374422</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Suçlarda İspat ve Sübut</t>
+          <t>Çok Kriterli Karar Vermede Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059374422</t>
+          <t>9786059374408</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Vermede Güncel Yaklaşımlar</t>
+          <t>Hoşça Bekle</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059374408</t>
+          <t>9786059374392</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Bekle</t>
+          <t>Terzi Fikri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059374392</t>
+          <t>9786059374378</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Terzi Fikri</t>
+          <t>Sanatın Aktüel Tarihi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059374378</t>
+          <t>9786054989966</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Aktüel Tarihi</t>
+          <t>Tiyatroda Seyirci Fikri ve Tanzimat Tiyatrosu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>1500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054989966</t>
+          <t>9786059374354</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Seyirci Fikri ve Tanzimat Tiyatrosu</t>
+          <t>Hayatçalan</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059374354</t>
+          <t>9786059374330</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayatçalan</t>
+          <t>Hafıza Metaforları ile Etkili Öğrenme</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059374330</t>
+          <t>9786059374323</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Metaforları ile Etkili Öğrenme</t>
+          <t>Alevilikte Ali</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059374323</t>
+          <t>9786059374316</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Ali</t>
+          <t>Şiir ve Hayat</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059374316</t>
+          <t>9786059374286</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Hayat</t>
+          <t>Klasik Dönem İslam Felsefesinde Tümeller</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059374286</t>
+          <t>9786059374293</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem İslam Felsefesinde Tümeller</t>
+          <t>Masiva</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059374293</t>
+          <t>3990000056864</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Masiva</t>
+          <t>Dünya Ekonomisinin Yeni Aktörleri BRIC</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000056864</t>
+          <t>9786059374231</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisinin Yeni Aktörleri BRIC</t>
+          <t>Kireç Çukuru</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059374231</t>
+          <t>9786059374248</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kireç Çukuru</t>
+          <t>13. Kapı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059374248</t>
+          <t>9786059374217</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>13. Kapı</t>
+          <t>Kimlik ve Din</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059374217</t>
+          <t>9786059374200</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Din</t>
+          <t>Abdunnafi Abdullah ve Şiirleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059374200</t>
+          <t>9786059374101</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Abdunnafi Abdullah ve Şiirleri</t>
+          <t>Çevre ve Din</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059374101</t>
+          <t>9786059374170</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Din</t>
+          <t>Din Sosyolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059374170</t>
+          <t>9786059374156</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Sözlüğü</t>
+          <t>Dolandırılmanın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059374156</t>
+          <t>9786059374187</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dolandırılmanın Dayanılmaz Hafifliği</t>
+          <t>Atlantisin Oyunu</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059374187</t>
+          <t>9786059374194</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Atlantisin Oyunu</t>
+          <t>Varoluştan Ne Anladım?</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059374194</t>
+          <t>9786059374118</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Varoluştan Ne Anladım?</t>
+          <t>Mutluluk Sana Uzak Değil</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059374118</t>
+          <t>9786059374057</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Uzak Değil</t>
+          <t>Adanalıyık</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059374057</t>
+          <t>9786059374064</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Adanalıyık</t>
+          <t>Refakatçi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059374064</t>
+          <t>9786059374125</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Refakatçi</t>
+          <t>Karayılan</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059374125</t>
+          <t>9786059374132</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Karayılan</t>
+          <t>Sosyal Hareketler Sosyolojisi -Toplumsal Fay Hatlarının Anatomisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059374132</t>
+          <t>9786059374149</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketler Sosyolojisi -Toplumsal Fay Hatlarının Anatomisi</t>
+          <t>Tanzimat’tan Cumhuriyet'e Türk Romanında Çocuk</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059374149</t>
+          <t>9786059374088</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet'e Türk Romanında Çocuk</t>
+          <t>İncirlik Romanı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059374088</t>
+          <t>9786059374095</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İncirlik Romanı</t>
+          <t>Din ve Tasavvuf</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059374095</t>
+          <t>9786059374071</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Din ve Tasavvuf</t>
+          <t>Ergenlerde Şiddet ve Saldırganlıkla Başetme Psikoeğitim Programı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059374071</t>
+          <t>9786054989959</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerde Şiddet ve Saldırganlıkla Başetme Psikoeğitim Programı</t>
+          <t>Avşarlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054989959</t>
+          <t>9786059374019</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Avşarlar</t>
+          <t>Yönetim Muhasebesinde Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059374019</t>
+          <t>9786054989766</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesinde Çağdaş Yaklaşımlar</t>
+          <t>Zeytinin Maceraları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054989766</t>
+          <t>9786054989256</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Zeytinin Maceraları</t>
+          <t>Şu Bizim Yörükler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054989256</t>
+          <t>9786054989645</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Yörükler</t>
+          <t>İnadına Yaşamak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054989645</t>
+          <t>9786054989706</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İnadına Yaşamak</t>
+          <t>Sevdalı Duruş</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054989706</t>
+          <t>9786054989690</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Duruş</t>
+          <t>Mevlana Düşüncesinde Tanrı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054989690</t>
+          <t>9786054989638</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Tanrı</t>
+          <t>Pelwaşen Dağılan Yapraklar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054989638</t>
+          <t>9786054989973</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Pelwaşen Dağılan Yapraklar</t>
+          <t>İş Yargısında Belirsiz Alacak Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054989973</t>
+          <t>9786054989898</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İş Yargısında Belirsiz Alacak Davası (Ciltli)</t>
+          <t>Değişim Sürecinde Osmaniye Halk Hekimliği</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>640</v>
+        <v>950</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054989898</t>
+          <t>9786054989720</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Osmaniye Halk Hekimliği</t>
+          <t>Mustafa Miyasoğlu'nun Romanları ve Romancılığı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054989720</t>
+          <t>9786054989683</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Miyasoğlu'nun Romanları ve Romancılığı</t>
+          <t>Çim Kokusu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054989683</t>
+          <t>9786054989676</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çim Kokusu</t>
+          <t>Boncuk Kadar Olamadım</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054989676</t>
+          <t>9786054989591</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Kadar Olamadım</t>
+          <t>Denetimde Kalite ve Kalite Kontrolü</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054989591</t>
+          <t>9786054989607</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Kalite ve Kalite Kontrolü</t>
+          <t>Türkiye'de Mevzutlar Açısından Bağımsız Denetime Bakış</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054989607</t>
+          <t>9786054989362</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mevzutlar Açısından Bağımsız Denetime Bakış</t>
+          <t>Davuş : Aşk'tan Çocuklar Alsın Öcümü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054989362</t>
+          <t>9786054989843</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Davuş : Aşk'tan Çocuklar Alsın Öcümü</t>
+          <t>Hürriyet Yazıları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054989843</t>
+          <t>9786054989546</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Yazıları</t>
+          <t>Büyüyen Yerel Markaların Pazarlama Uygulamaları</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054989546</t>
+          <t>9786054989584</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Yerel Markaların Pazarlama Uygulamaları</t>
+          <t>Yazdım Sihir Oldu</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054989584</t>
+          <t>9786054989423</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yazdım Sihir Oldu</t>
+          <t>Küçük Amerika 2 - Kumpas</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054989423</t>
+          <t>9786054989553</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Küçük Amerika 2 - Kumpas</t>
+          <t>Türk Edebiyatında Londra</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054989553</t>
+          <t>9786054989461</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Londra</t>
+          <t>Ana Çizgileriyle Osmanlı Türkçesinde Arapça Etkilerin Grameri</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054989461</t>
+          <t>9786054989430</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ana Çizgileriyle Osmanlı Türkçesinde Arapça Etkilerin Grameri</t>
+          <t>Tenvin ve Osmanlı Türkçesi - Türkiye Türkçesi Bağlamındaki Görünümleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054989430</t>
+          <t>9786054989478</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Tenvin ve Osmanlı Türkçesi - Türkiye Türkçesi Bağlamındaki Görünümleri</t>
+          <t>Kapitalizme Eklemlenme</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054989478</t>
+          <t>9786054989485</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizme Eklemlenme</t>
+          <t>Keşfedilmeyi Bekleyen Medeniyet</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054989485</t>
+          <t>9786054989454</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmeyi Bekleyen Medeniyet</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054989454</t>
+          <t>9786054989393</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Adana'ya Güç Verenler : 2</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054989393</t>
+          <t>9786054989317</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Adana'ya Güç Verenler : 2</t>
+          <t>Solgun Doğum</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054989317</t>
+          <t>9786054454952</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Solgun Doğum</t>
+          <t>Josimika 3</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054454952</t>
+          <t>9786054989409</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Josimika 3</t>
+          <t>Emanet Ahlakı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054989409</t>
+          <t>9789756447802</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Emanet Ahlakı</t>
+          <t>İnisiye Dairesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789756447802</t>
+          <t>9789756447857</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İnisiye Dairesi</t>
+          <t>İncir Çekirdekleri</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756447857</t>
+          <t>9786054989287</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdekleri</t>
+          <t>Dostum Dinle Beni</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054989287</t>
+          <t>9786054989300</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Dostum Dinle Beni</t>
+          <t>Kafdağının Kuşları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054989300</t>
+          <t>9786054989225</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kafdağının Kuşları</t>
+          <t>Türkçe Üzerine Derlem Dilbilim Uygulamaları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054989225</t>
+          <t>9786054989218</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Derlem Dilbilim Uygulamaları</t>
+          <t>Kurumsal Yönetim ve Sermaye Yapısı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054989218</t>
+          <t>9786054989140</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Sermaye Yapısı</t>
+          <t>Kültür ve Din</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054989140</t>
+          <t>9786054989171</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Din</t>
+          <t>Ben... Ve Kendim...</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054989171</t>
+          <t>9786054454877</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ben... Ve Kendim...</t>
+          <t>Türkçede Gelecek Zaman ve Kiplik Özellikleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054454877</t>
+          <t>9786054989119</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Gelecek Zaman ve Kiplik Özellikleri</t>
+          <t>Roman Hukukunda Hekim ve Hekimin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054989119</t>
+          <t>9786054989249</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Roman Hukukunda Hekim ve Hekimin Sorumluluğu (Ciltli)</t>
+          <t>Ürün Yerleştirme Milenyum İtibariyle Türk Sinemasındaki Durum (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054989249</t>
+          <t>9786054454082</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ürün Yerleştirme Milenyum İtibariyle Türk Sinemasındaki Durum (Ciltli)</t>
+          <t>İlk ve Ortaöğretimde Kaynaştırma Uygulamaları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054454082</t>
+          <t>9786054989102</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaöğretimde Kaynaştırma Uygulamaları</t>
+          <t>Yükseköğretim Kurumlarında Pazarlama</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054989102</t>
+          <t>9786054989737</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Pazarlama</t>
+          <t>Türk Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054989737</t>
+          <t>9786054989232</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerine Makaleler</t>
+          <t>Ölü Kuşlar Oratoryosu</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054989232</t>
+          <t>9786054989096</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşlar Oratoryosu</t>
+          <t>Türkiyede Kamu Sektörü Analizi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054989096</t>
+          <t>9786054989164</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Kamu Sektörü Analizi</t>
+          <t>Mekanizma Tekniği</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054989164</t>
+          <t>9786054989416</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Mekanizma Tekniği</t>
+          <t>Adana'nın Gelinleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>420</v>
+        <v>900</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054989416</t>
+          <t>9786054989294</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Adana'nın Gelinleri</t>
+          <t>Şiiliğin Kamu Hukuku Anlayışı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054989294</t>
+          <t>9786054989041</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şiiliğin Kamu Hukuku Anlayışı</t>
+          <t>Hanımefendi ve Hoş Köpekler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054989041</t>
+          <t>9786054454587</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi ve Hoş Köpekler</t>
+          <t>Bir Kadını Sevmek</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054454587</t>
+          <t>9786054454235</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadını Sevmek</t>
+          <t>Çocuk Cinsel İstismarı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054454235</t>
+          <t>9786054454129</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Cinsel İstismarı</t>
+          <t>Bitpazarı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054454129</t>
+          <t>9786054454785</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bitpazarı</t>
+          <t>Güz Uyarısı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054454785</t>
+          <t>9789756447345</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Güz Uyarısı</t>
+          <t>Fellahlar’ın Sosyolojisi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756447345</t>
+          <t>9786054454211</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Fellahlar’ın Sosyolojisi</t>
+          <t>Eyerli Eşek</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054454211</t>
+          <t>3990000002813</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Eyerli Eşek</t>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 13 - Güz 2010</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>3990000002813</t>
+          <t>9786054454167</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 13 - Güz 2010</t>
+          <t>Yaşam Ayrıntıda Saklı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054454167</t>
+          <t>9786054454457</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ayrıntıda Saklı</t>
+          <t>Visva’nın Rengi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054454457</t>
+          <t>9786054454013</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Visva’nın Rengi</t>
+          <t>Vehhabiler’in Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054454013</t>
+          <t>9786054454464</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Vehhabiler’in Ortaya Çıkışı</t>
+          <t>Güz Yanığı</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054454464</t>
+          <t>3990000025780</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Güz Yanığı</t>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Özel Sayı 2012</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>3990000025780</t>
+          <t>9786054989010</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Özel Sayı 2012</t>
+          <t>Düşleri Çamurdan Adam</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054989010</t>
+          <t>9786054454969</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Çamurdan Adam</t>
+          <t>Kültürel Kimlik / Anayasal Vatandaşlık / Özyönetim</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054454969</t>
+          <t>9786054989133</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kimlik / Anayasal Vatandaşlık / Özyönetim</t>
+          <t>Emek ve Hukuk</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054989133</t>
+          <t>9786054454778</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Hukuk</t>
+          <t>Technical Physics and Brainstorm (HRM)</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054454778</t>
+          <t>9786054989089</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Technical Physics and Brainstorm (HRM)</t>
+          <t>İslam Hukukunda Yargılama Etiği ve İlkeleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054989089</t>
+          <t>3990000002797</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Yargılama Etiği ve İlkeleri</t>
+          <t>Dünya Alfabesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3990000002797</t>
+          <t>9786054454150</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dünya Alfabesi</t>
+          <t>Dördüncü Maymun</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054454150</t>
+          <t>9786054454886</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Maymun</t>
+          <t>Diyarbakır: Sosyolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054454886</t>
+          <t>9786054454938</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır: Sosyolojik Bir İnceleme</t>
+          <t>Azrail'in 7 Günü - Mengütaş</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054454938</t>
+          <t>9786054454990</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Azrail'in 7 Günü - Mengütaş</t>
+          <t>Zalha'nın Oğlu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054454990</t>
+          <t>9786054454860</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Zalha'nın Oğlu</t>
+          <t>Ticaret Sicili İşlemleri El Kitabı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054454860</t>
+          <t>9786054989867</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sicili İşlemleri El Kitabı</t>
+          <t>Çukurova Tıp Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054989867</t>
+          <t>9786054454105</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Tıp Tarihi (Ciltli)</t>
+          <t>Dini - Tasavvufi Halk Edebiyatı Metin Tahlilleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054454105</t>
+          <t>9789756447895</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Dini - Tasavvufi Halk Edebiyatı Metin Tahlilleri</t>
+          <t>Futbol Ekonomisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756447895</t>
+          <t>9789756447963</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ekonomisi</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789756447963</t>
+          <t>9786054454914</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Çocuk Yazını Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054454914</t>
+          <t>9786054454280</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Araştırmaları - 1</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054454280</t>
+          <t>9786054989065</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Capsule For YDS</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054989065</t>
+          <t>9786054454730</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Capsule For YDS</t>
+          <t>Çukurova Halk Kültüründe Mizah</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054454730</t>
+          <t>9786054454709</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Halk Kültüründe Mizah</t>
+          <t>Avukatlık ve Kalem Mevzuatı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054454709</t>
+          <t>9786054454945</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık ve Kalem Mevzuatı</t>
+          <t>Josimika 2</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054454945</t>
+          <t>9786054989034</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Josimika 2</t>
+          <t>Küçük Amerika 1 - Başkan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054989034</t>
+          <t>9786054989195</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Küçük Amerika 1 - Başkan</t>
+          <t>Yüzyılın Kralı: Kader İttifakı - 1. Kitap</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054989195</t>
+          <t>9786059374002</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Kralı: Kader İttifakı - 1. Kitap</t>
+          <t>Besin Alerjili Çocuklar İçin Pratik Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059374002</t>
+          <t>9786054989799</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Besin Alerjili Çocuklar İçin Pratik Yemek Tarifleri</t>
+          <t>Hüzün Kaydı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054989799</t>
+          <t>9786054989922</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kaydı</t>
+          <t>Lokal Anestezi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054989922</t>
+          <t>9786054989782</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Lokal Anestezi</t>
+          <t>Osmanlı Vergi Sisteminde Öşür</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054989782</t>
+          <t>9786054989942</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vergi Sisteminde Öşür</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesinde Mülkiyet Uyuşmazlıklarının Çözümü</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054989942</t>
+          <t>9786054989928</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesinde Mülkiyet Uyuşmazlıklarının Çözümü</t>
+          <t>Akdeniz Efsaneleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>990</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054989928</t>
+          <t>9786054989935</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Efsaneleri</t>
+          <t>Ecdat</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054989935</t>
+          <t>9786054454983</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ecdat</t>
+          <t>Kırk Eylül Düşleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054454983</t>
+          <t>9786054454853</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kırk Eylül Düşleri</t>
+          <t>Türk Modernleşmesinde Arap Aleviler</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054454853</t>
+          <t>9786054454884</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinde Arap Aleviler</t>
+          <t>Sosyal Devletin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054454884</t>
+          <t>9786054989027</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Yükselişi ve Düşüşü</t>
+          <t>Ansiklopedik Halkbilimi / Halk Edebiyatı Sözlüğü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054989027</t>
+          <t>9786054454471</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Halkbilimi / Halk Edebiyatı Sözlüğü</t>
+          <t>Ruhun Ara-Bul Oyunu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054454471</t>
+          <t>3990000002812</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ara-Bul Oyunu</t>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 15 - Güz 2011</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>3990000002812</t>
+          <t>9786054454136</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 15 - Güz 2011</t>
+          <t>Onlar Çocuk Kalacak</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054454136</t>
+          <t>9786054454761</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Onlar Çocuk Kalacak</t>
+          <t>Nusayri Alevilik</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054454761</t>
+          <t>9789756447758</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nusayri Alevilik</t>
+          <t>Nazım Hikmet'in Şiirlerinde Ülke Sevgisi ve Özlemi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756447758</t>
+          <t>9789756447420</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet'in Şiirlerinde Ülke Sevgisi ve Özlemi</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756447420</t>
+          <t>9789756447888</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Küresel Kriz ve Türkiye</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>400</v>
-[...13 lines deleted...]
-      <c r="C424" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>