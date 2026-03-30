--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,6370 +85,8455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256638518</t>
+          <t>9786256638730</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Harb-i Aşk</t>
+          <t>Adana Yazıları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256638372</t>
+          <t>9786256638709</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fitne ve Fitnenin Ekonomisi</t>
+          <t>Diksiyon ve Hızlı Okuma</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256638365</t>
+          <t>9786256638723</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ru'be B. El- 'Accac ve Divanın İncelenmesi</t>
+          <t>Püsküllü Şövalye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256638396</t>
+          <t>9786256638686</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Dünyanın Sonu Ertelendi</t>
+          <t>Şamanın Kurt Nefesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256638501</t>
+          <t>9786256638693</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sakin Şehirlerde Kent İmgeleri</t>
+          <t>Aşkın Den Hali</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059374415</t>
+          <t>9786054989614</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Pleiotropy What if Hitler Had Won</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756447673</t>
+          <t>9786256638648</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Köy Masalı</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256638150</t>
+          <t>9786054989621</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yitik Sürü</t>
+          <t>Mavi Yankı 2 – Yankının Rüzgarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057163080</t>
+          <t>9786256638617</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Alanlar ve Hormonlar</t>
+          <t>Almanca Yolculuğu Öğren Üret Konuş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057163073</t>
+          <t>9786256638594</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Tarım ve Kısa Gıda Tedarik Zinciri</t>
+          <t>Mevsimlerin Yelda’ya Fısıltısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054989003</t>
+          <t>9786256638587</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gezisi ve Bıraktığı İzler</t>
+          <t>Gölgedir Düş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054454044</t>
+          <t>9786256638570</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Babür Vekayi Üzerine Bir Söylem İncelemesi Fergana</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057990044</t>
+          <t>9786256638556</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Sus Artık Şeytanın Avukatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054989126</t>
+          <t>9786256638549</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Defineci</t>
+          <t>Bir Şiir Bir Sevda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054454815</t>
+          <t>9786256638280</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kavga Laiklik</t>
+          <t>Refik Halit Karay Romanlarında Mekan - İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057990273</t>
+          <t>9786057163035</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Eski Yunan Tarihi ve Uygarlığı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054454822</t>
+          <t>9786059374705</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Türkiye’de Siyasal Hayat</t>
+          <t>Vampir Müşteriler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057990389</t>
+          <t>9786059374613</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Koşu</t>
+          <t>Farkeyle</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054454365</t>
+          <t>9786057163004</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>LYS Edebiyat Soru Bankası</t>
+          <t>Hülya - Düş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057990754</t>
+          <t>9786057382351</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bize Kalan İz</t>
+          <t>Tunç Çağı Ege Uygarlıkları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057990761</t>
+          <t>9789757990952</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Aristokrasisinde İdeo-Pedagojik Bir Aygıt Eşcinsellik</t>
+          <t>ÖABT Yavrucak Okul Öncesi 6 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>288</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256638495</t>
+          <t>9786054989379</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsan-Çevre Biyoçeşitlilik-Tarım</t>
+          <t>Nice Şahbaz Atlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>299</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256638488</t>
+          <t>9786057990051</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Karlılık ve Verimliliğin Artırılması – Balanced Scorecard</t>
+          <t>Kodlamaya Yeni Başlayanlar İçin Python Programlama Dili</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059374637</t>
+          <t>9789756447604</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğma Zamanı: Işığa Yürüyenlerin Rehberi</t>
+          <t>Avukatlık Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256638464</t>
+          <t>3990000025525</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Din Toplum ve Yemin</t>
+          <t>Aziz Thomas’ta Felsefe - Teoloji İlişkisi Bilgi ve İnanç</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054989324</t>
+          <t>9786054454563</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
+          <t>Anonim Şirket Genel Kurul Kararlarının Butlanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059374446</t>
+          <t>9786054454624</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Terörün Ekonomik Analizi</t>
+          <t>Altun Yaruk - Yedinci Kitap</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256638297</t>
+          <t>9789756447321</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Yol Parası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1150</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256638440</t>
+          <t>3990000002803</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>0000 Siber Entropi</t>
+          <t>Yoksa Biz mi Suçluyuz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256638334</t>
+          <t>9789756447512</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sadece "K"</t>
+          <t>Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256638310</t>
+          <t>9789756447062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı AYT Konu Anlatımlı Edebiyatın Ölmez Hazinesi</t>
+          <t>Sosyolojik Açıdan Türkiye’de İslam ve Modernleşme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>550</v>
+        <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256638419</t>
+          <t>9789756447390</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Antik Sparta</t>
+          <t>TCK - CMK CGTİK</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786064989218</t>
+          <t>9789756447475</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Tüketim</t>
+          <t>Sosyaldemokrat Hareket ve CHP Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256638389</t>
+          <t>9789756447130</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beni Yazdıklarım Büyüttü</t>
+          <t>Son Feodal</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256638358</t>
+          <t>9789756447918</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bedi İlminin Estetik ve Anlam Boyutları</t>
+          <t>Seyyid Cemal Evlatları ve Derviş Cemal Torunları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059374026</t>
+          <t>3990000002814</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sınırında / İkinci Dünya Savaşı Türkiyesinde Çocuk Yaşantıları</t>
+          <t>Selahaddin Halilov’a Armağan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256638433</t>
+          <t>3990000030533</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Flu</t>
+          <t>Ruh Sağlığı ve Din</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>368</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256638426</t>
+          <t>3990000002811</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>TYT Konu Anlatımlı Türkçenin Ölmez Hazinesi</t>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 14 - Bahar 2011</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256638303</t>
+          <t>9786054454631</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Karbon Maliyetleri</t>
+          <t>Özgür Zihinlere Doğru</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256638457</t>
+          <t>9789756447024</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Küresel Terör</t>
+          <t>Önce Bulut Sonra Suyum</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057382368</t>
+          <t>9786054454501</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Uçuk Kaçık Ama Doğru Mektup</t>
+          <t>Nusayrilik ve Çokkültürlülük</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054454600</t>
+          <t>9789756447017</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anonim Türk Halk Edebiyatı Nazmı</t>
+          <t>Nusayrilik İnanç Esasları - Tenasuh Reenkarnasyon</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756447314</t>
+          <t>9789756447307</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Nusayrilik Arap Alevileri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054989539</t>
+          <t>9789756447000</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tablolar Okuryazarlığı</t>
+          <t>Maden ve Taşocakları Hukuku</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054989263</t>
+          <t>9789756447352</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Davranış Yönetimi</t>
+          <t>KPSS Öğretmen Adayları İçin Eğitim Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756447338</t>
+          <t>9789756447031</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Kompradorun Hukuk Hamlesi Anayasal İktisat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059374767</t>
+          <t>9789756447116</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Cinsel İstismarı</t>
+          <t>Koltuk Düşkünü Öyküler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>495</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059374361</t>
+          <t>9789756447628</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sevmek Gerek</t>
+          <t>Kimlik No 666</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054989850</t>
+          <t>9789756447253</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kara Trenin Kaçak Yolcuları</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256638327</t>
+          <t>9786054454006</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Nurettin Topçu Din Tasavvuf ve Değerler</t>
+          <t>Kırılgan Bakışlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256638273</t>
+          <t>9789756447369</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mühr-ü Zaman - Öyküler</t>
+          <t>Kelebek Olup Uçacağım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>56</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256638242</t>
+          <t>9789756447499</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşina</t>
+          <t>Kar Kuşu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256638266</t>
+          <t>9789756447277</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yankı 1</t>
+          <t>İş Güvencesi Hukuku İşe İade Davaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256638204</t>
+          <t>9789756447864</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>İsa’nın Savunması</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256638181</t>
+          <t>3990000031912</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gömülüdür</t>
+          <t>İçimdeki Çığlık Dışımdaki Sessizlik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256638198</t>
+          <t>3990000009477</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Futbolu Sevmeyi Unuttuk</t>
+          <t>Halet Efendi Divançesi İnceleme-Metin-Tıpkıbasım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>176</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054989904</t>
+          <t>9786054454198</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nadide Çiçeğim Nihan</t>
+          <t>Giz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256638143</t>
+          <t>9789756447048</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Günlükleri</t>
+          <t>Gece Şiirleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057382337</t>
+          <t>9789756447987</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Umut-Siz</t>
+          <t>Felsefe Tarihinde İnsan Sorunu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256638112</t>
+          <t>9789756447840</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lisans Hazırlık Arapçası</t>
+          <t>Evliyalar Diyarı Hatay</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256638105</t>
+          <t>9789756447215</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edib (Rahbay) Ma'rüf El-Alim Ve Anıları</t>
+          <t>Dini Grupların Eğitim Anlayışı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>115</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057990594</t>
+          <t>9789756447482</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Meslek Folkloru Bağlamında Adana'da Balıkçılık</t>
+          <t>Dindarlığın Sosyo-Psikolojisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>232</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256638075</t>
+          <t>9789756447383</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Din ve Sekülerleşme</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256638068</t>
+          <t>9786054454020</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Hayatlar</t>
+          <t>Çocuklara Yönelik Cinsel Taciz ve Koruyucu Eğitim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256638082</t>
+          <t>3990000002799</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Yaban Kısar Sesimizi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059374576</t>
+          <t>3990000010684</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üçgenler Vektörler - YGS LYS Konu Özetli Geometri Soru Bankası</t>
+          <t>Josimika</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054454266</t>
+          <t>9789756447703</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aşıklık Geleneği ve Aşık Edebiyatı</t>
+          <t>Yeni Mevzuata Göre Sosyal Güvenlik Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054454099</t>
+          <t>9789756447123</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatı Metin Tahlilleri</t>
+          <t>Turizmde Hizmet Pazarlaması Türkiye Açısından Rusya Pazarı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054454242</t>
+          <t>9789756447970</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anonim Türk Halk Edebiyatı Nesri</t>
+          <t>6102 Sayılı Türk Ticaret Kanununa Göre: Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>650</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054454181</t>
+          <t>3990000002805</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Abdal Gizli Dili</t>
+          <t>Muyi Nalan U Handan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>304</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756447079</t>
+          <t>9786054454617</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Yeni Türk Ticaret Kanununa Göre: Sigorta Hukuku (Ciltli)</t>
+          <t>Makina Dinamiği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054454488</t>
+          <t>9786054454051</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kayzene Mektup</t>
+          <t>Maden Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054454532</t>
+          <t>9789756447529</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Mobbing</t>
+          <t>İpotekli Konut Finansmanı ve Hukuku</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>256</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054454525</t>
+          <t>9789756447550</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyim Var Sanırdım</t>
+          <t>İpoteğe Dayalı ve İpotek Teminatlı Menkul Kıymetler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756447819</t>
+          <t>9786054454594</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ey Yüzüm Ne Çok Utandım Senden</t>
+          <t>İktidarın Resmi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054454310</t>
+          <t>9786054454655</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Değerlerin Yüce Simgesi Hz. Ali</t>
+          <t>İç Kontrol</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756447734</t>
+          <t>9789756447826</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eksik Emanet</t>
+          <t>Hatay Ağzı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756447208</t>
+          <t>9789756447598</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Bölgesi Girit Göçmenleri</t>
+          <t>Genel Dil Bilgisine Giriş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>650</v>
+        <v>104</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756447372</t>
+          <t>3990000002801</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İşporta Suratlar</t>
+          <t>De - Fiilinin Grameri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756447635</t>
+          <t>9789756447178</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans</t>
+          <t>Hukuki Yönüyle Banka Mevduatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054454754</t>
+          <t>3990000029647</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Rusya Dış Ticaret Pazarı</t>
+          <t>Düşlerimi Geri Verin...</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054454259</t>
+          <t>9786054989515</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkbilimi</t>
+          <t>Tüketici Olma Sürecinde Sosyal Ağlarda Kurulan İletişim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>650</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054454112</t>
+          <t>9786054989522</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatına Giriş</t>
+          <t>Toplumsal İletişim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>420</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756447642</t>
+          <t>9786054454921</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanuna Göre Sigorta Hukuku</t>
+          <t>Sarı Sıcak Deli Mavi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054454075</t>
+          <t>9786054989386</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Kontrol</t>
+          <t>Tribünde Bir Ömür: Adana Demirspor Taraftar Hikayeleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756447260</t>
+          <t>9786054989348</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Felsefeye Giriş</t>
+          <t>Ölümün Ötesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054454426</t>
+          <t>9786054454891</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomi 2</t>
+          <t>İdari Yargı ve Enerji Mevzuatı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054454419</t>
+          <t>9786054454976</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomi 1</t>
+          <t>Dijital İçerik Pazarlaması</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054454174</t>
+          <t>9789756447468</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kavram Öğretimi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054454518</t>
+          <t>9786054454662</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İşletim Sistemleri ve Sistem Programlama</t>
+          <t>Kimlikler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756447901</t>
+          <t>9786054989058</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Açısından İş Yerinde Cinsel Taciz</t>
+          <t>Şah-ı Merdan'ın İntikali Hz. Ali'nin Öldürülmesi: Peygamber ve Halifeler Cinayeti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054454334</t>
+          <t>9789756447949</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okullarına Yönelik Genel Muhasebe</t>
+          <t>Cesursun Aşk Gibi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054454068</t>
+          <t>3990000002804</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Tespiti Davaları</t>
+          <t>Biriktirdim Yaşanmamış Günleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>950</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756447659</t>
+          <t>9789756447192</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bilgisayar Eğitimi</t>
+          <t>Birey - Toplum - Devlet Kavramlaştırma ve Ara Değişken Olarak Etnisite</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054454143</t>
+          <t>9789756447376</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güncel Mali ve Ekonomik Sorunlar</t>
+          <t>Bilişim Hukuku</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756447796</t>
+          <t>9789756447086</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>420</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054454358</t>
+          <t>9786056176265</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Hekim Nidai Genc-i Esrar-ı Ma'ni</t>
+          <t>Aşkın Efsaneleri - Üçler Mezarlığı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>750</v>
+        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756447567</t>
+          <t>9789756447291</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Finansal Pazarlar</t>
+          <t>Aşkın Duyulmayan Çığlığı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>600</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756447284</t>
+          <t>9789756447154</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çocuklar ve Eğitimi Özel Eğitim</t>
+          <t>Aşkımı Güneşte Yıkayıp Yağmurlarda Kuruttuğumdan Beri...</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>420</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054454433</t>
+          <t>9789756447161</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Büyüme Kuramları</t>
+          <t>Asi ve Yalnız Yılmaz Odabaşı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054454402</t>
+          <t>3990054454372</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Arıcılık El Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054454273</t>
+          <t>9786054454693</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Halk Edebiyatı</t>
+          <t>Annemi İstiyorum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000002806</t>
+          <t>9786054454396</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Divanlardaki Şikayet Şiirleri</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054989331</t>
+          <t>9789756447543</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
+          <t>Aleviliğin Doğuşu Gelenek Görenekleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054454037</t>
+          <t>9789756447451</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Şiir Bırak</t>
+          <t>Ağla Yüreğim Dağlar da Ağlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000002808</t>
+          <t>3990000002796</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Dalındaki Kendir</t>
+          <t>Adresi Yoklar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756447925</t>
+          <t>9786054454716</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arap Alevileri Tarihi</t>
+          <t>Adana Yazıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>650</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756447871</t>
+          <t>9789756447956</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aralık</t>
+          <t>6000 Yıllık Kürt Direniş Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054454549</t>
+          <t>9786059374545</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Tarihi</t>
+          <t>Beyin Temelli Öğrenme Yaklaşımına Dayalı Din Öğretimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054454723</t>
+          <t>9786059374880</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Ateşi</t>
+          <t>Bekledim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059374620</t>
+          <t>9786058317611</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>KPSS ve Kamu Kurumlarına Yönelik Mikro İktisat Ders Notları</t>
+          <t>Yazı İşleri Müdürlüğü Görevde Yükselme (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057990013</t>
+          <t>9786059374224</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>YSK Seçim Müdürlüğü Sınavına Hazırlık Konu Anlatımlı Soru Bankası</t>
+          <t>Çukurova Sıla Ben Gurbet</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>650</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256638051</t>
+          <t>9786054989751</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>An'sızım</t>
+          <t>ÖABT Yeni Türk Edebiyatı Ders Notları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057990464</t>
+          <t>9786054454792</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Yaşamına Uyum</t>
+          <t>Suç Öncesi ve Sonrası Suçlu Psikolojisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057990730</t>
+          <t>9786054989072</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Dul Avratlar Köyü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259401065</t>
+          <t>9786054989201</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Teorisi</t>
+          <t>Ticaret Hukuku Genel Esaslar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259401010</t>
+          <t>9786054989508</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer'in Ölüm Uykusu</t>
+          <t>Aile İşletmelerinde Sürdürülebilir Kurumsal Yönetim ve İç Denetimin Rolü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259401027</t>
+          <t>9786054989911</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı İstismarı ve İhmali Kapsamında Yaşlılara Karşı Cinsel Suçlar</t>
+          <t>Tut Elimden</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057990280</t>
+          <t>9786054989805</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Tarih ve Coğrafya Terimleri Sözlüğü</t>
+          <t>Kur'anda Peygamber Kıssaları 1. Cild</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057990259</t>
+          <t>9786054989874</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Uzman Röportajları Işığında Kıbrıs Meselesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057990266</t>
+          <t>9786054989713</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kanji 101: Japonca Okuma Yazma İçin Kolay Başlangıç Kitabı</t>
+          <t>Futbolun Karakter Heykeli Trabzonspor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>650</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059374439</t>
+          <t>9789756447444</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim - Ameli ve Nazari Ta'lim-i Lisan-ı Osmani</t>
+          <t>Josimika 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>45</v>
+        <v>208</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059374255</t>
+          <t>9786054454679</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Dili Olsa</t>
+          <t>Tebriz Aşıklık Geleneği ve Aşık Edebiyatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057990099</t>
+          <t>9786054454839</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yüksekokulları İçin Matematik 1</t>
+          <t>Türkçenin Sözdizimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057990181</t>
+          <t>9789756447246</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Hukuk Sözlüğü</t>
+          <t>Şirketler Hukuku Temel Esaslar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057990068</t>
+          <t>9789756447093</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Çözüm Teknikler</t>
+          <t>Şirketler Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059374798</t>
+          <t>3990000015387</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca</t>
+          <t>Şiir Borcu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>650</v>
+        <v>48</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059374347</t>
+          <t>9789756447147</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Tarih Öğretimi</t>
+          <t>Süregiden Felsefe Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>550</v>
+        <v>96</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059374842</t>
+          <t>9786057990358</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Statik</t>
+          <t>Kürtlerde Dil Edebiyat Kültür</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259978635</t>
+          <t>9786058317673</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cost Accounting And Management Accounting</t>
+          <t>Adalet Bakanlığı GYS Deneme Sınavı 10'lu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>490</v>
+        <v>90</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057270573</t>
+          <t>9789756447185</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yaradılışın Algoritması Anderomeda Manifestosu</t>
+          <t>Din Kimlik ve Ön Yargı - Biz ve Onlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057270566</t>
+          <t>9786054454747</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Dönüşümü</t>
+          <t>Dilimin Dili</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>8</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057270511</t>
+          <t>9786057990976</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İran Seyahati Üzerine Notlar</t>
+          <t>Kendi Göğümde Kendi Kanatlarımla</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057163097</t>
+          <t>9786057990396</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Edebiyat ve 1980 Sonrası Türk Romanında Deneysel Örnekler</t>
+          <t>Keşf-i Antakya</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057163059</t>
+          <t>9786057990679</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Adana Tarih Yazıları</t>
+          <t>Ara Kat Sesleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057163042</t>
+          <t>9786058317659</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Armoni</t>
+          <t>Adalet Bakanlığı GYS Eğitim Seti+Resmi Yazışma Kuralları Eki ile</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057163028</t>
+          <t>9786057990518</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Hizmet İşletmeleri İçin Maliyet Muhasebesi ve Maliyet Yönetimi</t>
+          <t>Osmanlı Türkçesinde Farsça Unsurlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>480</v>
+        <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057096494</t>
+          <t>9786057990969</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Finansal Risk Yönetimi ve Türev Araçlar</t>
+          <t>Başarının Anahtarı Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057096456</t>
+          <t>9786059374927</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>İslam Yargılama Hukukunda Şühüdü’l-Hal Jüri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059374996</t>
+          <t>9786256638518</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Talib - Kutsal Soy Ve Hz. Peygamber'in Koruyucusu</t>
+          <t>Harb-i Aşk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059374712</t>
+          <t>9786256638372</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hendek</t>
+          <t>Fitne ve Fitnenin Ekonomisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054989881</t>
+          <t>9786256638365</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İçimde Biri</t>
+          <t>Ru'be B. El- 'Accac ve Divanın İncelenmesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057990242</t>
+          <t>9786256638396</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hülyalı Şiirler</t>
+          <t>Gülümse Dünyanın Sonu Ertelendi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059374385</t>
+          <t>9786256638501</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sende Yapabilirsin</t>
+          <t>Sakin Şehirlerde Kent İmgeleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054989270</t>
+          <t>9786059374415</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Awaz</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057990648</t>
+          <t>9789756447673</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yazıların Dili</t>
+          <t>Bir Zamanlar Bir Köy Masalı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057382313</t>
+          <t>9786256638150</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - İş Yerleri Bakış Açısıyla</t>
+          <t>Yitik Sürü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057382399</t>
+          <t>9786057163080</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Genel Entomoloji - Tarımsal</t>
+          <t>Elektromanyetik Alanlar ve Hormonlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057163011</t>
+          <t>9786057163073</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İt İrfan - Aşka Engel Olan Köpek</t>
+          <t>Kentsel Tarım ve Kısa Gıda Tedarik Zinciri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057096418</t>
+          <t>9786054989003</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi - Çözümlü Örnekler</t>
+          <t>Bir İstanbul Gezisi ve Bıraktığı İzler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057439192</t>
+          <t>9786054454044</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İktisat</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057096125</t>
+          <t>9786057990044</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057439185</t>
+          <t>9786054989126</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bize Kalandır Hala</t>
+          <t>Defineci</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057990990</t>
+          <t>9786054454815</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Bitmeyen Kavga Laiklik</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057382344</t>
+          <t>9786057990273</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Obalar Müfrezesi Komutanı Şeyh Cemil Nardalı 1875 - 1955</t>
+          <t>Türk Ceza Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057382306</t>
+          <t>9786054454822</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Laboratuvar Uygulamaları - 1</t>
+          <t>Ana Hatlarıyla Türkiye’de Siyasal Hayat</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057990136</t>
+          <t>9786057990389</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Renkleri</t>
+          <t>Yavaş Koşu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054454907</t>
+          <t>9786054454365</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>LYS Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786657990136</t>
+          <t>9786057990754</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Göz Perdeme İnen Hayalet</t>
+          <t>Bize Kalan İz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756447727</t>
+          <t>9786057990761</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Diltozu</t>
+          <t>Antik Yunan Aristokrasisinde İdeo-Pedagojik Bir Aygıt Eşcinsellik</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>288</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057990341</t>
+          <t>9786256638495</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Farsça Hukuk Sözlüğü</t>
+          <t>İnsan-Çevre Biyoçeşitlilik-Tarım</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057990723</t>
+          <t>9786256638488</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Özel Amaçlı Türkçe Öğretimi İş Türkçesi</t>
+          <t>İşletmelerde Karlılık ve Verimliliğin Artırılması – Balanced Scorecard</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057990703</t>
+          <t>9786059374637</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi (6-11 Yaş ve 12-15 Yaş)</t>
+          <t>Küllerinden Doğma Zamanı: Işığa Yürüyenlerin Rehberi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059374972</t>
+          <t>9786256638464</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Dersleri</t>
+          <t>Din Toplum ve Yemin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>21.3</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057382320</t>
+          <t>9786054989324</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Azgın Kapitalizmin Tüketim Ekonomisi ve Gönüllü Köleleri</t>
+          <t>10. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789757096456</t>
+          <t>9786059374446</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pleiotropi</t>
+          <t>Terörün Ekonomik Analizi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057439116</t>
+          <t>9786256638297</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ötağçenin Sakinleri</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057439487</t>
+          <t>9786256638440</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı İbrahim Kırık Aşk</t>
+          <t>0000 Siber Entropi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057439154</t>
+          <t>9786256638334</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Orman Dile Gelse</t>
+          <t>Sadece "K"</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057439178</t>
+          <t>9786256638310</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Son Dem - Toplu Şiirleri</t>
+          <t>Türk Dili ve Edebiyatı AYT Konu Anlatımlı Edebiyatın Ölmez Hazinesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057439161</t>
+          <t>9786256638419</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kan Dizgeleri</t>
+          <t>Antik Sparta</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057439147</t>
+          <t>9786064989218</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Koşullarında Bitki Sıklığının Yerfıstığı Verimine Etkisi</t>
+          <t>Yoksulluk ve Tüketim</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057439130</t>
+          <t>9786256638389</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Farklı Zamanlarda Yapılan Hasatın Yerfıstığı Verimine ve Kalite Özelliklerine Etkisi</t>
+          <t>Beni Yazdıklarım Büyüttü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057439123</t>
+          <t>9786256638358</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Merkez Sağ - Türk Siyasetinde Kısa Bir Hafıza Perspektifi</t>
+          <t>Bedi İlminin Estetik ve Anlam Boyutları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057990983</t>
+          <t>9786059374026</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Talan</t>
+          <t>Çocukluğun Sınırında / İkinci Dünya Savaşı Türkiyesinde Çocuk Yaşantıları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057990945</t>
+          <t>9786256638433</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nevsal-i Edebi Süs 1924</t>
+          <t>Flu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057990952</t>
+          <t>9786256638426</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım</t>
+          <t>TYT Konu Anlatımlı Türkçenin Ölmez Hazinesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057990921</t>
+          <t>9786256638303</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Olabilitesi Yüksek Hikayeler</t>
+          <t>İklim Değişikliği ve Karbon Maliyetleri</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057990884</t>
+          <t>9786256638457</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Ekonomik Yoksunluk</t>
+          <t>Küreselleşme ve Küresel Terör</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057990563</t>
+          <t>9786057382368</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminin Sosyo-Ekonomik Yapısı</t>
+          <t>İnsanlığa Uçuk Kaçık Ama Doğru Mektup</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057990914</t>
+          <t>9786054454600</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İlk Hedef: "Akdeniz"</t>
+          <t>Anonim Türk Halk Edebiyatı Nazmı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057990907</t>
+          <t>9789756447314</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nötrosofik Sosyolojiye Giriş (Nötrososyoloji)</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057990877</t>
+          <t>9786054989539</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Laboratuvar Uygulamaları 2</t>
+          <t>Finansal Tablolar Okuryazarlığı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057990891</t>
+          <t>9786054989263</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tekno Bağlanıyor</t>
+          <t>Sınıfta Davranış Yönetimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057990853</t>
+          <t>9789756447338</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>390</v>
+        <v>48</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057990822</t>
+          <t>9786059374767</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Bağış Ve Yardımlar</t>
+          <t>Çocuk Cinsel İstismarı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057990839</t>
+          <t>9786059374361</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Girişimciliğe Yönelik Vergi Teşviklerinin Değerlendirilmesi</t>
+          <t>Sadece Sevmek Gerek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057990860</t>
+          <t>9786054989850</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Korona Virüs</t>
+          <t>Kara Trenin Kaçak Yolcuları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057990846</t>
+          <t>9786256638327</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fotografik Düşünme Tarihi</t>
+          <t>Psikolojik Açıdan Nurettin Topçu Din Tasavvuf ve Değerler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057990815</t>
+          <t>9786256638273</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kan Suçları</t>
+          <t>Mühr-ü Zaman - Öyküler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057990792</t>
+          <t>9786256638242</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zaman Uyanmadan / Kabıl Ma Yfik Iz-Zaman</t>
+          <t>Aşina</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057990808</t>
+          <t>9786256638266</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Perspektifinden Pandemi Dönemi Üzerine Düşünceler</t>
+          <t>Mavi Yankı 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057990693</t>
+          <t>9786256638204</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Karanlığımın Aydınlık Yanı</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057990785</t>
+          <t>9786256638181</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivitede Duy(g)usal Yaklaşım Ve Zeka Türleri</t>
+          <t>Gömülüdür</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057990778</t>
+          <t>9786256638198</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Türk Milliyetçiliğinin Tarihi</t>
+          <t>Futbolu Sevmeyi Unuttuk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057990716</t>
+          <t>9786054989904</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İbadetin Evrimi Semavi Dinlerin Kökleri</t>
+          <t>Nadide Çiçeğim Nihan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057990747</t>
+          <t>9786256638143</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Fikir Jimnastiği</t>
+          <t>Mitoloji Günlükleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057990709</t>
+          <t>9786057382337</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Ülkem</t>
+          <t>Umut-Siz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057990662</t>
+          <t>9786256638112</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümde Herkes İçin Elektronik Ticaret</t>
+          <t>Lisans Hazırlık Arapçası</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057990655</t>
+          <t>9786256638105</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Koçak Gözümsün</t>
+          <t>Şeyh Edib (Rahbay) Ma'rüf El-Alim Ve Anıları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057990686</t>
+          <t>9786057990594</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Romansı - Arsuz 1974</t>
+          <t>Meslek Folkloru Bağlamında Adana'da Balıkçılık</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057990631</t>
+          <t>9786256638075</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihine Damga Vuran Mısırlı Kadınlar</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057990624</t>
+          <t>9786256638068</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Seviyorum Ben Seni</t>
+          <t>Siyah - Beyaz Hayatlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057990600</t>
+          <t>9786256638082</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi Tarihi</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057990617</t>
+          <t>9786059374576</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Koşullu Salıverme</t>
+          <t>Üçgenler Vektörler - YGS LYS Konu Özetli Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>450</v>
+        <v>40</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057990457</t>
+          <t>9786054454266</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Eşeledim</t>
+          <t>Aşıklık Geleneği ve Aşık Edebiyatı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057990556</t>
+          <t>9786054454099</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Gelişme ve Gelişme Endeksinin Alt Boyutları Arasındaki İlişkiler</t>
+          <t>Aşık Edebiyatı Metin Tahlilleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057990570</t>
+          <t>9786054454242</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Seçenek ve Seçim</t>
+          <t>Anonim Türk Halk Edebiyatı Nesri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057990549</t>
+          <t>9786054454181</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Proje Yönetimi ve Bütçeleme</t>
+          <t>Abdal Gizli Dili</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057990525</t>
+          <t>9789756447079</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ozan Duranoğlu</t>
+          <t>6102 Sayılı Yeni Türk Ticaret Kanununa Göre: Sigorta Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057990532</t>
+          <t>9786054454488</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Umuttan Çöküşe 2000'li Yıllarda Türkiye</t>
+          <t>Kayzene Mektup</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059374163</t>
+          <t>9786054454532</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sebze Zararlıları</t>
+          <t>İş Hukukunda Mobbing</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057990501</t>
+          <t>9786054454525</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi</t>
+          <t>Her Şeyim Var Sanırdım</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057990471</t>
+          <t>9789756447819</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Anlatımıyla Kişisel Verilerin Korunması Kanunu ve İşletmeler</t>
+          <t>Ey Yüzüm Ne Çok Utandım Senden</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057990488</t>
+          <t>9786054454310</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yasal İdari ve Yargısal Boyutuyla Vergi İncelemelerinde Mükellef Hakları</t>
+          <t>Evrensel Değerlerin Yüce Simgesi Hz. Ali</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057990495</t>
+          <t>9789756447734</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>C - Esaret Zamanı</t>
+          <t>Eksik Emanet</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057990433</t>
+          <t>9789756447208</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Siyah Etekli Dünya</t>
+          <t>Çukurova Bölgesi Girit Göçmenleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057990440</t>
+          <t>9789756447372</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Peri ve Halk Masalları</t>
+          <t>İşporta Suratlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057990426</t>
+          <t>9789756447635</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Matematiği El Kitabı</t>
+          <t>Uluslararası Finans</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057990419</t>
+          <t>9786054454754</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Muamma</t>
+          <t>Türkiye Rusya Dış Ticaret Pazarı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057990402</t>
+          <t>9786054454259</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sevdadan Öte</t>
+          <t>Türk Halkbilimi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057990334</t>
+          <t>9786054454112</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Anayasa Mahkemesinin Temel Hakların Korunmasındaki İşlevi</t>
+          <t>Türk Halk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057990365</t>
+          <t>9789756447642</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Talim-i Kıraat 3. Kısım</t>
+          <t>6102 Sayılı Türk Ticaret Kanuna Göre Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057990372</t>
+          <t>9786054454075</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Kadar</t>
+          <t>Otomatik Kontrol</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057990167</t>
+          <t>9789756447260</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Uyuşmazlıklarında Dava Şartı Olarak Arabulucuk</t>
+          <t>Metinlerle Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057990297</t>
+          <t>9786054454426</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kuruluşları İçin Stratejik Planlama ve Bütçe</t>
+          <t>Makro Ekonomi 2</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057990303</t>
+          <t>9786054454419</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Başarısızlıkları, Dışsallıklar ve Kamusal Çözümler</t>
+          <t>Makro Ekonomi 1</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059374435</t>
+          <t>9786054454174</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Diyar-ı Aşk</t>
+          <t>Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057990310</t>
+          <t>9786054454518</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çekte Muhatap Bankanın Araştırma - Bildirim Yükümlülüğü ve Hukuki Sorumluluğu</t>
+          <t>İşletim Sistemleri ve Sistem Programlama</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057990327</t>
+          <t>9789756447901</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Ülkesi</t>
+          <t>İş Hukuku Açısından İş Yerinde Cinsel Taciz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059374583</t>
+          <t>9786054454334</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Düşten Gerçeğe</t>
+          <t>Meslek Yüksek Okullarına Yönelik Genel Muhasebe</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057990228</t>
+          <t>9786054454068</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Duruşu'yla Cumartesi Yazıları</t>
+          <t>Hizmet Tespiti Davaları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057990235</t>
+          <t>9789756447659</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sabah'ın Dedesi</t>
+          <t>Her Yönüyle Bilgisayar Eğitimi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059374729</t>
+          <t>9786054454143</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarımın Temelleri ve Uygulamalar</t>
+          <t>Güncel Mali ve Ekonomik Sorunlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057990020</t>
+          <t>9789756447796</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057990211</t>
+          <t>9786054454358</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Benim Meskenim Dağlardır</t>
+          <t>Ankaralı Hekim Nidai Genc-i Esrar-ı Ma'ni</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057990150</t>
+          <t>9789756447567</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet ve Din</t>
+          <t>Finansal Pazarlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057990143</t>
+          <t>9789756447284</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Engelli Çocuklar ve Eğitimi Özel Eğitim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057990198</t>
+          <t>9786054454433</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Öyküsü</t>
+          <t>Ekonomik Büyüme Kuramları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057990204</t>
+          <t>9786054454402</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bahtı Açık Bu Ayrılığın</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057990174</t>
+          <t>9786054454273</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Doğusunda Araplar</t>
+          <t>Dini-Tasavvufi Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059374262</t>
+          <t>3990000002806</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sesim Boğuluyor Denizlerde</t>
+          <t>Divanlardaki Şikayet Şiirleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059374279</t>
+          <t>9786054989331</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşlerin Ardından</t>
+          <t>9. Sınıf Dil ve Anlatım Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057990082</t>
+          <t>9786054454037</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Anlatılan Adana Efsaneleri (Motif İncelemesi)</t>
+          <t>Bana Bir Şiir Bırak</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057990112</t>
+          <t>3990000002808</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sigortalılık Tespit Davaları</t>
+          <t>Ardıç Dalındaki Kendir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057990129</t>
+          <t>9789756447925</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Savaş ya da Pandomim</t>
+          <t>Arap Alevileri Tarihi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054989577</t>
+          <t>9789756447871</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bicici Antonius</t>
+          <t>Aralık</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057990105</t>
+          <t>9786054454549</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Alevilik Tarihi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057990037</t>
+          <t>9786054454723</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetimi</t>
+          <t>Akdeniz Ateşi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057990075</t>
+          <t>9786059374620</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisat</t>
+          <t>KPSS ve Kamu Kurumlarına Yönelik Mikro İktisat Ders Notları</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059374989</t>
+          <t>9786057990013</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Refah ve Türkiye</t>
+          <t>YSK Seçim Müdürlüğü Sınavına Hazırlık Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054989355</t>
+          <t>9786256638051</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>397 Sensizlik</t>
+          <t>An'sızım</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059374590</t>
+          <t>9786057990464</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk - Sekizinci Kitap</t>
+          <t>Üniversite Yaşamına Uyum</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059374965</t>
+          <t>9786057990730</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bahar Esintisi</t>
+          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059374743</t>
+          <t>9786259401065</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Suriye Bayırbucak Türkmen Ağzı</t>
+          <t>Sevgi Teorisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059374958</t>
+          <t>9786259401010</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Serüveni</t>
+          <t>Muzaffer'in Ölüm Uykusu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059374941</t>
+          <t>9786259401027</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>13. Kapı Fırtına</t>
+          <t>Yaşlı İstismarı ve İhmali Kapsamında Yaşlılara Karşı Cinsel Suçlar</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059374903</t>
+          <t>9786057990280</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Emsal Danıştay Kararları Çerçevesinde Vergi Usul Kanununa Göre Değerleme (Ciltli)</t>
+          <t>Ortaöğretim Tarih ve Coğrafya Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059374910</t>
+          <t>9786057990259</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sektörü Piyasa Yapısı Markov Analiz Uygulaması</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059374811</t>
+          <t>9786057990266</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Toroslar ve Nadide Çiçekleri - Taurus Mountains and Their Precious Flowers (Ciltli)</t>
+          <t>Kanji 101: Japonca Okuma Yazma İçin Kolay Başlangıç Kitabı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059374873</t>
+          <t>9786059374439</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Serhan'la Otizm Sınavımız</t>
+          <t>Ahmet Rasim - Ameli ve Nazari Ta'lim-i Lisan-ı Osmani</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054989775</t>
+          <t>9786059374255</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi ve Türkiye'de Yönetsel Kurumlar</t>
+          <t>Eğitimin Dili Olsa</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059374859</t>
+          <t>9786057990099</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kalem</t>
+          <t>Yüksekokulları İçin Matematik 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059374866</t>
+          <t>9786057990181</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Meftun</t>
+          <t>Farsça Türkçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059374835</t>
+          <t>9786057990068</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kuramı - Ekonomi Uygulamaları</t>
+          <t>Matematiksel Çözüm Teknikler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059374750</t>
+          <t>9786059374798</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>2018 Vergi Oyun Teorisi ve Markov Uygulamaları</t>
+          <t>Osmanlıca</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>16</v>
+        <v>650</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059374828</t>
+          <t>9786059374347</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>L’ye Ağıt Yalnızlık</t>
+          <t>Türkiyede Tarih Öğretimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059374804</t>
+          <t>9786059374842</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çok Yoruldum</t>
+          <t>Statik</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059374774</t>
+          <t>9786259978635</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sinema Yazıları</t>
+          <t>Cost Accounting And Management Accounting</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059374736</t>
+          <t>9786057270573</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Arayış Değişim ve Din</t>
+          <t>Yaradılışın Algoritması Anderomeda Manifestosu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059374781</t>
+          <t>9786057270566</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Adana Kent Yazıları</t>
+          <t>Alevilerin Dönüşümü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059374699</t>
+          <t>9786057270511</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Erkekler'de Şiddet Mağduru</t>
+          <t>İran Seyahati Üzerine Notlar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059374606</t>
+          <t>9786057163097</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sırlı Aynası - Arap Aleviler(Nusayriler)</t>
+          <t>Deneysel Edebiyat ve 1980 Sonrası Türk Romanında Deneysel Örnekler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059374675</t>
+          <t>9786057163059</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Deli Oğlan</t>
+          <t>Adana Tarih Yazıları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059374682</t>
+          <t>9786057163042</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Alt Kültürler</t>
+          <t>Armoni</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059374668</t>
+          <t>9786057163028</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Aslında Yoksun</t>
+          <t>Üretim ve Hizmet İşletmeleri İçin Maliyet Muhasebesi ve Maliyet Yönetimi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059374644</t>
+          <t>9786057096494</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Pirmi Kaldı</t>
+          <t>Finansal Risk Yönetimi ve Türev Araçlar</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059374651</t>
+          <t>9786057096456</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hazal Kızın İnfazı</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059374552</t>
+          <t>9786059374996</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çiçekleri</t>
+          <t>Hz. Ebu Talib - Kutsal Soy Ve Hz. Peygamber'in Koruyucusu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059374569</t>
+          <t>9786059374712</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unuttuğu Kadın</t>
+          <t>Hendek</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059374309</t>
+          <t>9786054989881</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mono - Pause</t>
+          <t>İçimde Biri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059374521</t>
+          <t>9786057990242</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yüreğine Sor Beni</t>
+          <t>Hülyalı Şiirler</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059374538</t>
+          <t>9786059374385</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Statü ve Din</t>
+          <t>Sende Yapabilirsin</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059374491</t>
+          <t>9786054989270</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşler Masalı</t>
+          <t>Awaz</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059374507</t>
+          <t>9786057990648</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sığınağı</t>
+          <t>Yazıların Dili</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059374477</t>
+          <t>9786057382313</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Faik Bey'in Salıncağı</t>
+          <t>Mindfulness - İş Yerleri Bakış Açısıyla</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059374514</t>
+          <t>9786057382399</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Sarız</t>
+          <t>Genel Entomoloji - Tarımsal</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059374484</t>
+          <t>9786057163011</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Biz Vatan Sevdik</t>
+          <t>İt İrfan - Aşka Engel Olan Köpek</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059374460</t>
+          <t>9786057096418</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Suçlarda İspat ve Sübut</t>
+          <t>Şirketler Muhasebesi - Çözümlü Örnekler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059374422</t>
+          <t>9786057439192</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Vermede Güncel Yaklaşımlar</t>
+          <t>Matematiksel İktisat</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059374408</t>
+          <t>9786057096125</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Bekle</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059374392</t>
+          <t>9786057439185</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Terzi Fikri</t>
+          <t>Yaşamak Bize Kalandır Hala</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059374378</t>
+          <t>9786057990990</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Aktüel Tarihi</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054989966</t>
+          <t>9786057382344</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Seyirci Fikri ve Tanzimat Tiyatrosu</t>
+          <t>Obalar Müfrezesi Komutanı Şeyh Cemil Nardalı 1875 - 1955</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059374354</t>
+          <t>9786057382306</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hayatçalan</t>
+          <t>Mikroelektronik Laboratuvar Uygulamaları - 1</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059374330</t>
+          <t>9786057990136</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Metaforları ile Etkili Öğrenme</t>
+          <t>Hayatımın Renkleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059374323</t>
+          <t>9786054454907</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Ali</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059374316</t>
+          <t>9786657990136</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Hayat</t>
+          <t>Göz Perdeme İnen Hayalet</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059374286</t>
+          <t>9789756447727</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem İslam Felsefesinde Tümeller</t>
+          <t>Diltozu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059374293</t>
+          <t>9786057990341</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Masiva</t>
+          <t>Türkçe Farsça Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>3990000056864</t>
+          <t>9786057990723</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisinin Yeni Aktörleri BRIC</t>
+          <t>Yabancılar İçin Özel Amaçlı Türkçe Öğretimi İş Türkçesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059374231</t>
+          <t>9786057990703</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kireç Çukuru</t>
+          <t>Çocuklara Yabancı Dil Olarak Türkçe Öğretimi (6-11 Yaş ve 12-15 Yaş)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059374248</t>
+          <t>9786059374972</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>13. Kapı</t>
+          <t>Çocuk Yazını Dersleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059374217</t>
+          <t>9786057382320</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Din</t>
+          <t>Karikatürlerle Azgın Kapitalizmin Tüketim Ekonomisi ve Gönüllü Köleleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059374200</t>
+          <t>9789757096456</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Abdunnafi Abdullah ve Şiirleri</t>
+          <t>Pleiotropi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059374101</t>
+          <t>9786057439116</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Din</t>
+          <t>Ötağçenin Sakinleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059374170</t>
+          <t>9786057439487</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Sözlüğü</t>
+          <t>Nar-ı İbrahim Kırık Aşk</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059374156</t>
+          <t>9786057439154</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dolandırılmanın Dayanılmaz Hafifliği</t>
+          <t>Orman Dile Gelse</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059374187</t>
+          <t>9786057439178</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Atlantisin Oyunu</t>
+          <t>Son Dem - Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059374194</t>
+          <t>9786057439161</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Varoluştan Ne Anladım?</t>
+          <t>Kan Dizgeleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059374118</t>
+          <t>9786057439147</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Uzak Değil</t>
+          <t>Çukurova Koşullarında Bitki Sıklığının Yerfıstığı Verimine Etkisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059374057</t>
+          <t>9786057439130</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Adanalıyık</t>
+          <t>Farklı Zamanlarda Yapılan Hasatın Yerfıstığı Verimine ve Kalite Özelliklerine Etkisi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059374064</t>
+          <t>9786057439123</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Refakatçi</t>
+          <t>Merkez Sağ - Türk Siyasetinde Kısa Bir Hafıza Perspektifi</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059374125</t>
+          <t>9786057990983</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Karayılan</t>
+          <t>Talan</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059374132</t>
+          <t>9786057990945</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketler Sosyolojisi -Toplumsal Fay Hatlarının Anatomisi</t>
+          <t>Nevsal-i Edebi Süs 1924</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059374149</t>
+          <t>9786057990952</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet'e Türk Romanında Çocuk</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059374088</t>
+          <t>9786057990921</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İncirlik Romanı</t>
+          <t>Olabilitesi Yüksek Hikayeler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059374095</t>
+          <t>9786057990884</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Din ve Tasavvuf</t>
+          <t>Kadın ve Ekonomik Yoksunluk</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059374071</t>
+          <t>9786057990563</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerde Şiddet ve Saldırganlıkla Başetme Psikoeğitim Programı</t>
+          <t>Hz. Peygamber Döneminin Sosyo-Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054989959</t>
+          <t>9786057990914</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Avşarlar</t>
+          <t>İlk Hedef: "Akdeniz"</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059374019</t>
+          <t>9786057990907</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesinde Çağdaş Yaklaşımlar</t>
+          <t>Nötrosofik Sosyolojiye Giriş (Nötrososyoloji)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054989766</t>
+          <t>9786057990877</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zeytinin Maceraları</t>
+          <t>Mikroelektronik Laboratuvar Uygulamaları 2</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054989256</t>
+          <t>9786057990891</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Yörükler</t>
+          <t>Tekno Bağlanıyor</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054989645</t>
+          <t>9786057990853</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İnadına Yaşamak</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054989706</t>
+          <t>9786057990822</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Duruş</t>
+          <t>Vergi Hukukunda Bağış Ve Yardımlar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054989690</t>
+          <t>9786057990839</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Tanrı</t>
+          <t>Türkiye’de Girişimciliğe Yönelik Vergi Teşviklerinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054989638</t>
+          <t>9786057990860</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pelwaşen Dağılan Yapraklar</t>
+          <t>Korona Virüs</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054989973</t>
+          <t>9786057990846</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İş Yargısında Belirsiz Alacak Davası (Ciltli)</t>
+          <t>Fotografik Düşünme Tarihi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>640</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054989898</t>
+          <t>9786057990815</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Osmaniye Halk Hekimliği</t>
+          <t>Kan Suçları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054989720</t>
+          <t>9786057990792</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Miyasoğlu'nun Romanları ve Romancılığı</t>
+          <t>Zaman Uyanmadan / Kabıl Ma Yfik Iz-Zaman</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054989683</t>
+          <t>9786057990808</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çim Kokusu</t>
+          <t>Yönetim Perspektifinden Pandemi Dönemi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054989676</t>
+          <t>9786057990693</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Kadar Olamadım</t>
+          <t>Karanlığımın Aydınlık Yanı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054989591</t>
+          <t>9786057990785</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Kalite ve Kalite Kontrolü</t>
+          <t>Dikkat Eksikliği ve Hiperaktivitede Duy(g)usal Yaklaşım Ve Zeka Türleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054989607</t>
+          <t>9786057990778</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mevzutlar Açısından Bağımsız Denetime Bakış</t>
+          <t>Entelektüel Türk Milliyetçiliğinin Tarihi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054989362</t>
+          <t>9786057990716</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Davuş : Aşk'tan Çocuklar Alsın Öcümü</t>
+          <t>İnanç ve İbadetin Evrimi Semavi Dinlerin Kökleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054989843</t>
+          <t>9786057990747</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Yazıları</t>
+          <t>Fikir Jimnastiği</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054989546</t>
+          <t>9786057990709</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Yerel Markaların Pazarlama Uygulamaları</t>
+          <t>Rengarenk Ülkem</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054989584</t>
+          <t>9786057990662</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Yazdım Sihir Oldu</t>
+          <t>Dijital Dönüşümde Herkes İçin Elektronik Ticaret</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054989423</t>
+          <t>9786057990655</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Küçük Amerika 2 - Kumpas</t>
+          <t>Koçak Gözümsün</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054989553</t>
+          <t>9786057990686</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Londra</t>
+          <t>Bir Yaz Romansı - Arsuz 1974</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054989461</t>
+          <t>9786057990631</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ana Çizgileriyle Osmanlı Türkçesinde Arapça Etkilerin Grameri</t>
+          <t>Mısır Tarihine Damga Vuran Mısırlı Kadınlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054989430</t>
+          <t>9786057990624</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tenvin ve Osmanlı Türkçesi - Türkiye Türkçesi Bağlamındaki Görünümleri</t>
+          <t>Başka Türlü Seviyorum Ben Seni</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054989478</t>
+          <t>9786057990600</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizme Eklemlenme</t>
+          <t>Çocukluk Sosyolojisi Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054989485</t>
+          <t>9786057990617</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmeyi Bekleyen Medeniyet</t>
+          <t>Koşullu Salıverme</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054989454</t>
+          <t>9786057990457</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Ruhumu Eşeledim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054989393</t>
+          <t>9786057990556</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Adana'ya Güç Verenler : 2</t>
+          <t>Sosyal Gelişme ve Gelişme Endeksinin Alt Boyutları Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054989317</t>
+          <t>9786057990570</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Solgun Doğum</t>
+          <t>Türkiye Türkçesinde Seçenek ve Seçim</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054454952</t>
+          <t>9786057990549</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Josimika 3</t>
+          <t>Yöneticiler İçin Proje Yönetimi ve Bütçeleme</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054989409</t>
+          <t>9786057990525</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Emanet Ahlakı</t>
+          <t>Ozan Duranoğlu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756447802</t>
+          <t>9786057990532</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İnisiye Dairesi</t>
+          <t>Umuttan Çöküşe 2000'li Yıllarda Türkiye</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789756447857</t>
+          <t>9786059374163</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdekleri</t>
+          <t>Sebze Zararlıları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054989287</t>
+          <t>9786057990501</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Dostum Dinle Beni</t>
+          <t>Yüreğin Sesi</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054989300</t>
+          <t>9786057990471</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kafdağının Kuşları</t>
+          <t>Açıklamalı Anlatımıyla Kişisel Verilerin Korunması Kanunu ve İşletmeler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054989225</t>
+          <t>9786057990488</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Derlem Dilbilim Uygulamaları</t>
+          <t>Yasal İdari ve Yargısal Boyutuyla Vergi İncelemelerinde Mükellef Hakları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054989218</t>
+          <t>9786057990495</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Sermaye Yapısı</t>
+          <t>C - Esaret Zamanı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054989140</t>
+          <t>9786057990433</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Din</t>
+          <t>Siyah Etekli Dünya</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054989171</t>
+          <t>9786057990440</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ben... Ve Kendim...</t>
+          <t>İrlanda Peri ve Halk Masalları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054454877</t>
+          <t>9786057990426</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Gelecek Zaman ve Kiplik Özellikleri</t>
+          <t>Mühendislik Matematiği El Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054989119</t>
+          <t>9786057990419</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Roman Hukukunda Hekim ve Hekimin Sorumluluğu (Ciltli)</t>
+          <t>Muamma</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054989249</t>
+          <t>9786057990402</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ürün Yerleştirme Milenyum İtibariyle Türk Sinemasındaki Durum (Ciltli)</t>
+          <t>Sevdadan Öte</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054454082</t>
+          <t>9786057990334</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaöğretimde Kaynaştırma Uygulamaları</t>
+          <t>Rusya Federasyonu Anayasa Mahkemesinin Temel Hakların Korunmasındaki İşlevi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054989102</t>
+          <t>9786057990365</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Pazarlama</t>
+          <t>Talim-i Kıraat 3. Kısım</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054989737</t>
+          <t>9786057990372</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerine Makaleler</t>
+          <t>Yüreğin Kadar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054989232</t>
+          <t>9786057990167</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşlar Oratoryosu</t>
+          <t>Bireysel İş Uyuşmazlıklarında Dava Şartı Olarak Arabulucuk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054989096</t>
+          <t>9786057990297</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Kamu Sektörü Analizi</t>
+          <t>Sivil Toplum Kuruluşları İçin Stratejik Planlama ve Bütçe</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054989164</t>
+          <t>9786057990303</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mekanizma Tekniği</t>
+          <t>Piyasa Başarısızlıkları, Dışsallıklar ve Kamusal Çözümler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054989416</t>
+          <t>9786059374435</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Adana'nın Gelinleri</t>
+          <t>Diyar-ı Aşk</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054989294</t>
+          <t>9786057990310</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Şiiliğin Kamu Hukuku Anlayışı</t>
+          <t>Çekte Muhatap Bankanın Araştırma - Bildirim Yükümlülüğü ve Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054989041</t>
+          <t>9786057990327</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi ve Hoş Köpekler</t>
+          <t>Oyuncaklar Ülkesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054454587</t>
+          <t>9786059374583</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadını Sevmek</t>
+          <t>Düşten Gerçeğe</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054454235</t>
+          <t>9786057990228</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Cinsel İstismarı</t>
+          <t>İstiklal Marşı Duruşu'yla Cumartesi Yazıları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054454129</t>
+          <t>9786057990235</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bitpazarı</t>
+          <t>Sabah'ın Dedesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054454785</t>
+          <t>9786059374729</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Güz Uyarısı</t>
+          <t>Bilgisayar Destekli Tasarımın Temelleri ve Uygulamalar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789756447345</t>
+          <t>9786057990020</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Fellahlar’ın Sosyolojisi</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054454211</t>
+          <t>9786057990211</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Eyerli Eşek</t>
+          <t>Benim Meskenim Dağlardır</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>3990000002813</t>
+          <t>9786057990150</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 13 - Güz 2010</t>
+          <t>Zihniyet ve Din</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054454167</t>
+          <t>9786057990143</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ayrıntıda Saklı</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054454457</t>
+          <t>9786057990198</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Visva’nın Rengi</t>
+          <t>Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054454013</t>
+          <t>9786057990204</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Vehhabiler’in Ortaya Çıkışı</t>
+          <t>Bahtı Açık Bu Ayrılığın</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054454464</t>
+          <t>9786057990174</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Güz Yanığı</t>
+          <t>Türkiyenin Doğusunda Araplar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>3990000025780</t>
+          <t>9786059374262</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Özel Sayı 2012</t>
+          <t>Sesim Boğuluyor Denizlerde</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054989010</t>
+          <t>9786059374279</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Çamurdan Adam</t>
+          <t>Yitik Düşlerin Ardından</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054454969</t>
+          <t>9786057990082</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kimlik / Anayasal Vatandaşlık / Özyönetim</t>
+          <t>Günümüzde Anlatılan Adana Efsaneleri (Motif İncelemesi)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054989133</t>
+          <t>9786057990112</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Hukuk</t>
+          <t>Sigortalılık Tespit Davaları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054454778</t>
+          <t>9786057990129</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Technical Physics and Brainstorm (HRM)</t>
+          <t>Savaş ya da Pandomim</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054989089</t>
+          <t>9786054989577</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Yargılama Etiği ve İlkeleri</t>
+          <t>Bicici Antonius</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>3990000002797</t>
+          <t>9786057990105</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Dünya Alfabesi</t>
+          <t>Genel İşletme</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054454150</t>
+          <t>9786057990037</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Maymun</t>
+          <t>Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054454886</t>
+          <t>9786057990075</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır: Sosyolojik Bir İnceleme</t>
+          <t>Makroiktisat</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054454938</t>
+          <t>9786059374989</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Azrail'in 7 Günü - Mengütaş</t>
+          <t>Sosyal Refah ve Türkiye</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054454990</t>
+          <t>9786054989355</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Zalha'nın Oğlu</t>
+          <t>397 Sensizlik</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054454860</t>
+          <t>9786059374590</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sicili İşlemleri El Kitabı</t>
+          <t>Altun Yaruk - Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054989867</t>
+          <t>9786059374965</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Tıp Tarihi (Ciltli)</t>
+          <t>Bahar Esintisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054454105</t>
+          <t>9786059374743</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Dini - Tasavvufi Halk Edebiyatı Metin Tahlilleri</t>
+          <t>Suriye Bayırbucak Türkmen Ağzı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756447895</t>
+          <t>9786059374958</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ekonomisi</t>
+          <t>Modern Felsefenin Serüveni</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756447963</t>
+          <t>9786059374941</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>13. Kapı Fırtına</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054454914</t>
+          <t>9786059374903</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Araştırmaları - 1</t>
+          <t>Emsal Danıştay Kararları Çerçevesinde Vergi Usul Kanununa Göre Değerleme (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054454280</t>
+          <t>9786059374910</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Otomotiv Sektörü Piyasa Yapısı Markov Analiz Uygulaması</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054989065</t>
+          <t>9786059374811</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Capsule For YDS</t>
+          <t>Toroslar ve Nadide Çiçekleri - Taurus Mountains and Their Precious Flowers (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054454730</t>
+          <t>9786059374873</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Halk Kültüründe Mizah</t>
+          <t>Serhan'la Otizm Sınavımız</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054454709</t>
+          <t>9786054989775</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık ve Kalem Mevzuatı</t>
+          <t>Yönetim Bilimi ve Türkiye'de Yönetsel Kurumlar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054454945</t>
+          <t>9786059374859</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Josimika 2</t>
+          <t>Gümüş Kalem</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054989034</t>
+          <t>9786059374866</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Küçük Amerika 1 - Başkan</t>
+          <t>Meftun</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054989195</t>
+          <t>9786059374835</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Kralı: Kader İttifakı - 1. Kitap</t>
+          <t>Oyun Kuramı - Ekonomi Uygulamaları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059374002</t>
+          <t>9786059374750</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Besin Alerjili Çocuklar İçin Pratik Yemek Tarifleri</t>
+          <t>2018 Vergi Oyun Teorisi ve Markov Uygulamaları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>750</v>
+        <v>16</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054989799</t>
+          <t>9786059374828</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kaydı</t>
+          <t>L’ye Ağıt Yalnızlık</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054989922</t>
+          <t>9786059374804</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Lokal Anestezi</t>
+          <t>Çok Yoruldum</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054989782</t>
+          <t>9786059374774</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vergi Sisteminde Öşür</t>
+          <t>Edebiyat ve Sinema Yazıları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054989942</t>
+          <t>9786059374736</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesinde Mülkiyet Uyuşmazlıklarının Çözümü</t>
+          <t>Arayış Değişim ve Din</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>990</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054989928</t>
+          <t>9786059374781</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Efsaneleri</t>
+          <t>Adana Kent Yazıları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054989935</t>
+          <t>9786059374699</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ecdat</t>
+          <t>Erkekler'de Şiddet Mağduru</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054454983</t>
+          <t>9786059374606</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kırk Eylül Düşleri</t>
+          <t>Anadolu’nun Sırlı Aynası - Arap Aleviler(Nusayriler)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054454853</t>
+          <t>9786059374675</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinde Arap Aleviler</t>
+          <t>Deli Oğlan</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054454884</t>
+          <t>9786059374682</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Yükselişi ve Düşüşü</t>
+          <t>Örgütsel Alt Kültürler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054989027</t>
+          <t>9786059374668</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Halkbilimi / Halk Edebiyatı Sözlüğü</t>
+          <t>Ve Sen Aslında Yoksun</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054454471</t>
+          <t>9786059374644</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ara-Bul Oyunu</t>
+          <t>Pirmi Kaldı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>3990000002812</t>
+          <t>9786059374651</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 15 - Güz 2011</t>
+          <t>Hazal Kızın İnfazı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054454136</t>
+          <t>9786059374552</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Onlar Çocuk Kalacak</t>
+          <t>Kabak Çiçekleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054454761</t>
+          <t>9786059374569</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nusayri Alevilik</t>
+          <t>Tarihin Unuttuğu Kadın</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756447758</t>
+          <t>9786059374309</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet'in Şiirlerinde Ülke Sevgisi ve Özlemi</t>
+          <t>Mono - Pause</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756447420</t>
+          <t>9786059374521</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Yüreğine Sor Beni</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
+          <t>9786059374538</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Statü ve Din</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786059374491</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Düşler Masalı</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786059374507</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Sığınağı</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786059374477</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Faik Bey'in Salıncağı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059374514</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıdan Cumhuriyete Sarız</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059374484</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Biz Vatan Sevdik</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786059374460</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Suçlarda İspat ve Sübut</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786059374422</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kriterli Karar Vermede Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059374408</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Bekle</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059374392</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Terzi Fikri</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786059374378</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Aktüel Tarihi</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786054989966</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda Seyirci Fikri ve Tanzimat Tiyatrosu</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786059374354</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Hayatçalan</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786059374330</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Metaforları ile Etkili Öğrenme</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786059374323</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Ali</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059374316</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Şiir ve Hayat</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786059374286</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Dönem İslam Felsefesinde Tümeller</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786059374293</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Masiva</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>3990000056864</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ekonomisinin Yeni Aktörleri BRIC</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786059374231</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Kireç Çukuru</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786059374248</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>13. Kapı</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786059374217</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik ve Din</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786059374200</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Abdunnafi Abdullah ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786059374101</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Çevre ve Din</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786059374170</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786059374156</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Dolandırılmanın Dayanılmaz Hafifliği</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059374187</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Atlantisin Oyunu</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786059374194</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Varoluştan Ne Anladım?</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786059374118</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Sana Uzak Değil</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786059374057</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Adanalıyık</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786059374064</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Refakatçi</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786059374125</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Karayılan</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786059374132</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hareketler Sosyolojisi -Toplumsal Fay Hatlarının Anatomisi</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786059374149</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat’tan Cumhuriyet'e Türk Romanında Çocuk</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786059374088</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>İncirlik Romanı</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059374095</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059374071</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerde Şiddet ve Saldırganlıkla Başetme Psikoeğitim Programı</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786054989959</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Avşarlar</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786059374019</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Muhasebesinde Çağdaş Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786054989766</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Zeytinin Maceraları</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786054989256</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Şu Bizim Yörükler</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786054989645</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>İnadına Yaşamak</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786054989706</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalı Duruş</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786054989690</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Düşüncesinde Tanrı</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786054989638</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Pelwaşen Dağılan Yapraklar</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786054989973</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>İş Yargısında Belirsiz Alacak Davası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786054989898</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Değişim Sürecinde Osmaniye Halk Hekimliği</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786054989720</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Miyasoğlu'nun Romanları ve Romancılığı</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786054989683</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Çim Kokusu</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786054989676</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Boncuk Kadar Olamadım</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786054989591</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Denetimde Kalite ve Kalite Kontrolü</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786054989607</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Mevzutlar Açısından Bağımsız Denetime Bakış</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786054989362</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Davuş : Aşk'tan Çocuklar Alsın Öcümü</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786054989843</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Hürriyet Yazıları</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786054989546</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyen Yerel Markaların Pazarlama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786054989584</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Yazdım Sihir Oldu</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786054989423</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Amerika 2 - Kumpas</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786054989553</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Londra</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786054989461</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Ana Çizgileriyle Osmanlı Türkçesinde Arapça Etkilerin Grameri</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786054989430</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Tenvin ve Osmanlı Türkçesi - Türkiye Türkçesi Bağlamındaki Görünümleri</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786054989478</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizme Eklemlenme</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786054989485</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedilmeyi Bekleyen Medeniyet</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786054989454</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786054989393</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Adana'ya Güç Verenler : 2</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786054989317</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Solgun Doğum</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786054454952</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Josimika 3</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786054989409</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Emanet Ahlakı</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789756447802</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>İnisiye Dairesi</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789756447857</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>İncir Çekirdekleri</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786054989287</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Dostum Dinle Beni</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786054989300</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağının Kuşları</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786054989225</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Üzerine Derlem Dilbilim Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786054989218</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yönetim ve Sermaye Yapısı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786054989140</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Din</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786054989171</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Ben... Ve Kendim...</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786054454877</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Gelecek Zaman ve Kiplik Özellikleri</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786054989119</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Roman Hukukunda Hekim ve Hekimin Sorumluluğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786054989249</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Ürün Yerleştirme Milenyum İtibariyle Türk Sinemasındaki Durum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786054454082</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>İlk ve Ortaöğretimde Kaynaştırma Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786054989102</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Kurumlarında Pazarlama</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786054989737</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatı Üzerine Makaleler</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786054989232</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Kuşlar Oratoryosu</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786054989096</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Kamu Sektörü Analizi</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786054989164</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Mekanizma Tekniği</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786054989416</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Adana'nın Gelinleri</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786054989294</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Şiiliğin Kamu Hukuku Anlayışı</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786054989041</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Hanımefendi ve Hoş Köpekler</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786054454587</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadını Sevmek</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786054454235</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Cinsel İstismarı</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786054454129</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Bitpazarı</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786054454785</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Güz Uyarısı</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789756447345</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Fellahlar’ın Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786054454211</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Eyerli Eşek</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>3990000002813</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 13 - Güz 2010</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786054454167</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Ayrıntıda Saklı</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054454457</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Visva’nın Rengi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786054454013</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Vehhabiler’in Ortaya Çıkışı</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786054454464</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Güz Yanığı</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>3990000025780</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Özel Sayı 2012</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054989010</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Düşleri Çamurdan Adam</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786054454969</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Kimlik / Anayasal Vatandaşlık / Özyönetim</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786054989133</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Emek ve Hukuk</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786054454778</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Technical Physics and Brainstorm (HRM)</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054989089</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Yargılama Etiği ve İlkeleri</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>3990000002797</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Alfabesi</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786054454150</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Maymun</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786054454886</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır: Sosyolojik Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786054454938</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Azrail'in 7 Günü - Mengütaş</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786054454990</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Zalha'nın Oğlu</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786054454860</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Sicili İşlemleri El Kitabı</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786054989867</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Tıp Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786054454105</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Dini - Tasavvufi Halk Edebiyatı Metin Tahlilleri</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789756447895</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789756447963</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Yönetim</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786054454914</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Yazını Araştırmaları - 1</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786054454280</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786054989065</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Capsule For YDS</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786054454730</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Halk Kültüründe Mizah</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786054454709</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Avukatlık ve Kalem Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786054454945</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Josimika 2</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786054989034</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Amerika 1 - Başkan</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786054989195</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyılın Kralı: Kader İttifakı - 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786059374002</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Besin Alerjili Çocuklar İçin Pratik Yemek Tarifleri</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786054989799</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Kaydı</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054989922</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Lokal Anestezi</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786054989782</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Vergi Sisteminde Öşür</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054989942</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesinde Mülkiyet Uyuşmazlıklarının Çözümü</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786054989928</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786054989935</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Ecdat</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786054454983</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Eylül Düşleri</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786054454853</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Türk Modernleşmesinde Arap Aleviler</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786054454884</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Devletin Yükselişi ve Düşüşü</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786054989027</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Ansiklopedik Halkbilimi / Halk Edebiyatı Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786054454471</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Ara-Bul Oyunu</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>3990000002812</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Özne Felsefe Bilim ve Sanat Yazıları Sayı: 15 - Güz 2011</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786054454136</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Onlar Çocuk Kalacak</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786054454761</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Nusayri Alevilik</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9789756447758</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet'in Şiirlerinde Ülke Sevgisi ve Özlemi</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9789756447420</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
           <t>9789756447888</t>
         </is>
       </c>
-      <c r="B423" s="1" t="inlineStr">
+      <c r="B562" s="1" t="inlineStr">
         <is>
           <t>Küresel Kriz ve Türkiye</t>
         </is>
       </c>
-      <c r="C423" s="1">
+      <c r="C562" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>