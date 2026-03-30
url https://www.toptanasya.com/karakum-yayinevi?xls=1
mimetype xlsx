--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,790 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052290415</t>
+          <t>9786052290682</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi</t>
+          <t>Demirci</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052290163</t>
+          <t>9786052290644</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Defterimdeki Şehirler</t>
+          <t>Yeşim Taşı Efsanesi 3 - Son Mücadele</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052290187</t>
+          <t>9786052290590</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun İçindeki Geçit</t>
+          <t>Kuş Mitolojisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052290095</t>
+          <t>9786052290545</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler Günü</t>
+          <t>Milli Mücadele Öncesi ve Sonrasında İttihatçılık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052290057</t>
+          <t>9786052290576</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İsyan İle İtaat Arasında</t>
+          <t>Yeşim Taşı Efsanesi - Gizemli Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052290651</t>
+          <t>9786052290149</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı’nda Propaganda Çizgi Filmleri</t>
+          <t>Türk Kültüründe Vampirler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052290675</t>
+          <t>9786052290323</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karanfilim Desteden</t>
+          <t>1989 Bulgaristan Türklerinin Göç Hikayeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052290620</t>
+          <t>9786052290156</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Seyahatnamelerde Kırım</t>
+          <t>Türklerin Şeytani Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052290637</t>
+          <t>9786052290033</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Yurt</t>
+          <t>Şarkısı Biten Şehir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052290613</t>
+          <t>9786052290064</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052290606</t>
+          <t>9786052290217</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Padya</t>
+          <t>Umay’ın Kaderi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052290583</t>
+          <t>9786052290019</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Post İnsan</t>
+          <t>Andre Gunder Frank ve Dünya Sistemi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052290552</t>
+          <t>9786052290088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Marslı Rahipler</t>
+          <t>Unuttun Ama Çocuktun</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052290538</t>
+          <t>9786052290071</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İzmihlal</t>
+          <t>Stratejik İletişim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052290491</t>
+          <t>9786052290101</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Yaşayan Masalları</t>
+          <t>Bozkır Orduları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052290514</t>
+          <t>9786052290415</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yemen Yolunda</t>
+          <t>Yeşim Taşı Efsanesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052290569</t>
+          <t>9786052290163</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Beyleri</t>
+          <t>Defterimdeki Şehirler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052290521</t>
+          <t>9786052290187</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İdris Sabih Gezmen</t>
+          <t>Sonsuzluğun İçindeki Geçit</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052290484</t>
+          <t>9786052290095</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Günün Melaneti</t>
+          <t>Ötekiler Günü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052290477</t>
+          <t>9786052290057</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Servis Dışı</t>
+          <t>İsyan İle İtaat Arasında</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052290460</t>
+          <t>9786052290651</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Askeri Hava Seyahatleri Osmanlı’dan Cumhuriyet’e</t>
+          <t>II. Dünya Savaşı’nda Propaganda Çizgi Filmleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052290453</t>
+          <t>9786052290675</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Denilince Aklıma Müslüm Gürses Gelir</t>
+          <t>Karanfilim Desteden</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052290422</t>
+          <t>9786052290620</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sovyetlere Muhalefet</t>
+          <t>Seyahatnamelerde Kırım</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052290446</t>
+          <t>9786052290637</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Lucia</t>
+          <t>Mürekkep Yurt</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052290439</t>
+          <t>9786052290613</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Anlatmalarında Olumsuz Tipler</t>
+          <t>Geride Kalanlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052290408</t>
+          <t>9786052290606</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mösyö Elektrik</t>
+          <t>Padya</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052290392</t>
+          <t>9786052290583</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Hüzünler</t>
+          <t>Post İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052290385</t>
+          <t>9786052290552</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Barbar Kentler Dost Şehirler</t>
+          <t>Marslı Rahipler</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052290378</t>
+          <t>9786052290538</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kronikleri</t>
+          <t>İzmihlal</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052290361</t>
+          <t>9786052290491</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Savaşçısı</t>
+          <t>Anadolu’nun Yaşayan Masalları</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052290347</t>
+          <t>9786052290514</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Anjel</t>
+          <t>Yemen Yolunda</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052290345</t>
+          <t>9786052290569</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sular ve İnsanlar</t>
+          <t>Bozkırın Beyleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052290330</t>
+          <t>9786052290521</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Beyaz</t>
+          <t>İdris Sabih Gezmen</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052290316</t>
+          <t>9786052290484</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Din ve Terör</t>
+          <t>Dördüncü Günün Melaneti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052290286</t>
+          <t>9786052290477</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Terör</t>
+          <t>Servis Dışı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052290293</t>
+          <t>9786052290460</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rahmani Dualar</t>
+          <t>Askeri Hava Seyahatleri Osmanlı’dan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052290309</t>
+          <t>9786052290453</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çağına Küsen Adam</t>
+          <t>Van Gogh Denilince Aklıma Müslüm Gürses Gelir</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052290279</t>
+          <t>9786052290422</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Müziği</t>
+          <t>Sovyetlere Muhalefet</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052290262</t>
+          <t>9786052290446</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tanrıların Dünyası</t>
+          <t>Lucia</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052290248</t>
+          <t>9786052290439</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sinemadaki Yolculuğu</t>
+          <t>Türk Halk Anlatmalarında Olumsuz Tipler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052290255</t>
+          <t>9786052290408</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yazılar</t>
+          <t>Mösyö Elektrik</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052290224</t>
+          <t>9786052290392</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osmangazi</t>
+          <t>Turuncu Hüzünler</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052290231</t>
+          <t>9786052290385</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tebriz'den Masallar</t>
+          <t>Barbar Kentler Dost Şehirler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052290200</t>
+          <t>9786052290378</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın İsyanı</t>
+          <t>Anadolu'nun Kronikleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052290194</t>
+          <t>9786052290361</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dost A.Ş.</t>
+          <t>Bozkırın Savaşçısı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052290170</t>
+          <t>9786052290347</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pathika</t>
+          <t>Matmazel Anjel</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052290132</t>
+          <t>9786052290345</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarından Kalevala Destanına</t>
+          <t>Sular ve İnsanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052290125</t>
+          <t>9786052290330</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Bıraktığı İzlerle Hazar Devleti</t>
+          <t>Gölgesi Beyaz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052290118</t>
+          <t>9786052290316</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kültürel İstihbarat</t>
+          <t>Din ve Terör</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786052290286</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Terör</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786052290293</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Rahmani Dualar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786052290309</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Çağına Küsen Adam</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786052290279</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojinin Müziği</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786052290262</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Tanrıların Dünyası</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786052290248</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanın Sinemadaki Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786052290255</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Yazılar</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786052290224</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kuruluş Osmangazi</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786052290231</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Tebriz'den Masallar</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786052290200</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırın İsyanı</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786052290194</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Dost A.Ş.</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786052290170</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Pathika</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786052290132</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Türk Destanlarından Kalevala Destanına</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786052290125</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Bıraktığı İzlerle Hazar Devleti</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786052290118</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel İstihbarat</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786052290002</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Weysel Paradoksu</t>
         </is>
       </c>
-      <c r="C51" s="1">
+      <c r="C66" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>