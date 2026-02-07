--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -367,223 +367,43 @@
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Nasreddin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789756195604</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="21" spans="1:3">
-[...178 lines deleted...]
-    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>