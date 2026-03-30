--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,325 +85,2170 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756195574</t>
+          <t>9786055537364</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756195567</t>
+          <t>9786055537333</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756195673</t>
+          <t>9786055537210</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Zevkli ve Zeka Açıcı Sudoku</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756195536</t>
+          <t>9786055537234</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Zeka Soruları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756195147</t>
+          <t>9786055537043</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Zeka Soruları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756195727</t>
+          <t>9789756195048</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yunus Emre Hayatı ve Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756195437</t>
+          <t>9789756195444</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756195758</t>
+          <t>9789756195628</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055537579</t>
+          <t>9789756195277</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça / Arapça-Türkçe Cep Sözlüğü</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>80</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055537005</t>
+          <t>9789756195581</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Küçük Boy)</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756195390</t>
+          <t>9789756195499</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756195550</t>
+          <t>9789756195895</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Temel’ce Fıkralar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756195291</t>
+          <t>9789756195543</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055537203</t>
+          <t>9789756195918</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendinize Pratik Farsça Konuşma Kılavuzu</t>
+          <t>Tavukların Dünyası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055537456</t>
+          <t>9789756195635</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Pratik Türkçe Konuşma Kılavuzu</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756195710</t>
+          <t>9789756195925</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Şekerin Dünyası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756195505</t>
+          <t>9786055537180</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756195741</t>
+          <t>9789756195079</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Hikayeleri</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
+          <t>9786055537081</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvan Masalları</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9789756195000</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789756195109</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786055537586</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıca Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786055537388</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>And</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786055537340</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Başını Vermeyen Şehit</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055537357</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Forsa</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786055537401</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Kaşağı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055537326</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İncili Kaftan</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789756605745</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Çocuk Masalları</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786055537616</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Muki - Haylaz Muki'nin Maceraları</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786055537609</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kafadar Hazine Peşinde</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786055537197</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik Fransızca Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789756195451</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786055537593</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Güllerin Şarkısı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786055537555</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Yolu</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786055537548</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786055537524</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Hikayeleri (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786055537500</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055537487</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz ve Hacivat (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786055537470</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786055537432</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Marşını ve Akif'i Yeniden Anlamak</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789756195888</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Sevgi Mesajları</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786055537531</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe : Arapça</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786055537517</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Hikayeleri : Arapça</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786055537494</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları : Arapça</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>3990000018503</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser İlköğretim (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789756196007</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser Lise (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786055537128</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786055537265</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786055537111</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Karadeniz Fıkraları</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789756195864</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Karadeniz Fıkraları</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789756195840</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Fıkralar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789756195826</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Fıkralar</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786055537319</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786055537418</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Perili Köşk</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786055537395</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Üç Nasihat</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786055537371</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Ökçeler</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789756195154</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Savunma Sokrates</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789756195086</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Savaş ve Barış</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786055537067</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Safahat</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789756195055</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789756195598</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9799756195481</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9799756195412</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789756195871</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiklerinize Özel Gün ve Gece Mesajları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789756195024</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin - Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789756195192</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Canlar</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786055537050</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789756195963</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıca Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789756195215</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789756195116</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789756195376</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’nın Mesnevi’sinden Hikayeler</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786055537241</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Meşhurlardan Başarı Öyküleri</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789756195178</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789756195246</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789756195406</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055537166</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Boyama</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786055537012</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik Rusça Konuşma Kılavuzu Sözlük İlaveli</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055537036</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik İspanyolca Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789756195796</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik İngilizce Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789944993036</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik Arapça Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789756195949</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik Almanca Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786055537098</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Marşı’nın Sırları</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789756195611</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne İle Yaşar?</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786055537159</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>İlk Boyama</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789756195284</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789756195932</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Hava Dünyası</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789756195123</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789756195222</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Faust</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789756195642</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9799756195511</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789756195987</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Evvel Zaman İçinde</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789756195970</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Rüya Tabirleri</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>3990000002722</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Öğrenci Fıkraları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786055537135</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Öğrenci Fıkraları</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789756195956</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789756795857</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789756195857</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786055537289</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Aşk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789756195260</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789756195017</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Divan Şiirinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786055537302</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Deyimlerden Öyküler</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789756195239</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789756195680</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Değirmenimden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789756195208</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789756195819</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789756195789</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055537258</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Burçlar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789756195161</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055537227</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yarışması El Kitabı</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789756195802</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yarışması El Kitabı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055537029</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789756195253</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789756195093</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789756195734</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789756195529</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789756195772</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9799756195474</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>80 Günde Devri Alem</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789756195901</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Arıların Dünyası</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789756195703</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Akif’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786055537173</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Mega Boyama</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789756195994</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Masal Dünyası</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9799756195467</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055537623</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Değer Dede</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789756195574</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Türk Manilerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789756195567</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ninnilerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789756195673</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tiryaki Sözleri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789756195536</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'in Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789756195147</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Kerem ile Aslı</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789756195727</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşörler</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789756195437</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe’de Deyimler</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789756195758</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Türk Masalları</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055537579</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe-Arapça / Arapça-Türkçe Cep Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055537005</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Safahat (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789756195390</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bilmecelerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789756195550</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atasözlerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789756195291</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Mektupları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055537203</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendinize Pratik Farsça Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786055537456</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Araplar İçin Pratik Türkçe Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789756195710</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789756195505</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789756195741</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
           <t>9789756195604</t>
         </is>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens</t>
         </is>
       </c>
-      <c r="C20" s="1">
+      <c r="C143" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>