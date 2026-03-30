--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,2845 +85,3070 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258268317</t>
+          <t>9786259291888</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>What Shape Is Your Mosque?</t>
+          <t>Ofpuf Kasabası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255500212</t>
+          <t>9786259291864</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Adem Aleyhisselam</t>
+          <t>Kütüphane Dedektifleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255500250</t>
+          <t>9786259291871</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aile Neye Benzer</t>
+          <t>Kuzey Işıkları Operasyonu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255500267</t>
+          <t>9786259291857</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Adam (Aleyhi Salam) (İngilizce Âdem Aleyhisselam)</t>
+          <t>Gazoz Sokağı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255500243</t>
+          <t>9786259291826</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Der Prophet Adam (Almanca Âdem Aleyhisselam)</t>
+          <t>Görünmeyen Arkadaş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255500236</t>
+          <t>9786259291802</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Der Prophet Nuh ( Almanca Nuh Aleyhisselam)</t>
+          <t>Dünyayı Kurtarma Planı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255500229</t>
+          <t>9786259291833</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>NUH (Aleyhi Salam ) (İngilizce Nuh Aleyhisselam)</t>
+          <t>Biri Bizi Gözetliyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255500205</t>
+          <t>9786259462875</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nuh Aleyhisselam</t>
+          <t>His Toplayıcısı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255500175</t>
+          <t>9786259291840</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sarmaşık</t>
+          <t>Karne Bahane Empati Şahane</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255500168</t>
+          <t>9786259291819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Narin Çok Narin</t>
+          <t>Kayıp Sandık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255500182</t>
+          <t>9786259462882</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Düşecek misin Artık?</t>
+          <t>Kırmızı Çizmeli Dedektifler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255500199</t>
+          <t>9786259462899</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha</t>
+          <t>Okulumuz Bir Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255500151</t>
+          <t>0108202516555</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Ejderha “Hayır” Derse</t>
+          <t>Ramazan Buketi - 30 Ramazan Takvimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255500069</t>
+          <t>9786057413420</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Unforgettable Book</t>
+          <t>Bıyıklı ile Kılkuyruk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255500113</t>
+          <t>9786057413482</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>My Little One Our Duas Are Wıth You</t>
+          <t>Niyet Tavşanı Boncuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255500106</t>
+          <t>9786258268317</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mommy and Daddy My Duas Are Wıth You</t>
+          <t>What Shape Is Your Mosque?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255500137</t>
+          <t>9786255500212</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Just Lıke My Prophet 2</t>
+          <t>Adem Aleyhisselam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255500120</t>
+          <t>9786255500250</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Just Lıke My Prophet 1</t>
+          <t>Aile Neye Benzer</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255500076</t>
+          <t>9786255500267</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Das Vergessene Buch</t>
+          <t>Adam (Aleyhi Salam) (İngilizce Âdem Aleyhisselam)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255500045</t>
+          <t>9786255500243</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ashura Apartment</t>
+          <t>Der Prophet Adam (Almanca Âdem Aleyhisselam)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255500083</t>
+          <t>9786255500236</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman Neye Benzer?</t>
+          <t>Der Prophet Nuh ( Almanca Nuh Aleyhisselam)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255500038</t>
+          <t>9786255500229</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Just Right Ramadan</t>
+          <t>NUH (Aleyhi Salam ) (İngilizce Nuh Aleyhisselam)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255500144</t>
+          <t>9786255500205</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ein Genau Richtiger Ramadan</t>
+          <t>Nuh Aleyhisselam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255500090</t>
+          <t>9786255500175</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Cesur Kuşu</t>
+          <t>İçimdeki Sarmaşık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255500052</t>
+          <t>9786255500168</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Das Aschure Haus</t>
+          <t>Narin Çok Narin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255500021</t>
+          <t>9786255500182</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tam Tadında Ramazan</t>
+          <t>Düşecek misin Artık?</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057413437</t>
+          <t>9786255500199</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Duru, Küçük Yavru ve Linda</t>
+          <t>Biraz Daha</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057413451</t>
+          <t>9786255500151</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostum Kertenkele</t>
+          <t>Bir Ejderha “Hayır” Derse</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057413444</t>
+          <t>9786255500069</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ceylan</t>
+          <t>The Unforgettable Book</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057413468</t>
+          <t>9786255500113</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uyuşuk ile Topik</t>
+          <t>My Little One Our Duas Are Wıth You</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255500007</t>
+          <t>9786255500106</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Kuru Üzüm Tanesi</t>
+          <t>Mommy and Daddy My Duas Are Wıth You</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255500014</t>
+          <t>9786255500137</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Top Avcısı Tomo</t>
+          <t>Just Lıke My Prophet 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258268997</t>
+          <t>9786255500120</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Suya Fısıldayan Bebek</t>
+          <t>Just Lıke My Prophet 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259462837</t>
+          <t>9786255500076</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karaya Oturan Gemi</t>
+          <t>Das Vergessene Buch</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259462851</t>
+          <t>9786255500045</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İz Peşinde</t>
+          <t>Ashura Apartment</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>6786259462844</t>
+          <t>9786255500083</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Geri Dönüyor</t>
+          <t>Zaman Neye Benzer?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259462868</t>
+          <t>9786255500038</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İsmimle Başım Dertte</t>
+          <t>Just Right Ramadan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258268966</t>
+          <t>9786255500144</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sepette Bir Yolcu</t>
+          <t>Ein Genau Richtiger Ramadan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258268980</t>
+          <t>9786255500090</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sami’nin Özel Hediyesi</t>
+          <t>Dünyanın En Cesur Kuşu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258268799</t>
+          <t>9786255500052</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kitapçı Arif</t>
+          <t>Das Aschure Haus</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258268942</t>
+          <t>9786255500021</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kara Lama</t>
+          <t>Tam Tadında Ramazan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258268935</t>
+          <t>9786057413437</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İyi mi Oldu Kötü mü Kim Bilir?</t>
+          <t>Duru, Küçük Yavru ve Linda</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258268959</t>
+          <t>9786057413451</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnşallah: Evet, Hayır, Belki</t>
+          <t>Minik Dostum Kertenkele</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258268973</t>
+          <t>9786057413444</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Renkleri</t>
+          <t>Küçük Ceylan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258268928</t>
+          <t>9786057413468</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Doğduğu Gece Amine’nin Evi</t>
+          <t>Uyuşuk ile Topik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258268843</t>
+          <t>9786255500007</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Wer Sieht Am Besten?</t>
+          <t>Mutlu ve Kuru Üzüm Tanesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258268836</t>
+          <t>9786255500014</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Wer Hört Am Besten?</t>
+          <t>Top Avcısı Tomo</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258268829</t>
+          <t>9786258268997</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Wer Malt Am Besten?</t>
+          <t>Suya Fısıldayan Bebek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258268850</t>
+          <t>9786259462837</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Allah Liebt Mich Sehr</t>
+          <t>Karaya Oturan Gemi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258268874</t>
+          <t>9786259462851</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Who Hears The Best?</t>
+          <t>İz Peşinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258268867</t>
+          <t>6786259462844</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Who Colors The Best?</t>
+          <t>Dinozorlar Geri Dönüyor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258268881</t>
+          <t>9786259462868</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Who Sees The Best?</t>
+          <t>İsmimle Başım Dertte</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258268898</t>
+          <t>9786258268966</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Allah Loves Me</t>
+          <t>Sepette Bir Yolcu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258268904</t>
+          <t>9786258268980</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Growing With Duas Of Our Prophet (Saw) 1</t>
+          <t>Sami’nin Özel Hediyesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258268911</t>
+          <t>9786258268799</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Growing With Duas Of Our Prophet (Saw) 2</t>
+          <t>Kusursuz Kitapçı Arif</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258268812</t>
+          <t>9786258268942</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Doppam</t>
+          <t>Kara Lama</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258268805</t>
+          <t>9786258268935</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Buluşma</t>
+          <t>İyi mi Oldu Kötü mü Kim Bilir?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259462813</t>
+          <t>9786258268959</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba Set (5 Kitap)</t>
+          <t>İnşallah: Evet, Hayır, Belki</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259462820</t>
+          <t>9786258268973</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Bisiklet</t>
+          <t>Dedemin Renkleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259462806</t>
+          <t>9786258268928</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba - Antika İşler</t>
+          <t>Peygamberimizin Doğduğu Gece Amine’nin Evi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259856995</t>
+          <t>9786258268843</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba - Kuyruklu Haberler</t>
+          <t>Wer Sieht Am Besten?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259856964</t>
+          <t>9786258268836</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba - Kasabaya Gelen Yabancı</t>
+          <t>Wer Hört Am Besten?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259856988</t>
+          <t>9786258268829</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba - Barış Operasyonu</t>
+          <t>Wer Malt Am Besten?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259856971</t>
+          <t>9786258268850</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kasaba - Çorba Festivali</t>
+          <t>Allah Liebt Mich Sehr</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258268775</t>
+          <t>9786258268874</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Atlas Of Al Asma Ul Husna (İngilizce Esmaü’l Hüsna Atlası)</t>
+          <t>Who Hears The Best?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258268782</t>
+          <t>9786258268867</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atlas der Asma ul-Husna (Almanca Esmaü’l Hüsna Atlası)</t>
+          <t>Who Colors The Best?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258268768</t>
+          <t>9786258268881</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>What Colour Is Your Mosque Colouring Book</t>
+          <t>Who Sees The Best?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258268744</t>
+          <t>9786258268898</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Nights Activity And Colouring Book</t>
+          <t>Allah Loves Me</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>144</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258268720</t>
+          <t>9786258268904</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Nachte Mal-Und Aktivitatsbuch</t>
+          <t>Growing With Duas Of Our Prophet (Saw) 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>144</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258268751</t>
+          <t>9786258268911</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>My Mosque Activity Book</t>
+          <t>Growing With Duas Of Our Prophet (Saw) 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258268713</t>
+          <t>9786258268812</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Meine Mosche Aktivitats Buch</t>
+          <t>Benim Güzel Doppam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>144</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258268737</t>
+          <t>9786258268805</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Deıne Moschee Malbuch</t>
+          <t>Gizemli Buluşma</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>144</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258268690</t>
+          <t>9786259462813</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kim Boyar?</t>
+          <t>İsimsiz Kasaba Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258268706</t>
+          <t>9786259462820</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ramazan Mutfağı</t>
+          <t>Kanatlı Bisiklet</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258268683</t>
+          <t>9786259462806</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Ramazan Mutfağı</t>
+          <t>İsimsiz Kasaba - Antika İşler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258268676</t>
+          <t>9786259856995</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Aylık Misafir</t>
+          <t>İsimsiz Kasaba - Kuyruklu Haberler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259856957</t>
+          <t>9786259856964</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cesur Set (5 Kitap)</t>
+          <t>İsimsiz Kasaba - Kasabaya Gelen Yabancı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259856940</t>
+          <t>9786259856988</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cesur Sonpayam</t>
+          <t>İsimsiz Kasaba - Barış Operasyonu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259856926</t>
+          <t>9786259856971</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cesur Acıpayam</t>
+          <t>İsimsiz Kasaba - Çorba Festivali</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259856919</t>
+          <t>9786258268775</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cesur Bolpayam</t>
+          <t>Atlas Of Al Asma Ul Husna (İngilizce Esmaü’l Hüsna Atlası)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259856933</t>
+          <t>9786258268782</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cesur Golpayam</t>
+          <t>Atlas der Asma ul-Husna (Almanca Esmaü’l Hüsna Atlası)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259856902</t>
+          <t>9786258268768</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cesur Alpayam</t>
+          <t>What Colour Is Your Mosque Colouring Book</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258268669</t>
+          <t>9786258268744</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna Atlası</t>
+          <t>Ramadan Nights Activity And Colouring Book</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258268430</t>
+          <t>9786258268720</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kimse İçin Dikilmemiş Palto</t>
+          <t>Ramadan Nachte Mal-Und Aktivitatsbuch</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258268478</t>
+          <t>9786258268751</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gilop Ne Olacak</t>
+          <t>My Mosque Activity Book</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258268591</t>
+          <t>9786258268713</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kuşlar</t>
+          <t>Meine Mosche Aktivitats Buch</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258268645</t>
+          <t>9786258268737</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>All Together</t>
+          <t>Deıne Moschee Malbuch</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258268607</t>
+          <t>9786258268690</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Narlar</t>
+          <t>En İyi Kim Boyar?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258268614</t>
+          <t>9786258268706</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aşure Apartmanı</t>
+          <t>Türkiye’de Ramazan Mutfağı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258268652</t>
+          <t>9786258268683</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mamas Kopftuch</t>
+          <t>Dünyada Ramazan Mutfağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258268621</t>
+          <t>9786258268676</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Alle Zusammen</t>
+          <t>Bir Aylık Misafir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258268638</t>
+          <t>9786259856957</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Die Farben Jerusalems</t>
+          <t>Cesur Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258268560</t>
+          <t>9786259856940</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İlk Yemek Kitabım</t>
+          <t>Cesur Sonpayam</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258268546</t>
+          <t>9786259856926</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Senin Camin Boyama Kitabı</t>
+          <t>Cesur Acıpayam</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9782500000168</t>
+          <t>9786259856919</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Peygamberim Gibi Set (2 Kitap)</t>
+          <t>Cesur Bolpayam</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258268461</t>
+          <t>9786259856933</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sincap Kiki Soruyor Ben Niçin Yaratıldım</t>
+          <t>Cesur Golpayam</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258268539</t>
+          <t>9786259856902</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Durun Işınlanıyoruz</t>
+          <t>Cesur Alpayam</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258268553</t>
+          <t>9786258268669</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Camim Etkinlik Kitabı</t>
+          <t>Esmaü'l Hüsna Atlası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>104</v>
+        <v>700</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258268485</t>
+          <t>9786258268430</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meın Liebes Kind Meıne Gebete Sınd Mıt Tır</t>
+          <t>Kimse İçin Dikilmemiş Palto</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258268492</t>
+          <t>9786258268478</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mama Papa Meıne Gebete Sınd Mıt Tır</t>
+          <t>Gilop Ne Olacak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258268522</t>
+          <t>9786258268591</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Genau Wie Mein Peophet 2</t>
+          <t>Kayıp Kuşlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258268515</t>
+          <t>9786258268645</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Leh Wachse Mit Gebeten Unseres Propheten auf 2</t>
+          <t>All Together</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258268508</t>
+          <t>9786258268607</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Leh Wachse Mit Gebeten Unseres Propheten auf 1</t>
+          <t>Bereketli Narlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258268454</t>
+          <t>9786258268614</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Şehrin Güneşi Peygamberimiz</t>
+          <t>Aşure Apartmanı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258268423</t>
+          <t>9786258268652</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İçimde Biri Var</t>
+          <t>Mamas Kopftuch</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258268447</t>
+          <t>9786258268621</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hep Birlikte</t>
+          <t>Alle Zusammen</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258268362</t>
+          <t>9786258268638</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Timsahlara Girişi Yok</t>
+          <t>Die Farben Jerusalems</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258268379</t>
+          <t>9786258268560</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pflanzen İm Koran Suche&amp;finde</t>
+          <t>İlk Yemek Kitabım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258268386</t>
+          <t>9786258268546</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Meine Moschee Hat Viele Formen</t>
+          <t>Senin Camin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258268393</t>
+          <t>9782500000168</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Genau Wie Mein Prophet</t>
+          <t>Tıpkı Peygamberim Gibi Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258268416</t>
+          <t>9786258268461</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Boyama Kitabı Ramazan Geceleri</t>
+          <t>Sincap Kiki Soruyor Ben Niçin Yaratıldım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>104</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258268409</t>
+          <t>9786258268539</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dıe Außergewöhnlıchen Orte, - An Denen Wır Beten</t>
+          <t>Sıkı Durun Işınlanıyoruz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258268355</t>
+          <t>9786258268553</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çiçeknine</t>
+          <t>Benim Camim Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258268324</t>
+          <t>9786258268485</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla</t>
+          <t>Meın Liebes Kind Meıne Gebete Sınd Mıt Tır</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258268348</t>
+          <t>9786258268492</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Peygamberim Gibi 2</t>
+          <t>Mama Papa Meıne Gebete Sınd Mıt Tır</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258268225</t>
+          <t>9786258268522</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karpe</t>
+          <t>Genau Wie Mein Peophet 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258268300</t>
+          <t>9786258268515</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Colours of Al Quds</t>
+          <t>Leh Wachse Mit Gebeten Unseres Propheten auf 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058268317</t>
+          <t>9786258268508</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>What Shape Is Your Mosque?</t>
+          <t>Leh Wachse Mit Gebeten Unseres Propheten auf 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258268331</t>
+          <t>9786258268454</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Yokmuş Bir Varmış</t>
+          <t>Turuncu Şehrin Güneşi Peygamberimiz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258268270</t>
+          <t>9786258268423</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İpek ile Bilim - Eyvah, Uykum Kaçtı!</t>
+          <t>İçimde Biri Var</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786250000113</t>
+          <t>9786258268447</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dualarım Seninle Seti 2 Kitap</t>
+          <t>Hep Birlikte</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>4440000003159</t>
+          <t>9786258268362</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Dualar Seti - 2 Kitap</t>
+          <t>Timsahlara Girişi Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786250000120</t>
+          <t>9786258268379</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kim Seti- 2 Kitap</t>
+          <t>Pflanzen İm Koran Suche&amp;finde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786250000151</t>
+          <t>9786258268386</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Canavar Tüylü Seti - 2 Kitap</t>
+          <t>Meine Moschee Hat Viele Formen</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786250000106</t>
+          <t>9786258268393</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Camilerimiz ve Namaz Seti - 3 Kitap</t>
+          <t>Genau Wie Mein Prophet</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>510</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786250000137</t>
+          <t>9786258268416</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Bir Gezi Seti - 2 Kitap</t>
+          <t>Etkinlikli Boyama Kitabı Ramazan Geceleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258268294</t>
+          <t>9786258268409</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Dualarla Büyüyorum 2</t>
+          <t>Dıe Außergewöhnlıchen Orte, - An Denen Wır Beten</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258268287</t>
+          <t>9786258268355</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Dualarla Büyüyorum 1</t>
+          <t>Çiçeknine</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258268249</t>
+          <t>9786258268324</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ramadan - Nachte</t>
+          <t>Bir Damla</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258268256</t>
+          <t>9786258268348</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eine Einzigartige Reise - Mekka</t>
+          <t>Tıpkı Peygamberim Gibi 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258268263</t>
+          <t>9786258268225</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eine Einzigartige Reise - Medina</t>
+          <t>Karpe</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258268232</t>
+          <t>9786258268300</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Welche Farbe Hat Deine Moschee?</t>
+          <t>Colours of Al Quds</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258268164</t>
+          <t>9786058268317</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Benim Camim Çok Şekil</t>
+          <t>What Shape Is Your Mosque?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258268218</t>
+          <t>9786258268331</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ekşimen</t>
+          <t>Bir Yokmuş Bir Varmış</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258268157</t>
+          <t>9786258268270</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kargocu Baykuşlar</t>
+          <t>İpek ile Bilim - Eyvah, Uykum Kaçtı!</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258268201</t>
+          <t>9786250000113</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aşure Ağacı</t>
+          <t>Dualarım Seninle Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258268195</t>
+          <t>4440000003159</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Lotus'un Masalı</t>
+          <t>Peygamberimizden Dualar Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258268171</t>
+          <t>9786250000120</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kim Görür?</t>
+          <t>En İyi Kim Seti- 2 Kitap</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258268188</t>
+          <t>9786250000151</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kim Duyar?</t>
+          <t>Canavar Tüylü Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258268140</t>
+          <t>9786250000106</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Renkleri</t>
+          <t>Camilerimiz ve Namaz Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258268119</t>
+          <t>9786250000137</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>The Extraordinary Places We Pray</t>
+          <t>Eşsiz Bir Gezi Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258268133</t>
+          <t>9786258268294</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mama's Hijab</t>
+          <t>Peygamberimizden Dualarla Büyüyorum 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258268089</t>
+          <t>9786258268287</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Uzak Şehrin Işıkları</t>
+          <t>Peygamberimizden Dualarla Büyüyorum 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258268126</t>
+          <t>9786258268249</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Nights</t>
+          <t>Ramadan - Nachte</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258268102</t>
+          <t>9786258268256</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geceleri (Ciltli)</t>
+          <t>Eine Einzigartige Reise - Mekka</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258268096</t>
+          <t>9786258268263</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geceleri</t>
+          <t>Eine Einzigartige Reise - Medina</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258268072</t>
+          <t>9786258268232</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>O Beni Çok Seviyor</t>
+          <t>Welche Farbe Hat Deine Moschee?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258268065</t>
+          <t>9786258268164</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Kuşları</t>
+          <t>Benim Camim Çok Şekil</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258268058</t>
+          <t>9786258268218</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Annemin Başörtüsü</t>
+          <t>Ekşimen</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258268010</t>
+          <t>9786258268157</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Mutluluk Peşinde</t>
+          <t>Kargocu Baykuşlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258268041</t>
+          <t>9786258268201</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>A Sensational Journey Medina</t>
+          <t>Aşure Ağacı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258268003</t>
+          <t>9786258268195</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Varlıkların Dilinden Peygamberimizin Doğduğu Gece</t>
+          <t>Lotus'un Masalı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258268027</t>
+          <t>9786258268171</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Plants in the Qur’an</t>
+          <t>En İyi Kim Görür?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258268034</t>
+          <t>9786258268188</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayvansever Babam</t>
+          <t>En İyi Kim Duyar?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057135797</t>
+          <t>9786258268140</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Karapati Aşkına</t>
+          <t>Kudüs'ün Renkleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057135773</t>
+          <t>9786258268119</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İpek ile Bilim: Sarıl Bana</t>
+          <t>The Extraordinary Places We Pray</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057135780</t>
+          <t>9786258268133</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kıldığımız Sıradışı Yerler</t>
+          <t>Mama's Hijab</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057135766</t>
+          <t>9786258268089</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Peygamberim Gibi</t>
+          <t>Uzak Şehrin Işıkları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057135735</t>
+          <t>9786258268126</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Bitkiler</t>
+          <t>Ramadan Nights</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057135759</t>
+          <t>9786258268102</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Bir Gezi - Medine</t>
+          <t>Ramazan Geceleri (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057135742</t>
+          <t>9786258268096</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>House With a View</t>
+          <t>Ramazan Geceleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057135728</t>
+          <t>9786258268072</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>What Colour is Your Mosque?</t>
+          <t>O Beni Çok Seviyor</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057135711</t>
+          <t>9786258268065</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>A Sensational Journey - Mecca</t>
+          <t>Mevsim Kuşları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057387585</t>
+          <t>9786258268058</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balonu Kurtarmak</t>
+          <t>Annemin Başörtüsü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057387592</t>
+          <t>9786258268010</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Senin Camin Ne Renk?</t>
+          <t>Tüylü Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057135704</t>
+          <t>9786258268041</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aman Panda Uyanmasın</t>
+          <t>A Sensational Journey Medina</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057413475</t>
+          <t>9786258268003</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Koyun Pervane</t>
+          <t>Varlıkların Dilinden Peygamberimizin Doğduğu Gece</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057467492</t>
+          <t>9786258268027</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şen Şakrak</t>
+          <t>Plants in the Qur’an</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>45</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057387561</t>
+          <t>9786258268034</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuğum Dualarım Seninle</t>
+          <t>Benim Hayvansever Babam</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057387578</t>
+          <t>9786057135797</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Düş Bahçesi</t>
+          <t>Karapati Aşkına</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057387509</t>
+          <t>9786057135773</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Babacığım Dualarım Seninle</t>
+          <t>İpek ile Bilim: Sarıl Bana</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057387516</t>
+          <t>9786057135780</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Annemi Mi Daha Çok Seviyorum Babamı Mı?</t>
+          <t>Namaz Kıldığımız Sıradışı Yerler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057387523</t>
+          <t>9786057135766</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Babamın Gözyaşı</t>
+          <t>Tıpkı Peygamberim Gibi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057387530</t>
+          <t>9786057135735</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bilge Korkuluk ile Yaramaz Kargalar</t>
+          <t>Kur’an’daki Bitkiler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057387547</t>
+          <t>9786057135759</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kaksüspüs</t>
+          <t>Eşsiz Bir Gezi - Medine</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057387554</t>
+          <t>9786057135742</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Şükredecek Ne Çok Şey Var Hayatımda</t>
+          <t>House With a View</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057413413</t>
+          <t>9786057135728</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardında Ne Var?</t>
+          <t>What Colour is Your Mosque?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057413406</t>
+          <t>9786057135711</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Şampiyon</t>
+          <t>A Sensational Journey - Mecca</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057413499</t>
+          <t>9786057387585</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Şaşıran Hayvanlar (10 Kitap Takım)</t>
+          <t>Kırmızı Balonu Kurtarmak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057467461</t>
+          <t>9786057387592</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Kapalı Tut!</t>
+          <t>Senin Camin Ne Renk?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057467454</t>
+          <t>9786057135704</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bay Vefa</t>
+          <t>Aman Panda Uyanmasın</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057467485</t>
+          <t>9786057413475</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tüylü'nün Sırrı</t>
+          <t>Ünlü Koyun Pervane</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057467447</t>
+          <t>9786057467492</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Kitap</t>
+          <t>Şen Şakrak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057467430</t>
+          <t>9786057387561</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Bir Gezi</t>
+          <t>Yavrucuğum Dualarım Seninle</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057467423</t>
+          <t>9786057387578</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Ağaçlar</t>
+          <t>Düş Bahçesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057467416</t>
+          <t>9786057387509</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Minik Savaş Kedisi</t>
+          <t>Anneciğim Babacığım Dualarım Seninle</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
+          <t>9786057387516</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Annemi Mi Daha Çok Seviyorum Babamı Mı?</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786057387523</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786057387530</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Korkuluk ile Yaramaz Kargalar</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786057387547</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kaksüspüs</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786057387554</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Şükredecek Ne Çok Şey Var Hayatımda</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786057413413</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Kapının Ardında Ne Var?</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786057413406</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Şaşkın Şampiyon</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786057413499</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Yolunu Şaşıran Hayvanlar (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786057467461</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitabı Kapalı Tut!</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786057467454</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bay Vefa</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786057467485</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Tüylü'nün Sırrı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786057467447</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuş Kitap</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786057467430</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Eşsiz Bir Gezi</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786057467423</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kurumuş Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786057467416</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Minik Savaş Kedisi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
           <t>9786057032201</t>
         </is>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Kurubik Seti (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C188" s="1">
-        <v>360</v>
+      <c r="C203" s="1">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>