--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -679,51 +679,51 @@
         <is>
           <t>9786057132925</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Nazlı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786053516262</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Kazanmak İçin Kaybettim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786057087683</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Mehmet Akif'den Seçmeler</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786057087645</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
@@ -739,51 +739,51 @@
         <is>
           <t>9786057087621</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786057018762</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786057018779</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786057018755</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
@@ -1099,96 +1099,96 @@
         <is>
           <t>9756053511281</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Bugünlerde Ben Fazlasıyla Sencil</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786053510871</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Toplumda Sevilmenin Metotları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786053510697</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Kelebek Kanadındaki Hayatlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786053510130</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Aydi Baba Divanından Seçmeler</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786053511625</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Aile Saadetinde Altın Kurallar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9799756562580</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>En Güzel Bilmeceler</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786053510741</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
@@ -1310,225 +1310,45 @@
           <t>9799756562603</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Anne ve Bebeğinin El Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9799756562610</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Said Nursi'den Hastalara ve Hastalıklara Dair</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>20</v>
-      </c>
-[...178 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>