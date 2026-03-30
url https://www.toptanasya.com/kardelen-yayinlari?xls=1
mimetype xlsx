--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1270 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259643762</t>
+          <t>9786053516347</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler Esmaül Hüsna (Küçük Boy)</t>
+          <t>İhanetin Nefesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9799756562832</t>
+          <t>9786053516255</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sultanla Şeyh ve Müritlerinin Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9799756562849</t>
+          <t>9786057087690</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Ayseli</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9799756562986</t>
+          <t>9786053513940</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9799756562979</t>
+          <t>3990000051581</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Manilerimiz</t>
+          <t>Bir Köyün Anatomisi Cihangir - Abohor Cilt: 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799756562757</t>
+          <t>9799756562597</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’ten Seçmeler</t>
+          <t>En Güzel Tekerlemeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799756562771</t>
+          <t>9799756562559</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Filozof Beydaba - Kelile ve Dimne Seçmeler</t>
+          <t>En Güzel Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799756562529</t>
+          <t>9786053510642</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Seçmeler</t>
+          <t>Hikemü'l-Ataiyye ve İlahi Münacaat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799756562702</t>
+          <t>9786053512905</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Bir Köyün Anatomisi Cihangir - Abohor (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799756021001</t>
+          <t>9786053512554</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Muhammedül Emin, Alemlere Rahmet Hz. Muhammed (Sallalahu Aleyhi ve Sellem) Efendimiz’in Hayatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9799756562481</t>
+          <t>9786053510024</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Şeçmeler</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799756562696</t>
+          <t>9799756562856</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gülistan’dan Seçmeler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756562818</t>
+          <t>9786055959647</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Şifa Yaprakları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756562474</t>
+          <t>9799756021148</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinden Seçmeler</t>
+          <t>Şeyh Evhadü’d - Din Hamid El- Kirmani ve Menakıb - Namesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799756562948</t>
+          <t>9799756021094</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799756021209</t>
+          <t>9786055959821</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Öykülerle Esmaü’l - Hüsna</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799756562566</t>
+          <t>3990000002043</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi'den Marifet Nurları</t>
+          <t>Mevlana Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255940346</t>
+          <t>9799756021087</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Meçhul Arkadaş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756562314</t>
+          <t>9799756021056</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Hz. Peygamber</t>
+          <t>Kaçaklar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>20</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756562413</t>
+          <t>9786055959173</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dini Şiirler</t>
+          <t>İslam’da İlim, Ahlak, Sabır ve Şükür</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>20</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756562345</t>
+          <t>9786055959142</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dua Şiirleri</t>
+          <t>Ayet ve Hadisler Işığında Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>20</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756562321</t>
+          <t>9799756021100</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şiirleri</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756562338</t>
+          <t>9789750145049</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Maniler</t>
+          <t>Anadolu’da İtalyan İşgal Kuvvetleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756562352</t>
+          <t>9799756562931</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Nebi (Peygamberimizin Güzel İsimleri)</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255940117</t>
+          <t>9786055959562</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kıssalar Sapı Kırık Çiçek</t>
+          <t>Abdulkadir Geylani Hazretlerinin Menkıbeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055959845</t>
+          <t>9786055959289</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresinin Özellikleri</t>
+          <t>İslamda Hak-Batıl Ümit-Korku ve Cömertlik-Cimrilik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>70</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057132932</t>
+          <t>3990000013230</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tulpar</t>
+          <t>İslam’da Evlilik, Aile Hayatı ve Komşuluk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053519713</t>
+          <t>9799756562641</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vakit ve Ben</t>
+          <t>İslam’da Evlilik ve Aile Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057132963</t>
+          <t>9799756562795</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>İslam’a Göre Anadolu’da Düğün Adetleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053512004</t>
+          <t>9786055959708</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anne Kulağıma Fısılda</t>
+          <t>Damıtılmış Damlalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055959692</t>
+          <t>9756053511298</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Evlendir</t>
+          <t>Kalbe Karışık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055959814</t>
+          <t>9786053512431</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi Hazretleri</t>
+          <t>Olaylar ve Kişisel Tecrübe Işığında Gazetecilik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055959586</t>
+          <t>9786053511656</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Melamilik Yolunda Görüp Öğrendiklerim</t>
+          <t>DHBT 1-2 / MBSTS / DKAB - ÖABT Diyanet - İlahiyat Bilgi Küpü - 2016</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053511588</t>
+          <t>9799756021032</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İffet Abidesi Hazret-i Meryem ve Mescid-i Aksa</t>
+          <t>Gözyaşı ve Alkış</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057087652</t>
+          <t>9799756562498</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Evliya Çelebi Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057087676</t>
+          <t>9799756021049</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Sihirli Limonlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057087669</t>
+          <t>9799756021025</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Sevgili Anneciğim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057087638</t>
+          <t>9799756562535</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057132925</t>
+          <t>9786055959715</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nazlı</t>
+          <t>Rasulüllah’ın İslam’a Davet Metodu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053516262</t>
+          <t>9799756562962</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak İçin Kaybettim</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057087683</t>
+          <t>9786053513674</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'den Seçmeler</t>
+          <t>Halilname'de İlim ve Hikmet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057087645</t>
+          <t>9786057018748</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Babü'z-Zakirin (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057087621</t>
+          <t>9786055959623</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Adı Yemen’dir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>95</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057018762</t>
+          <t>9799756562634</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Büyük Kadın İlmihali</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057018779</t>
+          <t>9786053513490</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İman'ın Şu'beleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057018755</t>
+          <t>9786259643762</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>En Güzel İsimler Esmaül Hüsna (Küçük Boy)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057018793</t>
+          <t>9799756562832</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057018786</t>
+          <t>9799756562849</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057087607</t>
+          <t>9799756562986</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056954443</t>
+          <t>9799756562979</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Ailenin Temel Eğitim Ders Kitabı</t>
+          <t>Manilerimiz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056954481</t>
+          <t>9799756562757</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hatırat ve Nasihat</t>
+          <t>Kutadgu Bilig’ten Seçmeler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056954436</t>
+          <t>9799756562771</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Genci Tükettim Senin Uğruna (Aşk)</t>
+          <t>Filozof Beydaba - Kelile ve Dimne Seçmeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056954429</t>
+          <t>9799756562529</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Keşfetmeye Hazır mısınız?</t>
+          <t>Dede Korkut’tan Seçmeler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053513292</t>
+          <t>9799756562702</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yunan Trajedilerinde İnsanın Kaderi</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053513780</t>
+          <t>9799756021001</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sağlık ve İman</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053513421</t>
+          <t>9799756562481</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Direnişi</t>
+          <t>Halk Şiirinden Şeçmeler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053513254</t>
+          <t>9799756562696</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı'ndan Seçmeler</t>
+          <t>Gülistan’dan Seçmeler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053513247</t>
+          <t>9789756562818</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Yunus Emre</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053510079</t>
+          <t>9799756562474</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Halleri - Menakıb-ı Şerifeler</t>
+          <t>Divan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053512950</t>
+          <t>9799756562948</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Deruni Halleri</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053512813</t>
+          <t>9799756021209</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ayak Sesleri</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053512790</t>
+          <t>9799756562566</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Tepesi</t>
+          <t>Said Nursi'den Marifet Nurları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053511243</t>
+          <t>9786255940346</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hekim Anneden Bebek Bakım Rehberi : Hamza Bebek Doğdu</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053511878</t>
+          <t>9789756562314</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Son Yörükten Yolda Kalan İzler</t>
+          <t>Şiirlerle Hz. Peygamber</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053510758</t>
+          <t>9789756562413</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Dini Şiirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053511274</t>
+          <t>9789756562345</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanların Pusudaki Üç Düşmanı</t>
+          <t>Dua Şiirleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9756053511281</t>
+          <t>9789756562321</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bugünlerde Ben Fazlasıyla Sencil</t>
+          <t>Aşkın Şiirleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053510871</t>
+          <t>9789756562338</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Toplumda Sevilmenin Metotları</t>
+          <t>En Güzel Maniler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053510697</t>
+          <t>9789756562352</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kanadındaki Hayatlar</t>
+          <t>Esma-i Nebi (Peygamberimizin Güzel İsimleri)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053510130</t>
+          <t>9786255940117</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aydi Baba Divanından Seçmeler</t>
+          <t>Geçmişten Günümüze Kıssalar Sapı Kırık Çiçek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053511625</t>
+          <t>9786055959845</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadetinde Altın Kurallar</t>
+          <t>Fatiha Suresinin Özellikleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799756562580</t>
+          <t>9786057132932</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bilmeceler</t>
+          <t>Tulpar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>2</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053510741</t>
+          <t>9786053519713</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Vakit ve Ben</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756562307</t>
+          <t>9786057132963</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Gün ve Geceler</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756562406</t>
+          <t>9786053512004</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Masallar</t>
+          <t>Anne Kulağıma Fısılda</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053510567</t>
+          <t>9786055959692</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anlamlarını Yonttuğumuz Kavramlar</t>
+          <t>Baba Beni Evlendir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756562468</t>
+          <t>9786055959814</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Altın Öğütler</t>
+          <t>İbn Arabi Hazretleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053510734</t>
+          <t>9786055959586</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Melamilik Yolunda Görüp Öğrendiklerim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053510765</t>
+          <t>9786053511588</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>İffet Abidesi Hazret-i Meryem ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053510772</t>
+          <t>9786057087652</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9799756562603</t>
+          <t>9786057087676</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Bebeğinin El Kitabı</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>2</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
+          <t>9786057087669</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786057087638</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Canlar</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786057132925</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Nazlı</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786053516262</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kazanmak İçin Kaybettim</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786057087683</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786057087645</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057087621</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057018762</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Ömer’in Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057018779</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne İle Yaşar</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057018755</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Savunma</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786057018793</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057018786</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057087607</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786056954443</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Her Ailenin Temel Eğitim Ders Kitabı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786056954481</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Hatırat ve Nasihat</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786056954436</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bir Genci Tükettim Senin Uğruna (Aşk)</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786056954429</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kendinizi Keşfetmeye Hazır mısınız?</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786053513292</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Yunan Trajedilerinde İnsanın Kaderi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786053513780</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Sağlık ve İman</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786053513421</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Ümmetin Direnişi</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786053513254</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Divanı'ndan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786053513247</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana ve Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786053510079</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Evliyanın Halleri - Menakıb-ı Şerifeler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786053512950</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Deruni Halleri</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786053512813</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Ayak Sesleri</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786053512790</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Ziyaret Tepesi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786053511243</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Hekim Anneden Bebek Bakım Rehberi : Hamza Bebek Doğdu</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786053511878</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Son Yörükten Yolda Kalan İzler</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786053510758</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Zehra</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786053511274</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Tüm İnsanların Pusudaki Üç Düşmanı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9756053511281</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Bugünlerde Ben Fazlasıyla Sencil</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786053510871</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Toplumda Sevilmenin Metotları</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786053510697</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Kanadındaki Hayatlar</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786053510130</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Aydi Baba Divanından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786053511625</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Aile Saadetinde Altın Kurallar</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9799756562580</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786053510741</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789756562307</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Gün ve Geceler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789756562406</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Masallar</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786053510567</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Anlamlarını Yonttuğumuz Kavramlar</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789756562468</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Altın Öğütler</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786053510734</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey İle Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786053510765</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786053510772</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Mektupları</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9799756562603</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Anne ve Bebeğinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9799756562610</t>
         </is>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Said Nursi'den Hastalara ve Hastalıklara Dair</t>
         </is>
       </c>
-      <c r="C83" s="1">
+      <c r="C128" s="1">
         <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>