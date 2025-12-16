--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,5800 +85,5830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256180505</t>
+          <t>9786256180697</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>10E ANNEE BANQUE DE QUESTIONS DE MATHEMATIQUES</t>
+          <t>5.SINIF YAZILI SENARYOLARI</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>895</v>
+        <v>465</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057711779</t>
+          <t>9786256180703</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>9th GRADE MATHEMATICS QUESTION BOOK</t>
+          <t>9.SINIF YAZILI SENARYOLARI</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>895</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256180451</t>
+          <t>9786256180505</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF MATEMATİK HAFTALIK TAKİP SINAVLARI</t>
+          <t>10E ANNEE BANQUE DE QUESTIONS DE MATHEMATIQUES</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>515</v>
+        <v>895</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256180666</t>
+          <t>9786057711779</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF PROGRESİF MATEMATİK MODÜLLERİ</t>
+          <t>9th GRADE MATHEMATICS QUESTION BOOK</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>440</v>
+        <v>895</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256180642</t>
+          <t>9786256180451</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF KİMYA MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>5.SINIF MATEMATİK HAFTALIK TAKİP SINAVLARI</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>515</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256180659</t>
+          <t>9786256180666</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF TARİH MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>5.SINIF PROGRESİF MATEMATİK MODÜLLERİ</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256180680</t>
+          <t>9786256180642</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF COĞRAFYA SORU BANKASI</t>
+          <t>10.SINIF KİMYA MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256180635</t>
+          <t>9786256180659</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF TÜRK DİLİ EDEBİYATI SORU BANKASI</t>
+          <t>10.SINIF TARİH MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256180673</t>
+          <t>9786256180680</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF TÜM DERSLER SORU BANKASI</t>
+          <t>10.SINIF COĞRAFYA SORU BANKASI</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>515</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256180604</t>
+          <t>9786256180635</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF FEN BİLİMLERİ SORU BANKASI</t>
+          <t>10.SINIF TÜRK DİLİ EDEBİYATI SORU BANKASI</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256180581</t>
+          <t>9786256180673</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF TÜM DERSLER SORU BANKASI</t>
+          <t>10.SINIF TÜM DERSLER SORU BANKASI</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>610</v>
+        <v>650</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256180611</t>
+          <t>9786256180604</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF MATEMATİK SORU BANKASI</t>
+          <t>6.SINIF FEN BİLİMLERİ SORU BANKASI</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256180598</t>
+          <t>9786256180581</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF COĞRAFYA MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>6.SINIF TÜM DERSLER SORU BANKASI</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256180475</t>
+          <t>9786256180611</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF KİMYA SORU BANKASI</t>
+          <t>6.SINIF MATEMATİK SORU BANKASI</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256180512</t>
+          <t>9786256180598</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>10th GRADE MATHEMATICS QUESTION BOOK</t>
+          <t>10.SINIF COĞRAFYA MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>895</v>
+        <v>610</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256180550</t>
+          <t>9786256180475</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF TARİH SORU BANKASI</t>
+          <t>10.SINIF KİMYA SORU BANKASI</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256180499</t>
+          <t>9786256180512</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF MATEMATİK SORU BANKASI</t>
+          <t>10th GRADE MATHEMATICS QUESTION BOOK</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>610</v>
+        <v>895</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256180543</t>
+          <t>9786256180550</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF DİN KÜLT.VE AHL.BİL.SORU BANKASI</t>
+          <t>10.SINIF TARİH SORU BANKASI</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256180536</t>
+          <t>9786256180499</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF BİYOLOJİ MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>10.SINIF MATEMATİK SORU BANKASI</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>490</v>
+        <v>610</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256180468</t>
+          <t>9786256180543</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF TÜRKÇE MPS (MODÜLER PİRAMİT SİSTEMİ</t>
+          <t>6.SINIF DİN KÜLT.VE AHL.BİL.SORU BANKASI</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>460</v>
+        <v>265</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256180482</t>
+          <t>9786256180536</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>10.SINIF BİYOLOJİ SORU BANKASI</t>
+          <t>10.SINIF BİYOLOJİ MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256180529</t>
+          <t>9786256180468</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>6.SINIF MATEMATİK MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>6.SINIF TÜRKÇE MPS (MODÜLER PİRAMİT SİSTEMİ</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256180444</t>
+          <t>9786256180482</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF FEN BİLİMLERİ MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>10.SINIF BİYOLOJİ SORU BANKASI</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>365</v>
+        <v>490</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256180314</t>
+          <t>9786256180529</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF PARAGRAF SORU BANKASI</t>
+          <t>6.SINIF MATEMATİK MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>365</v>
+        <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256180239</t>
+          <t>9786256180444</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>9.SINIF TARİH MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>5.SINIF FEN BİLİMLERİ MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>978258419634</t>
+          <t>9786256180314</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>TRİGONOMETRİ SIFIR</t>
+          <t>5.SINIF PARAGRAF SORU BANKASI</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257154369</t>
+          <t>9786256180239</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF TÜRKÇE MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
+          <t>9.SINIF TARİH MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256180161</t>
+          <t>978258419634</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Geometride Kağıt Katlama</t>
+          <t>TRİGONOMETRİ SIFIR</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>730</v>
+        <v>390</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256180130</t>
+          <t>9786257154369</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İki Yüzlü TYT AYT Türkçe Edebiyat Denemeleri</t>
+          <t>5.SINIF TÜRKÇE MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>540</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256180154</t>
+          <t>9786256180161</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Geometride Kağıt Katlama</t>
+          <t>TYT AYT Geometride Kağıt Katlama</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>730</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256180000</t>
+          <t>9786256180130</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Soru Bankası</t>
+          <t>İki Yüzlü TYT AYT Türkçe Edebiyat Denemeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256180048</t>
+          <t>9786256180154</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>9.Classe Mathematiques Banque Questions</t>
+          <t>TYT-AYT Geometride Kağıt Katlama</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>895</v>
+        <v>730</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258419818</t>
+          <t>9786256180000</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Modüler Piramit Sistemiyle Veri, Sayma ve Olasılık THY AYT Hazırlık Lise Yardımcı</t>
+          <t>5. Sınıf Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258419993</t>
+          <t>9786256180048</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik MPS (Modüler Piramit Sistemi) Konu Anlatımı ve Soru Bankası</t>
+          <t>9.Classe Mathematiques Banque Questions</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>690</v>
+        <v>895</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258419245</t>
+          <t>9786258419818</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Soru Bankası</t>
+          <t>Modüler Piramit Sistemiyle Veri, Sayma ve Olasılık THY AYT Hazırlık Lise Yardımcı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258419955</t>
+          <t>9786258419993</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Köprüsü</t>
+          <t>9. Sınıf Matematik MPS (Modüler Piramit Sistemi) Konu Anlatımı ve Soru Bankası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>515</v>
+        <v>690</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256180024</t>
+          <t>9786258419245</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Geometry Zero</t>
+          <t>9. Sınıf Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>895</v>
+        <v>460</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258419832</t>
+          <t>9786258419955</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Geometri</t>
+          <t>LGS Türkçe Köprüsü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>540</v>
+        <v>515</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258419962</t>
+          <t>9786256180024</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Soru Bankası</t>
+          <t>Geometry Zero</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>425</v>
+        <v>895</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258419238</t>
+          <t>9786258419832</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>TYT Dil Bilgisi Soru Bankası</t>
+          <t>TYT AYT Geometri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>345</v>
+        <v>540</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258419948</t>
+          <t>9786258419962</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Soru Bankası</t>
+          <t>9. Sınıf Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>460</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258419900</t>
+          <t>9786258419238</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>TYT Dil Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>650</v>
+        <v>345</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258419931</t>
+          <t>9786258419948</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Soru Bankası (Sayısal)</t>
+          <t>9. Sınıf Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>610</v>
+        <v>460</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258419924</t>
+          <t>9786258419900</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Soru Bankası (EA)</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>610</v>
+        <v>650</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258419788</t>
+          <t>9786258419931</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Her Kazanımdan Bir Soru</t>
+          <t>11. Sınıf Tüm Dersler Soru Bankası (Sayısal)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258419771</t>
+          <t>9786258419924</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>TYT - AYT Türkçe Her Kazanımdan Bir Soru</t>
+          <t>11. Sınıf Tüm Dersler Soru Bankası (EA)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258419863</t>
+          <t>9786258419788</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Soru Bankası</t>
+          <t>TYT Fizik Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>610</v>
+        <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258419870</t>
+          <t>9786258419771</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
+          <t>TYT - AYT Türkçe Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>115</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258419894</t>
+          <t>9786258419863</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Soru Bankası</t>
+          <t>9. Sınıf Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>610</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258419887</t>
+          <t>9786258419870</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Soru Bankası</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258419856</t>
+          <t>9786258419894</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Din Kültürü Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258419221</t>
+          <t>9786258419887</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Paragraf Soru Bankası</t>
+          <t>9. Sınıf Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258419849</t>
+          <t>9786258419856</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Soru Bankası</t>
+          <t>8. Sınıf LGS Din Kültürü Soru Bankası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258419610</t>
+          <t>9786258419221</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>TYT Coğrafya Soru Bankası</t>
+          <t>7. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>570</v>
+        <v>345</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258419795</t>
+          <t>9786258419849</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Logaritma Sıfır Karekök</t>
+          <t>11. Sınıf Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>365</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258419597</t>
+          <t>9786258419610</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>TYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>365</v>
+        <v>570</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257154918</t>
+          <t>9786258419795</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>TYT 5 li Çözümlü Deneme Seti</t>
+          <t>Logaritma Sıfır Karekök</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>545</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258419504</t>
+          <t>9786258419597</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Soru Bankası</t>
+          <t>TYT AYT T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>490</v>
+        <v>365</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257154925</t>
+          <t>9786257154918</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT 5 Deneme</t>
+          <t>TYT 5 li Çözümlü Deneme Seti</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>610</v>
+        <v>545</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258419191</t>
+          <t>9786258419504</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri Cep Test</t>
+          <t>AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059433747</t>
+          <t>9786257154925</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Kolay Cep Test</t>
+          <t>YKS AYT 5 Deneme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258419344</t>
+          <t>9786258419191</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Kolay Cep Test</t>
+          <t>7. Sınıf Fen Bilimleri Cep Test</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258419276</t>
+          <t>9786059433747</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Cep Test</t>
+          <t>LGS Matematik Kolay Cep Test</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258419078</t>
+          <t>9786258419344</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT Oraganik Kimya Cep Test</t>
+          <t>LGS Fen Bilimleri Kolay Cep Test</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257154895</t>
+          <t>9786258419276</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>AYT Sözel Öğrencileri İçin İddialısına 6 lı Denemeleri</t>
+          <t>11. Sınıf Kimya Cep Test</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057711625</t>
+          <t>9786258419078</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>AYT Zor Biyoloji Cep Test</t>
+          <t>YKS AYT Oraganik Kimya Cep Test</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257154116</t>
+          <t>9786257154895</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>AYT Organik Kimya Konu Anlatımlı</t>
+          <t>AYT Sözel Öğrencileri İçin İddialısına 6 lı Denemeleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>515</v>
+        <v>395</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257154192</t>
+          <t>9786057711625</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>AYT Analitik Geometri Konu Anlatımlı</t>
+          <t>AYT Zor Biyoloji Cep Test</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257154666</t>
+          <t>9786257154116</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler Cep Test</t>
+          <t>AYT Organik Kimya Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>515</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257154574</t>
+          <t>9786257154192</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Cep Test</t>
+          <t>AYT Analitik Geometri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257154468</t>
+          <t>9786257154666</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Zor Ceptest Matematik</t>
+          <t>7. Sınıf Sosyal Bilgiler Cep Test</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057711793</t>
+          <t>9786257154574</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf İngilizce Cep Test</t>
+          <t>11. Sınıf Coğrafya Cep Test</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257154567</t>
+          <t>9786257154468</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Cep Test Tarih</t>
+          <t>11. Sınıf Zor Ceptest Matematik</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257154994</t>
+          <t>9786057711793</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Cep Test</t>
+          <t>7. Sınıf İngilizce Cep Test</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258419160</t>
+          <t>9786257154567</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sayısal Mix Soru Bankası</t>
+          <t>11. Sınıf Cep Test Tarih</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258419153</t>
+          <t>9786257154994</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sözel Mix Soru Bankası</t>
+          <t>11. Sınıf Biyoloji Cep Test</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258419146</t>
+          <t>9786258419160</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mantık Küme Fonksiyon Sıfır</t>
+          <t>7. Sınıf Sayısal Mix Soru Bankası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258419108</t>
+          <t>9786258419153</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe Cep Test</t>
+          <t>7. Sınıf Sözel Mix Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258419023</t>
+          <t>9786258419146</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları ROS</t>
+          <t>Mantık Küme Fonksiyon Sıfır</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258419016</t>
+          <t>9786258419108</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Zor Cep Test</t>
+          <t>7. Sınıf Türkçe Cep Test</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258419009</t>
+          <t>9786258419023</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Cep Test</t>
+          <t>7. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları ROS</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257154833</t>
+          <t>9786258419016</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>AYT Çağdaş Türk Ve Dünya Tarihi Soru Bankası</t>
+          <t>LGS Matematik Zor Cep Test</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057711564</t>
+          <t>9786258419009</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>TYT Din Kültürü ve Ahlak Bilgisi 50 Çözümlü Deneme</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Cep Test</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257154963</t>
+          <t>9786257154833</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS T.C.İnkılap Tarihi ve Atatürkçülük 20'li Deneme Sınavı</t>
+          <t>AYT Çağdaş Türk Ve Dünya Tarihi Soru Bankası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257154505</t>
+          <t>9786057711564</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf İngilizce 20 Deneme</t>
+          <t>TYT Din Kültürü ve Ahlak Bilgisi 50 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258419030</t>
+          <t>9786257154963</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Beceri Temelli ROS Matematik Soruları</t>
+          <t>8. Sınıf LGS T.C.İnkılap Tarihi ve Atatürkçülük 20'li Deneme Sınavı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257154857</t>
+          <t>9786257154505</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>TYT 12'li Deneme YKS 1.Oturum</t>
+          <t>8. Sınıf İngilizce 20 Deneme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257154529</t>
+          <t>9786258419030</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Türkçe 20li Deneme Sınavı</t>
+          <t>7. Sınıf Beceri Temelli ROS Matematik Soruları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>365</v>
+        <v>440</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057711847</t>
+          <t>9786257154857</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS SayısalMix Matematik ve Fen Bilimleri</t>
+          <t>TYT 12'li Deneme YKS 1.Oturum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257154321</t>
+          <t>9786257154529</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Ceptest</t>
+          <t>8. Sınıf LGS Türkçe 20li Deneme Sınavı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257154079</t>
+          <t>9786057711847</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT Analitik Geometri Soru Bankası</t>
+          <t>8. Sınıf LGS SayısalMix Matematik ve Fen Bilimleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>265</v>
+        <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257154772</t>
+          <t>9786257154321</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>AYT Fizik Soru Bankası</t>
+          <t>7. Sınıf Matematik Ceptest</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257154451</t>
+          <t>9786257154079</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Kolay Cep Test</t>
+          <t>YKS AYT Analitik Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057711403</t>
+          <t>9786257154772</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Kimya (Kolay)</t>
+          <t>AYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>515</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257154475</t>
+          <t>9786257154451</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Denemeleri YKS 1. Oturum</t>
+          <t>11. Sınıf Matematik Kolay Cep Test</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057711298</t>
+          <t>9786057711403</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Felsefe ve Din Kültürü</t>
+          <t>AYT Cep Test Kimya (Kolay)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057711489</t>
+          <t>9786257154475</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. Oturum TYT Biyoloji Denemeleri</t>
+          <t>TYT Matematik Denemeleri YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057711519</t>
+          <t>9786057711298</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>TYT Kimya Denemeleri - 50 Çözümlü Deneme</t>
+          <t>TYT Cep Test Felsefe ve Din Kültürü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057711472</t>
+          <t>9786057711489</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Denemeleri - 15 Çözümlü Deneme</t>
+          <t>YKS 1. Oturum TYT Biyoloji Denemeleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>515</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057711496</t>
+          <t>9786057711519</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Denemeleri YKS 1. Oturum</t>
+          <t>TYT Kimya Denemeleri - 50 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057711984</t>
+          <t>9786057711472</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Soru Bankası</t>
+          <t>AYT Matematik Denemeleri - 15 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>515</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057554000</t>
+          <t>9786057711496</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf MPS Biyoloji Konu Anlatımı ve Soru Çözümü</t>
+          <t>TYT Fizik Denemeleri YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>585</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052247693</t>
+          <t>9786057711984</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri MPS</t>
+          <t>11. Sınıf Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>515</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052247914</t>
+          <t>9786057554000</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf TC İnkılap Tarihi ve Atatürkçülük MPS Konu Anlatımı ve Soru Çözümü</t>
+          <t>12. Sınıf MPS Biyoloji Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>540</v>
+        <v>585</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057554116</t>
+          <t>9786052247693</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf LGS Fen Bilimleri MPS</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>610</v>
+        <v>515</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057554208</t>
+          <t>9786052247914</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf İngilizce Soru Bankası</t>
+          <t>8. Sınıf TC İnkılap Tarihi ve Atatürkçülük MPS Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>515</v>
+        <v>540</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052247747</t>
+          <t>9786057554116</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Konu Anlatımlı ve Soru Çözümlü</t>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>490</v>
+        <v>610</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052247860</t>
+          <t>9786057554208</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler MPS Konu Anlatımı ve Soru Çözümü</t>
+          <t>7. Sınıf İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>440</v>
+        <v>515</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052247532</t>
+          <t>9786052247747</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf MPS Türkçe Konu Anlatımı ve Soru Çözümü</t>
+          <t>7. Sınıf Matematik Konu Anlatımlı ve Soru Çözümlü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057554086</t>
+          <t>9786052247860</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Geometri Zoru Bankası Çözümlü</t>
+          <t>7. Sınıf Sosyal Bilgiler MPS Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057554901</t>
+          <t>9786052247532</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test T.C. İnkılap Tarihi ve Atatürkçülük</t>
+          <t>7. Sınıf MPS Türkçe Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057711076</t>
+          <t>9786057554086</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test 12. Sınıf Çağdaş Türk ve Dünya Tarihi</t>
+          <t>Geometri Zoru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057711083</t>
+          <t>9786057554901</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Coğrafya</t>
+          <t>LGS Cep Test T.C. İnkılap Tarihi ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057554918</t>
+          <t>9786057711076</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Tarih</t>
+          <t>AYT Cep Test 12. Sınıf Çağdaş Türk ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057711106</t>
+          <t>9786057711083</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>AYT Cep Test Coğrafya</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057711113</t>
+          <t>9786057554918</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Edebiyat</t>
+          <t>AYT Cep Test Tarih</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057711137</t>
+          <t>9786057711106</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>AYT Orta Biyoloji Cep Test</t>
+          <t>AYT Cep Test Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052247457</t>
+          <t>9786057711113</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Sıfır</t>
+          <t>AYT Cep Test Edebiyat</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059959063</t>
+          <t>9786057711137</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Karekök Kimya Sıfır</t>
+          <t>AYT Orta Biyoloji Cep Test</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>610</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059433860</t>
+          <t>9786052247457</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Mantık Bilgileri Dizinli</t>
+          <t>AYT Biyoloji Sıfır</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059433228</t>
+          <t>9786059959063</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Challenging Questions İn Analytic Geometry For High School Students</t>
+          <t>Karekök Kimya Sıfır</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>650</v>
+        <v>610</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059433136</t>
+          <t>9786059433860</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Challenging Questions in Precalculus Calculus for High School Students</t>
+          <t>YKS Temel Mantık Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>805</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055351434</t>
+          <t>9786059433228</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Challenging Questions İn Euclidean Geometry For high School Students</t>
+          <t>Challenging Questions İn Analytic Geometry For High School Students</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>805</v>
+        <v>650</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059959292</t>
+          <t>9786059433136</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Fonksiyon Sıfır</t>
+          <t>Challenging Questions in Precalculus Calculus for High School Students</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>295</v>
+        <v>805</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055933944</t>
+          <t>9786055351434</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Fizik Sıfır</t>
+          <t>Challenging Questions İn Euclidean Geometry For high School Students</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>610</v>
+        <v>805</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055351298</t>
+          <t>9786059959292</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Parabol Sıfır</t>
+          <t>TYT AYT Fonksiyon Sıfır</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257154260</t>
+          <t>9786055933944</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>TYT Geometri Soru Bankası</t>
+          <t>TYT AYT Fizik Sıfır</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057711502</t>
+          <t>9786258419825</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Kimya (Zor)</t>
+          <t>TYT AYT Parabol Sıfır</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>345</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257154482</t>
+          <t>9786257154260</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>6'lı TYT Denemeleri YKS 1. Oturum</t>
+          <t>TYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>555</v>
+        <v>610</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257154444</t>
+          <t>9786057711502</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Ceptest (Orta)</t>
+          <t>AYT Cep Test Kimya (Zor)</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257154512</t>
+          <t>9786257154482</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS'den Önce Çözülmesi Gereken Son 600 Soru</t>
+          <t>6'lı TYT Denemeleri YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>390</v>
+        <v>555</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057711953</t>
+          <t>9786257154444</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Soru Bankası</t>
+          <t>11. Sınıf Matematik Ceptest (Orta)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257154024</t>
+          <t>9786257154512</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>TYT Kimya Soru Bankası</t>
+          <t>8. Sınıf LGS'den Önce Çözülmesi Gereken Son 600 Soru</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257154383</t>
+          <t>9786057711953</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
+          <t>11. Sınıf Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257154741</t>
+          <t>9786257154024</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 1000 Soru</t>
+          <t>TYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>490</v>
+        <v>365</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257154932</t>
+          <t>9786257154383</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Karekök Matematik Sıfır</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>610</v>
+        <v>460</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257154826</t>
+          <t>9786257154741</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Geometri Sıfır TYT DGS KPSS ALES</t>
+          <t>Sayısal Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 1000 Soru</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>610</v>
+        <v>490</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256180307</t>
+          <t>9786257154932</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisinin Zor 100'ü - Dil Bilgisinin ÖSYM 100'ü</t>
+          <t>Karekök Matematik Sıfır</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>610</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256180284</t>
+          <t>9786257154826</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kelimede ve Cümlede Anlamın İki Yüzü</t>
+          <t>Geometri Sıfır TYT DGS KPSS ALES</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>610</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256180260</t>
+          <t>9786256180307</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Her Kazanımdan Bir Soru Geometri</t>
+          <t>Dil Bilgisinin Zor 100'ü - Dil Bilgisinin ÖSYM 100'ü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256180277</t>
+          <t>9786256180284</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>AYT Progresif Matematik Soru Bankası</t>
+          <t>Kelimede ve Cümlede Anlamın İki Yüzü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>610</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256180222</t>
+          <t>9786256180260</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS İngilizce Soru Bankası</t>
+          <t>TYT-AYT Her Kazanımdan Bir Soru Geometri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256180253</t>
+          <t>9786256180277</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>LGS Her Kazanımdan Bir Soru Türkçe</t>
+          <t>AYT Progresif Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256180246</t>
+          <t>9786256180222</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Her Kazanımından Bir Soru Biyoloji</t>
+          <t>8. Sınıf LGS İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256180215</t>
+          <t>9786256180253</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji MPS (Modüler Piramit Sistemi)</t>
+          <t>LGS Her Kazanımdan Bir Soru Türkçe</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>425</v>
+        <v>115</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256180208</t>
+          <t>9786256180246</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik MPS (Modüler Piramit Sistemi)</t>
+          <t>TYT-AYT Her Kazanımından Bir Soru Biyoloji</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>345</v>
+        <v>115</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256180192</t>
+          <t>9786256180215</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya MPS (Modüler Piramit Sistemi)</t>
+          <t>9. Sınıf Biyoloji MPS (Modüler Piramit Sistemi)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256180062</t>
+          <t>9786256180208</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Türkçe MPS Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
+          <t>9. Sınıf Fizik MPS (Modüler Piramit Sistemi)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256180178</t>
+          <t>9786256180192</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
+          <t>9. Sınıf Kimya MPS (Modüler Piramit Sistemi)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256180185</t>
+          <t>9786256180062</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>TYT Paragrafın İki Yüzü</t>
+          <t>5. Sınıf Türkçe MPS Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256180093</t>
+          <t>9786256180178</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS İki Yüzlü Sözel Denemeleri</t>
+          <t>9. Sınıf Coğrafya Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256180109</t>
+          <t>9786256180185</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İki Yüzlü LGS Sayısal Denemeleri</t>
+          <t>TYT Paragrafın İki Yüzü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256180147</t>
+          <t>9786256180093</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İki Yüzlü TYT AYT Sosyal Bilimler Denemeleri</t>
+          <t>8. Sınıf LGS İki Yüzlü Sözel Denemeleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256180116</t>
+          <t>9786256180109</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İki Yüzlü TYT AYT Matematik Denemeleri</t>
+          <t>İki Yüzlü LGS Sayısal Denemeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>540</v>
+        <v>345</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256180123</t>
+          <t>9786256180147</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İki Yüzlü TYT AYT Fen Bilimleri Denemeleri</t>
+          <t>İki Yüzlü TYT AYT Sosyal Bilimler Denemeleri</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258419702</t>
+          <t>9786256180116</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İntegral - 0</t>
+          <t>İki Yüzlü TYT AYT Matematik Denemeleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>235</v>
+        <v>540</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258419757</t>
+          <t>9786256180123</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Limit Sıfır</t>
+          <t>İki Yüzlü TYT AYT Fen Bilimleri Denemeleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257154987</t>
+          <t>9786258419702</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Denemeleri 5'li</t>
+          <t>İntegral - 0</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>480</v>
+        <v>235</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258419627</t>
+          <t>9786258419757</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>Limit Sıfır</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258419641</t>
+          <t>9786257154987</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Polinom Sıfır 0 Konu Anlatımı</t>
+          <t>8. Sınıf LGS Denemeleri 5'li</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258419658</t>
+          <t>9786258419627</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>AYT Diziler Sıfır Konu Anlatımı</t>
+          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258419726</t>
+          <t>9786258419641</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Her Kazanımdan Bir Soru</t>
+          <t>TYT AYT Polinom Sıfır 0 Konu Anlatımı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>115</v>
+        <v>265</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258419764</t>
+          <t>9786258419658</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>TYT Geometri Üçgenler 1. Kitap MPS 11 Fasikül</t>
+          <t>AYT Diziler Sıfır Konu Anlatımı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>540</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258419719</t>
+          <t>9786258419726</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Geometride Kağıt Katlama Soruları ve Çözüm Stratejileri</t>
+          <t>8. Sınıf LGS Fen Bilimleri Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258419733</t>
+          <t>9786258419764</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Her Kazanımdan Bir Soru</t>
+          <t>TYT Geometri Üçgenler 1. Kitap MPS 11 Fasikül</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>115</v>
+        <v>540</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258419689</t>
+          <t>9786258419719</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>TYT ve MSÜ Dil Bilgisi Çıkmış Sorular</t>
+          <t>TYT AYT Geometride Kağıt Katlama Soruları ve Çözüm Stratejileri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258419696</t>
+          <t>9786258419733</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>AYT Türev Sıfır</t>
+          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258419740</t>
+          <t>9786258419689</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Matematik Köprü Serisi Soru Bankası</t>
+          <t>TYT ve MSÜ Dil Bilgisi Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258419634</t>
+          <t>9786258419696</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Trigonometri Sıfır</t>
+          <t>AYT Türev Sıfır</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258419603</t>
+          <t>9786258419740</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Paragraf Denemeleri</t>
+          <t>8. Sınıf LGS Matematik Köprü Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>365</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258419559</t>
+          <t>9786258419634</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>AYT Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Bankası 2. Kitap</t>
+          <t>Trigonometri Sıfır</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258419511</t>
+          <t>9786258419603</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf LGS Paragraf Denemeleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>610</v>
+        <v>365</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258419566</t>
+          <t>9786258419559</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>TYT Yeni Nesil Matematik Soruları</t>
+          <t>AYT Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Bankası 2. Kitap</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>115</v>
+        <v>540</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258419535</t>
+          <t>9786258419511</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Her Kazanımdan Bir Soru Matematik</t>
+          <t>8. Sınıf LGS Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258419573</t>
+          <t>9786258419566</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf LGS 1.Dönem Denemeleri 3 Deneme</t>
+          <t>TYT Yeni Nesil Matematik Soruları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258419528</t>
+          <t>9786258419535</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Her Kazanımdan Bir Soru</t>
+          <t>8. Sınıf Her Kazanımdan Bir Soru Matematik</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258419542</t>
+          <t>9786258419573</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik 1.Kitap Konu Anlatımlı ve Soru Bankası</t>
+          <t>8.Sınıf LGS 1.Dönem Denemeleri 3 Deneme</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>610</v>
+        <v>265</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257154949</t>
+          <t>9786258419528</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
+          <t>AYT Matematik Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>610</v>
+        <v>235</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258419498</t>
+          <t>9786258419542</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Geometri Soruları</t>
+          <t>AYT Matematik 1.Kitap Konu Anlatımlı ve Soru Bankası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258419474</t>
+          <t>9786257154949</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Matematik Soru Bankası</t>
+          <t>8. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258419467</t>
+          <t>9786258419498</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>TYT P2 Soru Bankası</t>
+          <t>Yeni Nesil Geometri Soruları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258419450</t>
+          <t>9786258419474</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Her Kazanımdan Bir Soru</t>
+          <t>8. Sınıf LGS Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>345</v>
+        <v>610</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258419443</t>
+          <t>9786258419467</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Konu Anlatımı ve Soru Bankası 3. Kitap</t>
+          <t>TYT P2 Soru Bankası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>610</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258419429</t>
+          <t>9786258419450</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>TYT Paragraf Soru Bankası</t>
+          <t>TYT Matematik Her Kazanımdan Bir Soru</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258419436</t>
+          <t>9786258419443</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Konu Anlatımı ve Soru Bankası 2. Kitap</t>
+          <t>TYT Matematik Konu Anlatımı ve Soru Bankası 3. Kitap</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258419412</t>
+          <t>9786258419429</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Karekök Yayınları TYT Matematik MPS Konu Anlatımı Soru Bankası 1. Kitap</t>
+          <t>TYT Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258419382</t>
+          <t>9786258419436</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 1. Dönem Tüm Dersler Soru Bankası</t>
+          <t>TYT Matematik Konu Anlatımı ve Soru Bankası 2. Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>470</v>
+        <v>610</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258419313</t>
+          <t>9786258419412</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Karekök Yayınları 8. Sınıf LGS 7'li Sözel Deneme</t>
+          <t>Karekök Yayınları TYT Matematik MPS Konu Anlatımı Soru Bankası 1. Kitap</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258419375</t>
+          <t>9786258419382</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>AYT Öncesi Çözülmesi Gereken Son 987 Soru Eşit Ağırlık Öğrencileri için</t>
+          <t>8. Sınıf LGS 1. Dönem Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>490</v>
+        <v>470</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258419368</t>
+          <t>9786258419313</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>AYT Öncesi Çözülmesi Gereken Son 900 Soru Sayısal Öğrencileri için</t>
+          <t>Karekök Yayınları 8. Sınıf LGS 7'li Sözel Deneme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258419214</t>
+          <t>9786258419375</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>TYT Biyoloji Sıfıra</t>
+          <t>AYT Öncesi Çözülmesi Gereken Son 987 Soru Eşit Ağırlık Öğrencileri için</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258419306</t>
+          <t>9786258419368</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Karekök Yayınları 8. Sınıf LGS Sayısal 7 li Deneme</t>
+          <t>AYT Öncesi Çözülmesi Gereken Son 900 Soru Sayısal Öğrencileri için</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258419320</t>
+          <t>9786258419214</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>AYT Fen Bilimleri Denemeleri</t>
+          <t>TYT Biyoloji Sıfıra</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>395</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258419290</t>
+          <t>9786258419306</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>AYT Türk Dili ve Edebiyatı Denemeleri</t>
+          <t>Karekök Yayınları 8. Sınıf LGS Sayısal 7 li Deneme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>0</v>
+        <v>320</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258419269</t>
+          <t>9786258419320</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT Problemler MPS Modüler Pramit Sistemi Soru Bankası</t>
+          <t>AYT Fen Bilimleri Denemeleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258419184</t>
+          <t>9786258419290</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Soru Bankası Karekök Yayınları</t>
+          <t>AYT Türk Dili ve Edebiyatı Denemeleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257154611</t>
+          <t>9786258419269</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Cep Test Biyoloji</t>
+          <t>YKS TYT Problemler MPS Modüler Pramit Sistemi Soru Bankası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>155</v>
+        <v>410</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257154888</t>
+          <t>9786258419184</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>AYT 6'lı Denemeleri Eşit Ağırlık Öğrencileri İçin</t>
+          <t>11. Sınıf Tarih Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257154956</t>
+          <t>9786257154611</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>TYT Fen Bilimleri 20 Deneme Çözümlü</t>
+          <t>9. Sınıf Cep Test Biyoloji</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>310</v>
+        <v>155</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257154871</t>
+          <t>9786257154888</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>AYT 12'li Deneme Seti - Sayısal Öğrenciler İçin</t>
+          <t>AYT 6'lı Denemeleri Eşit Ağırlık Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>610</v>
+        <v>450</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257154970</t>
+          <t>9786257154956</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 12'li Deneme Seti</t>
+          <t>TYT Fen Bilimleri 20 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>690</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057711199</t>
+          <t>9786257154871</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>AYT Kolay Biyoloji Cep Test</t>
+          <t>AYT 12'li Deneme Seti - Sayısal Öğrenciler İçin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057711182</t>
+          <t>9786257154970</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Fizik (Orta)</t>
+          <t>8. Sınıf LGS 12'li Deneme Seti</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057711175</t>
+          <t>9786057711199</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Matematik (Kolay)</t>
+          <t>AYT Kolay Biyoloji Cep Test</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057711069</t>
+          <t>9786057711182</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Cep Test 12. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük</t>
+          <t>AYT Cep Test Fizik (Orta)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057554970</t>
+          <t>9786057711175</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Kimya (Orta)</t>
+          <t>AYT Cep Test Matematik (Kolay)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057554987</t>
+          <t>9786057711069</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Kimya (Kolay)</t>
+          <t>TYT AYT Cep Test 12. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057711052</t>
+          <t>9786057554970</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Fizik (Zor)</t>
+          <t>TYT Cep Test Kimya (Orta)</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057711045</t>
+          <t>9786057554987</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Fizik (Orta)</t>
+          <t>TYT Cep Test Kimya (Kolay)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057554963</t>
+          <t>9786057711052</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Fizik (Kolay)</t>
+          <t>TYT Cep Test Fizik (Zor)</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057554932</t>
+          <t>9786057711045</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Biyoloji (Zor)</t>
+          <t>TYT Cep Test Fizik (Orta)</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057554925</t>
+          <t>9786057554963</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Biyoloji (Orta)</t>
+          <t>TYT Cep Test Fizik (Kolay)</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057554956</t>
+          <t>9786057554932</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Biyoloji (Kolay)</t>
+          <t>TYT Cep Test Biyoloji (Zor)</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057554949</t>
+          <t>9786057554925</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Paragraf</t>
+          <t>TYT Cep Test Biyoloji (Orta)</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057554857</t>
+          <t>9786057554956</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Tarih</t>
+          <t>TYT Cep Test Biyoloji (Kolay)</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057711144</t>
+          <t>9786057554949</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Fizik (Kolay)</t>
+          <t>TYT Cep Test Paragraf</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057554833</t>
+          <t>9786057554857</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Türkçe</t>
+          <t>TYT Cep Test Tarih</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057554802</t>
+          <t>9786057711144</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Geometri (Orta)</t>
+          <t>AYT Cep Test Fizik (Kolay)</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057554796</t>
+          <t>9786057554833</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Geometri (Zor)</t>
+          <t>TYT Cep Test Türkçe</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057554819</t>
+          <t>9786057554802</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Geometri (Kolay)</t>
+          <t>TYT Cep Test Geometri (Orta)</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057554482</t>
+          <t>9786057554796</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Matematik (Zor)</t>
+          <t>TYT Cep Test Geometri (Zor)</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057554475</t>
+          <t>9786057554819</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Matematik (Kolay)</t>
+          <t>TYT Cep Test Geometri (Kolay)</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052247372</t>
+          <t>9786057554482</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Matematik (Orta)</t>
+          <t>TYT Cep Test Matematik (Zor)</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057711250</t>
+          <t>9786057554475</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavlarında Çıkmış Tarih Terimleri Sözlüğü</t>
+          <t>TYT Cep Test Matematik (Kolay)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057711038</t>
+          <t>9786052247372</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>TYT Cep Test Matematik (Orta)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057711205</t>
+          <t>9786057711250</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test 12. Sınıf Limit ve Süreklilik</t>
+          <t>Üniversite Sınavlarında Çıkmış Tarih Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057711151</t>
+          <t>9786057711038</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Matematik (Zor)</t>
+          <t>8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059433297</t>
+          <t>9786057711205</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>AYT Cep Test 12. Sınıf Limit ve Süreklilik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057711168</t>
+          <t>9786057711151</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Matematik (Orta)</t>
+          <t>AYT Cep Test Matematik (Zor)</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057554512</t>
+          <t>9786059433297</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Modüler Piramit Sistemiyle Konu Anlatımı ve Soru Çözümü 2. Kitap</t>
+          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>415</v>
+        <v>470</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052247549</t>
+          <t>9786057711168</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe Soru Bankası (Yeni Müfredat)</t>
+          <t>AYT Cep Test Matematik (Orta)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057554314</t>
+          <t>9786057554512</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Eşit Ağırlık ve Sözel Soru Bankası</t>
+          <t>AYT Matematik Modüler Piramit Sistemiyle Konu Anlatımı ve Soru Çözümü 2. Kitap</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>650</v>
+        <v>415</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057711595</t>
+          <t>9786052247549</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>TYT Felsefe Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
+          <t>7. Sınıf Türkçe Soru Bankası (Yeni Müfredat)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>320</v>
+        <v>515</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057554253</t>
+          <t>9786057554314</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkçe Denemeleri 20 Çözümlü Deneme YKS 1. Oturum</t>
+          <t>TYT Tüm Dersler Eşit Ağırlık ve Sözel Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>247</v>
+        <v>650</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057711588</t>
+          <t>9786057711595</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>TYT Coğrafya Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
+          <t>TYT Felsefe Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052247563</t>
+          <t>9786057554253</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Modüler Piramit Sistemiyle Türkçe Konu Anlatımı ve Soru Çözümü</t>
+          <t>TYT Türkçe Denemeleri 20 Çözümlü Deneme YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>610</v>
+        <v>247</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052247969</t>
+          <t>9786057711588</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Modüler Piramit Sistemiyle Fizik Konu Anlatımı ve Soru Çözümü</t>
+          <t>TYT Coğrafya Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>610</v>
+        <v>235</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052247884</t>
+          <t>9786052247563</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf İngilizce Soru Bankası</t>
+          <t>8. Sınıf Modüler Piramit Sistemiyle Türkçe Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>355</v>
+        <v>610</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052247938</t>
+          <t>9786052247969</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Soru Bankası</t>
+          <t>11. Sınıf Modüler Piramit Sistemiyle Fizik Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>610</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059433372</t>
+          <t>9786052247884</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Konu Anlatımı ve Soru Çözümü</t>
+          <t>5. Sınıf İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>530</v>
+        <v>355</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052247846</t>
+          <t>9786052247938</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Modüler Piramit Sistemiyle Coğrafya Konu Anlatımı ve Soru Çözümü</t>
+          <t>11. Sınıf Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>540</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052247778</t>
+          <t>9786059433372</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Modüler Piramit Sistemiyle Coğrafya Konu Anlatımı ve Soru Çözümü</t>
+          <t>9. Sınıf Matematik Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>610</v>
+        <v>530</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052247570</t>
+          <t>9786052247846</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Türkçe Soru Bankası</t>
+          <t>11. Sınıf Modüler Piramit Sistemiyle Coğrafya Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>515</v>
+        <v>540</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052247785</t>
+          <t>9786052247778</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler Soru Bankası</t>
+          <t>10. Sınıf Modüler Piramit Sistemiyle Coğrafya Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>490</v>
+        <v>610</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057554628</t>
+          <t>9786052247570</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>TYT - YKS 1. Oturum Fen Bilimleri Denemeleri</t>
+          <t>8. Sınıf LGS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>515</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059959216</t>
+          <t>9786052247785</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf Paragraf Soru Bankası</t>
+          <t>7. Sınıf Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057554451</t>
+          <t>9786057554628</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Din Kültürü Ahlak Bilgisi Denemeleri 20 Deneme</t>
+          <t>TYT - YKS 1. Oturum Fen Bilimleri Denemeleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057711601</t>
+          <t>9786059959216</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>TYT Tarih Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
+          <t>LGS 8. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057711434</t>
+          <t>9786057554451</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>TYT Öncesi Çözülmesi Gereken Son 1001 Soru</t>
+          <t>8. Sınıf LGS Din Kültürü Ahlak Bilgisi Denemeleri 20 Deneme</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057554598</t>
+          <t>9786057711601</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türev Sıfır</t>
+          <t>TYT Tarih Denemeleri 50 Çözümlü Deneme YKS 1. Oturum</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057554611</t>
+          <t>9786057711434</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İntegral Sıfır</t>
+          <t>TYT Öncesi Çözülmesi Gereken Son 1001 Soru</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057554239</t>
+          <t>9786057554598</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>AYT Çağdaş Türk ve Dünya Tarihi YKS 2. Oturum</t>
+          <t>Türev Sıfır</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057554383</t>
+          <t>9786057554611</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Denemeleri 5'li</t>
+          <t>İntegral Sıfır</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>48</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057554369</t>
+          <t>9786057554239</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. Oturum TYT Biyoloji Denemeleri</t>
+          <t>AYT Çağdaş Türk ve Dünya Tarihi YKS 2. Oturum</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>36</v>
+        <v>490</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057554604</t>
+          <t>9786057554383</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Olasılık ve İstatistik Sıfır</t>
+          <t>8. Sınıf LGS Denemeleri 5'li</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>245</v>
+        <v>48</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057554413</t>
+          <t>9786057554369</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Denemeleri 20 Deneme</t>
+          <t>YKS 1. Oturum TYT Biyoloji Denemeleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057554529</t>
+          <t>9786057554604</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>AYT 5'li Deneme Seti</t>
+          <t>Olasılık ve İstatistik Sıfır</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>470</v>
+        <v>245</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057554307</t>
+          <t>9786057554413</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf LGS Fen Bilimleri Denemeleri 20 Deneme</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057554178</t>
+          <t>9786057554529</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Soru Bankası</t>
+          <t>AYT 5'li Deneme Seti</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>58</v>
+        <v>470</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052247921</t>
+          <t>9786057554307</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Modüler Piramit Sistemiyle Biyoloji Konu Anlatımı</t>
+          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052247891</t>
+          <t>9786057554178</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Paragraf Soru Bankası</t>
+          <t>AYT Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>440</v>
+        <v>58</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052247945</t>
+          <t>9786052247921</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>YKS 2. Oturum AYT Analitik Geometri</t>
+          <t>11. Sınıf Modüler Piramit Sistemiyle Biyoloji Konu Anlatımı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>81.5</v>
+        <v>540</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052247839</t>
+          <t>9786052247891</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Modüler Piramit Sistemiyle Kimya Konu Anlatımı ve Soru Çözümü (3 Kitap)</t>
+          <t>8. Sınıf LGS Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057711991</t>
+          <t>9786052247945</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Soru Bankası</t>
+          <t>YKS 2. Oturum AYT Analitik Geometri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>415</v>
+        <v>81.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052247488</t>
+          <t>9786052247839</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Soru Bankası (YKS 2. Oturum)</t>
+          <t>11. Sınıf Modüler Piramit Sistemiyle Kimya Konu Anlatımı ve Soru Çözümü (3 Kitap)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>67</v>
+        <v>610</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057554444</t>
+          <t>9786057711991</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS İngilizce Denemeleri 20 Deneme</t>
+          <t>11. Sınıf Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>30</v>
+        <v>415</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057554567</t>
+          <t>9786052247488</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>AYT 6'lı Deneme Seti - Eşit Ağırlık</t>
+          <t>AYT Matematik Soru Bankası (YKS 2. Oturum)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>112</v>
+        <v>67</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057554574</t>
+          <t>9786057554444</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>AYT 6'lı Deneme Seti - Sözel</t>
+          <t>8. Sınıf LGS İngilizce Denemeleri 20 Deneme</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057554581</t>
+          <t>9786057554567</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>AYT 6'lı Deneme Seti - Sayısal</t>
+          <t>AYT 6'lı Deneme Seti - Eşit Ağırlık</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>460</v>
+        <v>112</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257154864</t>
+          <t>9786057554574</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>AYT Sözel 12'li Deneme Sınavı</t>
+          <t>AYT 6'lı Deneme Seti - Sözel</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>610</v>
+        <v>195</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057554536</t>
+          <t>9786057554581</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>AYT 12'li Deneme Seti - Sayısal</t>
+          <t>AYT 6'lı Deneme Seti - Sayısal</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>298</v>
+        <v>460</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057554543</t>
+          <t>9786257154864</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>AYT 12'li Deneme Seti - Eşit Ağırlık</t>
+          <t>AYT Sözel 12'li Deneme Sınavı</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057554123</t>
+          <t>9786057554536</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Tüm Dersler Soru Bankası</t>
+          <t>AYT 12'li Deneme Seti - Sayısal</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052247716</t>
+          <t>9786057554543</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri MPS Konu Anlatımı ve Soru Çözümü</t>
+          <t>AYT 12'li Deneme Seti - Eşit Ağırlık</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>440</v>
+        <v>610</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052247556</t>
+          <t>9786057554123</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Karekök 6. Sınıf Türkçe MPS Konu Anlatımlı</t>
+          <t>8. Sınıf LGS Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>460</v>
+        <v>298</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057554888</t>
+          <t>9786052247716</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Karekök YKS 2. Oturum AYT Kimya Soru Bankası</t>
+          <t>7. Sınıf Fen Bilimleri MPS Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>112</v>
+        <v>440</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257154758</t>
+          <t>9786052247556</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>TYT Sosyal Bilimler Denemeleri (YKS 1. Oturum)</t>
+          <t>Karekök 6. Sınıf Türkçe MPS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059959100</t>
+          <t>9786057554888</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çözümlü Zoru Bankası</t>
+          <t>Karekök YKS 2. Oturum AYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>650</v>
+        <v>112</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052247389</t>
+          <t>9786257154758</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT Cumhuriyet Dönemi Türk Edebiyatı Soru Bankası 2. Oturum</t>
+          <t>TYT Sosyal Bilimler Denemeleri (YKS 1. Oturum)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059433761</t>
+          <t>9786059959100</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>YKS Organik Kimya Soru Bankası 2. Oturum</t>
+          <t>Matematik Çözümlü Zoru Bankası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>365</v>
+        <v>650</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057554499</t>
+          <t>9786052247389</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Karekök Limit Sıfır AYT Hazırlık</t>
+          <t>YKS AYT Cumhuriyet Dönemi Türk Edebiyatı Soru Bankası 2. Oturum</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059433877</t>
+          <t>9786059433761</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Sosyoloji Bilgileri Dizinli</t>
+          <t>YKS Organik Kimya Soru Bankası 2. Oturum</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059433853</t>
+          <t>9786057554499</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Psikoloji Bilgileri Dizinli</t>
+          <t>Karekök Limit Sıfır AYT Hazırlık</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059433839</t>
+          <t>9786059433877</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Felsefe Bilgileri Dizinli</t>
+          <t>YKS Temel Sosyoloji Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059433785</t>
+          <t>9786059433853</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Coğrafya Bilgileri Dizinli</t>
+          <t>YKS Temel Psikoloji Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059433792</t>
+          <t>9786059433839</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Edebiyat Bilgileri Dizinli</t>
+          <t>YKS Temel Felsefe Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059433570</t>
+          <t>9786059433785</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>TYT YKS Geometri 2</t>
+          <t>YKS Temel Coğrafya Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>470</v>
+        <v>285</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059433532</t>
+          <t>9786059433792</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT Matematik 2. Kitap 1. Oturum</t>
+          <t>YKS Temel Edebiyat Bilgileri Dizinli</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059433518</t>
+          <t>9786059433570</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT Matematik 1. Kitap 1. Oturum</t>
+          <t>TYT YKS Geometri 2</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>298</v>
+        <v>470</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257154727</t>
+          <t>9786059433532</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sözel Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 999 Soru</t>
+          <t>YKS TYT Matematik 2. Kitap 1. Oturum</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>490</v>
+        <v>470</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057711632</t>
+          <t>9786059433518</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>AYT Fizik Denemeleri</t>
+          <t>YKS TYT Matematik 1. Kitap 1. Oturum</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>425</v>
+        <v>298</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257154734</t>
+          <t>9786257154727</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Eşit Ağırlık Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 1111 Soru</t>
+          <t>Sözel Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 999 Soru</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>545</v>
+        <v>490</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057711816</t>
+          <t>9786057711632</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Soru Bankası</t>
+          <t>AYT Fizik Denemeleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>515</v>
+        <v>425</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257154178</t>
+          <t>9786257154734</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Soru Bankası</t>
+          <t>Eşit Ağırlık Öğrencileri İçin AYT Öncesi Çözülmesi Gereken Son 1111 Soru</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>610</v>
+        <v>545</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257154161</t>
+          <t>9786057711816</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Soru Bankası</t>
+          <t>7. Sınıf Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>610</v>
+        <v>515</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057711397</t>
+          <t>9786257154178</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Lgs 12 Deneme</t>
+          <t>TYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257154765</t>
+          <t>9786257154161</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>TYT Sıfırdan Sınava Matematik Soru Bankası</t>
+          <t>AYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057711854</t>
+          <t>9786057711397</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Soru Bankası</t>
+          <t>8. Sınıf Lgs 12 Deneme</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057711830</t>
+          <t>9786257154765</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları</t>
+          <t>TYT Sıfırdan Sınava Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>345</v>
+        <v>610</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257154093</t>
+          <t>9786057711854</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Soru Bankası</t>
+          <t>9. Sınıf Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>540</v>
+        <v>430</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257154048</t>
+          <t>9786057711830</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>TYT Paragraf Soru Bankası</t>
+          <t>8. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>216</v>
+        <v>345</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057711724</t>
+          <t>9786257154093</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sözel Öğrenciler İçin 8 AYT Denemeleri</t>
+          <t>AYT Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>0</v>
+        <v>540</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057711700</t>
+          <t>9786257154048</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Öğrenciler İçin 8 AYT Denemeleri</t>
+          <t>TYT Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>570</v>
+        <v>216</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057711748</t>
+          <t>9786057711724</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS'den Önce Çözülmesi Gereken Son 300 Soru</t>
+          <t>Sözel Öğrenciler İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>245</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057711731</t>
+          <t>9786057711700</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Denemeleri 12 Çözümlü Deneme</t>
+          <t>Sayısal Öğrenciler İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>0</v>
+        <v>570</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057711717</t>
+          <t>9786057711748</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Eşit Ağırlık Öğrencileri İçin 8 AYT Denemeleri</t>
+          <t>8. Sınıf LGS'den Önce Çözülmesi Gereken Son 300 Soru</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257154376</t>
+          <t>9786057711731</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>AYT Felsefe Grubu Soru Bankası</t>
+          <t>AYT Matematik Denemeleri 12 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>390</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257154406</t>
+          <t>9786057711717</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Soru Bankası</t>
+          <t>Eşit Ağırlık Öğrencileri İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>228</v>
+        <v>545</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257154154</t>
+          <t>9786257154376</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mathematics Zero</t>
+          <t>AYT Felsefe Grubu Soru Bankası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>805</v>
+        <v>390</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257154031</t>
+          <t>9786257154406</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkçe Soru Bankası</t>
+          <t>AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>610</v>
+        <v>228</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257154208</t>
+          <t>9786257154154</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>TYT Rutin Olmayan Problemler</t>
+          <t>Mathematics Zero</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>440</v>
+        <v>805</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257154215</t>
+          <t>9786257154031</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf SözelMix Beceri Temelli Sorular</t>
+          <t>TYT Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>540</v>
+        <v>610</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257154291</t>
+          <t>9786257154208</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT T.C. İnkılap Tarihi ve Atatürkçülük</t>
+          <t>TYT Rutin Olmayan Problemler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257154086</t>
+          <t>9786257154215</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>AYT Kimya Soru Bankası</t>
+          <t>LGS 8. Sınıf SözelMix Beceri Temelli Sorular</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>515</v>
+        <v>540</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257154109</t>
+          <t>9786257154291</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>AYT Coğrafya Soru Bankası</t>
+          <t>TYT-AYT T.C. İnkılap Tarihi ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>490</v>
+        <v>580</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257154147</t>
+          <t>9786257154086</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Din Kültürü ve Ahlak Bilgisi Konu Anlatımlı</t>
+          <t>AYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>310</v>
+        <v>515</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057554840</t>
+          <t>9786257154109</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Coğrafya</t>
+          <t>AYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057711359</t>
+          <t>9786257154147</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Sayısalmix Matematik - Fen Bilimleri</t>
+          <t>TYT-AYT Din Kültürü ve Ahlak Bilgisi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>228</v>
+        <v>310</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057554161</t>
+          <t>9786057554840</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>AYT Fizik Soru Bankası</t>
+          <t>TYT Cep Test Coğrafya</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>252</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257154185</t>
+          <t>9786057711359</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>TYT YKS Türkçe Konu Anlatımı</t>
+          <t>8. Sınıf LGS Sayısalmix Matematik - Fen Bilimleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>610</v>
+        <v>228</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257154062</t>
+          <t>9786057554161</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>AYT Türev İntegral Soru Bankası</t>
+          <t>AYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>345</v>
+        <v>252</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257154338</t>
+          <t>9786257154185</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>TYT Tarih Soru Bankası</t>
+          <t>TYT YKS Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>585</v>
+        <v>610</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257154000</t>
+          <t>9786257154062</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>TYT Biyoloji Soru Bankası</t>
+          <t>AYT Türev İntegral Soru Bankası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257154017</t>
+          <t>9786257154338</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Soru Bankası</t>
+          <t>TYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>460</v>
+        <v>585</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257154222</t>
+          <t>9786257154000</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf Fen Bilimleri Soru Bankası</t>
+          <t>TYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257154277</t>
+          <t>9786257154017</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>AYT Geometri Soru Bankası</t>
+          <t>TYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>515</v>
+        <v>460</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057711960</t>
+          <t>9786257154222</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Soru Bankası</t>
+          <t>LGS 8. Sınıf Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257154130</t>
+          <t>9786257154277</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>AYT Tarih Soru Bankası</t>
+          <t>AYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>585</v>
+        <v>515</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057711328</t>
+          <t>9786057711960</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavlarında Çıkmış Coğrafya Terimleri Sözlüğü</t>
+          <t>11. Sınıf Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>245</v>
+        <v>610</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057711533</t>
+          <t>9786257154130</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Fen Bilimleri (Zor)</t>
+          <t>AYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>585</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057711441</t>
+          <t>9786057711328</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Geometri (Orta)</t>
+          <t>Üniversite Sınavlarında Çıkmış Coğrafya Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257154840</t>
+          <t>9786057711533</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavlarında Çıkmış Edebiyat Terimleri Sözlüğü</t>
+          <t>LGS Cep Test Fen Bilimleri (Zor)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057711243</t>
+          <t>9786057711441</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Temel Düzey Matematik MPS Konu Anlatımı</t>
+          <t>AYT Cep Test Geometri (Orta)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057711670</t>
+          <t>9786257154840</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 5 Denemeleri</t>
+          <t>Üniversite Sınavlarında Çıkmış Edebiyat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257154246</t>
+          <t>9786057711243</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Soru Bankası</t>
+          <t>11. Sınıf Temel Düzey Matematik MPS Konu Anlatımı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>540</v>
+        <v>440</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057711540</t>
+          <t>9786057711670</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf ROS Beceri Temelli Yeni Nesil Matematik Soruları</t>
+          <t>8. Sınıf LGS 5 Denemeleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>460</v>
+        <v>235</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057711571</t>
+          <t>9786257154246</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. Oturum TYT Türkçe Denemeleri 20 Çözümlü Deneme</t>
+          <t>11. Sınıf Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>505</v>
+        <v>540</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057711281</t>
+          <t>9786057711540</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>TYT Cep Test Kimya (Zor)</t>
+          <t>LGS 8. Sınıf ROS Beceri Temelli Yeni Nesil Matematik Soruları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057711366</t>
+          <t>9786057711571</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>AYT 12. Sınıf İntegral Cep Test</t>
+          <t>YKS 1. Oturum TYT Türkçe Denemeleri 20 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>505</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057711267</t>
+          <t>9786057711281</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test İngilizce</t>
+          <t>TYT Cep Test Kimya (Zor)</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057711212</t>
+          <t>9786057711366</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Fen Bilimleri (Orta)</t>
+          <t>AYT 12. Sınıf İntegral Cep Test</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057554871</t>
+          <t>9786057711267</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Paragraf</t>
+          <t>LGS Cep Test İngilizce</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057554994</t>
+          <t>9786057711212</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Din Kültürü ve Ahlak Bilgisi</t>
+          <t>LGS Cep Test Fen Bilimleri (Orta)</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057554864</t>
+          <t>9786057554871</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Türkçe</t>
+          <t>LGS Cep Test Paragraf</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057711311</t>
+          <t>9786057554994</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>LGS Cep Test Matematik (Orta)</t>
+          <t>LGS Cep Test Din Kültürü ve Ahlak Bilgisi</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257154239</t>
+          <t>9786057554864</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>TYT Felsefe Soru Bankası</t>
+          <t>LGS Cep Test Türkçe</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057711526</t>
+          <t>9786057711311</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>TYT 12'li Çözümlü Deneme Seti</t>
+          <t>LGS Cep Test Matematik (Orta)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059433846</t>
+          <t>9786257154239</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>YKS Çağdaş Türk ve Dünya Tarihi Soru Bankası 2.Oturum</t>
+          <t>TYT Felsefe Soru Bankası</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>36</v>
+        <v>345</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257154413</t>
+          <t>9786057711526</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Beceri Temelli Yeni Nesil Fen Bilimleri Soruları</t>
+          <t>TYT 12'li Çözümlü Deneme Seti</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057711663</t>
+          <t>9786059433846</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Matematik Denemeleri</t>
+          <t>YKS Çağdaş Türk ve Dünya Tarihi Soru Bankası 2.Oturum</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>365</v>
+        <v>36</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257154420</t>
+          <t>9786257154413</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>8. Sınıf Beceri Temelli Yeni Nesil Fen Bilimleri Soruları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057711823</t>
+          <t>9786057711663</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri Soru Bankası</t>
+          <t>8. Sınıf LGS Matematik Denemeleri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>460</v>
+        <v>365</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257154499</t>
+          <t>9786257154420</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf Fen Bilimleri 20 Deneme</t>
+          <t>TYT-AYT Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057711335</t>
+          <t>9786057711823</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test  12. Sınıf Türev</t>
+          <t>7. Sınıf Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257154345</t>
+          <t>9786257154499</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Geometri 1. Kitap</t>
+          <t>LGS 8. Sınıf Fen Bilimleri 20 Deneme</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>415</v>
+        <v>365</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057711694</t>
+          <t>9786057711335</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Kitabı</t>
+          <t>AYT Cep Test  12. Sınıf Türev</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057711687</t>
+          <t>9786257154345</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Sınavı Seti</t>
+          <t>TYT-AYT Geometri 1. Kitap</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>0</v>
+        <v>415</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057554765</t>
+          <t>9786057711694</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>AYT Öncesi Çözülmesi Gereken Son 999 Soru Sözel Öğrenciler İçin</t>
+          <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>49</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057554741</t>
+          <t>9786057711687</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>AYT Sözel Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Sınavı Seti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>610</v>
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057554727</t>
+          <t>9786057554765</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>AYT Sayısal Tüm Dersler Soru Bankası</t>
+          <t>AYT Öncesi Çözülmesi Gereken Son 999 Soru Sözel Öğrenciler İçin</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>610</v>
+        <v>49</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057711656</t>
+          <t>9786057554741</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>AYT Kimya Denemeleri - 30 Çözümlü Deneme</t>
+          <t>AYT Sözel Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057554734</t>
+          <t>9786057554727</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>AYT Eşit Ağırlık Tüm Dersler Soru Bankası</t>
+          <t>AYT Sayısal Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057711649</t>
+          <t>9786057711656</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Denemeleri - 30 Çözümlü Deneme</t>
+          <t>AYT Kimya Denemeleri - 30 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057554659</t>
+          <t>9786057554734</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Denemeleri - 20 Çözümlü Deneme</t>
+          <t>AYT Eşit Ağırlık Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>45</v>
+        <v>610</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052247952</t>
+          <t>9786057711649</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
+          <t>AYT Biyoloji Denemeleri - 30 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>690</v>
+        <v>320</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057554680</t>
+          <t>9786057554659</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>AYT Felsefe Grubu Denemeleri - 30 Çözümlü Deneme</t>
+          <t>AYT Matematik Denemeleri - 20 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057554697</t>
+          <t>9786052247952</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>AYT Din Kültürü ve Ahlak Bilgisi Denemeleri - 30 Çözümlü Deneme</t>
+          <t>12. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>230</v>
+        <v>690</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057554703</t>
+          <t>9786057554680</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>AYT Coğrafya Denemeleri 60 Çözümlü Deneme</t>
+          <t>AYT Felsefe Grubu Denemeleri - 30 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057554635</t>
+          <t>9786057554697</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>AYT Türk Dili ve Edebiyatı Denemeleri 30 Çözümlü Deneme</t>
+          <t>AYT Din Kültürü ve Ahlak Bilgisi Denemeleri - 30 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057554642</t>
+          <t>9786057554703</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>AYT Tarih Denemeleri 60 Çözümlü Deneme</t>
+          <t>AYT Coğrafya Denemeleri 60 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057554079</t>
+          <t>9786057554635</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
+          <t>AYT Türk Dili ve Edebiyatı Denemeleri 30 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>690</v>
+        <v>480</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057711410</t>
+          <t>9786057554642</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>AYT Cep Test Kimya (Orta)</t>
+          <t>AYT Tarih Denemeleri 60 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057711458</t>
+          <t>9786057554079</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>LGS 8. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları</t>
+          <t>11. Sınıf Modüler Piramit Sistemiyle Matematik Konu Anlatımı ve Soru Çözümü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>168</v>
+        <v>690</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057711274</t>
+          <t>9786057711410</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>AYT Cep Test Kimya (Orta)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258419177</t>
+          <t>9786057711458</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Ceptest</t>
+          <t>LGS 8. Sınıf Beceri Temelli Yeni Nesil Türkçe Soruları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258419979</t>
+          <t>9786057711274</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Türkçe Soru Bankası</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>515</v>
+        <v>265</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258419917</t>
+          <t>9786258419177</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Ceptest</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>610</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256180031</t>
+          <t>9786258419979</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Sosyal Bilgiler Soru Bankası</t>
+          <t>5. Sınıf Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>345</v>
+        <v>515</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256180086</t>
+          <t>9786258419917</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Sosyal Bilgiler MPS Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
+          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>345</v>
+        <v>610</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258419986</t>
+          <t>9786256180031</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik Soru Bankası</t>
+          <t>5. Sınıf Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>515</v>
+        <v>345</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256180079</t>
+          <t>9786256180086</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik MPS (Modüler Piramit Sistemi) Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
+          <t>5. Sınıf Sosyal Bilgiler MPS Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057711304</t>
+          <t>9786258419986</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>5.Sınıf İngilizce Soru Bankası Karekök Yayınları</t>
+          <t>5. Sınıf Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>460</v>
+        <v>515</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257154819</t>
+          <t>9786256180079</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF FEN BİLİMLERİ SORU BANKASI</t>
+          <t>5. Sınıf Matematik MPS (Modüler Piramit Sistemi) Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
+          <t>9786057711304</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>5.Sınıf İngilizce Soru Bankası Karekök Yayınları</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786257154819</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>5.SINIF FEN BİLİMLERİ SORU BANKASI</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
           <t>9786258419580</t>
         </is>
       </c>
-      <c r="B385" s="1" t="inlineStr">
+      <c r="B387" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
-      <c r="C385" s="1">
+      <c r="C387" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>