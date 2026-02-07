--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -139,51 +139,51 @@
         <is>
           <t>9786256180505</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>10E ANNEE BANQUE DE QUESTIONS DE MATHEMATIQUES</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>895</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057711779</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>9th GRADE MATHEMATICS QUESTION BOOK</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>895</v>
+        <v>620</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256180451</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>5.SINIF MATEMATİK HAFTALIK TAKİP SINAVLARI</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>515</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256180666</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
@@ -454,51 +454,51 @@
         <is>
           <t>9786256180529</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>6.SINIF MATEMATİK MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786256180444</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>5.SINIF FEN BİLİMLERİ MPS (MODÜLER PİRAMİT SİSTEMİ)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>365</v>
+        <v>460</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786256180314</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>5.SINIF PARAGRAF SORU BANKASI</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786256180239</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
@@ -2239,51 +2239,51 @@
         <is>
           <t>9786256180277</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>AYT Progresif Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9786256180222</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf LGS İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>415</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9786256180253</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>LGS Her Kazanımdan Bir Soru Türkçe</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9786256180246</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
@@ -2974,96 +2974,96 @@
         <is>
           <t>9786258419368</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>AYT Öncesi Çözülmesi Gereken Son 900 Soru Sayısal Öğrencileri için</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9786258419214</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>TYT Biyoloji Sıfıra</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9786258419306</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Karekök Yayınları 8. Sınıf LGS Sayısal 7 li Deneme</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9786258419320</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>AYT Fen Bilimleri Denemeleri</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9786258419290</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>AYT Türk Dili ve Edebiyatı Denemeleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>0</v>
+        <v>265</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786258419269</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>YKS TYT Problemler MPS Modüler Pramit Sistemi Soru Bankası</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786258419184</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
@@ -4639,96 +4639,96 @@
         <is>
           <t>9786257154048</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
           <t>TYT Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>216</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>9786057711724</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
           <t>Sözel Öğrenciler İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>0</v>
+        <v>390</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t>9786057711700</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
           <t>Sayısal Öğrenciler İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>570</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>9786057711748</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf LGS'den Önce Çözülmesi Gereken Son 300 Soru</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>9786057711731</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
           <t>AYT Matematik Denemeleri 12 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>0</v>
+        <v>325</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>9786057711717</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Eşit Ağırlık Öğrencileri İçin 8 AYT Denemeleri</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>545</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>9786257154376</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
@@ -5449,66 +5449,66 @@
         <is>
           <t>9786257154345</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
           <t>TYT-AYT Geometri 1. Kitap</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>415</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
           <t>9786057711694</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>0</v>
+        <v>470</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t>9786057711687</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf LGS 1. Dönem Konuları 10 Deneme Sınavı Seti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>0</v>
+        <v>530</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
           <t>9786057554765</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
           <t>AYT Öncesi Çözülmesi Gereken Son 999 Soru Sözel Öğrenciler İçin</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
           <t>9786057554741</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
@@ -5845,70 +5845,55 @@
           <t>5. Sınıf Matematik MPS (Modüler Piramit Sistemi) Konu Anlatımlı Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
           <t>9786057711304</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
           <t>5.Sınıf İngilizce Soru Bankası Karekök Yayınları</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257154819</t>
+          <t>9786258419580</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>5.SINIF FEN BİLİMLERİ SORU BANKASI</t>
+          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
-[...13 lines deleted...]
-      <c r="C387" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>