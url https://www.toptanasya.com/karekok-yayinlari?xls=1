--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -5755,51 +5755,51 @@
           <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Ceptest</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
           <t>9786258419979</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>515</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258419917</t>
+          <t>9786256180802</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>610</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
           <t>9786256180031</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>345</v>
       </c>