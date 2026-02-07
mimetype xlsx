--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,4225 +85,6625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256176652</t>
+          <t>9786256176874</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saklı Silüetler</t>
+          <t>Tanrıçanın Şifacısı Abnoba &amp; Kutsal Şehir Ancyra</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>850</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256176669</t>
+          <t>9786256176850</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Sokak Lambasıyım</t>
+          <t>Kadı / Adaletin Gölgesinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256176638</t>
+          <t>9786256176898</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Soykırımı: Uluslararası Hukuk, Tanınma ve Kolektif Bellek</t>
+          <t>Çık Gel</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256176683</t>
+          <t>9786256176799</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bize Bir Hediyedir</t>
+          <t>43..</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256176645</t>
+          <t>9786256176881</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ortancaların Günlüğü</t>
+          <t>Bay X İle Bayan P</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256176591</t>
+          <t>9786256977686</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Notaları</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256176577</t>
+          <t>9786256977655</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tamag</t>
+          <t>Hiçbir Yer Sokağı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256176607</t>
+          <t>9786256176041</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bedeninle Konuş, Ruhunla Dans Et!</t>
+          <t>Kuş Uçar Rüzgar Eksilir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>196</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256176560</t>
+          <t>9786259794150</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ben'ce Bir Deneme</t>
+          <t>Sporda Kurumsal Sosyal Sorumluluk ve Marka İmajı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256176584</t>
+          <t>9786259811895</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İnci Taneleri</t>
+          <t>Beyaz Zambaklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256176539</t>
+          <t>9786259829883</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Binbir Pencereden İnsan</t>
+          <t>Hz. Zerdüşt</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256176027</t>
+          <t>9786259829814</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Tablet</t>
+          <t>Takıntı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256176485</t>
+          <t>9786259829852</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsaneleri</t>
+          <t>Gül-ü Nar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256176492</t>
+          <t>9786259842769</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler - Islah Adası</t>
+          <t>Tuhafıma Giden Şeyler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256176508</t>
+          <t>9786259842714</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özgeçmişim Ektedir</t>
+          <t>Pirinç Şamdanlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256176522</t>
+          <t>9786259842721</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Kelebeğin Çıngısı</t>
+          <t>İçimdeki Kenan Ülkesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256176515</t>
+          <t>9786259842745</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Öte</t>
+          <t>Yaşanmış Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256176461</t>
+          <t>9786256977952</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arıza Kelebekler</t>
+          <t>Hayat Zerzenin Ucunda</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256176454</t>
+          <t>9786256977914</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kirpik ve Roma</t>
+          <t>Hem Okudum Hem Çizdim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256176478</t>
+          <t>9786256977891</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İçsel Gücü Keşfet</t>
+          <t>Bitcoin Sen Bizim Her Şeyimizsin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256176300</t>
+          <t>9786256977969</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yarası</t>
+          <t>Hayallerin Gemisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256176393</t>
+          <t>9786256977815</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256176430</t>
+          <t>9786256977792</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peşinden Koşma Üzerine Çek</t>
+          <t>Tek Kişilik Vedalar - Işık Yılı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256176317</t>
+          <t>9786256977761</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sen Kazandın</t>
+          <t>Eksik Etek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256176416</t>
+          <t>9786256977730</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kış Külü</t>
+          <t>Aklın Yolu Bir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256176423</t>
+          <t>9786256977631</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnanışımda İnsan</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256176379</t>
+          <t>9786256977563</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Billur Damlalar</t>
+          <t>Yine Yağmur Yağıyor Küçük Bahçeme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256176409</t>
+          <t>9786256977570</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat</t>
+          <t>Orta ve Üst Düzey Yönetici Tuzakları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256176362</t>
+          <t>9786256977525</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güz Baladı</t>
+          <t>Sinir Oldum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256176386</t>
+          <t>9786256977518</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ahhh Dişim!</t>
+          <t>Can Düğümü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256176331</t>
+          <t>9786256977549</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>‘An</t>
+          <t>İlkyazda Bir Gerdek Gecesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256176287</t>
+          <t>9786256977532</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz ve Çağdaşlaşma Yolculuğumuz</t>
+          <t>Hüseyin Öğretmen</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256176294</t>
+          <t>9786256977440</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dilaver Hanım ve Kiracıları</t>
+          <t>Sen Gidersen Kim Sular Fesleğenleri?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256176270</t>
+          <t>9786256977389</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tanışmak Bazen Sanıldığı Kadar İyi Değildir</t>
+          <t>Örgütlü Bir Öğretmenin Arşivinden</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257306935</t>
+          <t>9786256977365</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Benden Sonra - Anılarda Annelik</t>
+          <t>Mansur Yavaş ve Üslup Siyaseti</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057105516</t>
+          <t>9786256977310</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alp Börü 2</t>
+          <t>Birbirine Emanet İki Halk: Türkler ve Kürtler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>700</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257306942</t>
+          <t>9786256977280</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Üç Harman - Divle Toroslarında Bir Köy Öğretmeni</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256176263</t>
+          <t>9786256977266</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çığlığı</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256176249</t>
+          <t>9786256977136</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hüseyinzadeler</t>
+          <t>Vefa Mevsimi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256176232</t>
+          <t>9786256977143</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaşamıyorken Yaşamak</t>
+          <t>Mezopotamya - Köle ve Kral</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256176256</t>
+          <t>9786256977082</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adım Melissa</t>
+          <t>Felsefe Olimpiyatları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256176218</t>
+          <t>9786256977075</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İhanet Ve Cehaletin Pençesinde İnleyen Türkiye</t>
+          <t>Eskenci Destanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256176225</t>
+          <t>9786256977068</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Sevda</t>
+          <t>Dijital Yerli</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256176201</t>
+          <t>9786256977037</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gül Dikeni</t>
+          <t>Kıyıma Vuranlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256176195</t>
+          <t>9786256977020</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Recai Dede Şiirleri</t>
+          <t>Efendisizler Korosu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256176188</t>
+          <t>9786258440973</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türlübey Yanıyor</t>
+          <t>Avanos Çömlekçiliği ve Galip Usta</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256176065</t>
+          <t>9786258440966</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayaller Defteri</t>
+          <t>Giuseppe’nin Hikayesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256176164</t>
+          <t>9786258440867</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satıra</t>
+          <t>Kalbinden Taşınıyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256977846</t>
+          <t>9786258440935</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında Uzun Bir Gece</t>
+          <t>Gün Umudun Aynasında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256977860</t>
+          <t>9786258440898</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Eğitim</t>
+          <t>Apidae</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256176171</t>
+          <t>9786258440782</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Asit</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256977990</t>
+          <t>9786258440812</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Büyük Bir Okuldur</t>
+          <t>Geçmiş Baharın Çiçekleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259842738</t>
+          <t>9786258440850</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Bir Tebessüm</t>
+          <t>Gölgende Bir Kış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256977938</t>
+          <t>9786258440768</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Planı</t>
+          <t>Vakar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256977822</t>
+          <t>9786258440805</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Manolya</t>
+          <t>Halep’ten Antep’e</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256977839</t>
+          <t>9786059352352</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Yazılmayan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256977747</t>
+          <t>9786258440492</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dönence</t>
+          <t>Aynadaki Güneş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256977679</t>
+          <t>9786258440430</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tedavülden Kalkan Duygular</t>
+          <t>Çalışan Denklemi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256977556</t>
+          <t>9786258440355</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'ten Günümüze Çanakkale Yahudileri</t>
+          <t>Yasalardan Arındırılmış Kayyum Belediyeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256977426</t>
+          <t>9786258440416</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikalarının Terminolojisi ve Temel Sorunları</t>
+          <t>Nihan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256977464</t>
+          <t>9786258440348</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eski Bursa'dan Öyküler</t>
+          <t>Çatto</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256977396</t>
+          <t>9786258440362</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Hacker Sen Misin?</t>
+          <t>Cennetin Selamı Var</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256977372</t>
+          <t>9786258440324</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönem Niğde</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256977341</t>
+          <t>9786258440256</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde 100</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256977181</t>
+          <t>9786258440065</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde Kafkas Göçleri Adlı Eserin Çeçen Göçü ile İlgili Belgelerinin Günümüz Türkçesine Çevirisi (Devlet Arşivleri Genel Müdürlüğü)</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256977204</t>
+          <t>9786258440171</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarından Mektuplar - 3</t>
+          <t>Balkan Savaşlarından Balkan Barış Gücü’ne</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256977174</t>
+          <t>9786258440126</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tül Ardı Kadınları</t>
+          <t>Yeni Dünya Düzeni Emperyalizmin Üst Aşamasıdır</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256977129</t>
+          <t>9786258440089</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tanıkların Gözüyle Kerkük Katliamı</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258440836</t>
+          <t>9786257025423</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ben de Varım Öğretmenim</t>
+          <t>Bozkır - 1 Solan Güller</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258440485</t>
+          <t>9786257306591</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Şiir Kitabı - 29 Harf 129 Şiir</t>
+          <t>Bir Hevese Kapıldım Sen Giderken</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258440454</t>
+          <t>9786257306256</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kokusu</t>
+          <t>Dilenci</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258440379</t>
+          <t>9786258440034</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Püskürürken</t>
+          <t>Kara Tahta ve Beyaz Tebeşir</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258440188</t>
+          <t>9786258440010</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kolay Değildir Subay Olmak</t>
+          <t>Sığırcık Zamanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257306973</t>
+          <t>9786257306966</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Felsefeci ve Aşkı</t>
+          <t>Berlin'de Hakimler Var</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059352079</t>
+          <t>9786057105547</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Kadim Bursa’dan İnciler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059352062</t>
+          <t>9786057105561</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar: Kehanet</t>
+          <t>Kendini Bilme ve Anlama Okulu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257025942</t>
+          <t>9786052320709</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Bin Yalnızlık</t>
+          <t>Her Evlilik Mutluluğu Hak Eder</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257306881</t>
+          <t>9786052320747</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yalanla Yaşatılmaz</t>
+          <t>Onur</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257306607</t>
+          <t>9786057603319</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yürekler Vadisi</t>
+          <t>Şeytan Azrail ve Gardiyan</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257306126</t>
+          <t>9786052320778</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Tamah Etme</t>
+          <t>Mor Melankoli</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257025652</t>
+          <t>9786052320877</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beynimizdeki İkinci Ben</t>
+          <t>Toroslar'dan Çin Seddi'ne</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257025669</t>
+          <t>9786052320341</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çömlekçi</t>
+          <t>Tağut’un Kaos Düzeni</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257306348</t>
+          <t>9786052320891</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Sekiz Yüzü</t>
+          <t>Evet Sensin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257306201</t>
+          <t>9786052320907</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kayıp Sandık</t>
+          <t>Bu Dünyanın İnsanları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057603685</t>
+          <t>9786052320785</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Atusa’nın Laneti</t>
+          <t>Aşk Bana Uzakmış Anne</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257306287</t>
+          <t>9786052320938</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nilda</t>
+          <t>İçte Öyle</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257306225</t>
+          <t>9786052320624</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kurbanları</t>
+          <t>Seni Özlemişliğim Doluyor İçime</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257025768</t>
+          <t>9786057603050</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Sevgi Bahçeleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057603692</t>
+          <t>9786052320990</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ankara Garı</t>
+          <t>Liman Ekonomisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256176133</t>
+          <t>9786059352925</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Trampetçi Kız</t>
+          <t>Kırmızı Lacivert</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256176157</t>
+          <t>9786052320051</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İpliği</t>
+          <t>Gri Yanım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256176072</t>
+          <t>9786059352994</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Levla</t>
+          <t>Ceviz Lekesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256176140</t>
+          <t>9786052320365</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Yuvama Döneceğim</t>
+          <t>Omurgam Adalet</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256977723</t>
+          <t>9786054976478</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Alevleri</t>
+          <t>Saklı Kurtlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057603111</t>
+          <t>9786054976683</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yar'a Kalanlara</t>
+          <t>Kurmay Gözüyle Tenis</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>13</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052320921</t>
+          <t>9786059352680</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Babamın Omuzlarında</t>
+          <t>3üncü İşaret</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059352802</t>
+          <t>9786257025829</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çayım Tek Şeker</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052320228</t>
+          <t>9786257025966</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzağa Dair</t>
+          <t>Yaşam Koşucusu - Atom Karınca</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.11</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257306263</t>
+          <t>9786257025928</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Odyolojinin Temelleri</t>
+          <t>Zişan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257025126</t>
+          <t>9786257025805</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kalem Koleksiyoncusu</t>
+          <t>Aşkzedeler Kulübü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057603838</t>
+          <t>9786257306034</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarları Suçlayamam</t>
+          <t>Avarya</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256176119</t>
+          <t>9786257306089</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kızlarım İçin</t>
+          <t>Fulya, Karınca ve Kaplumbağa</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256176102</t>
+          <t>9786257025980</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Karanlığı</t>
+          <t>Tek Kişilik Aşklar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256176126</t>
+          <t>9786257306898</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmadağ Masalı</t>
+          <t>Altın Vuruş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057105530</t>
+          <t>9786257306850</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Liseli Doktordan Farabi Aşk</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259794143</t>
+          <t>9786257306676</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis?</t>
+          <t>Kişisel Gelişimin Şiirsel Yolu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256176089</t>
+          <t>9786257306782</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeği</t>
+          <t>Saman Çöpleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256176096</t>
+          <t>9786257306690</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Göçmen Çınar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256176058</t>
+          <t>9786257306447</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Birlik Düşüncesi, Birlikte Çalışmak, Birlikte Yönetmek, Hakça Paylaşmak ve Solun Hataları</t>
+          <t>Saraydan Kaçış</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259794181</t>
+          <t>9786257306423</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ne Aşkımdı Ne Sevgili</t>
+          <t>Dizel Skandalı ve Elektriğin Doğuşu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256176003</t>
+          <t>9786257306461</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Öper Misin Kalbimden?</t>
+          <t>Düş Yolculuğu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259794198</t>
+          <t>9786257306300</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dönemi Denemeleri</t>
+          <t>Otizmin Kıyısından Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259794174</t>
+          <t>9786257306706</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Eve Düşen Yıldırım</t>
+          <t>Kedime Şiirler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259794136</t>
+          <t>9786257306720</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı'nın Ardında Umutlar - Müzmin Aşk</t>
+          <t>Ne Çay</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259794167</t>
+          <t>9786257306478</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pusula Bilimi Gösteriyor</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259794129</t>
+          <t>9786257025409</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çantam ve Ben</t>
+          <t>Şiir Gibi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259794112</t>
+          <t>9786257025874</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tutamadığım Gözyaşım</t>
+          <t>Zehirli Ahfa</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259794105</t>
+          <t>9786257025317</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Aşkına</t>
+          <t>Seven Kadın</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259811871</t>
+          <t>9786257025881</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Biri</t>
+          <t>İmparatorluklardan Cumhuriyetlere Üç Ülke Üç Başkent</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259811888</t>
+          <t>9786257025973</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Takıntı Ayarlama Servisi</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259811802</t>
+          <t>9786057603449</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Denizi</t>
+          <t>Okul Mu Yok Ol Mu?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259811833</t>
+          <t>9786257306171</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yönelimler</t>
+          <t>Geleceğin Tarihi Tanıkları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259811826</t>
+          <t>9786257025638</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Gönül Kanamaları</t>
+          <t>Eyvaz ile Bir Sene</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259811864</t>
+          <t>9786257025911</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele ve Samur Kürk</t>
+          <t>Misafir Öyküler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259811857</t>
+          <t>9786257025058</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nar Küresi</t>
+          <t>Gökten Düşen Bir Yıldız</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259811819</t>
+          <t>9786257025065</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi’nde Teknolojik Yenilikler ve Türkiye</t>
+          <t>Yolda Kalanlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259829890</t>
+          <t>9786257306133</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Feri Veda</t>
+          <t>Nisanda Kar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256977334</t>
+          <t>9786257025997</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Memleket ve Sevgili</t>
+          <t>Sürgündeki Suskun Prenses Nadya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256977150</t>
+          <t>9786257306164</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Öfkesi</t>
+          <t>Yaşam Kalitesi ve Kentsel Kalite Üzerine Bir Çalışma</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259829869</t>
+          <t>9786257025096</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Müşteri Memnuniyeti Hakkında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259829838</t>
+          <t>9786057603876</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Boya Sandığı</t>
+          <t>Med-Cezir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259829845</t>
+          <t>9786057603937</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cemile</t>
+          <t>Ben Aşk Diye Yazdım Sen Adınla Oku</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259829876</t>
+          <t>9786257025591</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ben Sandım Ki</t>
+          <t>Kurtuluş Savaşı’na Destan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258440546</t>
+          <t>9786257025300</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sınırı</t>
+          <t>Hayallerimi Saldım Çayıra</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258440195</t>
+          <t>9786257025232</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Onulmaz</t>
+          <t>Hepaters</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059352390</t>
+          <t>9786257025164</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yazıt: Bin Yıl Savaşları</t>
+          <t>Rüzgarın Rengi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259829821</t>
+          <t>9786057603722</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Put Entrika Saatler</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259842790</t>
+          <t>9786057603135</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kavşaktepe’nin Esrarı</t>
+          <t>Mevsimsiz Tomurcuklar - Otizm</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259842783</t>
+          <t>9786057603784</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön</t>
+          <t>Sürgün Gibi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259842776</t>
+          <t>9786257025003</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ülkesi</t>
+          <t>Pencereler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259842707</t>
+          <t>9786057603654</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Babamın Tenekeleri</t>
+          <t>Dişi Aşk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259842752</t>
+          <t>9786057603555</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aykırı</t>
+          <t>İki Mevsim Arası Bir Kalp Atışı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256977853</t>
+          <t>9786057603890</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256977907</t>
+          <t>9786057603005</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Terra Silius</t>
+          <t>Bir Hayalin Hikayesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256977877</t>
+          <t>9786256176843</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Kırmızı Patik</t>
+          <t>Kalbimin Küllerinden</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256977945</t>
+          <t>9786256176805</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kis</t>
+          <t>Şia’ya Cevap Veriyorum</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256977433</t>
+          <t>9786256176812</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Simizar</t>
+          <t>Başlangıçtaki Son</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>630</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256977488</t>
+          <t>9786256176836</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Çarlık’a Xelık</t>
+          <t>Osmanlı’dan Günümüze İtaat, Biat, İstibdat</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258440980</t>
+          <t>9786256176768</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sözün Ezgisi</t>
+          <t>Sen de Barbie Bebeklerine Anlat Yazdıklarımı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>40</v>
+        <v>470</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258440720</t>
+          <t>9786256176751</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hasret Treni</t>
+          <t>Türkü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256977754</t>
+          <t>9786256176775</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bol Sıfırlı Kıyamet Fragmanı</t>
+          <t>Amak-ı Siyaset</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256977808</t>
+          <t>9786256176737</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Babam, Boğaziçi</t>
+          <t>Mahalle Terapisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256977778</t>
+          <t>9786256176621</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Söylenebilir Her Şeyi Söylemek; Şiirle</t>
+          <t>Zamanın Gözleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>70</v>
+        <v>495</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258440553</t>
+          <t>9786256176720</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İkinci Kuşak (Ortak Değerler)</t>
+          <t>Susmam</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256977716</t>
+          <t>9786256176744</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zarafeti Arifan - Mevla’yı Bilenlerden İncelikler</t>
+          <t>Temet Nosce</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256977662</t>
+          <t>9786256176706</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yitirilmiş Kültür Varlığı Olarak Antalya Kalesi’nin Nakışlı Bir Liman Kapısı</t>
+          <t>Sıhhiyeci Köse Mehmet</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256977709</t>
+          <t>9786256176690</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Saplantılı</t>
+          <t>Mağaradaki Hayaletler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256977693</t>
+          <t>9786256176713</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Cennet Dünyayı Cehenneme Çeviren "İnsanoğlu"</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256977624</t>
+          <t>9786256176348</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Adı: Kadın Soyadı: Haklar</t>
+          <t>Önce Katiller Ölür</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256977600</t>
+          <t>9786256176553</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rüzgaraltı Anıları</t>
+          <t>Firkat-i Canan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256977617</t>
+          <t>9786256176652</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kardelen</t>
+          <t>Saklı Silüetler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256977471</t>
+          <t>9786256176669</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Umudu Paylaşanlar</t>
+          <t>Ben Bir Sokak Lambasıyım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256977501</t>
+          <t>9786256176638</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türk Diasporası’nın Türklerin Anadil Öğrenimine, Akademik Başarılarına ve Sosyo-Ekonomik Yapılarına Etkisi</t>
+          <t>Çerkes Soykırımı: Uluslararası Hukuk, Tanınma ve Kolektif Bellek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256977457</t>
+          <t>9786256176683</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dur</t>
+          <t>Hayat Bize Bir Hediyedir</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256977358</t>
+          <t>9786256176645</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Vebal</t>
+          <t>Ortancaların Günlüğü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256977419</t>
+          <t>9786256176591</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gün(sel)cesi</t>
+          <t>Liderliğin Notaları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256977303</t>
+          <t>9786256176577</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İçeride Tadilat Var</t>
+          <t>Tamag</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256977327</t>
+          <t>9786256176607</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kolak Arif</t>
+          <t>Bedeninle Konuş, Ruhunla Dans Et!</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256977297</t>
+          <t>9786256176560</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sümer’de Bir Yabancı</t>
+          <t>Ben'ce Bir Deneme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256977242</t>
+          <t>9786256176584</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Yolculuk</t>
+          <t>Aynadaki İnci Taneleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256977211</t>
+          <t>9786256176539</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Uykusuzu</t>
+          <t>Binbir Pencereden İnsan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256977259</t>
+          <t>9786256176027</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sonsuzluk</t>
+          <t>Gümüş Tablet</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256977273</t>
+          <t>9786256176485</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>“Çalmak Ne Kadar Kolay” dedi Dimitri</t>
+          <t>Şehir Efsaneleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256977228</t>
+          <t>9786256176492</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Hakikat ve Sırlar Arayışı</t>
+          <t>Seçilmişler - Islah Adası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256977235</t>
+          <t>9786256176508</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Korumanın Anıları</t>
+          <t>Özgeçmişim Ektedir</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256977167</t>
+          <t>9786256176522</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bab</t>
+          <t>Kanatsız Kelebeğin Çıngısı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256977112</t>
+          <t>9786256176515</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>7 Veren'in Aşk-ı</t>
+          <t>Aşktan da Öte</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256977105</t>
+          <t>9786256176461</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Günden Artakalan</t>
+          <t>Arıza Kelebekler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256977044</t>
+          <t>9786256176454</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Arka Yüz</t>
+          <t>Kirpik ve Roma</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256977006</t>
+          <t>9786256176478</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Doğru Konuşmak Suç Mu?</t>
+          <t>İçsel Gücü Keşfet</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256977013</t>
+          <t>9786256176300</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Navruz Ana</t>
+          <t>Yürek Yarası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258440928</t>
+          <t>9786256176393</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Yokuş</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258440904</t>
+          <t>9786256176430</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğarken</t>
+          <t>Peşinden Koşma Üzerine Çek</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258440911</t>
+          <t>9786256176317</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ares</t>
+          <t>Sen Kazandın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258440874</t>
+          <t>9786256176416</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>3004 Numaralı Oda</t>
+          <t>Kış Külü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>50</v>
+        <v>460</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258440829</t>
+          <t>9786256176423</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla, Bir Irmak ve Sonsuzluk</t>
+          <t>İnanışımda İnsan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258440775</t>
+          <t>9786256176379</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Matruşkası</t>
+          <t>Billur Damlalar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258440669</t>
+          <t>9786256176409</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Malta Gezgini</t>
+          <t>Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258440676</t>
+          <t>9786256176362</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Sızım Kalır</t>
+          <t>Güz Baladı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258440683</t>
+          <t>9786256176386</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hava Atış Yarışmaları</t>
+          <t>Ahhh Dişim!</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258440621</t>
+          <t>9786256176331</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesindeki Şehir</t>
+          <t>‘An</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258440638</t>
+          <t>9786256176287</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kenarbel</t>
+          <t>Cumhuriyetimiz ve Çağdaşlaşma Yolculuğumuz</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258440645</t>
+          <t>9786256176294</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızı</t>
+          <t>Dilaver Hanım ve Kiracıları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258440690</t>
+          <t>9786256176270</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Deliçoban</t>
+          <t>Tanışmak Bazen Sanıldığı Kadar İyi Değildir</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258440607</t>
+          <t>9786257306935</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Zeynel</t>
+          <t>Benden Sonra - Anılarda Annelik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258440515</t>
+          <t>9786057105516</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Mü'min Olmak</t>
+          <t>Alp Börü 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258440539</t>
+          <t>9786257306942</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Uzakta</t>
+          <t>Üç Harman - Divle Toroslarında Bir Köy Öğretmeni</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258440508</t>
+          <t>9786256176263</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Korona Anılarım</t>
+          <t>Gecenin Çığlığı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>40</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258440478</t>
+          <t>9786256176249</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Elden Gelen</t>
+          <t>Hüseyinzadeler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258440447</t>
+          <t>9786256176232</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bahriyeli</t>
+          <t>Yaşamıyorken Yaşamak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258440461</t>
+          <t>9786256176256</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Emine Türküsü Veya Saksıda Narçiçeği</t>
+          <t>Adım Melissa</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258440300</t>
+          <t>9786256176218</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yaseminler de Solar</t>
+          <t>İhanet Ve Cehaletin Pençesinde İnleyen Türkiye</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258440386</t>
+          <t>9786256176225</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ile Kendini Bulma Arayışı</t>
+          <t>Yaralı Sevda</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258440409</t>
+          <t>9786256176201</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülenler</t>
+          <t>Gül Dikeni</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258440263</t>
+          <t>9786256176195</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Kuyruk</t>
+          <t>Recai Dede Şiirleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258440331</t>
+          <t>9786256176188</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yok Böyle Bir Köy “Karaözü”</t>
+          <t>Türlübey Yanıyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258440317</t>
+          <t>9786256176065</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Son Datura</t>
+          <t>Kırık Hayaller Defteri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258440270</t>
+          <t>9786256176164</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Büyük Birader Gözetiminde Teknolojik Yenidünya Düzeni</t>
+          <t>Sadırdan Satıra</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258440287</t>
+          <t>9786256977846</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İşte Öyle Bir Şey</t>
+          <t>Yıldızların Altında Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258440232</t>
+          <t>9786256977860</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Sizi Düşünen Biri</t>
+          <t>Sinemada Eğitim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258440225</t>
+          <t>9786256176171</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pergamona</t>
+          <t>Asit</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258440201</t>
+          <t>9786256977990</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Sonra Ben</t>
+          <t>Atatürk Büyük Bir Okuldur</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>65</v>
+        <v>260</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258440249</t>
+          <t>9786259842738</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Korku</t>
+          <t>Öylesine Bir Tebessüm</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258440218</t>
+          <t>9786256977938</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz İnsanlar</t>
+          <t>Tanrının Planı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258440072</t>
+          <t>9786256977822</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Sen</t>
+          <t>Manolya</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258440164</t>
+          <t>9786256977839</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>3 Garip Son</t>
+          <t>Canım Annem</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258440102</t>
+          <t>9786256977747</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Bir Kulun Manevi İklimi</t>
+          <t>Dönence</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258440133</t>
+          <t>9786256977679</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Öfke Risalesi</t>
+          <t>Tedavülden Kalkan Duygular</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258440096</t>
+          <t>9786256977556</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler</t>
+          <t>Cumhuriyet'ten Günümüze Çanakkale Yahudileri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258440058</t>
+          <t>9786256977426</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Sevme(k)</t>
+          <t>Kültür Politikalarının Terminolojisi ve Temel Sorunları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257306928</t>
+          <t>9786256977464</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çiğ Tanesi</t>
+          <t>Eski Bursa'dan Öyküler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258440041</t>
+          <t>9786256977396</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>İçimizdeki Hacker Sen Misin?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257306614</t>
+          <t>9786256977372</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aras’tan Fırat’a Kösem</t>
+          <t>Bir Dönem Niğde</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057105523</t>
+          <t>9786256977341</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Turnikede Zaman - Şiirler ve Öyküler</t>
+          <t>Derinlerde 100</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257306997</t>
+          <t>9786256977181</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler ile Randevularım</t>
+          <t>Osmanlı Belgelerinde Kafkas Göçleri Adlı Eserin Çeçen Göçü ile İlgili Belgelerinin Günümüz Türkçesine Çevirisi (Devlet Arşivleri Genel Müdürlüğü)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257306959</t>
+          <t>9786256977204</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen de Yaşadın!</t>
+          <t>İnsan Kaynaklarından Mektuplar - 3</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057105509</t>
+          <t>9786256977174</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mübeşşirat Müjdeli Haberler</t>
+          <t>Tül Ardı Kadınları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257306980</t>
+          <t>9786256977129</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mesela Kelimeler Vardır</t>
+          <t>Tanıkların Gözüyle Kerkük Katliamı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257306867</t>
+          <t>9786258440836</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aşkgen</t>
+          <t>Ben de Varım Öğretmenim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>25</v>
+        <v>290</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257306843</t>
+          <t>9786258440485</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Şiir İşte</t>
+          <t>Alfabetik Şiir Kitabı - 29 Harf 129 Şiir</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257306836</t>
+          <t>9786258440454</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağustos Tereddüdü</t>
+          <t>Vatan Kokusu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257306805</t>
+          <t>9786258440379</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gülerken Birdik Ağlarken Ayrı</t>
+          <t>Ejderha Püskürürken</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257306713</t>
+          <t>9786258440188</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sarıgelin Hikayesi</t>
+          <t>Kolay Değildir Subay Olmak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257306638</t>
+          <t>9786257306973</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Milattan Sonra Aşk</t>
+          <t>Felsefeci ve Aşkı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257306645</t>
+          <t>9786059352079</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kişi</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>28</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257306652</t>
+          <t>9786059352062</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse Gider</t>
+          <t>Saklı Kurtlar: Kehanet</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257306539</t>
+          <t>9786257025942</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tenis Severlerin Akıl Kitabı</t>
+          <t>Bir Ömür Bin Yalnızlık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257306546</t>
+          <t>9786257306881</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Başıboş Şiirlerin Yalnızlığı</t>
+          <t>Yalanla Yaşatılmaz</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25</v>
+        <v>380</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257306577</t>
+          <t>9786257306607</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Payidar</t>
+          <t>Tutsak Yürekler Vadisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257306553</t>
+          <t>9786257306126</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Depresif Mavi</t>
+          <t>Aşk'a Tamah Etme</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257306492</t>
+          <t>9786257025652</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yetimi</t>
+          <t>Beynimizdeki İkinci Ben</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257306508</t>
+          <t>9786257025669</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aquila</t>
+          <t>Çömlekçi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257306409</t>
+          <t>9786257306348</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mavi</t>
+          <t>Ay'ın Sekiz Yüzü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257306386</t>
+          <t>9786257306201</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sadece Özgürlük ve Barış İstediler</t>
+          <t>Çanakkale Kayıp Sandık</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257306416</t>
+          <t>9786057603685</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mahlas</t>
+          <t>Atusa’nın Laneti</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>27</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257306393</t>
+          <t>9786257306287</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayak</t>
+          <t>Nilda</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257306379</t>
+          <t>9786257306225</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Işık Yutan</t>
+          <t>Oyunun Kurbanları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257306362</t>
+          <t>9786257025768</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Türküsüdür Hayat</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257306232</t>
+          <t>9786057603692</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Kıvılcım - Arife Köyü (Ciltli)</t>
+          <t>Ankara Garı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257306270</t>
+          <t>9786256176133</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedende Solumak</t>
+          <t>Trampetçi Kız</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257306324</t>
+          <t>9786256176157</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Uyansam</t>
+          <t>Zamanın İpliği</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257306355</t>
+          <t>9786256176072</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Günahsızların Cehennemi</t>
+          <t>Levla</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257306010</t>
+          <t>9786256176140</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Günebakan Sıcaklığı</t>
+          <t>Bir Gün Yuvama Döneceğim</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257025362</t>
+          <t>9786256977723</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Bilgi Üretiminin Öyküsü</t>
+          <t>Sarayın Alevleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257306003</t>
+          <t>9786057603111</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Güneyden Kuzeye</t>
+          <t>Yar'a Kalanlara</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257306195</t>
+          <t>9786052320921</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Babamın Omuzlarında</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257306096</t>
+          <t>9786059352802</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bozkır 2 - Açan Çiçekler</t>
+          <t>Çayım Tek Şeker</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257306119</t>
+          <t>9786052320228</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aşka Aşık</t>
+          <t>Uzağa Dair</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257306058</t>
+          <t>9786257306263</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değişimle Makro Oluşuma Doğru</t>
+          <t>Odyolojinin Temelleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257306072</t>
+          <t>9786257025126</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Nure</t>
+          <t>Kalem Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257025720</t>
+          <t>9786057603838</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Mü İsabet Mi?</t>
+          <t>Rüzgarları Suçlayamam</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257025706</t>
+          <t>9786256176119</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Nefret Nasıl Düşer Gönlümüze?</t>
+          <t>Kızlarım İçin</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257025904</t>
+          <t>9786256176102</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Adı Gurbet Şiirleri</t>
+          <t>Eski Dünya Karanlığı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257025621</t>
+          <t>9786256176126</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Götür Beni Bu Şehirden</t>
+          <t>Bir Elmadağ Masalı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257025386</t>
+          <t>9786057105530</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sözöz</t>
+          <t>Liseli Doktordan Farabi Aşk</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257025218</t>
+          <t>9786259794143</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Virga</t>
+          <t>Quo Vadis?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057603999</t>
+          <t>9786256176089</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yazıt - Yazgı Bozan</t>
+          <t>Kaktüs Çiçeği</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057603791</t>
+          <t>9786256176096</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Su ile Dans</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057603562</t>
+          <t>9786256176058</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Düş Cücesi</t>
+          <t>Birlik Düşüncesi, Birlikte Çalışmak, Birlikte Yönetmek, Hakça Paylaşmak ve Solun Hataları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>15</v>
+        <v>370</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057603500</t>
+          <t>9786259794181</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolunda Hüzünle Çarpışmak</t>
+          <t>Ne Aşkımdı Ne Sevgili</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057603524</t>
+          <t>9786256176003</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kasım Kavşakları</t>
+          <t>Öper Misin Kalbimden?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057603333</t>
+          <t>9786259794198</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kokulum</t>
+          <t>Gençlik Dönemi Denemeleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>55</v>
+        <v>450</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057603272</t>
+          <t>9786259794174</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hep Yarım Kalacaksın</t>
+          <t>Eve Düşen Yıldırım</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052320662</t>
+          <t>9786259794136</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar: Kıyamet</t>
+          <t>Kafdağı'nın Ardında Umutlar - Müzmin Aşk</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052320631</t>
+          <t>9786259794167</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Şık</t>
+          <t>Pusula Bilimi Gösteriyor</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052320518</t>
+          <t>9786259794129</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nerem Kanadıysa Seni Bastım Yaralarıma</t>
+          <t>Çantam ve Ben</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052320426</t>
+          <t>9786259794112</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gün(sel)cesi</t>
+          <t>Tutamadığım Gözyaşım</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059352710</t>
+          <t>9786259794105</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar 'Son Savaş'</t>
+          <t>Yıldızlar Aşkına</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
+          <t>9786259811871</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Biri</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786259811888</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Takıntı Ayarlama Servisi</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786259811802</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Denizi</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786259811833</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Yönelimler</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786259811826</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Gönül Kanamaları</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786259811864</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Kertenkele ve Samur Kürk</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786259811857</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Nar Küresi</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786259811819</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Sanayi Devrimi’nde Teknolojik Yenilikler ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786259829890</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Feri Veda</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786256977334</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Memleket ve Sevgili</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786256977150</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Öfkesi</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786259829869</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786259829838</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Boya Sandığı</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786259829845</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Cemile</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786259829876</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sandım Ki</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786258440546</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Sınırı</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786258440195</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Onulmaz</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059352390</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Yazıt: Bin Yıl Savaşları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786259829821</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Put Entrika Saatler</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786259842790</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Kavşaktepe’nin Esrarı</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786259842783</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Geri Dön</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786259842776</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Ülkesi</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786259842707</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Tenekeleri</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786259842752</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Aykırı</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786256977853</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Dünya</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786256977907</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Terra Silius</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786256977877</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Mucizevi Kırmızı Patik</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786256977945</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Kis</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786256977433</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Simizar</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786256977488</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Çarlık’a Xelık</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786258440980</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Sözün Ezgisi</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786258440720</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Hasret Treni</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786256977754</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Bol Sıfırlı Kıyamet Fragmanı</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786256977808</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Babam, Boğaziçi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786256977778</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Söylenebilir Her Şeyi Söylemek; Şiirle</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786258440553</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Kuşak (Ortak Değerler)</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786256977716</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Zarafeti Arifan - Mevla’yı Bilenlerden İncelikler</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786256977662</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Yitirilmiş Kültür Varlığı Olarak Antalya Kalesi’nin Nakışlı Bir Liman Kapısı</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786256977709</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Saplantılı</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786256977693</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşk</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786256977624</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Adı: Kadın Soyadı: Haklar</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786256977600</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgaraltı Anıları</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786256977617</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Kardelen</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786256977471</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Umudu Paylaşanlar</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786256977501</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Türk Diasporası’nın Türklerin Anadil Öğrenimine, Akademik Başarılarına ve Sosyo-Ekonomik Yapılarına Etkisi</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786256977457</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Dur</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786256977358</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Vebal</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786256977419</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Gün(sel)cesi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786256977303</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>İçeride Tadilat Var</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786256977327</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Kolak Arif</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786256977297</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Sümer’de Bir Yabancı</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786256977242</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız Yolculuk</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786256977211</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Uykusuzu</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786256977259</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786256977273</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>“Çalmak Ne Kadar Kolay” dedi Dimitri</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786256977228</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda Hakikat ve Sırlar Arayışı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786256977235</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Bir Korumanın Anıları</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786256977167</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Bab</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786256977112</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>7 Veren'in Aşk-ı</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786256977105</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Günden Artakalan</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786256977044</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Arka Yüz</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786256977006</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Konuşmak Suç Mu?</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786256977013</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Navruz Ana</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786258440928</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Ada</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786258440904</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Gün Doğarken</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786258440911</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Ares</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786258440874</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>3004 Numaralı Oda</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786258440829</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Bir Damla, Bir Irmak ve Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786258440775</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Pandora’nın Matruşkası</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786258440669</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Malta Gezgini</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786258440676</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğinde Sızım Kalır</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786258440683</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hava Atış Yarışmaları</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786258440621</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Ötesindeki Şehir</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786258440638</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Kenarbel</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786258440645</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Kızı</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786258440690</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Deliçoban</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786258440607</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Zeynel</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786258440515</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Mü'min Olmak</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786258440539</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kendinden Uzakta</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786258440508</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Korona Anılarım</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786258440478</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Elden Gelen</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786258440447</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Bahriyeli</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786258440461</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Emine Türküsü Veya Saksıda Narçiçeği</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786258440300</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Yaseminler de Solar</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786258440386</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi ile Kendini Bulma Arayışı</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786258440409</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dökülenler</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786258440263</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Dikenli Kuyruk</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786258440331</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Yok Böyle Bir Köy “Karaözü”</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786258440317</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Son Datura</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786258440270</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Birader Gözetiminde Teknolojik Yenidünya Düzeni</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786258440287</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>İşte Öyle Bir Şey</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786258440232</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklarda Sizi Düşünen Biri</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786258440225</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Pergamona</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786258440201</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Babamdan Sonra Ben</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786258440249</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Korku</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786258440218</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Mutsuz İnsanlar</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786258440072</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Sen</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786258440164</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>3 Garip Son</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786258440102</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Bir Kulun Manevi İklimi</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786258440133</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Risalesi</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786258440096</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinler</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786258440058</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Sevme(k)</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786257306928</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Çiğ Tanesi</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786258440041</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786257306614</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Aras’tan Fırat’a Kösem</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786057105523</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Turnikede Zaman - Şiirler ve Öyküler</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786257306997</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Hayaletler ile Randevularım</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786257306959</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Sen de Yaşadın!</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786057105509</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Mübeşşirat Müjdeli Haberler</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786257306980</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Mesela Kelimeler Vardır</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786257306867</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Aşkgen</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786257306843</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Öyle Bir Şiir İşte</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786257306836</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ağustos Tereddüdü</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786257306805</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Gülerken Birdik Ağlarken Ayrı</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786257306713</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Sarıgelin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786257306638</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Milattan Sonra Aşk</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786257306645</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Kişi</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786257306652</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kadın İsterse Gider</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786257306539</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Tenis Severlerin Akıl Kitabı</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786257306546</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Başıboş Şiirlerin Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786257306577</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Payidar</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786257306553</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Depresif Mavi</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786257306492</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yetimi</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786257306508</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Aquila</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786257306409</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Mavi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786257306386</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Özgürlük ve Barış İstediler</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786257306416</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Mahlas</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786257306393</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Ayak</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786257306379</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Işık Yutan</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786257306362</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Türküsüdür Hayat</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786257306232</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırdaki Kıvılcım - Arife Köyü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786257306270</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bedende Solumak</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786257306324</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sabah Uyansam</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786257306355</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Günahsızların Cehennemi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786257306010</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Günebakan Sıcaklığı</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786257025362</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Günümüze Bilgi Üretiminin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786257306003</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Güneyden Kuzeye</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786257306195</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786257306096</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Bozkır 2 - Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786257306119</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Aşık</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786257306058</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Değişimle Makro Oluşuma Doğru</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786257306072</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Nure</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786257025720</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Tesadüf Mü İsabet Mi?</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786257025706</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Nefret Nasıl Düşer Gönlümüze?</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786257025904</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Adı Gurbet Şiirleri</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786257025621</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Götür Beni Bu Şehirden</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786257025386</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Sözöz</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786257025218</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Virga</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786057603999</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Yazıt - Yazgı Bozan</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057603791</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Su ile Dans</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786057603562</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Düş Cücesi</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057603500</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yolunda Hüzünle Çarpışmak</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786057603524</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kasım Kavşakları</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786057603333</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Kokulum</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786057603272</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Hep Yarım Kalacaksın</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786052320662</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar: Kıyamet</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786052320631</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Şık</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786052320518</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Nerem Kanadıysa Seni Bastım Yaralarıma</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786052320426</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Gün(sel)cesi</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786059352710</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar 'Son Savaş'</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
           <t>9786054976348</t>
         </is>
       </c>
-      <c r="B280" s="1" t="inlineStr">
+      <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Camdaki İzler</t>
         </is>
       </c>
-      <c r="C280" s="1">
-        <v>150</v>
+      <c r="C440" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>