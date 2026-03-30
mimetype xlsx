--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,6625 +85,12640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256176874</t>
+          <t>9786256176966</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Şifacısı Abnoba &amp; Kutsal Şehir Ancyra</t>
+          <t>Zelda</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256176850</t>
+          <t>9786256176942</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kadı / Adaletin Gölgesinde</t>
+          <t>Otostopçu Şarkı Sözleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256176898</t>
+          <t>9786256176959</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çık Gel</t>
+          <t>Olanda "Hayr" Var</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256176799</t>
+          <t>9786256176935</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>43..</t>
+          <t>Cennet-te Öldürülen</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256176881</t>
+          <t>9786256176997</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bay X İle Bayan P</t>
+          <t>Bavula Sığan Çocukluk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>630</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256977686</t>
+          <t>9786256176980</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>3004 Numaralı Oda - 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256977655</t>
+          <t>9786256176904</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yer Sokağı</t>
+          <t>Karanfiller de Solar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256176041</t>
+          <t>9786256176928</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Rüzgar Eksilir</t>
+          <t>Annemden Mektuplar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>196</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259794150</t>
+          <t>9786256176829</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sporda Kurumsal Sosyal Sorumluluk ve Marka İmajı</t>
+          <t>Fizik Tedavideyim Canım Sonra Ararım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259811895</t>
+          <t>9786256176911</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar</t>
+          <t>Çocukların Annesi Hayatının Efendisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259829883</t>
+          <t>9786256176010</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zerdüşt</t>
+          <t>Kızılcık Mevsimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259829814</t>
+          <t>9786259811840</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Takıntı</t>
+          <t>Anne Bir Tabak Daha</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259829852</t>
+          <t>9786256977648</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gül-ü Nar</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259842769</t>
+          <t>9786256977587</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tuhafıma Giden Şeyler</t>
+          <t>Soğan Kabuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259842714</t>
+          <t>9786256977402</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pirinç Şamdanlar</t>
+          <t>Aşk Okyanusu - 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259842721</t>
+          <t>9786258440959</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kenan Ülkesi</t>
+          <t>Mor Göğüslü Güvercin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259842745</t>
+          <t>9786258440997</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Hikayeler</t>
+          <t>Bir Aşkın Savunması</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256977952</t>
+          <t>9786258440942</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayat Zerzenin Ucunda</t>
+          <t>Özlü Sözlerle İdeal İnsan Profili</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256977914</t>
+          <t>9786258440881</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hem Okudum Hem Çizdim</t>
+          <t>Protesto</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256977891</t>
+          <t>9786258440799</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin Sen Bizim Her Şeyimizsin</t>
+          <t>Hiç Kimseye Şiirler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256977969</t>
+          <t>9786258440843</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Gemisi</t>
+          <t>Aşk Okyanusu - II</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256977815</t>
+          <t>9786258440614</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Uyur Veda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256977792</t>
+          <t>9786258440652</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Vedalar - Işık Yılı</t>
+          <t>Aynı Bozkırın Çocukları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256977761</t>
+          <t>9786257306430</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eksik Etek</t>
+          <t>Yaycılar Köyü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256977730</t>
+          <t>9786258440584</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu Bir</t>
+          <t>Adaletin Bu Mu Dünya?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256977631</t>
+          <t>9786258440577</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Hadiselerin Dili</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256977563</t>
+          <t>9786258440423</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yine Yağmur Yağıyor Küçük Bahçeme</t>
+          <t>Bir Masaldır Yaşamak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256977570</t>
+          <t>9786258440294</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orta ve Üst Düzey Yönetici Tuzakları</t>
+          <t>Her Şeye İnat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256977525</t>
+          <t>9786258440140</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sinir Oldum</t>
+          <t>Aşk Okyanusu - I</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256977518</t>
+          <t>9786258440119</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Can Düğümü</t>
+          <t>Su’ya Yazdım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256977549</t>
+          <t>9786257025515</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İlkyazda Bir Gerdek Gecesi</t>
+          <t>Üç Eylül</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256977532</t>
+          <t>9786257025485</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Öğretmen</t>
+          <t>Uyku'da Uyanış</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256977440</t>
+          <t>9786257306027</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sen Gidersen Kim Sular Fesleğenleri?</t>
+          <t>Döneriz Döndüğümüze</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256977389</t>
+          <t>9786257025119</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Bir Öğretmenin Arşivinden</t>
+          <t>Bodrumca</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256977365</t>
+          <t>9786257306744</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mansur Yavaş ve Üslup Siyaseti</t>
+          <t>Allah'la Konuşmak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256977310</t>
+          <t>9786258440027</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Birbirine Emanet İki Halk: Türkler ve Kürtler</t>
+          <t>Bambaşkadır Benim Memleketim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>700</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256977280</t>
+          <t>9786057105585</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Geç Dönen Sevgili</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256977266</t>
+          <t>9786057105592</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>İsimsiz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256977136</t>
+          <t>9786258440003</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Vefa Mevsimi</t>
+          <t>Ruh Kontratı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256977143</t>
+          <t>9786052320730</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya - Köle ve Kral</t>
+          <t>Amutsumon - Unutulmuş 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256977082</t>
+          <t>9786052320693</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Olimpiyatları</t>
+          <t>Avm Annesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256977075</t>
+          <t>9786057603395</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eskenci Destanı</t>
+          <t>Süreyya’nın Derinleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256977068</t>
+          <t>9786057603548</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yerli</t>
+          <t>Son Sapiens</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256977037</t>
+          <t>9786057603210</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kıyıma Vuranlar</t>
+          <t>S'oligarşi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256977020</t>
+          <t>9786057603173</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Efendisizler Korosu</t>
+          <t>Sevgi Gülü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258440973</t>
+          <t>9786056916861</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Avanos Çömlekçiliği ve Galip Usta</t>
+          <t>Güç Zehirlenmesi Adaleti Bozar Ahlakı Kirletir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258440966</t>
+          <t>9786057603203</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Giuseppe’nin Hikayesi</t>
+          <t>Göçüp Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258440867</t>
+          <t>9786057603104</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kalbinden Taşınıyorum</t>
+          <t>Ayışığı Avukatlık Bürosu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258440935</t>
+          <t>9786052320297</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gün Umudun Aynasında</t>
+          <t>Mucizevi Heykeltıraş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258440898</t>
+          <t>9786052320280</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Apidae</t>
+          <t>Karşıdaki Komşularımız Türkosporoslar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258440782</t>
+          <t>9786052320310</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Dil Susar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258440812</t>
+          <t>9786052320327</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Baharın Çiçekleri</t>
+          <t>Kula Kulluk Adaleti Bozar Ahlakı Kirletir</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258440850</t>
+          <t>9786057603418</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gölgende Bir Kış</t>
+          <t>Ve Aşk Ve Aşk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258440768</t>
+          <t>9786057603401</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vakar</t>
+          <t>Hayatlar Arası Yolculuk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258440805</t>
+          <t>9786057603289</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Halep’ten Antep’e</t>
+          <t>Seçilmiş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059352352</t>
+          <t>9786057603265</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yazılmayan</t>
+          <t>Bazı Yaralar Bakir Kalır</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258440492</t>
+          <t>9786057603326</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Güneş</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258440430</t>
+          <t>9786057603302</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Denklemi</t>
+          <t>Ateşte Erimeyen Kar Tanesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258440355</t>
+          <t>9786054976515</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yasalardan Arındırılmış Kayyum Belediyeleri</t>
+          <t>Yaralı Fidan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258440416</t>
+          <t>9786054976591</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nihan</t>
+          <t>Son Adem Yaratılış Sırrı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258440348</t>
+          <t>9786054976607</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çatto</t>
+          <t>Okumaya Cesaretiniz Var mı?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258440362</t>
+          <t>9786054976287</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Selamı Var</t>
+          <t>Elya</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258440324</t>
+          <t>9786054976522</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Gözlerin Aklımdayken Hala</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258440256</t>
+          <t>9786054976362</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>İsa’nın Şahitleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258440065</t>
+          <t>9786054976263</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Beni Deniz Ortasında Yapayalnız Bıraktılar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258440171</t>
+          <t>9786054976041</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşlarından Balkan Barış Gücü’ne</t>
+          <t>Bu da mı Gol Değil Eros?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258440126</t>
+          <t>9786054976119</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Emperyalizmin Üst Aşamasıdır</t>
+          <t>Yeşil Kuyu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258440089</t>
+          <t>9786054976102</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Arsızcadan Türkçeye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257025423</t>
+          <t>9786052320884</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bozkır - 1 Solan Güller</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257306591</t>
+          <t>9786059352840</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Hevese Kapıldım Sen Giderken</t>
+          <t>Uçan Tabut</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257306256</t>
+          <t>9786059352857</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dilenci</t>
+          <t>Küçük Düşler Kumbarası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258440034</t>
+          <t>9786059352864</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kara Tahta ve Beyaz Tebeşir</t>
+          <t>Kanlı Tezgah</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258440010</t>
+          <t>9786052320648</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sığırcık Zamanı</t>
+          <t>Butlu ve Mutlu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257306966</t>
+          <t>9786052320532</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Berlin'de Hakimler Var</t>
+          <t>Yaşamdan Yazıya</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057105547</t>
+          <t>9786052320419</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kadim Bursa’dan İnciler</t>
+          <t>Yaşamak ve Mutluluk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057105561</t>
+          <t>9786052320600</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme ve Anlama Okulu</t>
+          <t>Müfide</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052320709</t>
+          <t>9786052320570</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Her Evlilik Mutluluğu Hak Eder</t>
+          <t>Bedenimdeki Çığlık: Yüzleşme</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052320747</t>
+          <t>9786052320563</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Onur</t>
+          <t>Bedenimdeki Çığlık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>90</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057603319</t>
+          <t>9786052320440</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Azrail ve Gardiyan</t>
+          <t>Sevgine Hasretim Annem</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052320778</t>
+          <t>9786052320402</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mor Melankoli</t>
+          <t>Nöroestetik Fotoğraf</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052320877</t>
+          <t>9786052320556</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Toroslar'dan Çin Seddi'ne</t>
+          <t>İyi Ki Sana Rastladım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052320341</t>
+          <t>9786052320471</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tağut’un Kaos Düzeni</t>
+          <t>Hiç Bitmeyen Masallar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052320891</t>
+          <t>9786057603388</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Evet Sensin</t>
+          <t>Hangi Üniversite Nasıl Bir Üniversite</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052320907</t>
+          <t>9786052320839</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın İnsanları</t>
+          <t>Aynasız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052320785</t>
+          <t>9786052320860</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bana Uzakmış Anne</t>
+          <t>Serva</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052320938</t>
+          <t>9786052320815</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İçte Öyle</t>
+          <t>Hiç Bitmeyen Masallar - 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052320624</t>
+          <t>9786052320822</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlemişliğim Doluyor İçime</t>
+          <t>O'nu Ararken</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057603050</t>
+          <t>9786052320754</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçeleri</t>
+          <t>Hiç Bitmeyen Masallar - 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052320990</t>
+          <t>9786052320716</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Liman Ekonomisi</t>
+          <t>Freya</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059352925</t>
+          <t>9786052320792</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lacivert</t>
+          <t>Birinci Günün Sonu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052320051</t>
+          <t>9786052320679</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gri Yanım</t>
+          <t>Bir Garip Aşk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059352994</t>
+          <t>9786052320273</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Lekesi</t>
+          <t>İçimde Yürüyen Çocuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052320365</t>
+          <t>9786052320655</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Omurgam Adalet</t>
+          <t>Özgürlük Sanatı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054976478</t>
+          <t>9786052320525</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar</t>
+          <t>Nüru'l-Kamer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054976683</t>
+          <t>9786052320105</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurmay Gözüyle Tenis</t>
+          <t>Yadigar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059352680</t>
+          <t>9786059352130</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>3üncü İşaret</t>
+          <t>Senin Hikayen</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257025829</t>
+          <t>9786059352260</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Sekine-Ruh-Hikmet 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257025966</t>
+          <t>9786059352253</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Koşucusu - Atom Karınca</t>
+          <t>Afyon Şurubu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257025928</t>
+          <t>9786059352178</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zişan</t>
+          <t>Hüznün Kuşatması</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257025805</t>
+          <t>9786059352192</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşkzedeler Kulübü</t>
+          <t>Aşkın Ayrılık Hali</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257306034</t>
+          <t>9786059352105</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Avarya</t>
+          <t>Bir Hoş Seda Aydınlanma Yolunda 1 - Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257306089</t>
+          <t>9786057603067</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fulya, Karınca ve Kaplumbağa</t>
+          <t>Yara(dan) İzleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257025980</t>
+          <t>9786057603081</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Aşklar</t>
+          <t>Aşk En Müstesna Cinayettir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257306898</t>
+          <t>9786057603043</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Altın Vuruş</t>
+          <t>Işığın Tozları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257306850</t>
+          <t>9786057603029</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Aşk Kördür</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257306676</t>
+          <t>9786052320846</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişimin Şiirsel Yolu</t>
+          <t>Bu Benim</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257306782</t>
+          <t>9786052320808</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Saman Çöpleri</t>
+          <t>Mavi Sarhoşu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257306690</t>
+          <t>9786057603074</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Çınar</t>
+          <t>Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257306447</t>
+          <t>9786059352796</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Kaçış</t>
+          <t>Tıbbiyeli Muharrem</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257306423</t>
+          <t>9786059352871</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dizel Skandalı ve Elektriğin Doğuşu</t>
+          <t>Kışa Koşan Kör Papatya</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257306461</t>
+          <t>9786059352918</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolculuğu</t>
+          <t>İçsel Dönüşüm Yolu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257306300</t>
+          <t>9786059352901</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Otizmin Kıyısından Hikayeler</t>
+          <t>Gölcük Depremi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257306706</t>
+          <t>9786059352888</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kedime Şiirler</t>
+          <t>Ahyar-ı Hayat</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257306720</t>
+          <t>9786059352628</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ne Çay</t>
+          <t>Çocukluk Çağlarım</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257306478</t>
+          <t>9786059352574</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>Sessiz Veda</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257025409</t>
+          <t>9786059352543</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257025874</t>
+          <t>9786059352567</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Ahfa</t>
+          <t>Kaplumbağayı Beklemek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257025317</t>
+          <t>9786059352604</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Seven Kadın</t>
+          <t>Deprem Altında Son Nefes</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257025881</t>
+          <t>9786059352529</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklardan Cumhuriyetlere Üç Ülke Üç Başkent</t>
+          <t>Bende Biraz Sen Var</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257025973</t>
+          <t>9786059352505</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>29 Gün</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057603449</t>
+          <t>9786052320112</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Okul Mu Yok Ol Mu?</t>
+          <t>Yaşamımı Suya Attım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257306171</t>
+          <t>3990000048590</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihi Tanıkları</t>
+          <t>Simmüz</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257025638</t>
+          <t>9786052320013</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eyvaz ile Bir Sene</t>
+          <t>Kılıç Efsanesi - Longa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257025911</t>
+          <t>9786059352895</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Misafir Öyküler</t>
+          <t>Dünyanın Hükümdarı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257025058</t>
+          <t>9786052320549</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Bir Yıldız</t>
+          <t>Yolumuz Gurbete Düşer</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257025065</t>
+          <t>9786052320686</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yolda Kalanlar</t>
+          <t>Kertenkele</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257306133</t>
+          <t>9786059352932</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nisanda Kar</t>
+          <t>Tanzer</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257025997</t>
+          <t>9786052320198</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Suskun Prenses Nadya</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257306164</t>
+          <t>9786052320211</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kalitesi ve Kentsel Kalite Üzerine Bir Çalışma</t>
+          <t>Har / Sızım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257025096</t>
+          <t>9786052320167</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Memnuniyeti Hakkında</t>
+          <t>Gönlümden Kopanlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057603876</t>
+          <t>9786052320143</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Med-Cezir</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057603937</t>
+          <t>9786052320136</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ben Aşk Diye Yazdım Sen Adınla Oku</t>
+          <t>Ahiret Yolcusu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257025591</t>
+          <t>9786059352987</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’na Destan</t>
+          <t>Sokağa Davet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257025300</t>
+          <t>9786059352956</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimi Saldım Çayıra</t>
+          <t>On Yedi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257025232</t>
+          <t>9786059352963</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hepaters</t>
+          <t>Kerb-ü Bela (1. Cilt)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257025164</t>
+          <t>9786059352970</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Rengi</t>
+          <t>Canan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057603722</t>
+          <t>9786052320358</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Rima’ya Mektup</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057603135</t>
+          <t>9786052320396</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Tomurcuklar - Otizm</t>
+          <t>Fetözedeler Fetözadeler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057603784</t>
+          <t>9786052320389</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Gibi</t>
+          <t>Düşünmek Yaşamın Pasını Silmektir</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257025003</t>
+          <t>9786052320372</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pencereler</t>
+          <t>Kripto Para Bitcoin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057603654</t>
+          <t>9786052320433</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dişi Aşk</t>
+          <t>10. Gezegen</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057603555</t>
+          <t>9786052320501</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İki Mevsim Arası Bir Kalp Atışı</t>
+          <t>Mühürlü Kalpler Tufanı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057603890</t>
+          <t>9786052320495</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Kasedi Başa Sardır</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057603005</t>
+          <t>9786052320488</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Hikayesi</t>
+          <t>İntikam Çıkmazı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256176843</t>
+          <t>9786052320457</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Küllerinden</t>
+          <t>Göklere Kanatlı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256176805</t>
+          <t>9786052320242</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şia’ya Cevap Veriyorum</t>
+          <t>Aşeka</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256176812</t>
+          <t>9786059352949</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtaki Son</t>
+          <t>Sıfır İle Sonsuz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>630</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256176836</t>
+          <t>9786052320082</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İtaat, Biat, İstibdat</t>
+          <t>Sana Geç Kalmadım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>420</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256176768</t>
+          <t>9786052320075</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sen de Barbie Bebeklerine Anlat Yazdıklarımı</t>
+          <t>Paralel Tekerrür</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>470</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256176751</t>
+          <t>9786052320235</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türkü</t>
+          <t>Müzisyen</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256176775</t>
+          <t>9786052320174</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Siyaset</t>
+          <t>Hile - Yoksul Semtin Tefecileri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256176737</t>
+          <t>9786052320150</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Terapisi</t>
+          <t>Deliksiz Uyku</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>600</v>
+        <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256176621</t>
+          <t>9786054976584</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gözleri</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>495</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256176720</t>
+          <t>9786054976560</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Susmam</t>
+          <t>Kanatlanıp Uçmak</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256176744</t>
+          <t>9786054976553</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Temet Nosce</t>
+          <t>Derin Yeşil</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256176706</t>
+          <t>9786052320617</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sıhhiyeci Köse Mehmet</t>
+          <t>Sekine-Ruh-Hikmet 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256176690</t>
+          <t>9786052320181</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mağaradaki Hayaletler</t>
+          <t>Organik Kafa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256176713</t>
+          <t>9786052320259</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Cennet Dünyayı Cehenneme Çeviren "İnsanoğlu"</t>
+          <t>Nesil Yetiştiren Okul</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256176348</t>
+          <t>9786052320006</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Önce Katiller Ölür</t>
+          <t>Kayıp Mavi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256176553</t>
+          <t>9786059352765</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Firkat-i Canan</t>
+          <t>El Hadise</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256176652</t>
+          <t>9786059352086</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Saklı Silüetler</t>
+          <t>Tek Gayemiz İnsan Olmak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256176669</t>
+          <t>9786054976973</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Sokak Lambasıyım</t>
+          <t>Aklımda Kalan Kırıntılar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256176638</t>
+          <t>9786059352185</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Soykırımı: Uluslararası Hukuk, Tanınma ve Kolektif Bellek</t>
+          <t>Mustafa Kemal ve Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256176683</t>
+          <t>9786059352208</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bize Bir Hediyedir</t>
+          <t>Sevgiliye Son Mektup</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256176645</t>
+          <t>9786059352819</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ortancaların Günlüğü</t>
+          <t>Mumdan Gemiler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256176591</t>
+          <t>9786059352789</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Notaları</t>
+          <t>Tutuklu ve Hükümlülere Yönelik Disiplin Soruşturması Süreci</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256176577</t>
+          <t>9786059352826</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tamag</t>
+          <t>Geçmişin Acısı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256176607</t>
+          <t>9786059352833</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bedeninle Konuş, Ruhunla Dans Et!</t>
+          <t>Geceye Bir Güneş Çizdim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>170</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256176560</t>
+          <t>9786059352772</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ben'ce Bir Deneme</t>
+          <t>TT Operasyonu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256176584</t>
+          <t>9786059352734</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İnci Taneleri</t>
+          <t>Gökyüzünün Hikayesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256176539</t>
+          <t>9786059352758</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Binbir Pencereden İnsan</t>
+          <t>Büyük Rüya</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256176027</t>
+          <t>9786059352314</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Tablet</t>
+          <t>Yıllar Sonra</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256176485</t>
+          <t>9786059352338</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsaneleri</t>
+          <t>Rüyasız Uyku</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>480</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256176492</t>
+          <t>9786059352284</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler - Islah Adası</t>
+          <t>Erken Gördüm Hayatı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256176508</t>
+          <t>9786059352277</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Özgeçmişim Ektedir</t>
+          <t>Endülüs’te Altın Çağ</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256176522</t>
+          <t>9786059352307</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Kelebeğin Çıngısı</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256176515</t>
+          <t>9786059352291</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Öte</t>
+          <t>Kumsaldaki Salyangoz</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256176461</t>
+          <t>9786059352406</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Arıza Kelebekler</t>
+          <t>Eğitim Sanatı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256176454</t>
+          <t>9786054976928</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kirpik ve Roma</t>
+          <t>Yama</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256176478</t>
+          <t>9786054976911</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İçsel Gücü Keşfet</t>
+          <t>Melekler Sizi Korusun</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256176300</t>
+          <t>9786054976904</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yarası</t>
+          <t>Komplo İmparatorluğu - Yeni Ortadoğu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256176393</t>
+          <t>9786054976898</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>İçimdeki Kara Kutu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256176430</t>
+          <t>9786054976942</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Peşinden Koşma Üzerine Çek</t>
+          <t>Gökten Şiir Düştü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256176317</t>
+          <t>3990000066743</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sen Kazandın</t>
+          <t>Eylül Değil Sevgisizlik Üşütür</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256176416</t>
+          <t>9786054976867</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kış Külü</t>
+          <t>Bu Güller Sana Tanrım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>460</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256176423</t>
+          <t>9786054976874</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İnanışımda İnsan</t>
+          <t>Börklüce Mustafa ve Tasvirü’l-Kulub : Kalplerin Tasviri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256176379</t>
+          <t>9786054976850</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Billur Damlalar</t>
+          <t>Anadolu'da Bilimin Ayak İzleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>130</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256176409</t>
+          <t>9786054976690</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat</t>
+          <t>Ermeni Tehcir Olayı Nedenleri ve Ülkemizin Dünü - Bugünü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256176362</t>
+          <t>9786059352376</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Güz Baladı</t>
+          <t>Zinnureyn</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256176386</t>
+          <t>9786059352727</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahhh Dişim!</t>
+          <t>2023'e Mektup</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256176331</t>
+          <t>9786054976058</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>‘An</t>
+          <t>Bir Nefes Gibi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256176287</t>
+          <t>9786054976027</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz ve Çağdaşlaşma Yolculuğumuz</t>
+          <t>Keşkeler Kenti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256176294</t>
+          <t>9786054976034</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dilaver Hanım ve Kiracıları</t>
+          <t>Bütün Özlemlerim Tipide</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256176270</t>
+          <t>9786059352116</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tanışmak Bazen Sanıldığı Kadar İyi Değildir</t>
+          <t>Bir Ömür Kayboldu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257306935</t>
+          <t>9786059352093</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Benden Sonra - Anılarda Annelik</t>
+          <t>Bir Eylül</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057105516</t>
+          <t>9786059352017</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Alp Börü 2</t>
+          <t>Ankara’da Ilık Bir Sonbahar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257306942</t>
+          <t>9786054976645</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Üç Harman - Divle Toroslarında Bir Köy Öğretmeni</t>
+          <t>Zühre Yıldızı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256176263</t>
+          <t>9786054976737</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çığlığı</t>
+          <t>Mazi Matem</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256176249</t>
+          <t>9786054976706</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hüseyinzadeler</t>
+          <t>Bir Emekli Subayın Gizli Defterinden Notlar (1)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>750</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256176232</t>
+          <t>9786054976638</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yaşamıyorken Yaşamak</t>
+          <t>Yaşarken Hissi Beyan Olmayanlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256176256</t>
+          <t>9786257025447</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Adım Melissa</t>
+          <t>Kadraj</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256176218</t>
+          <t>9786059352055</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İhanet Ve Cehaletin Pençesinde İnleyen Türkiye</t>
+          <t>Aşkım Sana Emanet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256176225</t>
+          <t>9786054976805</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Sevda</t>
+          <t>Zeynep</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256176201</t>
+          <t>9786059352048</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gül Dikeni</t>
+          <t>Sus Yüreğim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256176195</t>
+          <t>9786059352000</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Recai Dede Şiirleri</t>
+          <t>Sayfa 257</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256176188</t>
+          <t>9786059352109</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türlübey Yanıyor</t>
+          <t>Mektup Yazsam Okur Musun?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256176065</t>
+          <t>9786059352123</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayaller Defteri</t>
+          <t>Kepez Harman Yeri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256176164</t>
+          <t>9786054976966</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satıra</t>
+          <t>Bozkurtların Zorlu Mücadelesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256977846</t>
+          <t>9786054976829</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında Uzun Bir Gece</t>
+          <t>Zor Günler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256977860</t>
+          <t>3990000031555</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Eğitim</t>
+          <t>Yaşam Kesiklerine Yara Bandı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256176171</t>
+          <t>9786054976799</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Asit</t>
+          <t>Mavi Hayatta Yaşam</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256977990</t>
+          <t>9786054976775</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Büyük Bir Okuldur</t>
+          <t>Hangi İstanbul</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>260</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259842738</t>
+          <t>9786054976768</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Bir Tebessüm</t>
+          <t>Edebiyat Kasabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256977938</t>
+          <t>9786054976836</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Planı</t>
+          <t>Bir Haber Sal</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256977822</t>
+          <t>9786059352666</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Manolya</t>
+          <t>Canımın Acısı Zeynep</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256977839</t>
+          <t>9786059352703</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Sizi De Rahatsız Ettim</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256977747</t>
+          <t>9786059352697</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dönence</t>
+          <t>Kaybolan Düşler Senfonisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256977679</t>
+          <t>9786059352673</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tedavülden Kalkan Duygular</t>
+          <t>Ayışığının Karanlığı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256977556</t>
+          <t>9786059352598</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'ten Günümüze Çanakkale Yahudileri</t>
+          <t>Üzerleri “Toz” Olmasın</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>360</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256977426</t>
+          <t>9786059352611</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikalarının Terminolojisi ve Temel Sorunları</t>
+          <t>Mucize Tedavi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256977464</t>
+          <t>9786059352635</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Eski Bursa'dan Öyküler</t>
+          <t>Geçmişten Gelen Cellat</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256977396</t>
+          <t>9786059352536</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Hacker Sen Misin?</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256977372</t>
+          <t>9786059352581</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönem Niğde</t>
+          <t>Aşk Yükleniyor</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256977341</t>
+          <t>9786059352512</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde 100</t>
+          <t>Aile Bakkaliyesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256977181</t>
+          <t>9786059352383</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde Kafkas Göçleri Adlı Eserin Çeçen Göçü ile İlgili Belgelerinin Günümüz Türkçesine Çevirisi (Devlet Arşivleri Genel Müdürlüğü)</t>
+          <t>Zor İnsanlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256977204</t>
+          <t>9786059352369</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarından Mektuplar - 3</t>
+          <t>Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256977174</t>
+          <t>9786059352468</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tül Ardı Kadınları</t>
+          <t>Üç Kanlı Mandalina</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256977129</t>
+          <t>9786059352482</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tanıkların Gözüyle Kerkük Katliamı</t>
+          <t>Tüm Çıplaklığıyla Koreliler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258440836</t>
+          <t>9786059352451</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ben de Varım Öğretmenim</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258440485</t>
+          <t>9786059352444</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Şiir Kitabı - 29 Harf 129 Şiir</t>
+          <t>İsimsizler Mezarlığı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258440454</t>
+          <t>9786059352499</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kokusu</t>
+          <t>Evliliğin İzdüşümü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>230</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258440379</t>
+          <t>9786054976454</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Püskürürken</t>
+          <t>Mutluluktan Sonra</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258440188</t>
+          <t>9786054976423</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kolay Değildir Subay Olmak</t>
+          <t>Batıni Tanrıbilim Felsefesi ve Kundalini</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>320</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257306973</t>
+          <t>9786054976430</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Felsefeci ve Aşkı</t>
+          <t>Aşk-ı Hayal</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>500</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059352079</t>
+          <t>9786059352475</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Beni Aşka Uyandır</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059352062</t>
+          <t>9786054976157</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar: Kehanet</t>
+          <t>Tütün Benizli İnsanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257025942</t>
+          <t>9786054976140</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Bin Yalnızlık</t>
+          <t>Son'bahara Sonbahar Tadında</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257306881</t>
+          <t>9786054976164</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yalanla Yaşatılmaz</t>
+          <t>Bendeniz Ahmet Cavcav</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>380</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257306607</t>
+          <t>9786059352420</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yürekler Vadisi</t>
+          <t>Kırık Dilin Sancısı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257306126</t>
+          <t>9786059352345</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Tamah Etme</t>
+          <t>Kayıp Zaman</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257025652</t>
+          <t>9786059352437</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beynimizdeki İkinci Ben</t>
+          <t>Ergenlik Dönemi Psikiyatrik Bozukluklar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257025669</t>
+          <t>9786059352222</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çömlekçi</t>
+          <t>Gönül Kördüğümü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257306348</t>
+          <t>9786059352246</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Sekiz Yüzü</t>
+          <t>Bodrum Halk Masalları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>230</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257306201</t>
+          <t>9786059352239</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kayıp Sandık</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057603685</t>
+          <t>9786054976997</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Atusa’nın Laneti</t>
+          <t>Melekler ve Kanatları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257306287</t>
+          <t>9786054976980</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nilda</t>
+          <t>Denizyeli</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257306225</t>
+          <t>9786059352413</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kurbanları</t>
+          <t>Ha! Bir De Aşk Var</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257025768</t>
+          <t>9786054976744</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Radyo Bitti mi!</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057603692</t>
+          <t>9786054976720</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ankara Garı</t>
+          <t>Kayıp Ruhlar Günlüğü -1 Ruva</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>210</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256176133</t>
+          <t>9786054976713</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Trampetçi Kız</t>
+          <t>Bir Ki Üç Tıp</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256176157</t>
+          <t>9786054976652</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İpliği</t>
+          <t>Öykü Apartmanı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256176072</t>
+          <t>9786054976676</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Levla</t>
+          <t>Kahuna Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256176140</t>
+          <t>9786054976614</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Yuvama Döneceğim</t>
+          <t>Adam Olacak Çocuk Eğer Ben de Olabilirsem</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256977723</t>
+          <t>9786054976447</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Alevleri</t>
+          <t>Benim Kahramanlarım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057603111</t>
+          <t>9786054976508</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yar'a Kalanlara</t>
+          <t>Merak Etme Anne Bacaklarım Yerinde</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052320921</t>
+          <t>9786054976485</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Babamın Omuzlarında</t>
+          <t>Aşkın İzdüşümü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059352802</t>
+          <t>9786054976126</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çayım Tek Şeker</t>
+          <t>Bağım Şen Değil, Ötmüyor Bülbülüm</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052320228</t>
+          <t>9786054976133</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Uzağa Dair</t>
+          <t>Ölüler Kentinin Ozanı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257306263</t>
+          <t>9786054976096</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Odyolojinin Temelleri</t>
+          <t>Düş Arkadaşları 1 - Dev Gençler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257025126</t>
+          <t>3990000066744</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kalem Koleksiyoncusu</t>
+          <t>Son Dem</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057603838</t>
+          <t>9786054976539</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarları Suçlayamam</t>
+          <t>Karanfil</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256176119</t>
+          <t>9786054976546</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kızlarım İçin</t>
+          <t>Ateş Böceğinin Kuzgun Etkisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256176102</t>
+          <t>9786054976379</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Karanlığı</t>
+          <t>Sessizliğin Hikayesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256176126</t>
+          <t>9786054976324</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmadağ Masalı</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057105530</t>
+          <t>9786054976317</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Liseli Doktordan Farabi Aşk</t>
+          <t>Mars’ta Bir Müslüman</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786259794143</t>
+          <t>9786054976355</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis?</t>
+          <t>Bu Hikayede Sende Varsın</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256176089</t>
+          <t>9786054976294</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeği</t>
+          <t>Deli Başına</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>260</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256176096</t>
+          <t>9786054976256</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Karanlığa Yürümek</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256176058</t>
+          <t>9786054976270</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Birlik Düşüncesi, Birlikte Çalışmak, Birlikte Yönetmek, Hakça Paylaşmak ve Solun Hataları</t>
+          <t>Kırık Bir Yol</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>370</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786259794181</t>
+          <t>9786054976171</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ne Aşkımdı Ne Sevgili</t>
+          <t>Çalsın Davullar Çocuk Şarkıları (CD Hediyeli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256176003</t>
+          <t>9786054976959</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Öper Misin Kalbimden?</t>
+          <t>Dinginler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786259794198</t>
+          <t>9786054976249</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dönemi Denemeleri</t>
+          <t>Zonguldak'ta Elektriğin Tarihi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259794174</t>
+          <t>9786054976218</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Eve Düşen Yıldırım</t>
+          <t>Lalezar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786259794136</t>
+          <t>9786054976232</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı'nın Ardında Umutlar - Müzmin Aşk</t>
+          <t>Bir Şiir Bir İnsan</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786259794167</t>
+          <t>9786054976225</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Pusula Bilimi Gösteriyor</t>
+          <t>Bana Kalan Aşk</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786259794129</t>
+          <t>9786054976935</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çantam ve Ben</t>
+          <t>Yanancak</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786259794112</t>
+          <t>9786054976669</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tutamadığım Gözyaşım</t>
+          <t>Gümüş Aşk Balığı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786259794105</t>
+          <t>9786054976492</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Aşkına</t>
+          <t>Din ve Ahlak</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786259811871</t>
+          <t>9786054976065</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Biri</t>
+          <t>Sabah Uyanınca</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>195</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786259811888</t>
+          <t>9786054976003</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Takıntı Ayarlama Servisi</t>
+          <t>Kırk Yıllık Hatır</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786259811802</t>
+          <t>9786257306218</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Denizi</t>
+          <t>Caan ve Hüddam</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259811833</t>
+          <t>9786257025799</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yönelimler</t>
+          <t>Satış Sanatı - Söylenmeyenler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786259811826</t>
+          <t>9786257025676</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Gönül Kanamaları</t>
+          <t>Hayat Dengedir</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786259811864</t>
+          <t>9786257025744</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele ve Samur Kürk</t>
+          <t>Deli ve Yürekli Kadının Kalbinden</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786259811857</t>
+          <t>9786257306584</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nar Küresi</t>
+          <t>Eksik Parça</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786259811819</t>
+          <t>9786257306560</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi’nde Teknolojik Yenilikler ve Türkiye</t>
+          <t>Sahte Kar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786259829890</t>
+          <t>9786257306522</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Feri Veda</t>
+          <t>Toplumsal Şiddet ve Sosyal Çöküntü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256977334</t>
+          <t>9786257025935</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Memleket ve Sevgili</t>
+          <t>Sanat-Çı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256977150</t>
+          <t>9786257306065</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Öfkesi</t>
+          <t>Ne Zaman İnsan Olacaksın?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786259829869</t>
+          <t>9786257306041</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Savaşçılar Yaraları ile Gurur Duyar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786259829838</t>
+          <t>9786257306812</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Boya Sandığı</t>
+          <t>Çona</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786259829845</t>
+          <t>9786257306911</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Cemile</t>
+          <t>Sığ</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786259829876</t>
+          <t>9786257306829</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ben Sandım Ki</t>
+          <t>Varla Yok Arası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>165</v>
+        <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258440546</t>
+          <t>9786257306683</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sınırı</t>
+          <t>Aklın ve Vahyin Terk Edilmesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258440195</t>
+          <t>9786257306775</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Onulmaz</t>
+          <t>Yıllandıkça Ballananlar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059352390</t>
+          <t>9786257306799</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yazıt: Bin Yıl Savaşları</t>
+          <t>Ömrümün Treni</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786259829821</t>
+          <t>9786257306669</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Put Entrika Saatler</t>
+          <t>Zeyve-Akkent</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786259842790</t>
+          <t>9786257306454</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kavşaktepe’nin Esrarı</t>
+          <t>İnsan Kaynaklarından Mektuplar 2</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786259842783</t>
+          <t>9786257306294</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön</t>
+          <t>Yürek Kalemi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786259842776</t>
+          <t>9786257306317</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ülkesi</t>
+          <t>Küçük Adam ve Dürüst Sözler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786259842707</t>
+          <t>9786257306874</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Babamın Tenekeleri</t>
+          <t>Bir Haki Zaman Hikayesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786259842752</t>
+          <t>9786257025492</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Aykırı</t>
+          <t>Asırlık Hançer</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256977853</t>
+          <t>9786257306737</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Anaç - Kümes Dünyası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>21</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256977907</t>
+          <t>9786257306515</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Terra Silius</t>
+          <t>Abes</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256977877</t>
+          <t>9786257025645</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Kırmızı Patik</t>
+          <t>Kehribar Gözlü Kızın Masalı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>39</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256977945</t>
+          <t>9786257025522</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kis</t>
+          <t>Bir Gece Vaktiydi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256977433</t>
+          <t>9786257025461</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Simizar</t>
+          <t>Yılanlar ve Harabeler - Trakya</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256977488</t>
+          <t>9786257025577</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Çarlık’a Xelık</t>
+          <t>Eski Kaset</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>600</v>
+        <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258440980</t>
+          <t>9786257025478</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sözün Ezgisi</t>
+          <t>XCRZ97 - Virüsün Etki Dalgası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>38</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258440720</t>
+          <t>9786257025690</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hasret Treni</t>
+          <t>Kenevir Ekonomisi ve Endüstriyel Türk Keneviri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256977754</t>
+          <t>9786257025553</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bol Sıfırlı Kıyamet Fragmanı</t>
+          <t>Gençliğe Bir Demet Işık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256977808</t>
+          <t>9786257306331</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Babam, Boğaziçi</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256977778</t>
+          <t>9786257025737</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Söylenebilir Her Şeyi Söylemek; Şiirle</t>
+          <t>Vakit Seher</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258440553</t>
+          <t>9786257025843</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İkinci Kuşak (Ortak Değerler)</t>
+          <t>Satavala</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256977716</t>
+          <t>9786257025713</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Zarafeti Arifan - Mevla’yı Bilenlerden İncelikler</t>
+          <t>Gökyüzü Antolojisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256977662</t>
+          <t>9786257025393</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yitirilmiş Kültür Varlığı Olarak Antalya Kalesi’nin Nakışlı Bir Liman Kapısı</t>
+          <t>Ben Hatay’da Doğdum</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256977709</t>
+          <t>9786257025836</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Saplantılı</t>
+          <t>Amazon Sırrı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256977693</t>
+          <t>9786257025812</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Alp Börü 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256977624</t>
+          <t>9786257025898</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Adı: Kadın Soyadı: Haklar</t>
+          <t>Rüya’dan İsimsiz Şiirler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256977600</t>
+          <t>9786257306188</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rüzgaraltı Anıları</t>
+          <t>Tarihsel Süreç İçerisinde Küreselleşmeye ve Türk Çağdaşlaşmasına Kartal Bakışı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256977617</t>
+          <t>9786257025867</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kardelen</t>
+          <t>Yol ve Durak</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>420</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256977471</t>
+          <t>9786057603623</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Umudu Paylaşanlar</t>
+          <t>Tomurcuklarım</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256977501</t>
+          <t>9786057603678</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türk Diasporası’nın Türklerin Anadil Öğrenimine, Akademik Başarılarına ve Sosyo-Ekonomik Yapılarına Etkisi</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256977457</t>
+          <t>9786057603593</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dur</t>
+          <t>Akıl Suyum</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256977358</t>
+          <t>9786057603425</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Vebal</t>
+          <t>Yer Öyküleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>190</v>
+        <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256977419</t>
+          <t>9786057603456</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gün(sel)cesi</t>
+          <t>Oğuz Kağan - Karanlıklar Diyarı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256977303</t>
+          <t>9786057603494</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İçeride Tadilat Var</t>
+          <t>Dram Treni</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256977327</t>
+          <t>9786057603463</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kolak Arif</t>
+          <t>Miş Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256977297</t>
+          <t>9786057603517</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sümer’de Bir Yabancı</t>
+          <t>Ahtabut</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256977242</t>
+          <t>9786257025850</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Yolculuk</t>
+          <t>Aleviler Gerçek Ali'sini Arıyor</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256977211</t>
+          <t>9786257306140</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Uykusuzu</t>
+          <t>Irmak Süheyla’nın Bakış Açısından Kuantum Şifa</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256977259</t>
+          <t>9786257025751</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sonsuzluk</t>
+          <t>Giz</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256977273</t>
+          <t>9786257025683</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>“Çalmak Ne Kadar Kolay” dedi Dimitri</t>
+          <t>Gönül Pınarından</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256977228</t>
+          <t>9786257025775</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Hakikat ve Sırlar Arayışı</t>
+          <t>Karanlıktaki Mucize</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256977235</t>
+          <t>9786257025614</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bir Korumanın Anıları</t>
+          <t>Bir Kadeh Karanfil</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256977167</t>
+          <t>9786257025270</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bab</t>
+          <t>Şevk İle</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256977112</t>
+          <t>9786257025034</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>7 Veren'in Aşk-ı</t>
+          <t>Gaye</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256977105</t>
+          <t>9786257025256</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Günden Artakalan</t>
+          <t>Herkesi Unut Kendini Unutma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256977044</t>
+          <t>9786257025201</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Arka Yüz</t>
+          <t>Meşk İle</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256977006</t>
+          <t>9786257025263</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Doğru Konuşmak Suç Mu?</t>
+          <t>Ayrılığın İlk Gecesi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256977013</t>
+          <t>9786257025072</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Navruz Ana</t>
+          <t>Bana Geç Kalma</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258440928</t>
+          <t>9786257025430</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Nedensiz</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258440904</t>
+          <t>9786257025102</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğarken</t>
+          <t>Saklımızda Kalan</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>550</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258440911</t>
+          <t>9786257025140</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ares</t>
+          <t>Şafağın Koruyucuları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258440874</t>
+          <t>9786257025089</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>3004 Numaralı Oda</t>
+          <t>Karanfiller Dağılıyor</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258440829</t>
+          <t>9786057603906</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla, Bir Irmak ve Sonsuzluk</t>
+          <t>Her Şey Bizim İçin Oluyor</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258440775</t>
+          <t>9786057603869</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Matruşkası</t>
+          <t>Özgürlük Hapishanesi - Kumral Kadın</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258440669</t>
+          <t>9786057603845</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Malta Gezgini</t>
+          <t>Onlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258440676</t>
+          <t>9786057603883</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Sızım Kalır</t>
+          <t>Neden Ağlıyorsun?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>170</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258440683</t>
+          <t>9786057603968</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hava Atış Yarışmaları</t>
+          <t>Karanlığa Yıldız Olmak</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258440621</t>
+          <t>9786057603913</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesindeki Şehir</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>390</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258440638</t>
+          <t>9786057603920</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kenarbel</t>
+          <t>Aşk Biriksin İçinde</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258440645</t>
+          <t>9786257025607</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızı</t>
+          <t>Yas</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258440690</t>
+          <t>9786257025539</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Deliçoban</t>
+          <t>Tatlı Rüyalar Haya-t-i-m</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>220</v>
+        <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258440607</t>
+          <t>9786257025454</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Zeynel</t>
+          <t>Yaşama Doğru</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>370</v>
+        <v>20</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258440515</t>
+          <t>9786257025584</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Mü'min Olmak</t>
+          <t>Sevgiye Duyulan Özlem</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258440539</t>
+          <t>9786257025546</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Uzakta</t>
+          <t>Adem İle Havva</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>230</v>
+        <v>17</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258440508</t>
+          <t>9786257025416</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Korona Anılarım</t>
+          <t>Firar Eden Aşk</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258440478</t>
+          <t>9786257025133</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Elden Gelen</t>
+          <t>Polisler ve Soytarılar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258440447</t>
+          <t>9786257025324</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bahriyeli</t>
+          <t>İmtihanların Sırrı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>550</v>
+        <v>32</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258440461</t>
+          <t>9786257025188</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Emine Türküsü Veya Saksıda Narçiçeği</t>
+          <t>Bugün de Ölmedim Anne - Zor Yıllar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258440300</t>
+          <t>9786057603944</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yaseminler de Solar</t>
+          <t>Dünyayı Cennete Benzetmeye Var mısın?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258440386</t>
+          <t>9786057603746</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ile Kendini Bulma Arayışı</t>
+          <t>Ağlara Takılan Deniz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>600</v>
+        <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258440409</t>
+          <t>9786057603715</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülenler</t>
+          <t>Kalbin İmzası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258440263</t>
+          <t>9786057603739</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Kuyruk</t>
+          <t>Allah’a Davet</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258440331</t>
+          <t>9786057603708</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yok Böyle Bir Köy “Karaözü”</t>
+          <t>Saklanan Sırlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258440317</t>
+          <t>9786057603753</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Son Datura</t>
+          <t>Bıçak Sırtı Pamuk İpliği</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258440270</t>
+          <t>9786057603234</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Büyük Birader Gözetiminde Teknolojik Yenidünya Düzeni</t>
+          <t>Yakışıklı Adamın Çirkin Oğlu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258440287</t>
+          <t>9786057603159</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İşte Öyle Bir Şey</t>
+          <t>Tüm Güzellikleri ile Bornova</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258440232</t>
+          <t>9786057603142</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Sizi Düşünen Biri</t>
+          <t>Mira</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258440225</t>
+          <t>9786057603098</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Pergamona</t>
+          <t>Burunsuz Kardan Adam</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258440201</t>
+          <t>9786057603128</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Sonra Ben</t>
+          <t>Sat Sat Nereye Kadar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>65</v>
+        <v>21</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258440249</t>
+          <t>9786057603180</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Korku</t>
+          <t>Aslında Bitmedi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258440218</t>
+          <t>9786052320976</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz İnsanlar</t>
+          <t>Dinle Kızım Elif</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258440072</t>
+          <t>9786057603012</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Sen</t>
+          <t>Karagözlü Şiirler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258440164</t>
+          <t>9786052320969</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>3 Garip Son</t>
+          <t>Çürüyen Kelimeler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258440102</t>
+          <t>9786057603371</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Bir Kulun Manevi İklimi</t>
+          <t>Kendi Kanatlarınla Yüksel</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>110</v>
+        <v>17</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258440133</t>
+          <t>9786057603364</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Öfke Risalesi</t>
+          <t>Nejmah Değil Sistem Fahişe</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258440096</t>
+          <t>9786057603821</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258440058</t>
+          <t>9786057603814</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Sevme(k)</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257306928</t>
+          <t>9786057603807</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çiğ Tanesi</t>
+          <t>Pervanistan ve Diploması</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258440041</t>
+          <t>9786257025027</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Kurumsal Hayatta İlk 100 Gün</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>30</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257306614</t>
+          <t>9786057603630</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Aras’tan Fırat’a Kösem</t>
+          <t>Kar Ağacı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>450</v>
+        <v>27</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057105523</t>
+          <t>9786057603487</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Turnikede Zaman - Şiirler ve Öyküler</t>
+          <t>Enerji Çalımı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257306997</t>
+          <t>9786057603647</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler ile Randevularım</t>
+          <t>3 2 1 Kayıt</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257306959</t>
+          <t>9786054976621</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen de Yaşadın!</t>
+          <t>Masum Arayışlar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057105509</t>
+          <t>9786057603661</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mübeşşirat Müjdeli Haberler</t>
+          <t>Son mu Bu Bahar?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257306980</t>
+          <t>9786057603609</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mesela Kelimeler Vardır</t>
+          <t>İnsan Kaynaklarından Mektuplar 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257306867</t>
+          <t>9786057603579</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Aşkgen</t>
+          <t>Senden Öte Benden Ziyade</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257306843</t>
+          <t>9786057603616</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Şiir İşte</t>
+          <t>Kheper</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257306836</t>
+          <t>9786057603852</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağustos Tereddüdü</t>
+          <t>Kurrahazzi Karahazzi (Karaözü) Şahruh'un Gizleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257306805</t>
+          <t>9786057603777</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gülerken Birdik Ağlarken Ayrı</t>
+          <t>Tanrı Oğulları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257306713</t>
+          <t>9786057603951</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sarıgelin Hikayesi</t>
+          <t>İz Bırakan Kokular</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>600</v>
+        <v>17</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257306638</t>
+          <t>9786052320952</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Milattan Sonra Aşk</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>45</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257306645</t>
+          <t>9786057603036</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kişi</t>
+          <t>Başarılı Bir Yönetim İçin</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257306652</t>
+          <t>9786052320983</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse Gider</t>
+          <t>Livorluk</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257306539</t>
+          <t>9786057603470</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tenis Severlerin Akıl Kitabı</t>
+          <t>Duygularımın Sesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257306546</t>
+          <t>9786057603531</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Başıboş Şiirlerin Yalnızlığı</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257306577</t>
+          <t>9786057603432</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Payidar</t>
+          <t>Paris Eteği</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257306553</t>
+          <t>9786052320761</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Depresif Mavi</t>
+          <t>Besra</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257306492</t>
+          <t>9786052320853</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yetimi</t>
+          <t>İlk ve Son Tanrı Hz. Akıl</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257306508</t>
+          <t>9786256176874</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Aquila</t>
+          <t>Tanrıçanın Şifacısı Abnoba &amp; Kutsal Şehir Ancyra</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257306409</t>
+          <t>9786256176850</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mavi</t>
+          <t>Kadı / Adaletin Gölgesinde</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257306386</t>
+          <t>9786256176898</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sadece Özgürlük ve Barış İstediler</t>
+          <t>Çık Gel</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257306416</t>
+          <t>9786256176799</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Mahlas</t>
+          <t>43..</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257306393</t>
+          <t>9786256176881</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayak</t>
+          <t>Bay X İle Bayan P</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257306379</t>
+          <t>9786256977686</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Işık Yutan</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257306362</t>
+          <t>9786256977655</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Türküsüdür Hayat</t>
+          <t>Hiçbir Yer Sokağı</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257306232</t>
+          <t>9786256176041</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Kıvılcım - Arife Köyü (Ciltli)</t>
+          <t>Kuş Uçar Rüzgar Eksilir</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>170</v>
+        <v>196</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257306270</t>
+          <t>9786259794150</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedende Solumak</t>
+          <t>Sporda Kurumsal Sosyal Sorumluluk ve Marka İmajı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257306324</t>
+          <t>9786259811895</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Uyansam</t>
+          <t>Beyaz Zambaklar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257306355</t>
+          <t>9786259829883</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Günahsızların Cehennemi</t>
+          <t>Hz. Zerdüşt</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257306010</t>
+          <t>9786259829814</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Günebakan Sıcaklığı</t>
+          <t>Takıntı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257025362</t>
+          <t>9786259829852</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Bilgi Üretiminin Öyküsü</t>
+          <t>Gül-ü Nar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257306003</t>
+          <t>9786259842769</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Güneyden Kuzeye</t>
+          <t>Tuhafıma Giden Şeyler</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257306195</t>
+          <t>9786259842714</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Pirinç Şamdanlar</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257306096</t>
+          <t>9786259842721</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bozkır 2 - Açan Çiçekler</t>
+          <t>İçimdeki Kenan Ülkesi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257306119</t>
+          <t>9786259842745</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Aşka Aşık</t>
+          <t>Yaşanmış Hikayeler</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257306058</t>
+          <t>9786256977952</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değişimle Makro Oluşuma Doğru</t>
+          <t>Hayat Zerzenin Ucunda</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>25</v>
+        <v>260</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257306072</t>
+          <t>9786256977914</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nure</t>
+          <t>Hem Okudum Hem Çizdim</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257025720</t>
+          <t>9786256977891</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Mü İsabet Mi?</t>
+          <t>Bitcoin Sen Bizim Her Şeyimizsin</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257025706</t>
+          <t>9786256977969</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Nefret Nasıl Düşer Gönlümüze?</t>
+          <t>Hayallerin Gemisi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257025904</t>
+          <t>9786256977815</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Adı Gurbet Şiirleri</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257025621</t>
+          <t>9786256977792</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Götür Beni Bu Şehirden</t>
+          <t>Tek Kişilik Vedalar - Işık Yılı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257025386</t>
+          <t>9786256977761</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sözöz</t>
+          <t>Eksik Etek</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257025218</t>
+          <t>9786256977730</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Virga</t>
+          <t>Aklın Yolu Bir</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057603999</t>
+          <t>9786256977631</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yazıt - Yazgı Bozan</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057603791</t>
+          <t>9786256977563</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Su ile Dans</t>
+          <t>Yine Yağmur Yağıyor Küçük Bahçeme</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057603562</t>
+          <t>9786256977570</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Düş Cücesi</t>
+          <t>Orta ve Üst Düzey Yönetici Tuzakları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>15</v>
+        <v>170</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057603500</t>
+          <t>9786256977525</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolunda Hüzünle Çarpışmak</t>
+          <t>Sinir Oldum</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057603524</t>
+          <t>9786256977518</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kasım Kavşakları</t>
+          <t>Can Düğümü</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057603333</t>
+          <t>9786256977549</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kokulum</t>
+          <t>İlkyazda Bir Gerdek Gecesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>55</v>
+        <v>130</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057603272</t>
+          <t>9786256977532</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Hep Yarım Kalacaksın</t>
+          <t>Hüseyin Öğretmen</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052320662</t>
+          <t>9786256977440</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar: Kıyamet</t>
+          <t>Sen Gidersen Kim Sular Fesleğenleri?</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052320631</t>
+          <t>9786256977389</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Şık</t>
+          <t>Örgütlü Bir Öğretmenin Arşivinden</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052320518</t>
+          <t>9786256977365</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Nerem Kanadıysa Seni Bastım Yaralarıma</t>
+          <t>Mansur Yavaş ve Üslup Siyaseti</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052320426</t>
+          <t>9786256977310</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gün(sel)cesi</t>
+          <t>Birbirine Emanet İki Halk: Türkler ve Kürtler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059352710</t>
+          <t>9786256977280</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kurtlar 'Son Savaş'</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
+          <t>9786256977266</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Tek Başına</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786256977136</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Vefa Mevsimi</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786256977143</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Mezopotamya - Köle ve Kral</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786256977082</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Olimpiyatları</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786256977075</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Eskenci Destanı</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786256977068</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Yerli</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786256977037</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Kıyıma Vuranlar</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786256977020</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Efendisizler Korosu</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786258440973</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Avanos Çömlekçiliği ve Galip Usta</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786258440966</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Giuseppe’nin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786258440867</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Kalbinden Taşınıyorum</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786258440935</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Gün Umudun Aynasında</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786258440898</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Apidae</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786258440782</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Balo</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786258440812</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Baharın Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786258440850</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Gölgende Bir Kış</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786258440768</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Vakar</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786258440805</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Halep’ten Antep’e</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059352352</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Yazılmayan</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786258440492</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Güneş</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786258440430</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Çalışan Denklemi</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786258440355</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Yasalardan Arındırılmış Kayyum Belediyeleri</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786258440416</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Nihan</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786258440348</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Çatto</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786258440362</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Selamı Var</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786258440324</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Garip</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786258440256</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Uzak</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786258440065</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786258440171</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Savaşlarından Balkan Barış Gücü’ne</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786258440126</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya Düzeni Emperyalizmin Üst Aşamasıdır</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786258440089</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Anılarım</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786257025423</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Bozkır - 1 Solan Güller</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786257306591</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hevese Kapıldım Sen Giderken</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786257306256</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Dilenci</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786258440034</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Kara Tahta ve Beyaz Tebeşir</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786258440010</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Sığırcık Zamanı</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786257306966</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Berlin'de Hakimler Var</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786057105547</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Bursa’dan İnciler</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786057105561</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Bilme ve Anlama Okulu</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786052320709</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Her Evlilik Mutluluğu Hak Eder</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786052320747</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Onur</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786057603319</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Azrail ve Gardiyan</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786052320778</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Mor Melankoli</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786052320877</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Toroslar'dan Çin Seddi'ne</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786052320341</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Tağut’un Kaos Düzeni</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786052320891</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Evet Sensin</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786052320907</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Bu Dünyanın İnsanları</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786052320785</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bana Uzakmış Anne</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786052320938</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>İçte Öyle</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786052320624</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Seni Özlemişliğim Doluyor İçime</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786057603050</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Bahçeleri</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786052320990</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Liman Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786059352925</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Lacivert</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786052320051</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Gri Yanım</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059352994</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Ceviz Lekesi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786052320365</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Omurgam Adalet</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786054976478</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786054976683</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Kurmay Gözüyle Tenis</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059352680</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>3üncü İşaret</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786257025829</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Beşinci Mevsim</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786257025966</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Koşucusu - Atom Karınca</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786257025928</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Zişan</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786257025805</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Aşkzedeler Kulübü</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786257306034</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Avarya</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786257306089</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Fulya, Karınca ve Kaplumbağa</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786257025980</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kişilik Aşklar</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786257306898</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Altın Vuruş</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786257306850</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786257306676</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Gelişimin Şiirsel Yolu</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786257306782</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Saman Çöpleri</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786257306690</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Çınar</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786257306447</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Saraydan Kaçış</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786257306423</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Dizel Skandalı ve Elektriğin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786257306461</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786257306300</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Otizmin Kıyısından Hikayeler</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786257306706</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Kedime Şiirler</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786257306720</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Ne Çay</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786257306478</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Savunma</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786257025409</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Gibi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786257025874</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Zehirli Ahfa</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786257025317</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Seven Kadın</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786257025881</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluklardan Cumhuriyetlere Üç Ülke Üç Başkent</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786257025973</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Veda</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786057603449</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Okul Mu Yok Ol Mu?</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786257306171</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Tarihi Tanıkları</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786257025638</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Eyvaz ile Bir Sene</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786257025911</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Misafir Öyküler</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786257025058</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Gökten Düşen Bir Yıldız</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786257025065</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Yolda Kalanlar</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786257306133</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Nisanda Kar</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786257025997</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Sürgündeki Suskun Prenses Nadya</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786257306164</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Kalitesi ve Kentsel Kalite Üzerine Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786257025096</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Müşteri Memnuniyeti Hakkında</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786057603876</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Med-Cezir</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786057603937</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Ben Aşk Diye Yazdım Sen Adınla Oku</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786257025591</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’na Destan</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786257025300</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerimi Saldım Çayıra</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786257025232</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Hepaters</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786257025164</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Rengi</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786057603722</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Ayna</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786057603135</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimsiz Tomurcuklar - Otizm</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786057603784</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Gibi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786257025003</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Pencereler</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786057603654</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Dişi Aşk</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786057603555</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>İki Mevsim Arası Bir Kalp Atışı</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786057603890</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Kapılar</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786057603005</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hayalin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786256176843</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Küllerinden</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786256176805</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Şia’ya Cevap Veriyorum</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786256176812</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçtaki Son</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786256176836</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Günümüze İtaat, Biat, İstibdat</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786256176768</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Sen de Barbie Bebeklerine Anlat Yazdıklarımı</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786256176751</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Türkü</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786256176775</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Amak-ı Siyaset</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786256176737</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle Terapisi</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786256176621</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Gözleri</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786256176720</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Susmam</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786256176744</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Temet Nosce</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786256176706</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Sıhhiyeci Köse Mehmet</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786256176690</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Mağaradaki Hayaletler</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786256176713</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Dünyayı Cehenneme Çeviren "İnsanoğlu"</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786256176348</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Önce Katiller Ölür</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786256176553</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Firkat-i Canan</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786256176652</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Silüetler</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786256176669</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Sokak Lambasıyım</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786256176638</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Çerkes Soykırımı: Uluslararası Hukuk, Tanınma ve Kolektif Bellek</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786256176683</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bize Bir Hediyedir</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786256176645</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Ortancaların Günlüğü</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786256176591</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Liderliğin Notaları</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786256176577</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Tamag</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786256176607</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Bedeninle Konuş, Ruhunla Dans Et!</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786256176560</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Ben'ce Bir Deneme</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786256176584</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki İnci Taneleri</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786256176539</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Pencereden İnsan</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786256176027</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Tablet</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786256176485</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786256176492</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmişler - Islah Adası</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786256176508</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Özgeçmişim Ektedir</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786256176522</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Kanatsız Kelebeğin Çıngısı</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786256176515</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan da Öte</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786256176461</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Arıza Kelebekler</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786256176454</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Kirpik ve Roma</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786256176478</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>İçsel Gücü Keşfet</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786256176300</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Yarası</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786256176393</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Yokuş</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786256176430</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Peşinden Koşma Üzerine Çek</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786256176317</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Sen Kazandın</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786256176416</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Kış Külü</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786256176423</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>İnanışımda İnsan</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786256176379</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Billur Damlalar</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786256176409</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Ab-ı Hayat</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786256176362</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Güz Baladı</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786256176386</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Ahhh Dişim!</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786256176331</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>‘An</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786256176287</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetimiz ve Çağdaşlaşma Yolculuğumuz</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786256176294</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Dilaver Hanım ve Kiracıları</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786256176270</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Tanışmak Bazen Sanıldığı Kadar İyi Değildir</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786257306935</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Benden Sonra - Anılarda Annelik</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786057105516</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Alp Börü 2</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786257306942</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Üç Harman - Divle Toroslarında Bir Köy Öğretmeni</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786256176263</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Çığlığı</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786256176249</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hüseyinzadeler</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786256176232</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamıyorken Yaşamak</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786256176256</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Adım Melissa</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786256176218</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>İhanet Ve Cehaletin Pençesinde İnleyen Türkiye</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786256176225</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Sevda</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786256176201</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Gül Dikeni</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786256176195</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Recai Dede Şiirleri</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786256176188</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Türlübey Yanıyor</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786256176065</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Hayaller Defteri</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786256176164</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Sadırdan Satıra</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786256977846</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızların Altında Uzun Bir Gece</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786256977860</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Eğitim</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786256176171</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Asit</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786256977990</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Büyük Bir Okuldur</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786259842738</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Öylesine Bir Tebessüm</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786256977938</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Planı</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786256977822</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Manolya</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786256977839</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Canım Annem</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786256977747</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Dönence</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786256977679</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Tedavülden Kalkan Duygular</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786256977556</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'ten Günümüze Çanakkale Yahudileri</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786256977426</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikalarının Terminolojisi ve Temel Sorunları</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786256977464</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Eski Bursa'dan Öyküler</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786256977396</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Hacker Sen Misin?</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786256977372</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dönem Niğde</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786256977341</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Derinlerde 100</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786256977181</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Belgelerinde Kafkas Göçleri Adlı Eserin Çeçen Göçü ile İlgili Belgelerinin Günümüz Türkçesine Çevirisi (Devlet Arşivleri Genel Müdürlüğü)</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786256977204</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynaklarından Mektuplar - 3</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786256977174</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Tül Ardı Kadınları</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786256977129</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Tanıkların Gözüyle Kerkük Katliamı</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786258440836</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Ben de Varım Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786258440485</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Alfabetik Şiir Kitabı - 29 Harf 129 Şiir</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786258440454</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Kokusu</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786258440379</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Püskürürken</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786258440188</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Değildir Subay Olmak</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786257306973</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeci ve Aşkı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786059352079</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Sır</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786059352062</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar: Kehanet</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257025942</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Bin Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257306881</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Yalanla Yaşatılmaz</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786257306607</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Tutsak Yürekler Vadisi</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786257306126</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Aşk'a Tamah Etme</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786257025652</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Beynimizdeki İkinci Ben</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786257025669</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Çömlekçi</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786257306348</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Ay'ın Sekiz Yüzü</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786257306201</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Kayıp Sandık</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786057603685</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Atusa’nın Laneti</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786257306287</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Nilda</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786257306225</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Oyunun Kurbanları</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786257025768</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Köprü</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786057603692</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Ankara Garı</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786256176133</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Trampetçi Kız</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786256176157</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın İpliği</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786256176072</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Levla</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786256176140</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Yuvama Döneceğim</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786256977723</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Sarayın Alevleri</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786057603111</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Yar'a Kalanlara</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786052320921</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Omuzlarında</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786059352802</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Çayım Tek Şeker</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786052320228</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Uzağa Dair</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786257306263</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Odyolojinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786257025126</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Koleksiyoncusu</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786057603838</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarları Suçlayamam</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786256176119</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Kızlarım İçin</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786256176102</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Eski Dünya Karanlığı</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786256176126</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Bir Elmadağ Masalı</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786057105530</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Liseli Doktordan Farabi Aşk</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786259794143</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Quo Vadis?</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786256176089</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Kaktüs Çiçeği</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786256176096</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Kapılar</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786256176058</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Birlik Düşüncesi, Birlikte Çalışmak, Birlikte Yönetmek, Hakça Paylaşmak ve Solun Hataları</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786259794181</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Ne Aşkımdı Ne Sevgili</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786256176003</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Öper Misin Kalbimden?</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786259794198</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Dönemi Denemeleri</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786259794174</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Eve Düşen Yıldırım</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786259794136</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı'nın Ardında Umutlar - Müzmin Aşk</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786259794167</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Pusula Bilimi Gösteriyor</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786259794129</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Çantam ve Ben</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786259794112</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Tutamadığım Gözyaşım</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786259794105</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar Aşkına</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786259811871</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Biri</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786259811888</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Takıntı Ayarlama Servisi</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786259811802</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Denizi</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786259811833</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Yönelimler</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786259811826</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Gönül Kanamaları</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786259811864</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Kertenkele ve Samur Kürk</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786259811857</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Nar Küresi</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786259811819</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Sanayi Devrimi’nde Teknolojik Yenilikler ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786259829890</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Feri Veda</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786256977334</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Memleket ve Sevgili</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786256977150</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Öfkesi</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786259829869</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786259829838</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Boya Sandığı</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786259829845</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Cemile</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786259829876</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sandım Ki</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786258440546</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Sınırı</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786258440195</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Onulmaz</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786059352390</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Yazıt: Bin Yıl Savaşları</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786259829821</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Put Entrika Saatler</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786259842790</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Kavşaktepe’nin Esrarı</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786259842783</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Geri Dön</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786259842776</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Ülkesi</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786259842707</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Tenekeleri</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786259842752</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Aykırı</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786256977853</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Dünya</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786256977907</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Terra Silius</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786256977877</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Mucizevi Kırmızı Patik</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786256977945</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Kis</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786256977433</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Simizar</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786256977488</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Çarlık’a Xelık</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786258440980</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Sözün Ezgisi</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786258440720</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Hasret Treni</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786256977754</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Bol Sıfırlı Kıyamet Fragmanı</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786256977808</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Babam, Boğaziçi</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786256977778</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Söylenebilir Her Şeyi Söylemek; Şiirle</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786258440553</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Kuşak (Ortak Değerler)</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786256977716</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Zarafeti Arifan - Mevla’yı Bilenlerden İncelikler</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786256977662</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Yitirilmiş Kültür Varlığı Olarak Antalya Kalesi’nin Nakışlı Bir Liman Kapısı</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786256977709</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Saplantılı</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786256977693</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşk</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786256977624</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Adı: Kadın Soyadı: Haklar</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786256977600</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgaraltı Anıları</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786256977617</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Kardelen</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786256977471</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Umudu Paylaşanlar</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786256977501</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Türk Diasporası’nın Türklerin Anadil Öğrenimine, Akademik Başarılarına ve Sosyo-Ekonomik Yapılarına Etkisi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786256977457</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Dur</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786256977358</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Vebal</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786256977419</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Gün(sel)cesi</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786256977303</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>İçeride Tadilat Var</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786256977327</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Kolak Arif</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786256977297</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Sümer’de Bir Yabancı</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786256977242</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız Yolculuk</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786256977211</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Uykusuzu</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786256977259</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786256977273</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>“Çalmak Ne Kadar Kolay” dedi Dimitri</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786256977228</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda Hakikat ve Sırlar Arayışı</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786256977235</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Bir Korumanın Anıları</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786256977167</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Bab</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786256977112</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>7 Veren'in Aşk-ı</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786256977105</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Günden Artakalan</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786256977044</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Arka Yüz</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786256977006</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Konuşmak Suç Mu?</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786256977013</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Navruz Ana</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786258440928</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Ada</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786258440904</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Gün Doğarken</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786258440911</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Ares</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786258440874</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>3004 Numaralı Oda</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786258440829</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Bir Damla, Bir Irmak ve Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786258440775</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Pandora’nın Matruşkası</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786258440669</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Malta Gezgini</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786258440676</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğinde Sızım Kalır</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786258440683</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hava Atış Yarışmaları</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786258440621</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Ötesindeki Şehir</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786258440638</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Kenarbel</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786258440645</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Kızı</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786258440690</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Deliçoban</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786258440607</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Zeynel</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786258440515</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Mü'min Olmak</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786258440539</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Kendinden Uzakta</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786258440508</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Korona Anılarım</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786258440478</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Elden Gelen</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786258440447</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Bahriyeli</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786258440461</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Emine Türküsü Veya Saksıda Narçiçeği</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786258440300</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Yaseminler de Solar</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786258440386</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi ile Kendini Bulma Arayışı</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786258440409</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dökülenler</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786258440263</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Dikenli Kuyruk</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786258440331</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Yok Böyle Bir Köy “Karaözü”</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786258440317</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Son Datura</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786258440270</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Birader Gözetiminde Teknolojik Yenidünya Düzeni</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786258440287</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>İşte Öyle Bir Şey</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786258440232</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklarda Sizi Düşünen Biri</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786258440225</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Pergamona</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786258440201</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Babamdan Sonra Ben</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786258440249</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Korku</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786258440218</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Mutsuz İnsanlar</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786258440072</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Sen</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786258440164</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>3 Garip Son</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786258440102</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Bir Kulun Manevi İklimi</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786258440133</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Risalesi</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786258440096</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinler</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786258440058</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Sevme(k)</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786257306928</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Çiğ Tanesi</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786258440041</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786257306614</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Aras’tan Fırat’a Kösem</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786057105523</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Turnikede Zaman - Şiirler ve Öyküler</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786257306997</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Hayaletler ile Randevularım</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786257306959</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Sen de Yaşadın!</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786057105509</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Mübeşşirat Müjdeli Haberler</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786257306980</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Mesela Kelimeler Vardır</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786257306867</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Aşkgen</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786257306843</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Öyle Bir Şiir İşte</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786257306836</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ağustos Tereddüdü</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786257306805</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Gülerken Birdik Ağlarken Ayrı</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786257306713</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Sarıgelin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786257306638</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Milattan Sonra Aşk</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786257306645</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Kişi</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786257306652</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Kadın İsterse Gider</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786257306539</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Tenis Severlerin Akıl Kitabı</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786257306546</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Başıboş Şiirlerin Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786257306577</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Payidar</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786257306553</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Depresif Mavi</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786257306492</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yetimi</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786257306508</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Aquila</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786257306409</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Mavi</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786257306386</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Özgürlük ve Barış İstediler</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786257306416</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Mahlas</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786257306393</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Ayak</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786257306379</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Işık Yutan</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786257306362</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Türküsüdür Hayat</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786257306232</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırdaki Kıvılcım - Arife Köyü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786257306270</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bedende Solumak</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786257306324</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sabah Uyansam</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786257306355</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Günahsızların Cehennemi</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786257306010</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Günebakan Sıcaklığı</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786257025362</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Günümüze Bilgi Üretiminin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786257306003</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Güneyden Kuzeye</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786257306195</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786257306096</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Bozkır 2 - Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786257306119</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Aşık</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786257306058</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Değişimle Makro Oluşuma Doğru</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786257306072</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Nure</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786257025720</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Tesadüf Mü İsabet Mi?</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786257025706</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Nefret Nasıl Düşer Gönlümüze?</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786257025904</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Adı Gurbet Şiirleri</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786257025621</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Götür Beni Bu Şehirden</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786257025386</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Sözöz</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786257025218</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Virga</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786057603999</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Yazıt - Yazgı Bozan</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786057603791</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Su ile Dans</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786057603562</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Düş Cücesi</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786057603500</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yolunda Hüzünle Çarpışmak</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786057603524</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Kasım Kavşakları</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786057603333</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Kokulum</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786057603272</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Hep Yarım Kalacaksın</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786052320662</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar: Kıyamet</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786052320631</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Şık</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786052320518</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Nerem Kanadıysa Seni Bastım Yaralarıma</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786052320426</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Gün(sel)cesi</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786059352710</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kurtlar 'Son Savaş'</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
           <t>9786054976348</t>
         </is>
       </c>
-      <c r="B440" s="1" t="inlineStr">
+      <c r="B841" s="1" t="inlineStr">
         <is>
           <t>Camdaki İzler</t>
         </is>
       </c>
-      <c r="C440" s="1">
+      <c r="C841" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>