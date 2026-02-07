--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -3037,58 +3037,43 @@
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Evliliği Birşey Zannetme</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9789944300889</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Hayatınızı Kazanın</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>180</v>
       </c>
     </row>
-    <row r="199" spans="1:3">
-[...13 lines deleted...]
-    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>