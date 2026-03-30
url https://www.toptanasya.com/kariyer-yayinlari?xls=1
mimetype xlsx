--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,2995 +85,4570 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944300940</t>
+          <t>9799758515737</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Derin Devleti İlluminati</t>
+          <t>Zehirli Düşünceler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257337304</t>
+          <t>9789944300643</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nsp Nöro Somatik Proglama</t>
+          <t>Yerin ve Göğün Oğlu Mete Han</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758515943</t>
+          <t>9799758515379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059916738</t>
+          <t>9789944300087</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Learn English (Kırmızı)</t>
+          <t>Yabancı Bildiğimiz Dostumuz Hipnoz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059916721</t>
+          <t>9789944300681</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Learn English (Mavi)</t>
+          <t>Teşkilat-ı Mahsusa’nın Kurduğu Kahramanlar Grubu Emirber Fedaileri</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059916691</t>
+          <t>9789944300612</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Learn English (Yeşil)</t>
+          <t>Tandır</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059916707</t>
+          <t>9789758515950</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Learn English (Turuncu)</t>
+          <t>Şeytanın Fısıltısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059916349</t>
+          <t>9799758515768</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gibi Gökte Olmuş Bilge Kağan</t>
+          <t>Şeytanı Hissediş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257337274</t>
+          <t>9789758515813</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Öğreniyorum</t>
+          <t>Şeytan Tüyü İnsanlarla İletişim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257337281</t>
+          <t>9789944300377</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Panço Sevgili Köpeğim</t>
+          <t>Stresinizi Azaltmak İçin Zamanı Yönetin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257337267</t>
+          <t>9799758515584</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Üzüm Bağları</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944300254</t>
+          <t>9789758515073</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasasıyla Kendi Gerçeğinizi Yakalayın</t>
+          <t>Söz Söyleme Sanatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059916219</t>
+          <t>9799758515416</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Sorumluluklarını Geciktiren Çocuklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059916981</t>
+          <t>9789758515042</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler - Solar Sistem / Güneş Sistemi</t>
+          <t>Satıyorum Öyle İse Varım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059916035</t>
+          <t>9799758515355</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hedef Dünya Egemenliği Küresel Gizli Örgütler</t>
+          <t>Rasyonel Bir Yaşamın 7 Pensibi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944300506</t>
+          <t>9789758515806</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mossad</t>
+          <t>Pudra Kokusu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944300537</t>
+          <t>9789944300513</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük İstihbarat Örgütü CIA</t>
+          <t>Ölüm Bataklığı Ortadoğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059916189</t>
+          <t>9799758515393</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para Baronu Rothschild Ailesi</t>
+          <t>Organizasyonlarda Duyguların Yönetimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059916097</t>
+          <t>9789758515752</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sancak - Pandoranın Kutusu</t>
+          <t>NPL ile Etkin Koçluk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944300964</t>
+          <t>9799758515430</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>NLP Koçluğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059916141</t>
+          <t>9789758515714</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Dört Atlısı</t>
+          <t>NLP ile Güçlenmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059916165</t>
+          <t>9789944300131</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran</t>
+          <t>NLP ile Başarının İç Oyunu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059916103</t>
+          <t>9789758515783</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>NLP El Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059916110</t>
+          <t>9789944300209</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Hayalet</t>
+          <t>Nasıl Daha Başarılı Olabilirim?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057757661</t>
+          <t>9789758515509</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Birazcık - Minik Dedektifler</t>
+          <t>Müşteri Odaklı Satışta 100 Altın Strateji</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057757623</t>
+          <t>9789944300360</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Diyarı - Minik Dedektifler</t>
+          <t>Müşteri İlişkileri ve Satış Yönetimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057757708</t>
+          <t>9789944300407</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Dönüş - Minik Dedektifler</t>
+          <t>MİT ve Bordo Bereliler El Ele Safari Operasyonu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057757692</t>
+          <t>9789944300650</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kamp Macerası - Minik Dedektifler</t>
+          <t>Kültürler Arası Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057757630</t>
+          <t>9789944300445</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İlginç Bir Teori - Minik Dedektifler</t>
+          <t>Kutsal Yemin Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059916271</t>
+          <t>9789944300520</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tomris Kağan</t>
+          <t>Kutsal Kase Türkiye</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059916257</t>
+          <t>9789758515882</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbi'nde Etnik İhanet</t>
+          <t>Korku Avı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059916066</t>
+          <t>9789758515462</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rockefeller Ailesi</t>
+          <t>Konuşma Sanatı, Diksiyon</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944300032</t>
+          <t>9789944300629</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Yönetimi</t>
+          <t>Kod Adı Kale</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758515097</t>
+          <t>9789944300544</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılanma Stratejileri Bireysel ve Kurumsal Değişimde</t>
+          <t>Koçluk Kültürü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944300223</t>
+          <t>9789758515080</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu’nun İncisi Kore</t>
+          <t>Kişisel Kariyer Planlaması</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758515851</t>
+          <t>9789758515868</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Umut Çocukları</t>
+          <t>Kişisel Gelişimde Kapıları Açmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944300704</t>
+          <t>9789944300247</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Tarihi</t>
+          <t>Kişilik Anketi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944300810</t>
+          <t>9789944300841</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim 101</t>
+          <t>Kişileri Yönlendiren 19 Davranış Kalıbı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944300261</t>
+          <t>9789758515554</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Hikayeleri</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944300049</t>
+          <t>9789944300827</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Renkli Prensler</t>
+          <t>Kendinize Olan Güveninizi NLP ile Arttırın</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758515257</t>
+          <t>9789944300322</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Performans Yönetimi</t>
+          <t>Karadul: Gizli Düşman</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799758515669</t>
+          <t>9799758515799</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Paskalya Adası</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944300339</t>
+          <t>9789944300599</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Özel Görev</t>
+          <t>Kanuninin Tarihçisinden Muhteşem Çağ</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944300735</t>
+          <t>9789944300490</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi'den Sultan 2. Abdülhamid'e Osmanlı’nın Hikayesi</t>
+          <t>Kan Denizi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944300414</t>
+          <t>9789944300698</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>MİT Mossad CIA Gladio</t>
+          <t>Kadınlar Ne İster? Erkekler Ne Verir?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944300667</t>
+          <t>9789944300476</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kültürler Arası Yönetim</t>
+          <t>Jön Türkler ve 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758515981</t>
+          <t>9789758515561</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Dehşeti</t>
+          <t>İş Hayatında Pozitif Düşüncenin Gücü Maksimum Sonuç İçin 10 Özellik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944300582</t>
+          <t>9789758515318</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Yılan</t>
+          <t>İş Hayatında Kadın Yönetici</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758515875</t>
+          <t>9789758515998</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Yaşam Planlaması</t>
+          <t>İnsan Kaynakları Yönetiminde NLP</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944300155</t>
+          <t>9789944300193</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Farklılığında Öğrenmeyi Öğrenmek ve Başarmak</t>
+          <t>İlham Veren Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9799758515362</t>
+          <t>9789758515690</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kaba Bir Dünyada Saygılı  Çocuklar Yetiştirmek</t>
+          <t>İçsel Koçluk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758515288</t>
+          <t>9789944300100</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yönetimi</t>
+          <t>İçimizdeki Gerçek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758515653</t>
+          <t>9789944300292</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı</t>
+          <t>İbret Anları Olaylar ve Gerçekler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944300865</t>
+          <t>9789758515677</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Başka</t>
+          <t>Her Şeye Yeniden Başlamalı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799758515324</t>
+          <t>9789758515202</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Bir Dahidir</t>
+          <t>Hayat Denen Oyun</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944300162</t>
+          <t>9789944300452</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>Gladio</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758515547</t>
+          <t>9789944300636</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Evden Uzaklara Uçuş</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944300230</t>
+          <t>9789944300179</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Etkin Liderlik</t>
+          <t>Evlilikte Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758515974</t>
+          <t>9789944300728</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eşimi Tanıyor Muyum?</t>
+          <t>Evlilik Sultanlıktır</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758515899</t>
+          <t>9789944300216</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dağınıklıkla Başa Çıkma Yolları</t>
+          <t>Etkili İnsan Olmanın İncelikleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758515011</t>
+          <t>9789758515059</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla ve Gençlerle İletişime Geçmenin 25 Yöntemi</t>
+          <t>Etkili İngilizce Öğrenimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944300766</t>
+          <t>9789758515035</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yaşadığını Öğrenir</t>
+          <t>Eğitimi Zor Çocukların Psikolojisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758515127</t>
+          <t>9789758515165</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Eğitim Öğretici Ruh</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758515189</t>
+          <t>9789758515240</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğitim</t>
+          <t>Eğitim Becerilerinin Geliştirilmesi Eğiticinin Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944300056</t>
+          <t>9789758515141</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Anlıyor muyum?</t>
+          <t>Gizli Potansiyelinize Dokunun</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944300469</t>
+          <t>9799758515614</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Cenin’in Anıları</t>
+          <t>Dişidir Mayıs Ayı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944300148</t>
+          <t>9789758515844</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Psikoloji ve Dehaları</t>
+          <t>Da Vinci Şifresi Kurmacası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944300834</t>
+          <t>9789758515196</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ben Tutsağım Yüreğinde Senin</t>
+          <t>İtaatsizlik Üzerine</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9799758515409</t>
+          <t>9789758515110</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Başarmak İçin Yönetmek Girişimci Organizasyonlar Yaratmak</t>
+          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799758515331</t>
+          <t>9789758515158</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Baskı Altındaki Çocuklar Çocuğunuzu Stressiz ve Mutlu Nasıl Yetiştirirsiniz?</t>
+          <t>Bir Anneye Mektuplar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944300674</t>
+          <t>9789944300353</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Erdoğan</t>
+          <t>Bilinmeyen Yönleriyle Abdülhamid</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799758515621</t>
+          <t>9789944300070</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk’ın Adı Var</t>
+          <t>Bilimsel Olarak NLP ile Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944300278</t>
+          <t>9789758515264</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayeleri</t>
+          <t>Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944300384</t>
+          <t>9789758515936</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Arge Yönetimi</t>
+          <t>Beyin Gücü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944300780</t>
+          <t>9789758515172</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Annelik ve Babalık Bir Sanattır</t>
+          <t>Bebek Bakımı ve Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758515486</t>
+          <t>9789758515066</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ne İster?</t>
+          <t>Başarma Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944300759</t>
+          <t>9789944300346</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aklınla Değil Kalbinle Yaşa</t>
+          <t>Başarı Artık Sır Değilsin</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944300773</t>
+          <t>9799944300017</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Barnabas, Kutsal Ruhun İzi</t>
+          <t>Aziz Nesin Haksızmış (!) Kızım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257337229</t>
+          <t>9789944300421</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Eşler, Mükemmel Evlilik</t>
+          <t>Atatürk’ü Kimler Öldürdü?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257337236</t>
+          <t>9789944300438</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Umuda ve Aşka Yolculuk</t>
+          <t>Atatürk’e Yapılan Suikastlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257337243</t>
+          <t>9789944300803</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Hayatın</t>
+          <t>Aşk ve Şefkat Pırıltıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257337250</t>
+          <t>9789758515707</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Anlamadı Seni</t>
+          <t>Ağustos Böceği İle Karınca</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257337212</t>
+          <t>9789758515578</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerine As Beni - Kavuşamayanların Hikayesi</t>
+          <t>Adım Adım Mutluluk: Psikobiyolojik Öğrenme</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059916844</t>
+          <t>9789944300117</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aktör Aktris Seni Gidi Numaracı - Oyuncu Olmak İstiyorum!</t>
+          <t>Acaba Kiminle Evlensem?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059916905</t>
+          <t>9789758515004</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ressam Büyük Sergi Günü - Ressam Olmak İstiyorum!</t>
+          <t>6 ile 18 Yaş Çocuklarıyla Sorunları Çözmede 5 Aşama</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059916936</t>
+          <t>9789758515219</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yazar Hayatım Roman - Yazar Olmak İstiyorum!</t>
+          <t>21 Günde NLP</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059916899</t>
+          <t>9799758515522</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pilot Bulutların Üstünde - Pilot Olmak İstiyorum!</t>
+          <t>16 Haftalık Anne ve Baba Eğitimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059916950</t>
+          <t>9789944300711</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şef Doğum Günü Sürprizi - Şef Olmak İstiyorum!</t>
+          <t>1453 Konstantiniyye Düştü!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059916608</t>
+          <t>9789944300551</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eğiticilik Becerileri</t>
+          <t>12 Eylül İhtilali ve Onların Çocukları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057757975</t>
+          <t>9786059916264</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gün Ağarırken Karabağ</t>
+          <t>Bilderberg - Dünyayı Yöneten Üst Akıl</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057757968</t>
+          <t>9786059916486</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnovasyon Yönetimi</t>
+          <t>Devlet-i Aliyye'nin Kurucusu Osman Gazi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059916677</t>
+          <t>9786059916332</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Büyüsü</t>
+          <t>Osmanlı Devleti'nin Kuruluşu ve Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057757241</t>
+          <t>9786059916400</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Çetesi - Büyük Hazine</t>
+          <t>Ülkücüye Notlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057757265</t>
+          <t>9786059916318</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Çetesi - Başımız Dertte</t>
+          <t>Dirilişin Uç Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057757234</t>
+          <t>9786059916202</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Çetesi - Sırlar Çözülüyor</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057757746</t>
+          <t>9786059916004</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Peter Quinn - En Yetenekli Benim</t>
+          <t>Alparslan Türkeş Dokuz Işık Ülkücü Hareketinin Tarihi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057757739</t>
+          <t>9789944300902</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peter Quinn - Güzel Günler</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057757722</t>
+          <t>9789944300575</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Peter Quinn - Okulda Son Dönem</t>
+          <t>Büyük Kulaklar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057757258</t>
+          <t>9789758515684</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Çetesi - Büyük Çözümler</t>
+          <t>Bir Yudum Hayat NLP</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057757715</t>
+          <t>9789944300483</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Mutluluk - Peter Quinn</t>
+          <t>Bir Rus Generalinin Anlatımıyla Sarıkamış Harekatı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057757197</t>
+          <t>9789944300797</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Okyanuslar</t>
+          <t>Sensiz Olmaz Aşkım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057757036</t>
+          <t>9789944300742</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji</t>
+          <t>Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057757081</t>
+          <t>9786059916127</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Süper Bilim</t>
+          <t>Enver Paşa ve Dönemi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057757029</t>
+          <t>9786057757227</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Muhteşem Fabrika</t>
+          <t>Dahiler Çetesi - Tatil Macerası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057757043</t>
+          <t>9786059916646</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çağı</t>
+          <t>Kuklacı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057757180</t>
+          <t>9789944300940</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Tabiat</t>
+          <t>Dünyanın Derin Devleti İlluminati</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057757166</t>
+          <t>9786257337304</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi - Solar Sistem</t>
+          <t>Nsp Nöro Somatik Proglama</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057757159</t>
+          <t>9789758515943</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı</t>
+          <t>Hatırla Beni</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057757050</t>
+          <t>9786059916738</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşlar</t>
+          <t>İlkokullar İçin Learn English (Kırmızı)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057757067</t>
+          <t>9786059916721</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>İlkokullar İçin Learn English (Mavi)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059916912</t>
+          <t>9786059916691</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mimar Dünyanın En Önemli Projesi - Mimar Olmak İstiyorum</t>
+          <t>İlkokullar İçin Learn English (Yeşil)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059916875</t>
+          <t>9786059916707</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Doktor En Etkili İlaç - Doktor Olmak İstiyorum</t>
+          <t>İlkokullar İçin Learn English (Turuncu)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059916882</t>
+          <t>9786059916349</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Gökkuşağı Savaşcısı - Çevreci Olmak İstiyorum</t>
+          <t>Tanrı Gibi Gökte Olmuş Bilge Kağan</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059916868</t>
+          <t>9786257337274</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı Başıma İcat Çıkarma - Bilim İnsanı Olmak İstiyorum</t>
+          <t>Harfleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059916943</t>
+          <t>9786257337281</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Grup Acele - Şarkıcı Olmak İstiyorum</t>
+          <t>Panço Sevgili Köpeğim</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059916851</t>
+          <t>9786257337267</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Astronot Büyük Uzay Yolculuğu - Astronot Olmak İstiyorum</t>
+          <t>Dedemin Üzüm Bağları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059916745</t>
+          <t>9789944300254</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Değer-Kıymet Bilmeyi Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Çekim Yasasıyla Kendi Gerçeğinizi Yakalayın</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059916837</t>
+          <t>9786059916219</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Yardımlaşmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059916783</t>
+          <t>9786059916981</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Merhametli Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Gezegenler - Solar Sistem / Güneş Sistemi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059916929</t>
+          <t>9786059916035</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Dünyanın En Zevkli İşi - Öğretmen Olmak İstiyorum!</t>
+          <t>Hedef Dünya Egemenliği Küresel Gizli Örgütler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057757128</t>
+          <t>9789944300506</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler - Resimli Klasik Masallar</t>
+          <t>Mossad</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059916776</t>
+          <t>9789944300537</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Saygılı Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Dünyanın En Büyük İstihbarat Örgütü CIA</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059916752</t>
+          <t>9786059916189</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Güvenilir Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Küresel Para Baronu Rothschild Ailesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057757210</t>
+          <t>9786059916097</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası - Resimli Klasik Masallar</t>
+          <t>Siyah Sancak - Pandoranın Kutusu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057757173</t>
+          <t>9789944300964</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı - Resimli Klasik Masallar</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057757142</t>
+          <t>9786059916141</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Resimli Klasik Masallar</t>
+          <t>Cehennemin Dört Atlısı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059916769</t>
+          <t>9786059916165</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Dürüst Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Şahmeran</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059916790</t>
+          <t>9786059916103</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Paylaşmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059916806</t>
+          <t>9786059916110</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sabırlı Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Arkadaşım Hayalet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057757074</t>
+          <t>9786057757661</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Resimli Klasik Masallar</t>
+          <t>Her Şeyden Birazcık - Minik Dedektifler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059916813</t>
+          <t>9786057757623</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sevmeyi ve Yardım Etmeyi Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Sırlar Diyarı - Minik Dedektifler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059916820</t>
+          <t>9786057757708</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sorumluluk Sahibi Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+          <t>Kamptan Dönüş - Minik Dedektifler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059916967</t>
+          <t>9786057757692</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Uydusu Ay - Solar Sistem / Güneş Sistemi</t>
+          <t>Kamp Macerası - Minik Dedektifler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059916998</t>
+          <t>9786057757630</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar - Solar Sistem / Güneş Sistemi</t>
+          <t>İlginç Bir Teori - Minik Dedektifler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057757111</t>
+          <t>9786059916271</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız Thumbelina - Resimli Klasik Masallar</t>
+          <t>Tomris Kağan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057757098</t>
+          <t>9786059916257</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Resimli Klasik Masallar</t>
+          <t>İstiklal Harbi'nde Etnik İhanet</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057757135</t>
+          <t>9786059916066</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi Cinderella - Resimli Klasik Masallar</t>
+          <t>Rockefeller Ailesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057757104</t>
+          <t>9789944300032</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Resimli Klasik Masallar</t>
+          <t>Yöneticinin Yönetimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057757203</t>
+          <t>9789758515097</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıkçı Kız - Resimli Klasik Masallar</t>
+          <t>Yeniden Yapılanma Stratejileri Bireysel ve Kurumsal Değişimde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057757012</t>
+          <t>9789944300223</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü - Solar Sistem / Güneş Sistemi</t>
+          <t>Uzak Doğu’nun İncisi Kore</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057757005</t>
+          <t>9789758515851</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Güneş - Solar Sistem / Güneş Sistemi</t>
+          <t>Umut Çocukları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059916974</t>
+          <t>9789944300704</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünya - Solar Sistem / Güneş Sistemi</t>
+          <t>Türk’ün Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>620</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059916660</t>
+          <t>9789944300810</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Başarabilirsin</t>
+          <t>Stratejik Yönetim 101</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059916714</t>
+          <t>9789944300261</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Learn English - Mor</t>
+          <t>Sevgi Hikayeleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059916653</t>
+          <t>9789944300049</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Renkli Prensler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059916615</t>
+          <t>9789758515257</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Seni Yüreğimde Taşıdım</t>
+          <t>Performans Yönetimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059916639</t>
+          <t>9799758515669</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hugo Chavez - Efsane Başkan</t>
+          <t>Paskalya Adası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059916622</t>
+          <t>9789944300339</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Unuttuk</t>
+          <t>Özel Görev</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059916592</t>
+          <t>9789944300735</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref Sencer</t>
+          <t>Ertuğrul Gazi'den Sultan 2. Abdülhamid'e Osmanlı’nın Hikayesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9799758515607</t>
+          <t>9789944300414</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>ÖSS, LGS... Sınav Teknikleri</t>
+          <t>MİT Mossad CIA Gladio</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059916585</t>
+          <t>9789944300667</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İleri Bölücülük ve Çözüm Yolları</t>
+          <t>Kültürler Arası Yönetim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059916561</t>
+          <t>9789758515981</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Gözyaşları</t>
+          <t>Korkunun Dehşeti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059916578</t>
+          <t>9789944300582</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cihan Hükümdarı Fatih Sultan Mehmed Han</t>
+          <t>Kod Adı Yılan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059916493</t>
+          <t>9789758515875</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Her İşe Muhtar Karışır - Çılgın Selim 1</t>
+          <t>Kişisel Yaşam Planlaması</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059916554</t>
+          <t>9789944300155</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Koçluk Becerileri</t>
+          <t>Kişilik Farklılığında Öğrenmeyi Öğrenmek ve Başarmak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059916509</t>
+          <t>9799758515362</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Halam Beni Çok Sever - Çılgın Selim 2</t>
+          <t>Kaba Bir Dünyada Saygılı  Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059916530</t>
+          <t>9789758515288</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Takım Arkadaşlarım - Çılgın Selim 5</t>
+          <t>Yaşam Yönetimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059916523</t>
+          <t>9789758515653</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Amcam - Çılgın Selim 4</t>
+          <t>İp Cambazı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059916516</t>
+          <t>9789944300865</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Yuvası - Çılgın Selim 3</t>
+          <t>Her İnsan Bir Başka</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059916547</t>
+          <t>9799758515324</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Şifreleri</t>
+          <t>Her Çocuk Bir Dahidir</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059916462</t>
+          <t>9789944300162</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bekleyen Son Tehlike - Nükleer Güç Savaşları</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059916363</t>
+          <t>9789758515547</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mete Han</t>
+          <t>Evden Uzaklara Uçuş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059916387</t>
+          <t>9789944300230</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hedef Türkiye - Kutsal Kase</t>
+          <t>Etkin Liderlik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059916455</t>
+          <t>9789758515974</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Duvaktaki Gözyaşı</t>
+          <t>Eşimi Tanıyor Muyum?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059916431</t>
+          <t>9789758515899</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Alper</t>
+          <t>Dağınıklıkla Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059916417</t>
+          <t>9789758515011</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Tolga</t>
+          <t>Çocuklarla ve Gençlerle İletişime Geçmenin 25 Yöntemi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059916448</t>
+          <t>9789944300766</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun İki Yüzü</t>
+          <t>Çocuk Yaşadığını Öğrenir</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059916424</t>
+          <t>9789758515127</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bitirim Burak - Süper Çocuk</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059916356</t>
+          <t>9789758515189</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dahi Yiğit - Güneşe Yolculuk</t>
+          <t>Eğitim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059916394</t>
+          <t>9789944300056</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yaramızda Kalsın</t>
+          <t>Çocuğumu Anlıyor muyum?</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059916370</t>
+          <t>9789944300469</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Derin Devleti Şeytanın Satranç Tahtası</t>
+          <t>Bir Cenin’in Anıları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059916325</t>
+          <t>9789944300148</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alparslan</t>
+          <t>Bilimin Işığında Psikoloji ve Dehaları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059916073</t>
+          <t>9789944300834</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Han</t>
+          <t>Ben Tutsağım Yüreğinde Senin</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059916301</t>
+          <t>9799758515409</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Işık Başkanlık Sistemi Devlet Din ve Toplum</t>
+          <t>Başarmak İçin Yönetmek Girişimci Organizasyonlar Yaratmak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059916295</t>
+          <t>9799758515331</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Donald Trump</t>
+          <t>Baskı Altındaki Çocuklar Çocuğunuzu Stressiz ve Mutlu Nasıl Yetiştirirsiniz?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059916226</t>
+          <t>9789944300674</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Atatürk ve Erdoğan</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059916196</t>
+          <t>9799758515621</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıkmazı</t>
+          <t>Aşk’ın Adı Var</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059916172</t>
+          <t>9789944300278</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Başkaldırı... Evanjelizm</t>
+          <t>Aşk Hikayeleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059916134</t>
+          <t>9789944300384</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şifreleri</t>
+          <t>Arge Yönetimi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059916158</t>
+          <t>9789944300780</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Annelik ve Babalık Bir Sanattır</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059916080</t>
+          <t>9789758515486</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hiç'li Aşk</t>
+          <t>Çocuklar Ne İster?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944300315</t>
+          <t>9789944300759</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Aklınla Değil Kalbinle Yaşa</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059916042</t>
+          <t>9789944300773</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Üşüyor</t>
+          <t>Barnabas, Kutsal Ruhun İzi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059916059</t>
+          <t>9786257337229</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İstiklalin Bedeli</t>
+          <t>Kusursuz Eşler, Mükemmel Evlilik</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944300971</t>
+          <t>9786257337236</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Nasıl Buldum</t>
+          <t>Umuda ve Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059916011</t>
+          <t>9786257337243</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nihal Atsız</t>
+          <t>Bu Senin Hayatın</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059916028</t>
+          <t>9786257337250</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Yanımdayken Korkar mıyım Ölümden</t>
+          <t>Hiç Kimse Anlamadı Seni</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944300995</t>
+          <t>9786257337212</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü(n)</t>
+          <t>Kirpiklerine As Beni - Kavuşamayanların Hikayesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944300933</t>
+          <t>9786059916844</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sancak</t>
+          <t>Aktör Aktris Seni Gidi Numaracı - Oyuncu Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758515905</t>
+          <t>9786059916905</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>Ressam Büyük Sergi Günü - Ressam Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944300957</t>
+          <t>9786059916936</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Gibidir Aşk</t>
+          <t>Yazar Hayatım Roman - Yazar Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944300926</t>
+          <t>9786059916899</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sen Gidiyorsun Yüreğim Ağlıyor</t>
+          <t>Pilot Bulutların Üstünde - Pilot Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944300919</t>
+          <t>9786059916950</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Canları</t>
+          <t>Şef Doğum Günü Sürprizi - Şef Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944300063</t>
+          <t>9786059916608</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Dansı Irak’ta Türkiye - ABD - İran Savaşı</t>
+          <t>Eğiticilik Becerileri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944300568</t>
+          <t>9786057757975</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme Sürecinde Hedefteki Başbakan</t>
+          <t>Gün Ağarırken Karabağ</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944300872</t>
+          <t>9786057757968</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Birşey Zannetme</t>
+          <t>Stratejik İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
+          <t>9786059916677</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünmenin Büyüsü</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786057757241</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Çetesi - Büyük Hazine</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786057757265</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Çetesi - Başımız Dertte</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786057757234</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Çetesi - Sırlar Çözülüyor</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786057757746</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Peter Quinn - En Yetenekli Benim</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786057757739</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Peter Quinn - Güzel Günler</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786057757722</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Peter Quinn - Okulda Son Dönem</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786057757258</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Çetesi - Büyük Çözümler</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786057757715</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Mutluluk - Peter Quinn</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786057757197</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Denizler ve Okyanuslar</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786057757036</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786057757081</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Süper Bilim</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786057757029</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudu - Muhteşem Fabrika</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786057757043</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Çağı</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786057757180</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - Tabiat</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786057757166</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Sistemi - Solar Sistem</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786057757159</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Krallığı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786057757050</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Buluşlar</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786057757067</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Bitkiler</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059916912</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Dünyanın En Önemli Projesi - Mimar Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059916875</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Doktor En Etkili İlaç - Doktor Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059916882</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Çevreci Gökkuşağı Savaşcısı - Çevreci Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059916868</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanı Başıma İcat Çıkarma - Bilim İnsanı Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059916943</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Şarkıcı Grup Acele - Şarkıcı Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059916851</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Astronot Büyük Uzay Yolculuğu - Astronot Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059916745</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Değer-Kıymet Bilmeyi Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059916837</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Yardımlaşmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059916783</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Merhametli Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059916929</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Dünyanın En Zevkli İşi - Öğretmen Olmak İstiyorum!</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786057757128</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses ve Yedi Cüceler - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059916776</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Saygılı Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059916752</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Güvenilir Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786057757210</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Alaaddin'in Sihirli Lambası - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786057757173</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Goldilocks ve Üç Ayı - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786057757142</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059916769</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Dürüst Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059916790</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Paylaşmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059916806</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Sabırlı Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786057757074</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059916813</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Sevmeyi ve Yardım Etmeyi Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059916820</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep Sorumluluk Sahibi Olmayı Öğreniyor - Öykülerle Aile İçi Davranış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059916967</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Uydusu Ay - Solar Sistem / Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786059916998</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar - Solar Sistem / Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786057757111</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Kız Thumbelina - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786057757098</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786057757135</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Kül Kedisi Cinderella - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786057757104</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786057757203</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Çıkrıkçı Kız - Resimli Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786057757012</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü - Solar Sistem / Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786057757005</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Güneş - Solar Sistem / Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059916974</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Dünya - Solar Sistem / Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059916660</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Vazgeçme Başarabilirsin</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059916714</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İlkokullar İçin Learn English - Mor</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059916653</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Hanedan</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059916615</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Seni Yüreğimde Taşıdım</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059916639</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Hugo Chavez - Efsane Başkan</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059916622</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Unuttuk</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786059916592</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Kuşçubaşı Eşref Sencer</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9799758515607</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>ÖSS, LGS... Sınav Teknikleri</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786059916585</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>İleri Bölücülük ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786059916561</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786059916578</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Cihan Hükümdarı Fatih Sultan Mehmed Han</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786059916493</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Her İşe Muhtar Karışır - Çılgın Selim 1</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786059916554</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler İçin Koçluk Becerileri</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786059916509</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Halam Beni Çok Sever - Çılgın Selim 2</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786059916530</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Takım Arkadaşlarım - Çılgın Selim 5</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786059916523</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Amcam - Çılgın Selim 4</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786059916516</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Kartalın Yuvası - Çılgın Selim 3</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786059916547</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Değişimin Şifreleri</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786059916462</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Bekleyen Son Tehlike - Nükleer Güç Savaşları</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786059916363</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Mete Han</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786059916387</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Türkiye - Kutsal Kase</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786059916455</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Duvaktaki Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059916431</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Hınzır Alper</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059916417</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Yakışıklı Tolga</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786059916448</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Madalyonun İki Yüzü</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786059916424</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Bitirim Burak - Süper Çocuk</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786059916356</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Dahi Yiğit - Güneşe Yolculuk</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786059916394</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Yaramızda Kalsın</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786059916370</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Derin Devleti Şeytanın Satranç Tahtası</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786059916325</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Alparslan</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786059916073</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Çiçi Han</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786059916301</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Işık Başkanlık Sistemi Devlet Din ve Toplum</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059916295</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Donald Trump</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786059916226</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786059916196</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786059916172</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’ya Başkaldırı... Evanjelizm</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059916134</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Şifreleri</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786059916158</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Mucize</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786059916080</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Hiç'li Aşk</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789944300315</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786059916042</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Üşüyor</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786059916059</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>İstiklalin Bedeli</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789944300971</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ı Nasıl Buldum</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786059916011</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Nihal Atsız</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059916028</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Rabbim Yanımdayken Korkar mıyım Ölümden</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789944300995</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Büyüsü(n)</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789944300933</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Sancak</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789758515905</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hırsızları</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789944300957</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Gibidir Aşk</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789944300926</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Sen Gidiyorsun Yüreğim Ağlıyor</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789944300919</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Bu Toprağın Canları</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789944300063</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Devlerin Dansı Irak’ta Türkiye - ABD - İran Savaşı</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789944300568</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Demokratikleşme Sürecinde Hedefteki Başbakan</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789944300872</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Evliliği Birşey Zannetme</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
           <t>9789944300889</t>
         </is>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Hayatınızı Kazanın</t>
         </is>
       </c>
-      <c r="C198" s="1">
-        <v>180</v>
+      <c r="C303" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>