--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,1255 +85,2455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752476738</t>
+          <t>9789752476356</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Riyâzü’s Sâlihîn</t>
+          <t>Çizgilim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>499</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752476745</t>
+          <t>9789752476691</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sahîh-i Buhâri’den Dersler</t>
+          <t>Niyetini Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256509511</t>
+          <t>9786059159459</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerini Kaybeden Adam</t>
+          <t>Hikayelerle Arapça Öğreniyorum 2. Aşama 3. Seviye (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256509535</t>
+          <t>9786055298722</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Televizyonları Bozulan Şehirdeki Sinirli Adam</t>
+          <t>Farelerin Arazisi (Arapça)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752476707</t>
+          <t>9789752476202</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçülen Elbiseler</t>
+          <t>Kayıp Tabletin Peşinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>229</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752476684</t>
+          <t>9789752476257</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Davranışı Pomodoro Tekniği ve 21 Günlük Planlama</t>
+          <t>Deep - Aynadaki Kelebek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>229</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752476714</t>
+          <t>9786055298968</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Taşı</t>
+          <t>İstanbul'dan Masallar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752476677</t>
+          <t>3990000016896</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Amaranda</t>
+          <t>Hikayelerle Arapça Öğreniyorum Serisi İmam Hatip Ortaokulu 5. Sınıf Arapça Hikaye Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752476615</t>
+          <t>9786059159173</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kestim Yiyen Yok</t>
+          <t>Yazarlar Atölyesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>229</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752476554</t>
+          <t>3990000018324</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Taze Söğüt Dalından Düdük Nasıl Yapılır?</t>
+          <t>Hikayelerle Arapça Öğreniyorum Serisi İmam Hatip Orta Okulu 7. Sınıf Arapça Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>229</v>
+        <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752476561</t>
+          <t>9786055298821</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vatan Hüma Kuşudur</t>
+          <t>Süryaniler ve Din</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752476622</t>
+          <t>9786055298388</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tarifi Bende (Bir İslam Aydını Olarak Nasreddin Hoca)</t>
+          <t>8 Günde Uygulamalı Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>229</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752476424</t>
+          <t>3990000029133</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’tan Sorulara Cevaplar</t>
+          <t>Hikayelerle Arapça Öğreniyorum Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>279</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752476417</t>
+          <t>9789752476042</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aylak Gemisi Pas mı Tuttu?</t>
+          <t>Şaşkın Kelebek Zi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>249</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752476400</t>
+          <t>9789752476035</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösteren Hikayeler</t>
+          <t>Pia ile Nibi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>229</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752476394</t>
+          <t>9786054186013</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seans Odası</t>
+          <t>Kişisel Değişim Stratejileri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>229</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752476387</t>
+          <t>9789944490658</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Sezai Karakoç</t>
+          <t>Kocamın Bekçisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>229</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752476370</t>
+          <t>9789752476028</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Koçluk ile Değişen Hayatlar</t>
+          <t>Arapça Konuşturan Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>279</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752476363</t>
+          <t>9786059159197</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sırlar Kraliçe Çıplak</t>
+          <t>Riyazü’s Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>299</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2014062315352</t>
+          <t>9786059159319</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 2. Seviye</t>
+          <t>Türkçe Öğrenen Araplar İçin Yazı Etkinliği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>579</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2019092619449</t>
+          <t>3990000029070</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kelime Oyunu Resfebil</t>
+          <t>Hikayelerle Türkçe Öğreniyorum (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>499</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055298203</t>
+          <t>9786059159852</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Tek Oda Yalnızlık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752476233</t>
+          <t>9786059159524</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşk Da Buradaydı</t>
+          <t>Ölmez Ağacın Sırrı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055298241</t>
+          <t>9786059159517</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Kültürü ve Tarihi</t>
+          <t>Teog'da Tam İsabet Son 400 Soru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>349</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2014042318571</t>
+          <t>3990000016916</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum Serisi İmam Hatip Ortaokulu 6. Sınıf Arapça Hikaye Seti (10 Kitap Takım)</t>
+          <t>Hikayelerle Arapça Öğreniyorum Serisi 1. Aşama 2. Seviye (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>449</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055298265</t>
+          <t>9786055298838</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beraber Yürüdük Biz Bu Yollarda</t>
+          <t>5. Sınıf Arapça Sözlük</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>299</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752476271</t>
+          <t>9786055298395</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Diyet Ettim Sağlıklı Beslenmeye</t>
+          <t>Edebi Hafıza</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>349</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059159876</t>
+          <t>9786059159470</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rehberim Peygamberim</t>
+          <t>Hangisi Sizin Hikayeniz?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>329</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059159814</t>
+          <t>9786059159463</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Işığı Kuran-ı Kerimde Hz. İbrahim (a.s.)</t>
+          <t>Vakt-i Şiir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059159821</t>
+          <t>9789944321471</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yed-i Beyza Kuran-ı Kerimde Hz. Musa (a.s.)</t>
+          <t>Türkiye’nin Karanlık Penceresi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>229</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059159791</t>
+          <t>9786050062175</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Gemisi Kuran-ı Kerimde Hz. Nuh (a.s.)</t>
+          <t>Tarihteki Ünlü Zenginler ve Dünyaya Yön Verenler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>179</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059159807</t>
+          <t>9786050062205</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Diriltici Nefes Kuran-ı Kerimde Hz. İsa (a.s.)</t>
+          <t>Tarihteki Ünlü Yapıtlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>179</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752476011</t>
+          <t>9786050062168</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Tiyatrosunda Mistisizm</t>
+          <t>Tarihteki Ünlü Savaşlar, Saldırılar ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>299</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059159838</t>
+          <t>9786050062120</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağlanma Öyküsü Evlilik</t>
+          <t>Tarihteki Ünlü Mucitler ve Buluşları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>299</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055298272</t>
+          <t>9786050062199</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Var Engele Rağmen</t>
+          <t>Tarihteki Ünlü Komutanlar - Liderler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>199</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059159456</t>
+          <t>9786050062151</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikayeler (Ciltli)</t>
+          <t>Tarihteki Ünlü Bilim Adamları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>579</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059159371</t>
+          <t>9786050062182</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bekir Sıtkı Kunt'un Hikayeciliği</t>
+          <t>Tarihteki Önemli Doğal Afetler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>179</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752476004</t>
+          <t>9786050062106</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Mutluluk</t>
+          <t>Tarihte Osmanlı Bilim ve Teknolojisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>249</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059159500</t>
+          <t>9789944321426</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Liderlik</t>
+          <t>Tarihimizde İlk’ler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>279</v>
+        <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059159487</t>
+          <t>9786050062229</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hariçten Sözler</t>
+          <t>Tanrı İmparatorluğu ve Türkiye</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>229</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059159494</t>
+          <t>9789944321457</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı</t>
+          <t>Şu İlginç Tarihimiz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>229</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059159005</t>
+          <t>9786054044986</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kul Liderlik</t>
+          <t>Şampiyon Yapan Düşünce Haritaları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>329</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055298999</t>
+          <t>9786055298067</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bekleyesen Diyarbekir</t>
+          <t>Şampiyon Yapan Akıllı Hafıza</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>229</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2014082018592</t>
+          <t>9789944321600</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 3. Seviye</t>
+          <t>Son Sigaram</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>579</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2014051515350</t>
+          <t>9786055298104</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 1. Seviye</t>
+          <t>Sen Düşünceden İbaretsin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>579</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059159449</t>
+          <t>9789944321549</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum 2. Aşama 2. Seviye (Ciltli)</t>
+          <t>Psikologa Gitmek Caiz mi ?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>579</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059159425</t>
+          <t>9786056306549</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça Öğreniyorum 2. Aşama 1. Seviye (Ciltli)</t>
+          <t>Özel Tanımlı Fonksiyonlar Limit Süreklilik 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>579</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059159180</t>
+          <t>9786055622596</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Krizantem Yağmuru</t>
+          <t>Mina</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>299</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055298852</t>
+          <t>9786055622473</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sözlük 7. Sınıf</t>
+          <t>Mektuplarım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>179</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055298258</t>
+          <t>9789944321396</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcı Değiştir</t>
+          <t>Mason Diktatörlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>179</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055298845</t>
+          <t>9786056306501</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Arapça Sözlük</t>
+          <t>LYS - Türev</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>179</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055298227</t>
+          <t>9786056306518</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karun</t>
+          <t>Logaritma Karmaşık Sayılar 4</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>279</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055298234</t>
+          <t>9789944321402</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Öznesi Ak Gençlik</t>
+          <t>Küresel Köyün Efendileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>329</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055298210</t>
+          <t>9786055298128</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Ne İster?</t>
+          <t>Küresel Hegemonya Savaşları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>249</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055238975</t>
+          <t>9789944321518</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Evlilik</t>
+          <t>Kronolojik Türkiye Tarihi Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>229</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055298500</t>
+          <t>9789944321419</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Nebi</t>
+          <t>Kopernik Sendromu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>229</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752476295</t>
+          <t>9786054044887</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Müşterisini Yaratan Satıcı</t>
+          <t>Kocamın Bekçisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>299</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752476301</t>
+          <t>9786054044795</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gönül Katresi</t>
+          <t>Kişisel Değişim Stratejileri 2012</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>199</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752476349</t>
+          <t>9789944321594</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hemato Koridorlarında Meleklere Gülümseyen Çocuk</t>
+          <t>Karaya Vuran Umutlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>249</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752476332</t>
+          <t>9789944321372</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığın Psikolojisi</t>
+          <t>Kanla Islanan Aşk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>399</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752476325</t>
+          <t>9786054044832</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Safahat</t>
+          <t>Kadının Yanılgısı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>229</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054044849</t>
+          <t>9786054044979</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilinci ve Motivasyon</t>
+          <t>Kadın ve Erkek  İlişkilerin Psikolojisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055298111</t>
+          <t>9789944321440</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımı</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>399</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055298050</t>
+          <t>9789944321495</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tek’ten Doğuş</t>
+          <t>İlk Çağlardan Günümüze Dünya Tarihi Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>279</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055298005</t>
+          <t>9789944321341</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Soykırım Yapan Kim: Türkler mi Ermeniler mi?</t>
+          <t>Hristiyan Türkler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>349</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055298074</t>
+          <t>9799944321210</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Altından Zirveye</t>
+          <t>Hizbullah</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>329</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054044825</t>
+          <t>9786054044993</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sızım</t>
+          <t>Herkes İçindeki Dünya Kadardır</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054044788</t>
+          <t>9786055298029</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sevmek Yetmez</t>
+          <t>Hayvanlar Dünyasından Düşündüren Öyküler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>349</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054044801</t>
+          <t>9789944321488</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Renklerle İnsanları Tanıma Kılavuzu</t>
+          <t>Hayatı Kolaylaştıran Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>399</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055298197</t>
+          <t>9786050062007</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>O Sızının Sahibi</t>
+          <t>Erkek Psikolojisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>249</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055298081</t>
+          <t>9786055298142</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Network Marketing Liderlik Sanatı</t>
+          <t>Engel Sizsiniz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>329</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054044818</t>
+          <t>3990000017752</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Negatif Limanlardan Pozitif Sulara</t>
+          <t>Dinmeyen Acı Kafkasya</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>329</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055298173</t>
+          <t>9786056306525</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Ruhlar</t>
+          <t>Çarpanlara Ayırma Polinom 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>249</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055298036</t>
+          <t>9786054044870</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Altı Yolu</t>
+          <t>Cennetin Beklediği İnsan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>299</v>
+        <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055298135</t>
+          <t>9789944321501</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünya Alem</t>
+          <t>Alfabetik Osmanlı Tarihi Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>199</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055298180</t>
+          <t>9786054044962</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Diyetisyenin Günlüğünden Notlar</t>
+          <t>7 Düşünce Becerisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>299</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055298012</t>
+          <t>9789944321365</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Dramı</t>
+          <t>Düş Yolcusu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>219</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054044856</t>
+          <t>9786056306532</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Başarının Beş İlkesi</t>
+          <t>İkinci Derece Denklemler Eşitsizlik Parabol 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>179</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752476318</t>
+          <t>9789752476110</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Propaganda ve Algı Yönetimi</t>
+          <t>Zerafet Değil Zarafet</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>279</v>
+        <v>165</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752476264</t>
+          <t>9786059159272</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Zihin Tetikçileri - Algı Yönetimi ve Gerçekler</t>
+          <t>Can ve Yaşlı Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>279</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
+          <t>9789752476738</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Riyâzü’s Sâlihîn</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789752476745</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Sahîh-i Buhâri’den Dersler</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786256509511</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Şifrelerini Kaybeden Adam</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786256509535</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Televizyonları Bozulan Şehirdeki Sinirli Adam</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789752476707</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Küçülen Elbiseler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789752476684</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Erteleme Davranışı Pomodoro Tekniği ve 21 Günlük Planlama</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789752476714</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Taşı</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789752476677</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Amaranda</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789752476615</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Karpuz Kestim Yiyen Yok</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789752476554</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Taze Söğüt Dalından Düdük Nasıl Yapılır?</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789752476561</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Hüma Kuşudur</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789752476622</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Tarifi Bende (Bir İslam Aydını Olarak Nasreddin Hoca)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789752476424</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç’tan Sorulara Cevaplar</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789752476417</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Aylak Gemisi Pas mı Tuttu?</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789752476400</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Yol Gösteren Hikayeler</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789752476394</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Seans Odası</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789752476387</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Sezai Karakoç</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789752476370</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Koçluk ile Değişen Hayatlar</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789752476363</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Sırlar Kraliçe Çıplak</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>2014062315352</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 2. Seviye</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>2019092619449</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Kelime Oyunu Resfebil</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786055298203</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789752476233</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Da Buradaydı</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786055298241</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Kültürü ve Tarihi</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2014042318571</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum Serisi İmam Hatip Ortaokulu 6. Sınıf Arapça Hikaye Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786055298265</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Beraber Yürüdük Biz Bu Yollarda</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789752476271</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Diyet Ettim Sağlıklı Beslenmeye</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059159876</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Rehberim Peygamberim</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059159814</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Vahdet Işığı Kuran-ı Kerimde Hz. İbrahim (a.s.)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059159821</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Yed-i Beyza Kuran-ı Kerimde Hz. Musa (a.s.)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786059159791</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Gemisi Kuran-ı Kerimde Hz. Nuh (a.s.)</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059159807</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Diriltici Nefes Kuran-ı Kerimde Hz. İsa (a.s.)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789752476011</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Türk Tiyatrosunda Mistisizm</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059159838</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bağlanma Öyküsü Evlilik</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786055298272</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Var Engele Rağmen</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059159456</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Hikayeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059159371</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bekir Sıtkı Kunt'un Hikayeciliği</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789752476004</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Senin Adın Mutluluk</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059159500</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Liderlik</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059159487</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Hariçten Sözler</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059159494</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Marşı</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059159005</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kul Liderlik</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055298999</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bekleyesen Diyarbekir</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>2014082018592</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 3. Seviye</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>2014051515350</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum 1. Aşama 1. Seviye</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059159449</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum 2. Aşama 2. Seviye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059159425</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Arapça Öğreniyorum 2. Aşama 1. Seviye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786059159180</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Krizantem Yağmuru</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786055298852</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Sözlük 7. Sınıf</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786055298258</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıcı Değiştir</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055298845</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Arapça Sözlük</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055298227</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Karun</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055298234</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetin Öznesi Ak Gençlik</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055298210</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Erkekler Ne İster?</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055238975</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Özlenen Evlilik</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055298500</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Nebi</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789752476295</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Müşterisini Yaratan Satıcı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789752476301</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Katresi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789752476349</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hemato Koridorlarında Meleklere Gülümseyen Çocuk</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789752476332</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılığın Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789752476325</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Safahat</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054044849</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilinci ve Motivasyon</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786055298111</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Yol Ayrımı</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786055298050</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Tek’ten Doğuş</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786055298005</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soykırım Yapan Kim: Türkler mi Ermeniler mi?</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786055298074</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Sıfırın Altından Zirveye</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786054044825</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Sızım</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054044788</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Sevmek Yetmez</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054044801</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle İnsanları Tanıma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786055298197</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>O Sızının Sahibi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786055298081</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Network Marketing Liderlik Sanatı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054044818</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Negatif Limanlardan Pozitif Sulara</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786055298173</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kanayan Ruhlar</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786055298036</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişimin Altı Yolu</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786055298135</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Alem</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786055298180</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Diyetisyenin Günlüğünden Notlar</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786055298012</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Bir Genç Kızın Dramı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054044856</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Beş İlkesi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789752476318</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Propaganda ve Algı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789752476264</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Tetikçileri - Algı Yönetimi ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
           <t>2014101316012</t>
         </is>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>İmam Hatip 7. Sınıf Arapça Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
-      <c r="C82" s="1">
+      <c r="C162" s="1">
         <v>449</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>