--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,295 +85,310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059888097</t>
+          <t>9786059888035</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058480438</t>
+          <t>9786059888097</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Kıvılcımken Söndürmeli</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058480414</t>
+          <t>9786058480438</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059888011</t>
+          <t>9786058480414</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Dramı</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>70</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059888189</t>
+          <t>9786059888011</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Bir Gencin Dramı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058480490</t>
+          <t>9786059888189</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler Uysal Kız</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059888127</t>
+          <t>9786058480490</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Beyaz Geceler Uysal Kız</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059888028</t>
+          <t>9786059888127</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058480445</t>
+          <t>9786059888028</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058480483</t>
+          <t>9786058480445</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059888110</t>
+          <t>9786058480483</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059888103</t>
+          <t>9786059888110</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059888080</t>
+          <t>9786059888103</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059888073</t>
+          <t>9786059888080</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059888226</t>
+          <t>9786059888073</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058480469</t>
+          <t>9786059888226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
+          <t>9786058480469</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Besleme</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
           <t>9786059888134</t>
         </is>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Efendi İle Uşağı</t>
         </is>
       </c>
-      <c r="C18" s="1">
+      <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>