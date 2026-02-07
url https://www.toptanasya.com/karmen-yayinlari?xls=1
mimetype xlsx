--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -169,216 +169,216 @@
         <is>
           <t>9786059888011</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Bir Gencin Dramı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786059888189</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Gülistan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786058480490</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler Uysal Kız</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>179</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059888127</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059888028</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bostan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786058480445</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>189</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786058480483</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786059888110</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786059888103</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Don Kişot</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786059888080</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deccal</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786059888073</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Dava</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786059888226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058480469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Besleme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786059888134</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Efendi İle Uşağı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>