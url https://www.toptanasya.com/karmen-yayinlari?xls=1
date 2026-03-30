--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,310 +85,445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059888035</t>
+          <t>9786058480407</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059888097</t>
+          <t>9786059888219</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Ecce Homo - Kişi Nasıl Kendisi Olur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058480438</t>
+          <t>9786058480421</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Kıvılcımken Söndürmeli</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>20</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058480414</t>
+          <t>9786059888042</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059888011</t>
+          <t>9786058480476</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Dramı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059888189</t>
+          <t>9786059888240</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058480490</t>
+          <t>9786059888066</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler Uysal Kız</t>
+          <t>Candide ya da İyimserlik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>179</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059888127</t>
+          <t>9786059888141</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059888028</t>
+          <t>9786059888158</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058480445</t>
+          <t>9786059888035</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>189</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058480483</t>
+          <t>9786059888097</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059888110</t>
+          <t>9786058480438</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059888103</t>
+          <t>9786058480414</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059888080</t>
+          <t>9786059888011</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Bir Gencin Dramı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>149</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059888073</t>
+          <t>9786059888189</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059888226</t>
+          <t>9786058480490</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Beyaz Geceler Uysal Kız</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>125</v>
+        <v>179</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058480469</t>
+          <t>9786059888127</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
+          <t>9786059888028</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bostan</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786058480445</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786058480483</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786059888110</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059888103</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786059888080</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Deccal</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059888073</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786059888226</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786058480469</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Besleme</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786059888134</t>
         </is>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Efendi İle Uşağı</t>
         </is>
       </c>
-      <c r="C19" s="1">
+      <c r="C28" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>