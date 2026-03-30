--- v0 (2025-10-29)
+++ v1 (2026-03-30)
@@ -85,1015 +85,1120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257003377</t>
+          <t>9786257003094</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Biruni</t>
+          <t>عمر وصندوق المغامرات: ابن بطوطة - Ömerle Bir Kutu Macera: İbn-i Batuta</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257003223</t>
+          <t>9786257003032</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Приключения Омара с таинственной шкатулкой: Аль-Хорезми - Ömerle Bir Kutu Macera: Harizmi</t>
+          <t>عمر وصندوق المغامرات: ثابت بن قرّة - Ömerle Bir Kutu Macera: Sabit bin Kurra</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257003896</t>
+          <t>9786257003209</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Sultanı Suteyta el-Mehamali - Öncü Kadınlar 5</t>
+          <t>خوارزمی - Ömerle Bir Kutu Macera: Harizmi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257003889</t>
+          <t>9786257003346</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların İzcisi Madridli Fatıma - Öncü Kadınlar 4</t>
+          <t>Ömer'le Bir Kutu Macera: Piri Reis</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257003872</t>
+          <t>9786058018426</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ustası Meryem el-Usturlabi - Öncü Kadınlar 3</t>
+          <t>Ömer'le Bir Kutu Macera: İbn-i Sina</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257003865</t>
+          <t>9786058018488</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kitap Avcısı Kurtubalı - Öncü Kadınlar 2</t>
+          <t>Ömer'le Bir Kutu Macera: Cabir bin Hayyan</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257003858</t>
+          <t>9786257003124</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlmin İncisi Fatıma el-Fihriye - Öncü Kadınlar 1</t>
+          <t>A Box of Adventure with Omar: Fuat Sezgin</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257003902</t>
+          <t>9786257003377</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadınlar Set</t>
+          <t>Ömer'le Bir Kutu Macera: Biruni</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058018471</t>
+          <t>9786257003223</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Robotların Efendisi - Cezeri</t>
+          <t>Приключения Омара с таинственной шкатулкой: Аль-Хорезми - Ömerle Bir Kutu Macera: Harizmi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058018402</t>
+          <t>9786257003896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Uluğ Bey</t>
+          <t>Sayıların Sultanı Suteyta el-Mehamali - Öncü Kadınlar 5</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257003100</t>
+          <t>9786257003889</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: Al-Khwarizmi</t>
+          <t>Yıldızların İzcisi Madridli Fatıma - Öncü Kadınlar 4</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257003629</t>
+          <t>9786257003872</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Modern Bilime Yön Veren Kahramanlar 10 Kitap Set</t>
+          <t>Zamanın Ustası Meryem el-Usturlabi - Öncü Kadınlar 3</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>820</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257003520</t>
+          <t>9786257003865</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyük Komutan Bilge Lider Fatih Sultan Mehmet</t>
+          <t>Kitap Avcısı Kurtubalı - Öncü Kadınlar 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257003537</t>
+          <t>9786257003858</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Robotların Efendisi Cezeri</t>
+          <t>İlmin İncisi Fatıma el-Fihriye - Öncü Kadınlar 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257003599</t>
+          <t>9786257003902</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Roketle Uçuşun Atası Lagari Hasan Çelebi</t>
+          <t>Öncü Kadınlar Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257003575</t>
+          <t>9786058018471</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uçan Bilgin Hezarfen Ahmet Çelebi</t>
+          <t>Robotların Efendisi - Cezeri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257003568</t>
+          <t>9786058018402</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kimyanın Babası Cabir Bin Hayyan</t>
+          <t>Ömer'le Bir Kutu Macera: Uluğ Bey</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257003551</t>
+          <t>9786257003100</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nobel Kimya Ödüllü Bilim İnsanı Aziz Sancar</t>
+          <t>A Box of Adventure with Omar: Al-Khwarizmi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257003605</t>
+          <t>9786257003629</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mimarinin Sultanı Mimar Sinan</t>
+          <t>Modern Bilime Yön Veren Kahramanlar 10 Kitap Set</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>820</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257003612</t>
+          <t>9786257003520</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Sultanı Gökyüzünün Kaşifi Uluğ Bey</t>
+          <t>Büyük Komutan Bilge Lider Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257003544</t>
+          <t>9786257003537</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Astronomi ve Matematiğin Dehası Ali Kuşçu</t>
+          <t>Robotların Efendisi Cezeri</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257003582</t>
+          <t>9786257003599</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerin Sultanı İbn-i Sina</t>
+          <t>Roketle Uçuşun Atası Lagari Hasan Çelebi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257003513</t>
+          <t>9786257003575</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Robotların Efendisi - Cezeri</t>
+          <t>Uçan Bilgin Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257003490</t>
+          <t>9786257003568</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mimarinin Sultanı Mimar Sinan</t>
+          <t>Kimyanın Babası Cabir Bin Hayyan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257003445</t>
+          <t>9786257003551</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Göklere İmza Atanlar Selçuk Bayraktar</t>
+          <t>Nobel Kimya Ödüllü Bilim İnsanı Aziz Sancar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257003018</t>
+          <t>9786257003605</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: اولوغ بىك - Ömerle Bir Kutu Macera: Uluğ Bey</t>
+          <t>Mimarinin Sultanı Mimar Sinan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257003193</t>
+          <t>9786257003612</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: عباس بن فرناس - Ömerle Bir Kutu Macera: Abbas bin Firnas</t>
+          <t>Yeryüzünün Sultanı Gökyüzünün Kaşifi Uluğ Bey</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257003117</t>
+          <t>9786257003544</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: الخوارزمي - Ömerle Bir Kutu Macera: Harizmi</t>
+          <t>Astronomi ve Matematiğin Dehası Ali Kuşçu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257003179</t>
+          <t>9786257003582</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: جابر بن حیان - Ömerle Bir Kutu Macera: Cabir bin Hayyan</t>
+          <t>Hekimlerin Sultanı İbn-i Sina</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257003056</t>
+          <t>9786257003513</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: ابن سينا - Ömerle Bir Kutu Macera: İbn-i Sina</t>
+          <t>Robotların Efendisi - Cezeri</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257003070</t>
+          <t>9786257003490</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: ابن الهيثم - Ömerle Bir Kutu Macera: İbn-i Heysem</t>
+          <t>Mimarinin Sultanı Mimar Sinan</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257003131</t>
+          <t>9786257003445</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: فواة سزغين - Ömerle Bir Kutu Macera: Fuat Sezgin</t>
+          <t>Göklere İmza Atanlar Selçuk Bayraktar</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257003155</t>
+          <t>9786257003018</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>عمر وصندوق المغامرات: الجزري - Ömerle Bir Kutu Macera: Cezeri</t>
+          <t>عمر وصندوق المغامرات: اولوغ بىك - Ömerle Bir Kutu Macera: Uluğ Bey</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257003414</t>
+          <t>9786257003193</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Fatih Sultan Mehmed</t>
+          <t>عمر وصندوق المغامرات: عباس بن فرناس - Ömerle Bir Kutu Macera: Abbas bin Firnas</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257003407</t>
+          <t>9786257003117</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Bitruci</t>
+          <t>عمر وصندوق المغامرات: الخوارزمي - Ömerle Bir Kutu Macera: Harizmi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257003391</t>
+          <t>9786257003179</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Gıyaseddin Cemşid</t>
+          <t>عمر وصندوق المغامرات: جابر بن حیان - Ömerle Bir Kutu Macera: Cabir bin Hayyan</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257003384</t>
+          <t>9786257003056</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Zehravi</t>
+          <t>عمر وصندوق المغامرات: ابن سينا - Ömerle Bir Kutu Macera: İbn-i Sina</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257003360</t>
+          <t>9786257003070</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Erzurumlu İbrahim Hakkı</t>
+          <t>عمر وصندوق المغامرات: ابن الهيثم - Ömerle Bir Kutu Macera: İbn-i Heysem</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257003353</t>
+          <t>9786257003131</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Dineveri</t>
+          <t>عمر وصندوق المغامرات: فواة سزغين - Ömerle Bir Kutu Macera: Fuat Sezgin</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257003216</t>
+          <t>9786257003155</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Battani</t>
+          <t>عمر وصندوق المغامرات: الجزري - Ömerle Bir Kutu Macera: Cezeri</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257003339</t>
+          <t>9786257003414</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Farabi</t>
+          <t>Ömer'le Bir Kutu Macera: Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257003315</t>
+          <t>9786257003407</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Lagari Hasan Çelebi</t>
+          <t>Ömer'le Bir Kutu Macera: Bitruci</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257003285</t>
+          <t>9786257003391</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Nasiruddin Tusi</t>
+          <t>Ömer'le Bir Kutu Macera: Gıyaseddin Cemşid</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257003278</t>
+          <t>9786257003384</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: İbn-i Nefis</t>
+          <t>Ömer'le Bir Kutu Macera: Zehravi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257003322</t>
+          <t>9786257003360</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Akşemseddin</t>
+          <t>Ömer'le Bir Kutu Macera: Erzurumlu İbrahim Hakkı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257003308</t>
+          <t>9786257003353</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: İbn-i Karaka</t>
+          <t>Ömer'le Bir Kutu Macera: Dineveri</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257003292</t>
+          <t>9786257003216</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Aziz Sancar</t>
+          <t>Ömer'le Bir Kutu Macera: Battani</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257003261</t>
+          <t>9786257003339</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Mağribi</t>
+          <t>Ömerle Bir Kutu Macera: Farabi</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257003247</t>
+          <t>9786257003315</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Hezarfen Ahmet Çelebi</t>
+          <t>Ömerle Bir Kutu Macera: Lagari Hasan Çelebi</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257003254</t>
+          <t>9786257003285</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: Ali Kuşçu</t>
+          <t>Ömerle Bir Kutu Macera: Nasiruddin Tusi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257003230</t>
+          <t>9786257003278</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ömerle Bir Kutu Macera: İbn-i Baytar</t>
+          <t>Ömerle Bir Kutu Macera: İbn-i Nefis</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257003001</t>
+          <t>9786257003322</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: Ulug Bey</t>
+          <t>Ömerle Bir Kutu Macera: Akşemseddin</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257003087</t>
+          <t>9786257003308</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: İbn-i Batuta</t>
+          <t>Ömerle Bir Kutu Macera: İbn-i Karaka</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257003063</t>
+          <t>9786257003292</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: İbn Al-Haytham</t>
+          <t>Ömerle Bir Kutu Macera: Aziz Sancar</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257003049</t>
+          <t>9786257003261</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: İbn Sina</t>
+          <t>Ömerle Bir Kutu Macera: Mağribi</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257003025</t>
+          <t>9786257003247</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: Thabit ibn Qurrah</t>
+          <t>Ömerle Bir Kutu Macera: Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257003186</t>
+          <t>9786257003254</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: Abbas ibn Firnas</t>
+          <t>Ömerle Bir Kutu Macera: Ali Kuşçu</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058018464</t>
+          <t>9786257003230</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Fuat Sezgin</t>
+          <t>Ömerle Bir Kutu Macera: İbn-i Baytar</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058018440</t>
+          <t>9786257003001</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: İbn-i Batuta</t>
+          <t>A Box of Adventure with Omar: Ulug Bey</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058018433</t>
+          <t>9786257003087</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: İbn-i Heysem</t>
+          <t>A Box of Adventure with Omar: İbn-i Batuta</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058018419</t>
+          <t>9786257003063</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Sabit bin Kurra</t>
+          <t>A Box of Adventure with Omar: İbn Al-Haytham</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058018495</t>
+          <t>9786257003049</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Abbas bin Firnas</t>
+          <t>A Box of Adventure with Omar: İbn Sina</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058018457</t>
+          <t>9786257003025</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bir Kutu Macera: Harizmi</t>
+          <t>A Box of Adventure with Omar: Thabit ibn Qurrah</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257003148</t>
+          <t>9786257003186</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>A Box of Adventure with Omar: Al-Jazari</t>
+          <t>A Box of Adventure with Omar: Abbas ibn Firnas</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
+          <t>9786058018464</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: Fuat Sezgin</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786058018440</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: İbn-i Batuta</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786058018433</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: İbn-i Heysem</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058018419</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: Sabit bin Kurra</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786058018495</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: Abbas bin Firnas</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786058018457</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'le Bir Kutu Macera: Harizmi</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786257003148</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>A Box of Adventure with Omar: Al-Jazari</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
           <t>9786257003162</t>
         </is>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>A Box of Adventure with Omar: Jabir ibn Hayyan</t>
         </is>
       </c>
-      <c r="C66" s="1">
+      <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>