--- v0 (2025-12-08)
+++ v1 (2026-03-30)
@@ -85,415 +85,895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054843121</t>
+          <t>9786054843022</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zeus Çağı</t>
+          <t>Kıyamet Sonrası Günlükleri - Kırık Ok</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054843152</t>
+          <t>9786054843107</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aztek İkinci Kitap</t>
+          <t>Demir Dağ’daki Güneş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054843114</t>
+          <t>9786054843039</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Odin Çağı</t>
+          <t>Çocukların Savaşı - Kıyamet Okulu 3. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054843053</t>
+          <t>9786054843398</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aztek Birinci Kitap</t>
+          <t>Simpsonlar ve Matematiksel Gizemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054843077</t>
+          <t>9786054843268</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kastre</t>
+          <t>Harbi Erkek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054843336</t>
+          <t>9786054843091</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aztek Kanı : İkinci Kitap</t>
+          <t>Redlaw</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054843329</t>
+          <t>9786054843145</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aztek Kanı : Birinci Kitap</t>
+          <t>Amerika - Ölüm Merhamet Bilmez</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054843275</t>
+          <t>9786054843220</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Karo Kızı</t>
+          <t>Hiçbiryerde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054843138</t>
+          <t>9786054843381</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Döşeği</t>
+          <t>Buz ve Ateş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054843299</t>
+          <t>9786054843282</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes ve Kupa Valesi</t>
+          <t>Orta Krallık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054843251</t>
+          <t>9786054843367</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Çingeneye Ağıt</t>
+          <t>Sen Sev Ben Sana Yetişirim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054843244</t>
+          <t>9786054843084</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aztek - Üçüncü Kitap</t>
+          <t>Kızıl Göz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054843176</t>
+          <t>9786054843169</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Voodoo Çağı</t>
+          <t>Pax Omega</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054843183</t>
+          <t>9786058595491</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Uzay - Şeytan Nebulası</t>
+          <t>Göğün Oğlu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054843008</t>
+          <t>9786056368646</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Aztek Çağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058595422</t>
+          <t>9786056368653</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Borsa</t>
+          <t>Mahşer Sonrası Robin Hood'u Ok Diyarı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056368622</t>
+          <t>9786058595484</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ra Çağı</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054843305</t>
+          <t>9786056368677</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes ve Sinek Papazı</t>
+          <t>Mahşer Sonrası Robin Hood'u Okçu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054843350</t>
+          <t>9786056368684</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aztek Öfkesi 2</t>
+          <t>Kan Deryası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054843343</t>
+          <t>9786056368608</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aztek Öfkesi 1</t>
+          <t>Kıyamet Sonrası Şafak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054843213</t>
+          <t>9786054843015</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Düşler</t>
+          <t>Kusanagi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058595408</t>
+          <t>9786054843404</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İmparatorluk Atlantis</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058595453</t>
+          <t>9786054843237</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>10.000 Erkek ve Sayım Devam Ediyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056368639</t>
+          <t>9786054843190</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Refleksoloji</t>
+          <t>Mahşerin İlk Atlısı</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786054843206</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Homunculus</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786054843046</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Amerika</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786056368691</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Şirket</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786058595460</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Moda Artık Büyük Bedenler</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786058595477</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Anavatan Operasyonu - Kıyamet Okulu 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786056368660</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Okulu 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786058595446</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Amerika Seçilmiş</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786056368615</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Manhattan Tanrıları</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786054843121</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Zeus Çağı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786054843152</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Aztek İkinci Kitap</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786054843114</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Odin Çağı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786054843053</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786054843077</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kastre</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786054843336</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Kanı : İkinci Kitap</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786054843329</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Kanı : Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786054843275</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Karo Kızı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786054843138</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Döşeği</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786054843299</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes ve Kupa Valesi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786054843251</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çingeneye Ağıt</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786054843244</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Aztek - Üçüncü Kitap</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786054843176</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Voodoo Çağı</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786054843183</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Uzay - Şeytan Nebulası</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786054843008</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Sonu</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786058595422</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Borsa</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786056368622</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ra Çağı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786054843305</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes ve Sinek Papazı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786054843350</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Öfkesi 2</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786054843343</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Öfkesi 1</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786054843213</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Düşler</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058595408</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp İmparatorluk Atlantis</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058595453</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Çıkmaz Sokak</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786056368639</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Refleksoloji</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
           <t>9786058595415</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Leviathan</t>
         </is>
       </c>
-      <c r="C26" s="1">
+      <c r="C58" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>