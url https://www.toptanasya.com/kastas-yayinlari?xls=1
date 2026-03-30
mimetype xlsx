--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,2785 +85,5455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752822719</t>
+          <t>9789752821750</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Music of Creation: Logos and Harmony in J.R.R. Tolkien’s Middle-earth</t>
+          <t>Kafkasya'dan Anadolu'ya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752822658</t>
+          <t>9789752821637</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sivastopol Savaşları Potemkin’den Putin’e Kırım</t>
+          <t>Boşnaklar Türkiye'nin Sadık Vatandaşları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752822696</t>
+          <t>9789752822085</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Değişim, Adaptasyon, Dijitalleşme ve Mukayeseli Edebiyatın Yapay Zeka ve Yeni Nesille Buluşması</t>
+          <t>Bosna Sancak Kadın Hikayeleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752822689</t>
+          <t>9789752821583</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>On Yıl Yirmi Gün 1935-1945 Arası Hatıralarım</t>
+          <t>Çanakkale 1915</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752822702</t>
+          <t>9789752821644</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Son Prusyalı Feldmareşal Gerd Von Rundstedt</t>
+          <t>Tebriz Güneşi Altında Mevlana ve Şems</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752822726</t>
+          <t>9799752820707</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Karadağ’ın Müslüman Boşnakları</t>
+          <t>Winston Churchill</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752822672</t>
+          <t>9757639905008</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pilotun Aşkı</t>
+          <t>Venedik Çobanı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752822665</t>
+          <t>9789756544921</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Ordular Grubundan Mondros’a</t>
+          <t>Varlık ve Yokluk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752822634</t>
+          <t>9799756544791</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Adana Olayları 1909</t>
+          <t>Vahşi Aşk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752822610</t>
+          <t>9789752820029</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikaye</t>
+          <t>Ulusal Kimliğimizin Sesi Marşlarımız</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752822627</t>
+          <t>9799752820509</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tiger im Schlamm Rusya Seferi’nde Tiger Tanklarının Çamurla Savaşı</t>
+          <t>Ulusal Egemenlik Karşısında Saltanat Hilafet Başkanlık</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757639480</t>
+          <t>3990000014100</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Avrupa’da Yüzbin Türk Askeri</t>
+          <t>Uçmak için Doğanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9757639281003</t>
+          <t>3990000016667</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Harbinde Türk Savaşları</t>
+          <t>Tütün Yolu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756544020</t>
+          <t>9789752821460</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İzmit</t>
+          <t>Tütün Türküsü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799756544890</t>
+          <t>9789752820241</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Yahudinin Anıları</t>
+          <t>Tılsımlı Deri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752822474</t>
+          <t>9757639970001</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Pilotunun Anıları</t>
+          <t>Thomas-Alva Edison (Hayatı ve İcatları) Ünlü Kişiler 5</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752821118</t>
+          <t>9757639451000</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretmenin Anıları</t>
+          <t>Tekrar Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756544280</t>
+          <t>9789752820166</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Generalin Askeri ve Akademik Anıları</t>
+          <t>Tarihten Notlar 2 Kitap (Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9757639346009</t>
+          <t>9789752820432</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeninin Anılarında Azerbaycan Olayları (1918-1922)</t>
+          <t>Travmatik Aşklar Tramvayı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757639664</t>
+          <t>9789756544587</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Teröristin İtirafları</t>
+          <t>Şeytanın Kurbanları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756544648</t>
+          <t>3990000038002</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benito Mussolini</t>
+          <t>Şanlı Bahriye Türk Bahriyesinin İkiyüz Yıllık Tarihçesi 1773-1973</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756544457</t>
+          <t>9789756544488</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Barış Yolunda Mudanya Mütarekesi</t>
+          <t>Şakayık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9757639257008</t>
+          <t>9789752820036</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Balkan Acıları</t>
+          <t>Şahika</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752820951</t>
+          <t>9757639100601</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bahriyede Gördüklerim Duyduklarım</t>
+          <t>Strateji Üzerine</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756544273</t>
+          <t>9789756544174</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Attila Hayatı, Savaşları ve Uygarlığı</t>
+          <t>Stalingrad Siperlerinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752821408</t>
+          <t>9789756544600</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ateşi ve İhaneti Gördük</t>
+          <t>Sönen Işık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752821521</t>
+          <t>9789756544471</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anılarımda Yazarlar ve Yatırımcılar</t>
+          <t>Sisli Ufuklar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752820661</t>
+          <t>9789756544686</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anılarımda 27 Mayıs ve Yassıada</t>
+          <t>Silahlara Veda</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756544051</t>
+          <t>9799756544944</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Toprak Yeşerince</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752821149</t>
+          <t>9789752820623</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Altay Kaplanı Göktürklerin Doğuşu</t>
+          <t>Sevr, Lozan Antlaşmaları ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799752820714</t>
+          <t>9789756544747</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Adli Sultan İkinci Mahmut Han</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752820517</t>
+          <t>9789752820586</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adile Sultan</t>
+          <t>Savaş Tarihinin Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752821385</t>
+          <t>9789756544365</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ad ve Soyadları Sözlüğü</t>
+          <t>Savaş Sanatı Dünyanın En Eski Savaş Stratejileri Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752820562</t>
+          <t>9757639265003</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ahmet  Adnan Saygun</t>
+          <t>Savaş Aldatmaları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752822467</t>
+          <t>9799752820332</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Savaşları ve 21. Yüzyılın Başında Yakın Tarihin Savaşlarına Bakış</t>
+          <t>Sakarya Meydan Muharebesi Günlüğü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752820630</t>
+          <t>9789756544778</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı’nda Avrupa’da Stratejik 3 Köprü</t>
+          <t>Sabah Yıldızı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757639596</t>
+          <t>9789756544617</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>1960-1978 Olayları Anılar-Yorumlar</t>
+          <t>Renkli Peçe</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9757639670005</t>
+          <t>9789752821255</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Türk İstiklal Harbi</t>
+          <t>Renklerin Büyüsü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756544525</t>
+          <t>9789756544129</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bismarck’ı Batırınız</t>
+          <t>Pasifik Dramı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9799752823951</t>
+          <t>9789756544563</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Panzer Birlikleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752820005</t>
+          <t>9789752820258</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İnsan Leonardo Da Vinci</t>
+          <t>Süslü Hayatlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752820708</t>
+          <t>9789752821507</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Türklere Yaptıkları Katliamlar ve Tehcir Uygulamaları Belgeseli</t>
+          <t>Özbek Mektupları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757639909</t>
+          <t>9789752820760</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eisenhower Avrupa Seferi</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757639763</t>
+          <t>9789756544464</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kıbrıs Sorunu</t>
+          <t>Ölüm Avcıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752820999</t>
+          <t>9789756544518</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Devleti Güçlü Kılmak</t>
+          <t>Otuzunda Kadın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799752820486</t>
+          <t>9789752820388</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Normandiya Çıkarması D-Day Öncesi ve Sonrası Müttefik</t>
+          <t>Sarıkamış Kaymakam Şerif Bey’in Anıları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752821163</t>
+          <t>9757639590006</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Toplumda Savaş</t>
+          <t>Osmanlıların Stratejik Sorunları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752820883</t>
+          <t>9789757639374</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cemal Reşit Rey</t>
+          <t>Osmanlı’da Çağdaşlaşma - Taassup Çatışması (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756544075</t>
+          <t>9799752820325</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dönemeç</t>
+          <t>Ortadoğu ve Türkiye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9771910112640</t>
+          <t>9789757639916</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kurulduğu Yıl Türkiye Ekonomisi</t>
+          <t>Normandiya Çıkartmasının Perde Arkası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>900</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756544297</t>
+          <t>9757639789004</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Neonazizm’in Suçüstü Tutanakları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752821286</t>
+          <t>9799752821056</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Denemelerim ve Derlemelerim</t>
+          <t>Nazım Hikmet Ran</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752822009</t>
+          <t>9789752821064</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>1974 Kıbrıs Barış Harekatı ve Anılar</t>
+          <t>Mustafa Kemal Paşa’nın Kurtuluş Savaşımızın Zor Yıllarında Yaptığı Gizli Oturum Konuşmaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799752821032</t>
+          <t>9799752820356</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Buddha</t>
+          <t>Marmara Bölgesi Depremleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752822597</t>
+          <t>9789752820616</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İrtica Ayaklanmaları</t>
+          <t>Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752822580</t>
+          <t>9789757639787</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzinde Üç Nesil</t>
+          <t>Mafia Üzerine Notlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752822559</t>
+          <t>9789752820479</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilen Zaferler - Bir Askerin Hayatı (2 Kitap Takım) (Ciltli)</t>
+          <t>M. Rıza Bekin’in Anıları Doğu Türkistan Vakfı Başkanı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>900</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752822566</t>
+          <t>9789752820074</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Destanlaşan Gemiler</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752822528</t>
+          <t>9789757639299</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi 1789-1920</t>
+          <t>Kürtlerin Kökeni ve Güneydoğu Anadolu Gerçeği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752821590</t>
+          <t>9799756544821</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>1'nci Komando Taburu 1974 Kıbrıs - Beşparmak Dağları'nda Yarma Harekatı</t>
+          <t>Kuzey Işığı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752822511</t>
+          <t>9789756544884</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hedefe Koşarken</t>
+          <t>Kuzenim Rachel</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752822498</t>
+          <t>9789752820067</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752822481</t>
+          <t>9789752820111</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hamit Naci Özdeş (Ciltli)</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752822450</t>
+          <t>9789756544556</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Generalleri</t>
+          <t>Köy Hekimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752822436</t>
+          <t>9789756544532</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Casuslar ve Hainler</t>
+          <t>Kitle Savaşının Ustası Mareşal Jukov</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752822412</t>
+          <t>9757639168007</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Piyade Taarruzu</t>
+          <t>Kıbrıs’ta Savaş ve Barış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752822405</t>
+          <t>3990000012329</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rommel - Kendi Sözleriyle</t>
+          <t>Kıbrıs’ta Kan Gözyaşı ve Barış</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752822382</t>
+          <t>9789757639862</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Jet Sesleriyle Geçen Yıllar</t>
+          <t>Kıbrıs Barış Harekatı Günlüğü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752822399</t>
+          <t>9789756544808</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anadolu İhtilali</t>
+          <t>Josephine</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>490</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752822337</t>
+          <t>9789757639796</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Nemrut’ta Karşılamak</t>
+          <t>İncili Öyküler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752822351</t>
+          <t>9789789752829</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Achtung - Panzer! - Dikkat Tank!</t>
+          <t>İnanç ve Sömürü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752822344</t>
+          <t>9789752821422</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Irak Cephesi Hatıratından - Selman-ı Pak Meydan Muharebesi Ktesifon ve Zeyli</t>
+          <t>İkinci Dünya SavaşındaTürk Denizciliği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752822320</t>
+          <t>9789752820692</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hitlerin Açıkdeniz Filosu</t>
+          <t>İstanbul Kız Lisesi ve Bizim Sınıf</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752822306</t>
+          <t>9789756544860</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Değişim, Adaptasyon, Dijitalleşme ve Mukayeseli Edebiyatın Yeni Nesillerle Buluşması</t>
+          <t>Irmaktan Öteye Ağaçların İçine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752822276</t>
+          <t>9789756544303</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Transhümanizm ve Karşılaştırmalı İzdüşümü</t>
+          <t>Hukuk İçi - Hukuk Dışı Öyküler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752822269</t>
+          <t>9789752821293</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sesli Belgelerden Savaş Anıları</t>
+          <t>Japonca Dilbilgisi 3</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752822252</t>
+          <t>9789752822290</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Savaşçıları</t>
+          <t>Japonca Dilbilgisi 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752820265</t>
+          <t>9789752822191</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Şecerem Soyağacım (Kırmızı ve Lacivert) (Ciltli)</t>
+          <t>Japonca Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752822221</t>
+          <t>9789757639534</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zafere İlk Adım 19 Mayıs 1919</t>
+          <t>İstiklal Mahkemesinde Gazeteciler Davası Cilt: 1-2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752822214</t>
+          <t>9789752822245</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Selimiye Kışlası</t>
+          <t>Boşnakça - Bosanski Jezik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752822207</t>
+          <t>9789752822238</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>İkinci Dünya Savaşı’nda Tito ve Partizanlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752822177</t>
+          <t>9789752821989</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze İstihbarat</t>
+          <t>Karadağ Boşnak (Müslüman) Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752822160</t>
+          <t>9789752821965</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türklüğün Yeni Ülküsü</t>
+          <t>Rommel</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752822146</t>
+          <t>9789752821958</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yönetimi ve Siyaset</t>
+          <t>Şafakla Gelen</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752822122</t>
+          <t>9789752821941</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı  Ön Türkler ve Türk Tarihinden Kesitler</t>
+          <t>Beni Bırakma Komutanım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752822115</t>
+          <t>9789752821743</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Askerin Anıları</t>
+          <t>Bosna Hersek Tarihi 1463-1850</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752822108</t>
+          <t>9789752820852</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Boğazlar Sorunu ve Çanakkale Seferi</t>
+          <t>Konuşma Sanatı ve Özdeyişler Antolojisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752822078</t>
+          <t>9789752821569</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ben Geldim Srebrenica</t>
+          <t>1283 Harbiyeli Mustafa Kemal</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752822054</t>
+          <t>3990000002845</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Doğu Seferi</t>
+          <t>Bizleri de Dinleyin...</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752822023</t>
+          <t>9789752820135</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sadrazam Topal Osman Paşa 1663-1733</t>
+          <t>Biz Heybeli’de Her Gece...</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752821972</t>
+          <t>9789752820845</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Son Yaylım Ateşi</t>
+          <t>Birinci Dünya Harbinde Fahreddin Paşa’nın Medine Müdafaası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752821675</t>
+          <t>9789756544723</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Ölümsüz Ceylan</t>
+          <t>Bir Ömür Boyu Askerlik (1919-1972)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752821842</t>
+          <t>9799752820424</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Adalet Savaşçıları</t>
+          <t>Bir Asker Eşinin Anıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752822535</t>
+          <t>9799756544975</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir Jet Pilotunun Anıları</t>
+          <t>Bir Acı Şarkı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752821903</t>
+          <t>9789756544501</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Asker Kıbrıs ve Barış Harekatı</t>
+          <t>Bette Abla</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752821811</t>
+          <t>9799756544845</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon Muharebe Değeri</t>
+          <t>Bekledim</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752821798</t>
+          <t>9757639044004</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler Kimdir?</t>
+          <t>Balkan Savaşı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752821804</t>
+          <t>9789756544785</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi’nden Balkan Savaşı’na</t>
+          <t>Bir Hayat Yolcusu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752821736</t>
+          <t>9789752820531</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>1915 Çanakkale Savaşı</t>
+          <t>Atatürk’ün Devrimci Adalet Bakanı Mahmut Esat Bozkurt 1-2 Aydınlanma, Uygarlaşma, Çağdaşlaşma Devri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752821415</t>
+          <t>9789752820807</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kore Dağlarında Aslanım Yatar</t>
+          <t>Aşkın İki Yüzü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752820982</t>
+          <t>9789752820098</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Aşkın Bedeli Adam Bede</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752821699</t>
+          <t>9789756544631</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Yılların Sessiz Tanığı (Cilt 1-2) Takım</t>
+          <t>Aşka Veda</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752821682</t>
+          <t>9757639885003</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elmanın Altında Tekrar Görüşeceğiz</t>
+          <t>Aşındırıcılar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752821927</t>
+          <t>9789757639842</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı'nda 582.309 Askerin Ayak İzleri</t>
+          <t>Askeri ve Siyasi Anılarım 1965-1999 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9757639101004</t>
+          <t>9789752821156</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Jean - Jacques Rousseau</t>
+          <t>Arşivi Kaybolan Savaş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752820234</t>
+          <t>9789752820722</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Plevne Meydan Muharebesi</t>
+          <t>Antik Çağda Demokrasinin Doğuşu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756544716</t>
+          <t>9789752820197</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>PKK Olaylarında Mavi Çiçek Timi</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752821668</t>
+          <t>3990000011194</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Adın Ne Senin?</t>
+          <t>Almanya’nın Kucağında İrtica</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789757639879</t>
+          <t>9789756544136</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Alman Taarruzunda Temmuz 1941 Rusyası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752821729</t>
+          <t>9789752820227</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bugüne Gayrinizami Savaş</t>
+          <t>Alevlerin İçinden</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752821651</t>
+          <t>3990000016668</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ta Zafer ve 40 Yıl</t>
+          <t>Alev Saçlı Kız</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756544044</t>
+          <t>9799756544753</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Coğrafyası Üzerine</t>
+          <t>Akrabalar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9757639133005</t>
+          <t>9789752821446</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk Savaş ve Barışları MÖ. 209 - MS. 1974</t>
+          <t>Ağlayan Bosna</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752821613</t>
+          <t>9789757639930</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı’nın Bilinmeyenleri</t>
+          <t>Anadolu İhtilali 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789757639732</t>
+          <t>9789756544549</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türk Manileri Antolojisi Güldeste</t>
+          <t>Adolf Hitler’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752820838</t>
+          <t>9799756544968</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Alfabesi ile Japonca Öğreten Orta Seviye Kitabı (Bölüm 2)</t>
+          <t>Adanmış Toprak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752821002</t>
+          <t>9789752821132</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hiciv ve Meyhane Sohbetleri</t>
+          <t>Abraham Lincoln</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752821538</t>
+          <t>9789752821361</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'da Osmanlı'nın Acı Yılları</t>
+          <t>20 Temmuz 1974 Kıbrıs Bitmeyen Gece</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752821552</t>
+          <t>9789757639411</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Milli, Manevi ve Ahlaki Değerlerimiz</t>
+          <t>1960 Kıbrıs Cumhuriyeti Nasıl Yıkıldı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000018074</t>
+          <t>9789756544853</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare</t>
+          <t>... Ve Zehra Hanım Yaşadı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9757639960007</t>
+          <t>9757639665001</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Chopin</t>
+          <t>Hitler’in Harika Komandoları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9757639970006</t>
+          <t>9789752820371</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Edison</t>
+          <t>Hitler’in Generalleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9757639990004</t>
+          <t>9756544150008</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Victor Hugo</t>
+          <t>Hitler ve İkinci Dünya Harbinin Kaderi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752821477</t>
+          <t>9789757639466</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Denizcilik Okulu</t>
+          <t>Hilafetin Kaldırılması Sürecinde Cumhuriyetin İlanı ve Lütfi Fikri Davası Cilt: 1-2</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>460</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752821491</t>
+          <t>9799752820790</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Beyazıd ve Timur Çığ ve Ateşin Savaşı</t>
+          <t>Hızlı Yöntem Rusça 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752821125</t>
+          <t>3990000012504</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Hayatım ve Şecerem Soyağacım (Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752821484</t>
+          <t>9789756544761</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang Amadeus Mozart</t>
+          <t>Güneş Yine Doğar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9757639100007</t>
+          <t>9799756544906</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Günahkar Ruhlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756544006</t>
+          <t>9757639904001</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Deyimler ve Öyküleri</t>
+          <t>Gülmira</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752821309</t>
+          <t>9799756544951</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Üç Gurbetçi</t>
+          <t>Gölge ve Öz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799752821049</t>
+          <t>9789752820128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Cemal Erkin</t>
+          <t>Girdap 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752820579</t>
+          <t>3990000026692</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Alfabesi ile Japonca Öğreten Orta Seviye Kitabı (Bölüm 1)</t>
+          <t>General Patton</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752822016</t>
+          <t>9789756544495</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa’dan Kuşçubaşı Hacı Sami Bey</t>
+          <t>Gençlik Bir Daha Ele Geçmez</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757639435</t>
+          <t>9789752820081</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Girit ve Osmanlılar Dönemi</t>
+          <t>Geçmişi Unutmak Lazım</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789757639329</t>
+          <t>3990000011292</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Ermeniler ve Türk Ermeni İlişkileri</t>
+          <t>Gaziantep Savunması</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752821095</t>
+          <t>9789752820654</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedrettin</t>
+          <t>Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752821262</t>
+          <t>9789752821354</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Evrensel İnsan Mimar Sinan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752820609</t>
+          <t>9789756544655</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752821071</t>
+          <t>3990000003895</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sakarya’dan Lozan’a</t>
+          <t>Eroin Dosyası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>550</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752820968</t>
+          <t>9757639273008</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Kadın Pilotu Sabiha Gökçen</t>
+          <t>Ermeni Entrikalarının Perde Arkası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789757639923</t>
+          <t>9757639516006</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pearl Harbour</t>
+          <t>Dünyamızı Saran Mafia (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000005430</t>
+          <t>3990000027846</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Denizaltıları U-Boat’lar</t>
+          <t>Dünya Mizahından 3000 Fıkra</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752821248</t>
+          <t>3990000038003</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar! Silah Başına!.</t>
+          <t>Dünden Bugüne Bahriyemiz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752821330</t>
+          <t>9789752820104</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Niccolo Machiavelli</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752820876</t>
+          <t>3990000005883</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Necil Kazım Akses</t>
+          <t>Destanlaşan Gemiler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752820012</t>
+          <t>9799752820417</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Destanlaşan Çanakkale Deniz Kara Hava Savaşları Bütün Yönleriyle Anılar ve Yorumlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759832506</t>
+          <t>9789756544815</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Müşir Mehmed Zeki Paşa ve Belgelerle Ermeni Olayları</t>
+          <t>Desiree</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752821514</t>
+          <t>9789752820340</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mizahın Gücü</t>
+          <t>D-Day</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799752820776</t>
+          <t>9789757639039</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Çukurova Faciaları ve Urfa’nın Kurtuluşu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752820937</t>
+          <t>3990000012434</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Tutanaklarına Göre Menemen İrtica Olayı Davası</t>
+          <t>Çocuk Sağlığında Yanlış Yorumlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752820593</t>
+          <t>9789752820524</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Tutanaklarına Göre İzmir Suikasti Davası</t>
+          <t>Çanakkale Askerine Rütbe Gerekmez 3 Perdelik Tiyatro Oyunu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756544570</t>
+          <t>9789757639800</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>MacArthur</t>
+          <t>Çanakkale Askerine Rütbe Gerekmez</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9757639950008</t>
+          <t>9799759450624</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Van Beethoven</t>
+          <t>Çağdaş İslam İlmihali</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752820739</t>
+          <t>9789752820548</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur</t>
+          <t>Cehennem Makinesi Ermeni Terörü’nün 100. Yıldönümü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9799756544838</t>
+          <t>9799752820455</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Küba Krizi ve Nükleer Savaş Eşiğinde Türkiye</t>
+          <t>Büyük Taarruz Başkomutan Meydan Muharebesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789757639008</t>
+          <t>9789757639442</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nın Zorlu Yılları</t>
+          <t>Boğazlar Deltalar (M.Ö. 3000 - M.S. 1991) 1-2 Cilt Takım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9757639141000</t>
+          <t>9789752821667</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı ve Atatürk (Kronolojik)</t>
+          <t>1918-1923 Esaretten Cumhuriyete</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756544099</t>
+          <t>9789752822092</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Başlarken</t>
+          <t>Friedrich Nietzsche</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9757639802000</t>
+          <t>9789752821576</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşçıları</t>
+          <t>Mistik/Gizil Simgeler Gelenek ve Kavramlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9799752820288</t>
+          <t>9789752821781</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Köklerden İlklere</t>
+          <t>Gönüllü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9757639354004</t>
+          <t>9789752821705</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşlarında Mehmetçik</t>
+          <t>Zorlu Yılların Sessiz Tanığı 1. Cilt</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752821545</t>
+          <t>3990000065164</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı ve Ötesi</t>
+          <t>Anadolu İhtilali 2.Cilt</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799752820783</t>
+          <t>9789752820456</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal</t>
+          <t>Türk Alfabesi ile Japonca Öğreten İlk Seviye Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752821279</t>
+          <t>9789756544877</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Bu Yerin Ötesinde</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9799752820646</t>
+          <t>9789756544310</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Girdap 1968-1978 Sürecinde Türkiye’nin Sorunları Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799752823609</t>
+          <t>9789752821019</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Aleksey Meresiev’in Destanlaşan Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789757639893</t>
+          <t>9789752820203</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar</t>
+          <t>Kırmızı Zambak</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752821187</t>
+          <t>9799756544982</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İstemi Kağan’ın Elçisi</t>
+          <t>Kırlangıç Yuvası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9757639559003</t>
+          <t>3990000006826</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İsmet Paşa Bir Dönemin Öyküsü</t>
+          <t>Yeniden Doğuş Türk Kurtuluş Savaşı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752821101</t>
+          <t>9789752820272</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İran’da Kıyamet Senaryoları</t>
+          <t>Yazı ve Tasarımcıları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752820746</t>
+          <t>9799756544913</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Harbinde Rus Genelkurmay Başkanlığı Karargahı</t>
+          <t>Yıldızlar Bakarken</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9757639389006</t>
+          <t>9757639761109</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Harbinde Fransa’da Trajedi</t>
+          <t>Yaşantımızda Tiryakilik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9799756544999</t>
+          <t>9789756544679</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Honore De Balzac Hayatı Sanatı ve Eserleri</t>
+          <t>Yakut Gözlü Kız</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000027853</t>
+          <t>9789752820180</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah ve Hamas</t>
+          <t>Yünlü Elbise</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752821200</t>
+          <t>9789752822368</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Sığınak’ları</t>
+          <t>Ötüken’den Kırım’a Kırım’dan Anadoluya Var Olma Savaşı Kırım Türkleri</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799752821087</t>
+          <t>9789752822375</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ali Yücel</t>
+          <t>1915 Çanakkale Savaşı’nda Mehmetçik</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000002842</t>
+          <t>9789752822641</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Harputlu Yüzbaşı Halil ve Anılarım</t>
+          <t>Komuta</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9757639338004</t>
+          <t>9789752822757</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hamidiye Geliyor</t>
+          <t>Gül Rengi Hatıralar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752820890</t>
+          <t>9789752822719</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>The Music of Creation: Logos and Harmony in J.R.R. Tolkien’s Middle-earth</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9757636761003</t>
+          <t>9789752822658</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki... Yaşantımızda Dün ve Bugün 1919-1999</t>
+          <t>Sivastopol Savaşları Potemkin’den Putin’e Kırım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789757639084</t>
+          <t>9789752822696</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Savunması</t>
+          <t>Değişim, Adaptasyon, Dijitalleşme ve Mukayeseli Edebiyatın Yapay Zeka ve Yeni Nesille Buluşması</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752820043</t>
+          <t>9789752822689</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk</t>
+          <t>On Yıl Yirmi Gün 1935-1945 Arası Hatıralarım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
+          <t>9789752822702</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Son Prusyalı Feldmareşal Gerd Von Rundstedt</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789752822726</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Karadağ’ın Müslüman Boşnakları</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789752822672</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Pilotun Aşkı</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789752822665</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Yıldırım Ordular Grubundan Mondros’a</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789752822634</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Adana Olayları 1909</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789752822610</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Hikaye</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789752822627</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Tiger im Schlamm Rusya Seferi’nde Tiger Tanklarının Çamurla Savaşı</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789757639480</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı’nda Avrupa’da Yüzbin Türk Askeri</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9757639281003</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Harbinde Türk Savaşları</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789756544020</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar İzmit</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9799756544890</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yahudinin Anıları</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789752822474</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Bir Savaş Pilotunun Anıları</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789752821118</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Bir Öğretmenin Anıları</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789756544280</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bir Generalin Askeri ve Akademik Anıları</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9757639346009</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ermeninin Anılarında Azerbaycan Olayları (1918-1922)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789757639664</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ermeni Teröristin İtirafları</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789756544648</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Benito Mussolini</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789756544457</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Barış Yolunda Mudanya Mütarekesi</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9757639257008</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Acıları</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789752820951</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Bahriyede Gördüklerim Duyduklarım</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789756544273</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Attila Hayatı, Savaşları ve Uygarlığı</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789752821408</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi ve İhaneti Gördük</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789752821521</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Anılarımda Yazarlar ve Yatırımcılar</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789752820661</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Anılarımda 27 Mayıs ve Yassıada</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789756544051</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789752821149</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Altay Kaplanı Göktürklerin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9799752820714</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Adli Sultan İkinci Mahmut Han</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789752820517</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Adile Sultan</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789752821385</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Ad ve Soyadları Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789752820562</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet  Adnan Saygun</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789752822467</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyıl Savaşları ve 21. Yüzyılın Başında Yakın Tarihin Savaşlarına Bakış</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789752820630</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>2. Dünya Savaşı’nda Avrupa’da Stratejik 3 Köprü</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789757639596</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>1960-1978 Olayları Anılar-Yorumlar</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9757639670005</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Türk İstiklal Harbi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789756544525</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Bismarck’ı Batırınız</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9799752823951</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789752820005</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel İnsan Leonardo Da Vinci</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789752820708</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Ermenilerin Türklere Yaptıkları Katliamlar ve Tehcir Uygulamaları Belgeseli</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789757639909</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Eisenhower Avrupa Seferi</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789757639763</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Kıbrıs Sorunu</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789752820999</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Devleti Güçlü Kılmak</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9799752820486</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Normandiya Çıkarması D-Day Öncesi ve Sonrası Müttefik</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789752821163</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Toplumda Savaş</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789752820883</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Reşit Rey</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789756544075</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Dönemeç</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9771910112640</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Kurulduğu Yıl Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789756544297</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789752821286</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Denemelerim ve Derlemelerim</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789752822009</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>1974 Kıbrıs Barış Harekatı ve Anılar</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9799752821032</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Buddha</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789752822597</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze İrtica Ayaklanmaları</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789752822580</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün İzinde Üç Nesil</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789752822559</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kaybedilen Zaferler - Bir Askerin Hayatı (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789752822566</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Destanlaşan Gemiler</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789752822528</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Modernleşmesi 1789-1920</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789752821590</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>1'nci Komando Taburu 1974 Kıbrıs - Beşparmak Dağları'nda Yarma Harekatı</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789752822511</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Hedefe Koşarken</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789752822498</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Denize Doğru</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789752822481</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Hamit Naci Özdeş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789752822450</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Hitler’in Generalleri</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789752822436</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Savaşı’nda Casuslar ve Hainler</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789752822412</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Piyade Taarruzu</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789752822405</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Rommel - Kendi Sözleriyle</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789752822382</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Jet Sesleriyle Geçen Yıllar</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789752822399</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu İhtilali</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789752822337</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Nemrut’ta Karşılamak</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789752822351</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Achtung - Panzer! - Dikkat Tank!</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789752822344</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı Irak Cephesi Hatıratından - Selman-ı Pak Meydan Muharebesi Ktesifon ve Zeyli</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789752822320</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Hitlerin Açıkdeniz Filosu</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789752822306</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Değişim, Adaptasyon, Dijitalleşme ve Mukayeseli Edebiyatın Yeni Nesillerle Buluşması</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789752822276</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Transhümanizm ve Karşılaştırmalı İzdüşümü</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789752822269</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Sesli Belgelerden Savaş Anıları</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789752822252</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Savaşçıları</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789752820265</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım ve Şecerem Soyağacım (Kırmızı ve Lacivert) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789752822221</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Zafere İlk Adım 19 Mayıs 1919</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789752822214</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Selimiye Kışlası</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789752822207</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789752822177</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Günümüze İstihbarat</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789752822160</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Türklüğün Yeni Ülküsü</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789752822146</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Yönetimi ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789752822122</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Yeşim Taşı  Ön Türkler ve Türk Tarihinden Kesitler</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789752822115</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Bir Askerin Anıları</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789752822108</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Türk Boğazlar Sorunu ve Çanakkale Seferi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789752822078</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Ben Geldim Srebrenica</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789752822054</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Hitler'in Doğu Seferi</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789752822023</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Sadrazam Topal Osman Paşa 1663-1733</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789752821972</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Son Yaylım Ateşi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789752821675</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Piri Reis - Ölümsüz Ceylan</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789752821842</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Savaşçıları</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789752822535</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Bir Jet Pilotunun Anıları</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789752821903</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Genç Bir Asker Kıbrıs ve Barış Harekatı</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789752821811</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Motivasyon Muharebe Değeri</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789752821798</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Adolf Hitler Kimdir?</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789752821804</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>93 Harbi’nden Balkan Savaşı’na</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789752821736</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>1915 Çanakkale Savaşı</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789752821415</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Kore Dağlarında Aslanım Yatar</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789752820982</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Konfüçyüs</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789752821699</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Zorlu Yılların Sessiz Tanığı (Cilt 1-2) Takım</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789752821682</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Elmanın Altında Tekrar Görüşeceğiz</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789752821927</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşı'nda 582.309 Askerin Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9757639101004</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Jean - Jacques Rousseau</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789752820234</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Plevne Meydan Muharebesi</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789756544716</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>PKK Olaylarında Mavi Çiçek Timi</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789752821668</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Adın Ne Senin?</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789757639879</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>David Copperfield</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789752821729</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Bugüne Gayrinizami Savaş</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789752821651</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs'ta Zafer ve 40 Yıl</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789756544044</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihi ve Coğrafyası Üzerine</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9757639133005</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Türk Savaş ve Barışları MÖ. 209 - MS. 1974</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789752821613</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>2. Dünya Savaşı’nın Bilinmeyenleri</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789757639732</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Türk Manileri Antolojisi Güldeste</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789752820838</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Türk Alfabesi ile Japonca Öğreten Orta Seviye Kitabı (Bölüm 2)</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789752821002</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Hiciv ve Meyhane Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789752821538</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar'da Osmanlı'nın Acı Yılları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789752821552</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Milli, Manevi ve Ahlaki Değerlerimiz</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>3990000018074</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9757639960007</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Chopin</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9757639970006</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Edison</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9757639990004</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Victor Hugo</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789752821477</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Denizcilik Okulu</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789752821491</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Yıldırım Beyazıd ve Timur Çığ ve Ateşin Savaşı</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789752821125</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Yavuz Sultan Selim</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789752821484</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Wolfgang Amadeus Mozart</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9757639100007</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Voltaire</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789756544006</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Ünlü Deyimler ve Öyküleri</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789752821309</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Üç Gurbetçi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9799752821049</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Ulvi Cemal Erkin</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789752820579</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Türk Alfabesi ile Japonca Öğreten Orta Seviye Kitabı (Bölüm 1)</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789752822016</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilat-ı Mahsusa’dan Kuşçubaşı Hacı Sami Bey</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789757639435</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Girit ve Osmanlılar Dönemi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789757639329</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Ermeniler ve Türk Ermeni İlişkileri</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789752821095</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Bedrettin</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789752821262</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Şemsiye</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789752820609</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789752821071</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Sakarya’dan Lozan’a</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789752820968</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın İlk Kadın Pilotu Sabiha Gökçen</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789757639923</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Pearl Harbour</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>3990000005430</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Denizaltıları U-Boat’lar</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789752821248</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılar! Silah Başına!.</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789752821330</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Niccolo Machiavelli</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789752820876</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Necil Kazım Akses</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789752820012</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Namık Kemal</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789759832506</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Müşir Mehmed Zeki Paşa ve Belgelerle Ermeni Olayları</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789752821514</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Mizahın Gücü</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9799752820776</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789752820937</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Mahkeme Tutanaklarına Göre Menemen İrtica Olayı Davası</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789752820593</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Mahkeme Tutanaklarına Göre İzmir Suikasti Davası</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789756544570</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>MacArthur</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9757639950008</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Ludwig Van Beethoven</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789752820739</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Louis Pasteur</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9799756544838</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Küba Krizi ve Nükleer Savaş Eşiğinde Türkiye</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789757639008</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’nın Zorlu Yılları</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9757639141000</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı ve Atatürk (Kronolojik)</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789756544099</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı Başlarken</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9757639802000</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşçıları</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9799752820288</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Köklerden İlklere</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9757639354004</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kore Savaşlarında Mehmetçik</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789752821545</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Barış Harekatı ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9799752820783</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Kaygusuz Abdal</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789752821279</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Kardelen</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9799752820646</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Karacaoğlan</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9799752823609</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Kanuni Sultan Süleyman</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789757639893</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789752821187</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>İstemi Kağan’ın Elçisi</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9757639559003</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>İsmet Paşa Bir Dönemin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789752821101</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>İran’da Kıyamet Senaryoları</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789752820746</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Harbinde Rus Genelkurmay Başkanlığı Karargahı</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9757639389006</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Harbinde Fransa’da Trajedi</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9799756544999</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Honore De Balzac Hayatı Sanatı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>3990000027853</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Hizbullah ve Hamas</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789752821200</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Hitler’in Sığınak’ları</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9799752821087</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Ali Yücel</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>3990000002842</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Harputlu Yüzbaşı Halil ve Anılarım</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9757639338004</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Hamidiye Geliyor</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789752820890</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Halide Edip Adıvar</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9757636761003</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zaman Olur Ki... Yaşantımızda Dün ve Bugün 1919-1999</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789757639084</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Gaziantep Savunması</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789752820043</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Gazi Mustafa Kemal Atatürk</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
           <t>9789752820920</t>
         </is>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B362" s="1" t="inlineStr">
         <is>
           <t>Galileo Galilei</t>
         </is>
       </c>
-      <c r="C184" s="1">
+      <c r="C362" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>