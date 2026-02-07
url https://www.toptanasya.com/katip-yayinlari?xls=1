--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,2875 +85,3535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256975668</t>
+          <t>9786256975965</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Anlamı</t>
+          <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256975675</t>
+          <t>9786259361680</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Masonluğun Tarihine Giriş</t>
+          <t>Ömer Hayyam Felsefi Düşüncesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256975606</t>
+          <t>9786256975903</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Dünyadaki Yaşam</t>
+          <t>Ahlak ve Doğma (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>345</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256975590</t>
+          <t>9786256022072</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Düşünce veya Canlı Enerji Yasası</t>
+          <t>Tanrı Güldüğünde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>252</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256975651</t>
+          <t>9786256022058</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İlkel Halk Arasındaki Ara Tipler</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256975552</t>
+          <t>9786256022041</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Nisan</t>
+          <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256975613</t>
+          <t>9786256975720</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Hayatın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256975637</t>
+          <t>9786256022027</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Alacakaranlık Hikayeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256975569</t>
+          <t>9786256975736</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Sezar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256975415</t>
+          <t>9786258078701</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Seçme Şiirler</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256975460</t>
+          <t>9786256975972</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan - İnsan Aklının Gelişimi</t>
+          <t>Benjamin Button'un Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256975392</t>
+          <t>9786256975989</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258212266</t>
+          <t>9786256975958</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Ahlaksız</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256975453</t>
+          <t>9786256975767</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Leviathan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256975716</t>
+          <t>9786256975774</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Kelt Mitolojisi ve Dini</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057058485</t>
+          <t>9786256975873</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İncili Çavuş</t>
+          <t>Dostluk ve Yaşlılık Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256975408</t>
+          <t>9786256975699</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem Kanunu</t>
+          <t>Çin Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256975446</t>
+          <t>9786256289192</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve Nasyonel Sosyalizm Üzerine Okumalar</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>198</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256975477</t>
+          <t>9786256975750</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kehanetler</t>
+          <t>Körler Ülkesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256975484</t>
+          <t>9786256975538</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057245373</t>
+          <t>9786256975705</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Sanatsal Anatomisi</t>
+          <t>Şeytanın Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>363</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256975644</t>
+          <t>9786256975880</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Dedektif Hikayeleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256975910</t>
+          <t>9786256975897</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Aktivite</t>
+          <t>Adem'den Önce</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>335</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057254672</t>
+          <t>9786256975811</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>İnsanlar Arasında Eşitsizliğin Kaynağı ve Temelleri Üzerine Bir Söylem</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256975842</t>
+          <t>9786256975798</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Amacı</t>
+          <t>Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256975620</t>
+          <t>9786256975521</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hayvanları</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256975859</t>
+          <t>9786057254665</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Mumyalama</t>
+          <t>Dünya Nimetleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057254696</t>
+          <t>9786256975866</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256975545</t>
+          <t>9786256975507</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aklı Başında Okültizm</t>
+          <t>İskender</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256975941</t>
+          <t>9786256975712</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Dinin Doğal Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258212730</t>
+          <t>9786256975927</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler - 2</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256975576</t>
+          <t>9786256022034</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256975583</t>
+          <t>9786256289352</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Tarih Anlayışında İdealizm ve Materyalizm</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256975347</t>
+          <t>9786256975804</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İlmi - Aile ve Devlet Ahlakı</t>
+          <t>İnsanın Geleceği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258212952</t>
+          <t>9786258212716</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Ardından</t>
+          <t>Bir Roman Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256975286</t>
+          <t>9786256289437</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>İkinci Cins</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256975316</t>
+          <t>9786256975729</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256975231</t>
+          <t>9786256975491</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Bir Köle Kızın Hayatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256975354</t>
+          <t>9786256975934</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Üçler</t>
+          <t>Asosyal Bir Sosyalist</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256975439</t>
+          <t>9786256022010</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Yaşam ve Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256975361</t>
+          <t>9786057254689</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız Ve Son Eserleri</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256975378</t>
+          <t>9786256975514</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Cenaze Gelenekleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>45</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256975330</t>
+          <t>9786057254658</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Altın Sözler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256975293</t>
+          <t>9786256975743</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>Halk ve Sorunları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256975323</t>
+          <t>9786256975668</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Masonluğun Anlamı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256975279</t>
+          <t>9786256975675</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Sembolik Masonluğun Tarihine Giriş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>495</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256975262</t>
+          <t>9786256975606</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Görünmeyen Dünyadaki Yaşam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>345</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256975385</t>
+          <t>9786256975590</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Derinlikleri</t>
+          <t>Dinamik Düşünce veya Canlı Enerji Yasası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>55</v>
+        <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256975248</t>
+          <t>9786256975651</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Haluk’un Defteri - Şermin</t>
+          <t>İlkel Halk Arasındaki Ara Tipler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256975224</t>
+          <t>9786256975552</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıraları</t>
+          <t>Büyülü Nisan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256975309</t>
+          <t>9786256975613</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Karabibik</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256975255</t>
+          <t>9786256975637</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre ve İntibah</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256975019</t>
+          <t>9786256975569</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057184634</t>
+          <t>9786256975415</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Karacaoğlan - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>45</v>
+        <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258212389</t>
+          <t>9786256975460</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hikayeler - 2</t>
+          <t>Hayy Bin Yakzan - İnsan Aklının Gelişimi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258212365</t>
+          <t>9786256975392</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hikayeler - 1</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256975125</t>
+          <t>9786258212266</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256975132</t>
+          <t>9786256975453</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca'nın Kulübesi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258212129</t>
+          <t>9786256975716</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şıp Sevdi</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057184689</t>
+          <t>9786057058485</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>İncili Çavuş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258212358</t>
+          <t>9786256975408</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Tam Metin)</t>
+          <t>Akıl ve Erdem Kanunu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258212136</t>
+          <t>9786256975446</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Faşizm ve Nasyonel Sosyalizm Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>55</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256975217</t>
+          <t>9786256975477</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>Kehanetler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256975088</t>
+          <t>9786256975484</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057058461</t>
+          <t>9786057245373</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mektubat</t>
+          <t>Hayvanların Sanatsal Anatomisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>363</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258212150</t>
+          <t>9786256975644</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258212174</t>
+          <t>9786256975910</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Cilvesi</t>
+          <t>Psikolojik Aktivite</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>335</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258212662</t>
+          <t>9786057254672</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kabusname (Tam Metin)</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>65</v>
+        <v>325</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258212655</t>
+          <t>9786256975842</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kabusname (Seçme Metin)</t>
+          <t>Hayatın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256975071</t>
+          <t>9786256975620</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kabadayı</t>
+          <t>Geçmişin Hayvanları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258212341</t>
+          <t>9786256975859</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Anatomi ve Mumyalama</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256975040</t>
+          <t>9786057254696</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256975163</t>
+          <t>9786256975545</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Aklı Başında Okültizm</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258212006</t>
+          <t>9786256975941</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256975170</t>
+          <t>9786258212730</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Guliver'in Gezileri</t>
+          <t>Enfes Öyküler - 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258212211</t>
+          <t>9786256975576</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258212228</t>
+          <t>9786256975583</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu?</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256975101</t>
+          <t>9786256975347</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Ahlak İlmi - Aile ve Devlet Ahlakı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256975187</t>
+          <t>9786258212952</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Atatürk'ün Ardından</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258212440</t>
+          <t>9786256975286</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Üç Atlısı</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258212938</t>
+          <t>9786256975316</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256975194</t>
+          <t>9786256975231</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256975064</t>
+          <t>9786256975354</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Zafer Şarkısı</t>
+          <t>Üçler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057058423</t>
+          <t>9786256975439</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sefil Bir Kadının Hayatı</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>55</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258212020</t>
+          <t>9786256975361</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Buhranlarımız Ve Son Eserleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057058416</t>
+          <t>9786256975378</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258212143</t>
+          <t>9786256975330</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>65</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258212310</t>
+          <t>9786256975293</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258212471</t>
+          <t>9786256975323</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256975200</t>
+          <t>9786256975279</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>285</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057184665</t>
+          <t>9786256975262</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258212679</t>
+          <t>9786256975385</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Turan Devleti</t>
+          <t>Hayalin Derinlikleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258212532</t>
+          <t>9786256975248</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Nejdet</t>
+          <t>Haluk’un Defteri - Şermin</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>55</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057184696</t>
+          <t>9786256975224</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gökbayrak</t>
+          <t>Balkan Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258212693</t>
+          <t>9786256975309</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Zehra ve Karabibik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258212280</t>
+          <t>9786256975255</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kan Damlası</t>
+          <t>Vatan Yahut Silistre ve İntibah</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258212297</t>
+          <t>9786256975019</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>45</v>
+        <v>185</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258212419</t>
+          <t>9786057184634</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258212426</t>
+          <t>9786258212389</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Tüm Hikayeler - 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>95</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258212846</t>
+          <t>9786258212365</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Delaletten Kurtuluş</t>
+          <t>Tüm Hikayeler - 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258212778</t>
+          <t>9786256975125</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258212822</t>
+          <t>9786256975132</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Tom Amca'nın Kulübesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258212808</t>
+          <t>9786258212129</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İdarecilere Altın Öğütler</t>
+          <t>Şıp Sevdi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258212785</t>
+          <t>9786057184689</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mektubat</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258212990</t>
+          <t>9786258212358</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Üç Atlısı</t>
+          <t>Safahat (Tam Metin)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258212877</t>
+          <t>9786258212136</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258212563</t>
+          <t>9786256975217</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>45</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258212570</t>
+          <t>9786256975088</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258212587</t>
+          <t>9786057058461</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Mektubat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258212525</t>
+          <t>9786258212150</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258212396</t>
+          <t>9786258212174</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Kaderin Cilvesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258212105</t>
+          <t>9786258212662</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İncili Çavuş</t>
+          <t>Kabusname (Tam Metin)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>185</v>
+        <v>65</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057184627</t>
+          <t>9786258212655</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bekri Mustafa</t>
+          <t>Kabusname (Seçme Metin)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057184658</t>
+          <t>9786256975071</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bekri Mustafa</t>
+          <t>Kabadayı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258212037</t>
+          <t>9786258212341</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız ve Son Eserleri</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258212815</t>
+          <t>9786256975040</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258212853</t>
+          <t>9786256975163</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258212860</t>
+          <t>9786258212006</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256975026</t>
+          <t>9786256975170</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Satranç El Kitabı</t>
+          <t>Guliver'in Gezileri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258212068</t>
+          <t>9786258212211</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256975033</t>
+          <t>9786258212228</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057184610</t>
+          <t>9786256975101</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Delaletten Kurtuluş</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258212112</t>
+          <t>9786256975187</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258212075</t>
+          <t>9786258212440</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İşi</t>
+          <t>Bozkırın Üç Atlısı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258212099</t>
+          <t>9786258212938</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Melek Sanmıştım Şeytanı</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258212495</t>
+          <t>9786256975194</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hakka Sığındık</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258212235</t>
+          <t>9786256975064</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Aşkın Zafer Şarkısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258212884</t>
+          <t>9786057058423</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Efsun</t>
+          <t>Sefil Bir Kadının Hayatı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258212242</t>
+          <t>9786258212020</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dirilen İskelet</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256975002</t>
+          <t>9786057058416</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>245</v>
+        <v>45</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258212556</t>
+          <t>9786258212143</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yıkıntılar</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258212594</t>
+          <t>9786258212310</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258212976</t>
+          <t>9786258212471</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258212761</t>
+          <t>9786256975200</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran - Tüm Eserleri 2</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258212723</t>
+          <t>9786057184665</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tüm Eserleri 1 - Halil Cibran</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258212433</t>
+          <t>9786258212679</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Turan Devleti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258212709</t>
+          <t>9786258212532</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde - İdeal Öğretmen</t>
+          <t>Zavallı Nejdet</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256975156</t>
+          <t>9786057184696</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Gökbayrak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258212617</t>
+          <t>9786258212693</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057184672</t>
+          <t>9786258212280</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Kan Damlası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258212792</t>
+          <t>9786258212297</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256975149</t>
+          <t>9786258212419</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256975118</t>
+          <t>9786258212426</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258212600</t>
+          <t>9786258212846</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Delaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256975095</t>
+          <t>9786258212778</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258212983</t>
+          <t>9786258212822</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Tam Metin)</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>385</v>
+        <v>185</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256975057</t>
+          <t>9786258212808</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>İdarecilere Altın Öğütler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258212631</t>
+          <t>9786258212785</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Mektubat</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258212945</t>
+          <t>9786258212990</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Bozkırın Üç Atlısı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258212969</t>
+          <t>9786258212877</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ad Konulması Zor Bir Öykü</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258212624</t>
+          <t>9786258212563</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Dükü</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258212082</t>
+          <t>9786258212570</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Evliya Makamları</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258212921</t>
+          <t>9786258212587</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258212914</t>
+          <t>9786258212525</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>395</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258212501</t>
+          <t>9786258212396</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hikmetler</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057058447</t>
+          <t>9786258212105</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Felaket Seneleri</t>
+          <t>İncili Çavuş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057058478</t>
+          <t>9786057184627</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Bekri Mustafa</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258212402</t>
+          <t>9786057184658</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Baltacı ve Büyük Petro</t>
+          <t>Bekri Mustafa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258212013</t>
+          <t>9786258212037</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Buhranlarımız ve Son Eserleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258212891</t>
+          <t>9786258212815</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258212273</t>
+          <t>9786258212853</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258212334</t>
+          <t>9786258212860</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258212648</t>
+          <t>9786256975026</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küfre Düşüren Sözler</t>
+          <t>Satranç El Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258212464</t>
+          <t>9786258212068</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Gayb</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258212907</t>
+          <t>9786256975033</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Gayb</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258212549</t>
+          <t>9786057184610</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanından Seçmeler</t>
+          <t>Delaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258212051</t>
+          <t>9786258212112</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-u Talat ve Fitnat</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258212303</t>
+          <t>9786258212075</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Şeytan İşi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258212204</t>
+          <t>9786258212099</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Evliliğin Devamını Sağlamak</t>
+          <t>Melek Sanmıştım Şeytanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258212686</t>
+          <t>9786258212495</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Safahattan Seçmeler</t>
+          <t>Hakka Sığındık</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258212181</t>
+          <t>9786258212235</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258212747</t>
+          <t>9786258212884</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 3</t>
+          <t>Ab-ı Efsun</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258212839</t>
+          <t>9786258212242</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 5</t>
+          <t>Dirilen İskelet</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258212327</t>
+          <t>9786256975002</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 1</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258212754</t>
+          <t>9786258212556</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 4</t>
+          <t>Yıkıntılar</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258212457</t>
+          <t>9786258212594</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Öğütler</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>35</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057058454</t>
+          <t>9786258212976</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Hoca Nüfuzu</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258212044</t>
+          <t>9786258212761</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Halil Cibran - Tüm Eserleri 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>45</v>
+        <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258212259</t>
+          <t>9786258212723</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Deli Filozof</t>
+          <t>Tüm Eserleri 1 - Halil Cibran</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057184641</t>
+          <t>9786258212433</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>55</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057184603</t>
+          <t>9786258212709</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>Beyaz Zambaklar Ülkesinde - İdeal Öğretmen</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057058430</t>
+          <t>9786256975156</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057058492</t>
+          <t>9786258212617</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Hovardalık</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258212488</t>
+          <t>9786057184672</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258212198</t>
+          <t>9786258212792</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İki Hödüğün Seyahati</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258212167</t>
+          <t>9786256975149</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Vaizi</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258078534</t>
+          <t>9786256975118</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İdarecilere Altın Öğütler</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>45</v>
+        <v>195</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057058409</t>
+          <t>9786258212600</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ruhuma Konan Güvercin</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
+          <t>9786256975095</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786258212983</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk (Tam Metin)</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786256975057</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Atinalıların Devleti</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786258212631</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Martı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786258212945</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Besleme</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786258212969</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Ad Konulması Zor Bir Öykü</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786258212624</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Monte Cristo Dükü</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786258212082</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Makamları</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786258212921</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı Hikmet</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786258212914</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı Hikmet</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786258212501</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Hikmetler</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786057058447</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Felaket Seneleri</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786057058478</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Lale Devri</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786258212402</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Baltacı ve Büyük Petro</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786258212013</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786258212891</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786258212273</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Çingeneler</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786258212334</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786258212648</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Küfre Düşüren Sözler</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786258212464</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhu’l Gayb</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786258212907</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhu’l Gayb</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786258212549</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Divanından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786258212051</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Taaşşuk-u Talat ve Fitnat</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786258212303</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Anılarım</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786258212204</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Nikah ve Evliliğin Devamını Sağlamak</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786258212686</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Safahattan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786258212181</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786258212747</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 3</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786258212839</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 5</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786258212327</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 1</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786258212754</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 4</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786258212457</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Öğütler</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786057058454</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Hoca Nüfuzu</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786258212044</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786258212259</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Deli Filozof</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786057184641</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar İstanbul</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786057184603</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Atinalıların Devleti</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786057058430</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786057058492</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Eski İstanbul'da Hovardalık</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786258212488</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786258212198</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>İki Hödüğün Seyahati</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786258212167</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Vaizi</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786258078534</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>İdarecilere Altın Öğütler</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786057058409</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Ruhuma Konan Güvercin</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
           <t>9786258212372</t>
         </is>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Tüm Hikayeler - 3</t>
         </is>
       </c>
-      <c r="C190" s="1">
+      <c r="C234" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>