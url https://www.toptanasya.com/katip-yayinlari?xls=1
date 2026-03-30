--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,3535 +85,4240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256975965</t>
+          <t>9786057245397</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Antikacı Dükkanı 1-2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>595</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259361680</t>
+          <t>9786256022102</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Felsefi Düşüncesi</t>
+          <t>Sihirli Dünya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256975903</t>
+          <t>9786256022553</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Doğma (3 Kitap Set)</t>
+          <t>Psikolojinin İlkeleri (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1450</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256022072</t>
+          <t>9786057254610</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Güldüğünde</t>
+          <t>İnsan Bilimlerine Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256022058</t>
+          <t>9756256022591</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Faizin Düşürülmesinin ve Paranın Değerinin Yükseltilmesinin Sonuçlarına İlişkin Bazı Hususlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256022041</t>
+          <t>9786256022560</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Eğitim</t>
+          <t>Doktor Moreau'nun Adası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256975720</t>
+          <t>9786256022607</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kısalığı Üzerine</t>
+          <t>Bir Devrimcinin Anıları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256022027</t>
+          <t>9786256022577</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Hikayeleri</t>
+          <t>Beklentiler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256975736</t>
+          <t>9786256022584</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sezar</t>
+          <t>Aylak Sınıf Teorisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258078701</t>
+          <t>9786050693249</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256975972</t>
+          <t>9786050693232</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'un Tuhaf Hikayesi</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256975989</t>
+          <t>9786256022065</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256975958</t>
+          <t>9786259288642</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız</t>
+          <t>Hasan Sabbah - Cennetin Fedaileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256975767</t>
+          <t>9786256022485</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Leviathan</t>
+          <t>Çocukların Cezalandırılması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256975774</t>
+          <t>9786256022393</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi ve Dini</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256975873</t>
+          <t>9786256022478</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dostluk ve Yaşlılık Üzerine İncelemeler</t>
+          <t>Pisagor - Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256975699</t>
+          <t>9786256022188</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çin Mitleri ve Efsaneleri</t>
+          <t>Mantık Bilimi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>370</v>
+        <v>895</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256289192</t>
+          <t>9786256022430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>Kategoriler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256975750</t>
+          <t>9786256022546</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256975538</t>
+          <t>9786256022539</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Gezgin Hayaletler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256975705</t>
+          <t>9786256022409</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Siyasi Tarihi</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256975880</t>
+          <t>9786256022522</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Hikayeleri</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256975897</t>
+          <t>9786256622447</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Önce</t>
+          <t>Eğitimle İlgili Bazı Düşünceler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256975811</t>
+          <t>9786256289604</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasında Eşitsizliğin Kaynağı ve Temelleri Üzerine Bir Söylem</t>
+          <t>Ekmeğin Fethi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256975798</t>
+          <t>9786256022454</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Felsefesi</t>
+          <t>Ecco Homo - Biri Nasıl Biri Haline Gelir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256975521</t>
+          <t>9786256022515</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057254665</t>
+          <t>9786256022461</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nimetleri</t>
+          <t>Dilin Kökeni Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256975866</t>
+          <t>9786256022492</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256975507</t>
+          <t>9786256022423</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İskender</t>
+          <t>Bizanslılar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256975712</t>
+          <t>9786256022508</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dinin Doğal Tarihi</t>
+          <t>Ahlakın Soy Kütüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256975927</t>
+          <t>9786256022140</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Özgürlük için Bin Mil Koşmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256022034</t>
+          <t>9786256022355</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256289352</t>
+          <t>9786256022119</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tarih Anlayışında İdealizm ve Materyalizm</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256975804</t>
+          <t>9786256022126</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Geleceği</t>
+          <t>Psikanalize Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>595</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258212716</t>
+          <t>9786256022133</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Roman Nasıl Yazılır?</t>
+          <t>Pratik Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256289437</t>
+          <t>9786256022157</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cins</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256975729</t>
+          <t>9786256022164</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Nasıl Düşünüyoruz?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256975491</t>
+          <t>9786256022171</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Köle Kızın Hayatı</t>
+          <t>Modern Ütopya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256975934</t>
+          <t>9786256022225</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Asosyal Bir Sosyalist</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256022010</t>
+          <t>9786256022201</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm Üzerine</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057254689</t>
+          <t>9786256022218</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Kristal Yumurta</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256975514</t>
+          <t>9786256022232</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Gelenekleri</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057254658</t>
+          <t>9786256022362</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Altın Sözler</t>
+          <t>Geçmiş Günlerin Tuhaf Cezası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256975743</t>
+          <t>9786256022379</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Halk ve Sorunları</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256975668</t>
+          <t>9786256022348</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Anlamı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256975675</t>
+          <t>9786256022249</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Masonluğun Tarihine Giriş</t>
+          <t>Kayıp Yüz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256975606</t>
+          <t>9786050693218</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Dünyadaki Yaşam</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256975590</t>
+          <t>9786256975965</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Düşünce veya Canlı Enerji Yasası</t>
+          <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>252</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256975651</t>
+          <t>9786259361680</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İlkel Halk Arasındaki Ara Tipler</t>
+          <t>Ömer Hayyam Felsefi Düşüncesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256975552</t>
+          <t>9786256975903</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Nisan</t>
+          <t>Ahlak ve Doğma (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256975613</t>
+          <t>9786256022072</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Tanrı Güldüğünde</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256975637</t>
+          <t>9786256022058</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256975569</t>
+          <t>9786256022041</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256975415</t>
+          <t>9786256975720</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Seçme Şiirler</t>
+          <t>Hayatın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256975460</t>
+          <t>9786256022027</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan - İnsan Aklının Gelişimi</t>
+          <t>Alacakaranlık Hikayeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256975392</t>
+          <t>9786256975736</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Sezar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258212266</t>
+          <t>9786258078701</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>45</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256975453</t>
+          <t>9786256975972</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Benjamin Button'un Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256975716</t>
+          <t>9786256975989</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057058485</t>
+          <t>9786256975958</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İncili Çavuş</t>
+          <t>Ahlaksız</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256975408</t>
+          <t>9786256975767</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem Kanunu</t>
+          <t>Leviathan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256975446</t>
+          <t>9786256975774</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve Nasyonel Sosyalizm Üzerine Okumalar</t>
+          <t>Kelt Mitolojisi ve Dini</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256975477</t>
+          <t>9786256975873</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kehanetler</t>
+          <t>Dostluk ve Yaşlılık Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256975484</t>
+          <t>9786256975699</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Çin Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057245373</t>
+          <t>9786256289192</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Sanatsal Anatomisi</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>363</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256975644</t>
+          <t>9786256975750</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Körler Ülkesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256975910</t>
+          <t>9786256975538</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Aktivite</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>335</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057254672</t>
+          <t>9786256975705</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Şeytanın Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256975842</t>
+          <t>9786256975880</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Amacı</t>
+          <t>Dedektif Hikayeleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256975620</t>
+          <t>9786256975897</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hayvanları</t>
+          <t>Adem'den Önce</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256975859</t>
+          <t>9786256975811</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Mumyalama</t>
+          <t>İnsanlar Arasında Eşitsizliğin Kaynağı ve Temelleri Üzerine Bir Söylem</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>365</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057254696</t>
+          <t>9786256975798</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256975545</t>
+          <t>9786256975521</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aklı Başında Okültizm</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256975941</t>
+          <t>9786057254665</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Dünya Nimetleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258212730</t>
+          <t>9786256975866</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler - 2</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256975576</t>
+          <t>9786256975507</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>İskender</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256975583</t>
+          <t>9786256975712</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Dinin Doğal Tarihi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256975347</t>
+          <t>9786256975927</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İlmi - Aile ve Devlet Ahlakı</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258212952</t>
+          <t>9786256022034</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Ardından</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256975286</t>
+          <t>9786256289352</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Tarih Anlayışında İdealizm ve Materyalizm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256975316</t>
+          <t>9786256975804</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İnsanın Geleceği</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256975231</t>
+          <t>9786258212716</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Bir Roman Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256975354</t>
+          <t>9786256289437</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Üçler</t>
+          <t>İkinci Cins</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256975439</t>
+          <t>9786256975729</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256975361</t>
+          <t>9786256975491</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız Ve Son Eserleri</t>
+          <t>Bir Köle Kızın Hayatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256975378</t>
+          <t>9786256975934</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Asosyal Bir Sosyalist</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256975330</t>
+          <t>9786256022010</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Yaşam ve Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256975293</t>
+          <t>9786057254689</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256975323</t>
+          <t>9786256975514</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Cenaze Gelenekleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256975279</t>
+          <t>9786057254658</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Altın Sözler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256975262</t>
+          <t>9786256975743</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Halk ve Sorunları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256975385</t>
+          <t>9786256975668</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Derinlikleri</t>
+          <t>Masonluğun Anlamı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>55</v>
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256975248</t>
+          <t>9786256975675</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Haluk’un Defteri - Şermin</t>
+          <t>Sembolik Masonluğun Tarihine Giriş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256975224</t>
+          <t>9786256975606</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıraları</t>
+          <t>Görünmeyen Dünyadaki Yaşam</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256975309</t>
+          <t>9786256975590</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Karabibik</t>
+          <t>Dinamik Düşünce veya Canlı Enerji Yasası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256975255</t>
+          <t>9786256975651</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre ve İntibah</t>
+          <t>İlkel Halk Arasındaki Ara Tipler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256975019</t>
+          <t>9786256975552</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Büyülü Nisan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057184634</t>
+          <t>9786256975613</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>45</v>
+        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258212389</t>
+          <t>9786256975637</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hikayeler - 2</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258212365</t>
+          <t>9786256975569</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hikayeler - 1</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256975125</t>
+          <t>9786256975415</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Karacaoğlan - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256975132</t>
+          <t>9786256975460</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca'nın Kulübesi</t>
+          <t>Hayy Bin Yakzan - İnsan Aklının Gelişimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258212129</t>
+          <t>9786256975392</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şıp Sevdi</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057184689</t>
+          <t>9786258212266</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258212358</t>
+          <t>9786256975453</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Tam Metin)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258212136</t>
+          <t>9786256975716</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>55</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256975217</t>
+          <t>9786057058485</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>İncili Çavuş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256975088</t>
+          <t>9786256975408</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Akıl ve Erdem Kanunu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057058461</t>
+          <t>9786256975446</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mektubat</t>
+          <t>Faşizm ve Nasyonel Sosyalizm Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>60</v>
+        <v>198</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258212150</t>
+          <t>9786256975477</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Kehanetler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258212174</t>
+          <t>9786256975484</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Cilvesi</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258212662</t>
+          <t>9786057245373</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kabusname (Tam Metin)</t>
+          <t>Hayvanların Sanatsal Anatomisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>65</v>
+        <v>363</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258212655</t>
+          <t>9786256975644</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kabusname (Seçme Metin)</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256975071</t>
+          <t>9786256975910</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kabadayı</t>
+          <t>Psikolojik Aktivite</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258212341</t>
+          <t>9786057254672</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256975040</t>
+          <t>9786256975842</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Hayatın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256975163</t>
+          <t>9786256975620</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Geçmişin Hayvanları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258212006</t>
+          <t>9786256975859</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Anatomi ve Mumyalama</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>45</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256975170</t>
+          <t>9786057254696</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Guliver'in Gezileri</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258212211</t>
+          <t>9786256975545</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Aklı Başında Okültizm</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258212228</t>
+          <t>9786256975941</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu?</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256975101</t>
+          <t>9786258212730</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Enfes Öyküler - 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256975187</t>
+          <t>9786256975576</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258212440</t>
+          <t>9786256975583</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Üç Atlısı</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258212938</t>
+          <t>9786256975347</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Ahlak İlmi - Aile ve Devlet Ahlakı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256975194</t>
+          <t>9786258212952</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Atatürk'ün Ardından</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256975064</t>
+          <t>9786256975286</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Zafer Şarkısı</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057058423</t>
+          <t>9786256975316</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sefil Bir Kadının Hayatı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258212020</t>
+          <t>9786256975231</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057058416</t>
+          <t>9786256975354</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Üçler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>45</v>
+        <v>195</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258212143</t>
+          <t>9786256975439</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>65</v>
+        <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258212310</t>
+          <t>9786256975361</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Buhranlarımız Ve Son Eserleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258212471</t>
+          <t>9786256975378</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256975200</t>
+          <t>9786256975330</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057184665</t>
+          <t>9786256975293</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258212679</t>
+          <t>9786256975323</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Turan Devleti</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258212532</t>
+          <t>9786256975279</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Nejdet</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057184696</t>
+          <t>9786256975262</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gökbayrak</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258212693</t>
+          <t>9786256975385</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Hayalin Derinlikleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258212280</t>
+          <t>9786256975248</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kan Damlası</t>
+          <t>Haluk’un Defteri - Şermin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258212297</t>
+          <t>9786256975224</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Balkan Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258212419</t>
+          <t>9786256975309</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Zehra ve Karabibik</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258212426</t>
+          <t>9786256975255</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Vatan Yahut Silistre ve İntibah</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258212846</t>
+          <t>9786256975019</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Delaletten Kurtuluş</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258212778</t>
+          <t>9786057184634</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>45</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258212822</t>
+          <t>9786258212389</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Tüm Hikayeler - 2</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258212808</t>
+          <t>9786258212365</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İdarecilere Altın Öğütler</t>
+          <t>Tüm Hikayeler - 1</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>35</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258212785</t>
+          <t>9786256975125</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mektubat</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258212990</t>
+          <t>9786256975132</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Üç Atlısı</t>
+          <t>Tom Amca'nın Kulübesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258212877</t>
+          <t>9786258212129</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Şıp Sevdi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258212563</t>
+          <t>9786057184689</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258212570</t>
+          <t>9786258212358</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Safahat (Tam Metin)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258212587</t>
+          <t>9786258212136</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258212525</t>
+          <t>9786256975217</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258212396</t>
+          <t>9786256975088</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258212105</t>
+          <t>9786057058461</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İncili Çavuş</t>
+          <t>Mektubat</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057184627</t>
+          <t>9786258212150</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bekri Mustafa</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057184658</t>
+          <t>9786258212174</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bekri Mustafa</t>
+          <t>Kaderin Cilvesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258212037</t>
+          <t>9786258212662</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız ve Son Eserleri</t>
+          <t>Kabusname (Tam Metin)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258212815</t>
+          <t>9786258212655</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Kabusname (Seçme Metin)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>45</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258212853</t>
+          <t>9786256975071</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Kabadayı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258212860</t>
+          <t>9786258212341</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256975026</t>
+          <t>9786256975040</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Satranç El Kitabı</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258212068</t>
+          <t>9786256975163</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256975033</t>
+          <t>9786258212006</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057184610</t>
+          <t>9786256975170</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Delaletten Kurtuluş</t>
+          <t>Guliver'in Gezileri</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258212112</t>
+          <t>9786258212211</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>55</v>
+        <v>245</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258212075</t>
+          <t>9786258212228</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İşi</t>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258212099</t>
+          <t>9786256975101</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Melek Sanmıştım Şeytanı</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258212495</t>
+          <t>9786256975187</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hakka Sığındık</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258212235</t>
+          <t>9786258212440</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Bozkırın Üç Atlısı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258212884</t>
+          <t>9786258212938</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Efsun</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258212242</t>
+          <t>9786256975194</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dirilen İskelet</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256975002</t>
+          <t>9786256975064</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Aşkın Zafer Şarkısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258212556</t>
+          <t>9786057058423</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yıkıntılar</t>
+          <t>Sefil Bir Kadının Hayatı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258212594</t>
+          <t>9786258212020</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258212976</t>
+          <t>9786057058416</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>595</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258212761</t>
+          <t>9786258212143</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran - Tüm Eserleri 2</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258212723</t>
+          <t>9786258212310</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tüm Eserleri 1 - Halil Cibran</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258212433</t>
+          <t>9786258212471</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258212709</t>
+          <t>9786256975200</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde - İdeal Öğretmen</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256975156</t>
+          <t>9786057184665</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258212617</t>
+          <t>9786258212679</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Turan Devleti</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057184672</t>
+          <t>9786258212532</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Zavallı Nejdet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258212792</t>
+          <t>9786057184696</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Gökbayrak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256975149</t>
+          <t>9786258212693</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256975118</t>
+          <t>9786258212280</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Kan Damlası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258212600</t>
+          <t>9786258212297</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256975095</t>
+          <t>9786258212419</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258212983</t>
+          <t>9786258212426</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Tam Metin)</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>385</v>
+        <v>95</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256975057</t>
+          <t>9786258212846</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>Delaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258212631</t>
+          <t>9786258212778</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>45</v>
+        <v>260</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258212945</t>
+          <t>9786258212822</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>45</v>
+        <v>245</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258212969</t>
+          <t>9786258212808</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ad Konulması Zor Bir Öykü</t>
+          <t>İdarecilere Altın Öğütler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>45</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258212624</t>
+          <t>9786258212785</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Dükü</t>
+          <t>Mektubat</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258212082</t>
+          <t>9786258212990</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Evliya Makamları</t>
+          <t>Bozkırın Üç Atlısı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258212921</t>
+          <t>9786258212877</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258212914</t>
+          <t>9786258212563</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258212501</t>
+          <t>9786258212570</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hikmetler</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057058447</t>
+          <t>9786258212587</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Felaket Seneleri</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057058478</t>
+          <t>9786258212525</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258212402</t>
+          <t>9786258212396</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Baltacı ve Büyük Petro</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258212013</t>
+          <t>9786258212105</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>İncili Çavuş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258212891</t>
+          <t>9786057184627</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Bekri Mustafa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258212273</t>
+          <t>9786057184658</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Bekri Mustafa</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258212334</t>
+          <t>9786258212037</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Buhranlarımız ve Son Eserleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258212648</t>
+          <t>9786258212815</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Küfre Düşüren Sözler</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258212464</t>
+          <t>9786258212853</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Gayb</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>65</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258212907</t>
+          <t>9786258212860</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Gayb</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258212549</t>
+          <t>9786256975026</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanından Seçmeler</t>
+          <t>Satranç El Kitabı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258212051</t>
+          <t>9786258212068</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-u Talat ve Fitnat</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258212303</t>
+          <t>9786256975033</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258212204</t>
+          <t>9786057184610</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Evliliğin Devamını Sağlamak</t>
+          <t>Delaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258212686</t>
+          <t>9786258212112</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Safahattan Seçmeler</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258212181</t>
+          <t>9786258212075</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Şeytan İşi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258212747</t>
+          <t>9786258212099</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 3</t>
+          <t>Melek Sanmıştım Şeytanı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258212839</t>
+          <t>9786258212495</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 5</t>
+          <t>Hakka Sığındık</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258212327</t>
+          <t>9786258212235</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 1</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258212754</t>
+          <t>9786258212884</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler 4</t>
+          <t>Ab-ı Efsun</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258212457</t>
+          <t>9786258212242</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Öğütler</t>
+          <t>Dirilen İskelet</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057058454</t>
+          <t>9786256975002</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Hoca Nüfuzu</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>50</v>
+        <v>245</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258212044</t>
+          <t>9786258212556</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Yıkıntılar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258212259</t>
+          <t>9786258212594</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Deli Filozof</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057184641</t>
+          <t>9786258212976</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>55</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057184603</t>
+          <t>9786258212761</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>Halil Cibran - Tüm Eserleri 2</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057058430</t>
+          <t>9786258212723</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Tüm Eserleri 1 - Halil Cibran</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>75</v>
+        <v>340</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057058492</t>
+          <t>9786258212433</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Hovardalık</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258212488</t>
+          <t>9786258212709</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Beyaz Zambaklar Ülkesinde - İdeal Öğretmen</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258212198</t>
+          <t>9786256975156</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İki Hödüğün Seyahati</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258212167</t>
+          <t>9786258212617</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Vaizi</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258078534</t>
+          <t>9786057184672</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İdarecilere Altın Öğütler</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057058409</t>
+          <t>9786258212792</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ruhuma Konan Güvercin</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
+          <t>9786256975149</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786256975118</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786258212600</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786256975095</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786258212983</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk (Tam Metin)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786256975057</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Atinalıların Devleti</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786258212631</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Martı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786258212945</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Besleme</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786258212969</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Ad Konulması Zor Bir Öykü</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786258212624</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Monte Cristo Dükü</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786258212082</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Makamları</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786258212921</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı Hikmet</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786258212914</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı Hikmet</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786258212501</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Hikmetler</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786057058447</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Felaket Seneleri</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786057058478</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Lale Devri</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786258212402</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Baltacı ve Büyük Petro</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786258212013</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786258212891</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786258212273</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Çingeneler</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786258212334</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786258212648</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Küfre Düşüren Sözler</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786258212464</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhu’l Gayb</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786258212907</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhu’l Gayb</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786258212549</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Divanından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786258212051</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Taaşşuk-u Talat ve Fitnat</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786258212303</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Anılarım</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786258212204</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Nikah ve Evliliğin Devamını Sağlamak</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786258212686</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Safahattan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786258212181</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786258212747</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 3</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786258212839</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 5</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786258212327</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 1</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786258212754</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Öyküler 4</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786258212457</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Öğütler</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786057058454</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Hoca Nüfuzu</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786258212044</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786258212259</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Deli Filozof</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786057184641</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar İstanbul</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057184603</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Atinalıların Devleti</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786057058430</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786057058492</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Eski İstanbul'da Hovardalık</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786258212488</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786258212198</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>İki Hödüğün Seyahati</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786258212167</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Vaizi</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786258078534</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>İdarecilere Altın Öğütler</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057058409</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Ruhuma Konan Güvercin</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
           <t>9786258212372</t>
         </is>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Tüm Hikayeler - 3</t>
         </is>
       </c>
-      <c r="C234" s="1">
+      <c r="C281" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>