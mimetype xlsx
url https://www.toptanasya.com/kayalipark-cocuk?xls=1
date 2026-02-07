--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,1270 +85,1300 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052102725</t>
+          <t>9786056765377</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Farkında mısın? Bilim Her Yerde</t>
+          <t>Güneşli Hikayeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052102251</t>
+          <t>9786051960333</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi için Sanat Etkinlikleri</t>
+          <t>Futbol Boyama Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059427715</t>
+          <t>9786052102725</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Açan Vatan Çiçekleri</t>
+          <t>Farkında mısın? Bilim Her Yerde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052102657</t>
+          <t>9786052102251</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Hayali</t>
+          <t>Okul Öncesi için Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052102688</t>
+          <t>9786059427715</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Düşelim Yola</t>
+          <t>Çanakkale'de Açan Vatan Çiçekleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052102664</t>
+          <t>9786052102657</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine</t>
+          <t>Bir Uzay Hayali</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052102008</t>
+          <t>9786052102688</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Irmaklarla Büyüyen Çocuk</t>
+          <t>Şiirlerle Düşelim Yola</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056765391</t>
+          <t>9786052102664</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fedakar Dost</t>
+          <t>Gerçek Hazine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052102589</t>
+          <t>9786052102008</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesinde Ayna Satan Çocuk</t>
+          <t>Irmaklarla Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059706834</t>
+          <t>9786056765391</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bay Uzun Kuyruk ve Periler Diyarı</t>
+          <t>Fedakar Dost</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052102206</t>
+          <t>9786052102589</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gül Peygamberim Hz. Muhammed (sav)</t>
+          <t>Körler Ülkesinde Ayna Satan Çocuk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052102282</t>
+          <t>9786059706834</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Etkinliklerim</t>
+          <t>Bay Uzun Kuyruk ve Periler Diyarı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059427395</t>
+          <t>9786052102206</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Denize Atılan Mektup</t>
+          <t>Gül Peygamberim Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052102497</t>
+          <t>9786052102282</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Pekmez Yapıyor</t>
+          <t>Ramazan Etkinliklerim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>98</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052102466</t>
+          <t>9786059427395</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar’da Mavi Bir Düş</t>
+          <t>Denize Atılan Mektup</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052102374</t>
+          <t>9786052102497</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Şehir Ereğli</t>
+          <t>Kıvırcık Pekmez Yapıyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052102367</t>
+          <t>9786052102466</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balonlar Ülkesi</t>
+          <t>Madagaskar’da Mavi Bir Düş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052102350</t>
+          <t>9786052102374</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlahileri</t>
+          <t>Yeşil Şehir Ereğli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052102343</t>
+          <t>9786052102367</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dörtlü - Uç Beyinin Hazinesi</t>
+          <t>Kayıp Balonlar Ülkesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052102329</t>
+          <t>9786052102350</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Kitabım - Etkinliklerle Elif-Ba Kitabına Uyumlu Alıştırmalar</t>
+          <t>Çocuk İlahileri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052102312</t>
+          <t>9786052102343</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Senin Düşün Hangi Renk</t>
+          <t>Muhteşem Dörtlü - Uç Beyinin Hazinesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052102305</t>
+          <t>9786052102329</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Binbir Tonu</t>
+          <t>Elif-Ba Kitabım - Etkinliklerle Elif-Ba Kitabına Uyumlu Alıştırmalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052102299</t>
+          <t>9786052102312</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akça Karanlık</t>
+          <t>Senin Düşün Hangi Renk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052102275</t>
+          <t>9786052102305</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçine Seyahat</t>
+          <t>Yeşilin Binbir Tonu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052102268</t>
+          <t>9786052102299</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayal Yolcusu - Necati’nin Maceraları</t>
+          <t>Akça Karanlık</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052102237</t>
+          <t>9786052102275</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dört Halife</t>
+          <t>Kafamın İçine Seyahat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052102220</t>
+          <t>9786052102268</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi - İstanbul’un Fethi</t>
+          <t>Hayal Yolcusu - Necati’nin Maceraları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052102213</t>
+          <t>9786052102237</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beyler Şehri Beyşehir - Şehrimi Tanıyorum 2</t>
+          <t>Çocuklar İçin Dört Halife</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052102053</t>
+          <t>9786052102220</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Hayallerim Çıktı</t>
+          <t>Hayal Geçidi - İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052102183</t>
+          <t>9786052102213</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yer - Gök Savaşı</t>
+          <t>Beyler Şehri Beyşehir - Şehrimi Tanıyorum 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052102190</t>
+          <t>9786052102053</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Fare Kedi gibi Havladı</t>
+          <t>Çöpten Hayallerim Çıktı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052102046</t>
+          <t>9786052102183</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sokağı</t>
+          <t>Yer - Gök Savaşı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052102176</t>
+          <t>9786052102190</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rivayet - Akşehir Efsaneleri</t>
+          <t>Bir Fare Kedi gibi Havladı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052102152</t>
+          <t>9786052102046</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ömer Bin Abdülaziz</t>
+          <t>Düşler Sokağı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052102169</t>
+          <t>9786052102176</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Şehri - Konya</t>
+          <t>Rivayet - Akşehir Efsaneleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052102138</t>
+          <t>9786052102152</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Göl Efsanesi</t>
+          <t>Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052102121</t>
+          <t>9786052102169</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Zaman Merdiveninde</t>
+          <t>Gönüllerin Şehri - Konya</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056765308</t>
+          <t>9786052102138</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bay Uzun Kuyruk ve Periler Diyarı 2 - Gök Taşı Düşüyor</t>
+          <t>Göl Efsanesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052102114</t>
+          <t>9786052102121</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aybahçe ve Tuana</t>
+          <t>Çiçi Zaman Merdiveninde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052102022</t>
+          <t>9786056765308</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Bay Uzun Kuyruk ve Periler Diyarı 2 - Gök Taşı Düşüyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052102091</t>
+          <t>9786052102114</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizi Güldüren Şakalar</t>
+          <t>Aybahçe ve Tuana</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052102107</t>
+          <t>9786052102022</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Kubbe</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052102084</t>
+          <t>9786052102091</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Asansörü</t>
+          <t>Peygamberimizi Güldüren Şakalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052102077</t>
+          <t>9786052102107</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi 2 - Ejderha Dövmeli Adam</t>
+          <t>Turkuaz Kubbe</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052102060</t>
+          <t>9786052102084</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Lösemi</t>
+          <t>Mülteci Asansörü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052102015</t>
+          <t>9786052102077</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çicek Ülkesini Arılar Yönetiyor</t>
+          <t>Hayal Geçidi 2 - Ejderha Dövmeli Adam</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056765353</t>
+          <t>9786052102060</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Seçme Öyküler</t>
+          <t>Hoşça Kal Lösemi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056765360</t>
+          <t>9786052102015</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Asrın Kahramanları</t>
+          <t>Çicek Ülkesini Arılar Yönetiyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056765322</t>
+          <t>9786056765353</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devr-i Alem</t>
+          <t>Ömer Seyfettin - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059427548</t>
+          <t>9786056765360</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Asrın Kahramanları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056765339</t>
+          <t>9786056765322</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Seksen Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056765315</t>
+          <t>9786059427548</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Bedava</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051960319</t>
+          <t>9786056765339</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mesneviden Hikayeler</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051960234</t>
+          <t>9786056765315</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Zekat</t>
+          <t>Gülmek Bedava</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051960227</t>
+          <t>9786051960319</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Oruç</t>
+          <t>Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051960210</t>
+          <t>9786051960234</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol İyilik</t>
+          <t>Cennete Giden Yol Zekat</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051960203</t>
+          <t>9786051960227</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Hac</t>
+          <t>Cennete Giden Yol Oruç</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051960135</t>
+          <t>9786051960210</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Masal Kız'ın Düşleri</t>
+          <t>Cennete Giden Yol İyilik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051960005</t>
+          <t>9786051960203</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi - Sandığın Sırrı</t>
+          <t>Cennete Giden Yol Hac</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059427937</t>
+          <t>9786051960135</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şiir Perisi'nin Sırları</t>
+          <t>Masal Kız'ın Düşleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059427869</t>
+          <t>9786051960005</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Çocuk</t>
+          <t>Hayal Geçidi - Sandığın Sırrı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059427890</t>
+          <t>9786059427937</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deli</t>
+          <t>Şiir Perisi'nin Sırları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059427838</t>
+          <t>9786059427869</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dedem Uzaylı</t>
+          <t>Ağaç Çocuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059427821</t>
+          <t>9786059427890</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Rüya Gecikmez</t>
+          <t>Küçük Deli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059427722</t>
+          <t>9786059427838</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Doğrucu Davut</t>
+          <t>Dedem Uzaylı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059427586</t>
+          <t>9786059427821</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut</t>
+          <t>Hiçbir Rüya Gecikmez</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059427487</t>
+          <t>9786059427722</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Asker Çiçek Açtı</t>
+          <t>Doğrucu Davut</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059706995</t>
+          <t>9786059427586</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kalbine Dokunmak</t>
+          <t>Küçük Bulut</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059427135</t>
+          <t>9786059427487</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Spor Boyama Kitabı</t>
+          <t>Asker Çiçek Açtı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059427012</t>
+          <t>9786059706995</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Halime Nur Sevim'in Çizimleriyle Boyama Kitabı</t>
+          <t>Kuşların Kalbine Dokunmak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059706513</t>
+          <t>9786059427135</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Nasreddin Hoca</t>
+          <t>Spor Boyama Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059427340</t>
+          <t>9786059427012</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gezgin Afrika'da</t>
+          <t>Halime Nur Sevim'in Çizimleriyle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059427296</t>
+          <t>9786059706513</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Tavşan Maceraları (Değerler Eğitimi)</t>
+          <t>Karikatürlerle Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059427227</t>
+          <t>9786059427340</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiroz Efe</t>
+          <t>Küçük Gezgin Afrika'da</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059706803</t>
+          <t>9786059427296</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 40 Hadis</t>
+          <t>Sevimli Tavşan Maceraları (Değerler Eğitimi)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059706957</t>
+          <t>9786059427227</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Çiroz Efe</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>72</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059427005</t>
+          <t>9786059706803</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı</t>
+          <t>Hikayelerle 40 Hadis</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059706933</t>
+          <t>9786059706957</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocuksam Eğer</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059706919</t>
+          <t>9786059427005</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Boyama Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052102244</t>
+          <t>9786059706933</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+          <t>Ben Çocuksam Eğer</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059706841</t>
+          <t>9786059706919</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Bayramı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
+          <t>9786052102244</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786059706841</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Menekşe Bayramı</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
           <t>9786059706797</t>
         </is>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Taşırmalı Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C83" s="1">
+      <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>