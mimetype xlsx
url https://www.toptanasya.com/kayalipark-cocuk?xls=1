--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1300 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056765377</t>
+          <t>9786052102336</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Hikayeler</t>
+          <t>Çocuklar İçin Dini Sanat Etkinlik Dosyası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051960333</t>
+          <t>9786059427692</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Futbol Boyama Kitabı</t>
+          <t>Çocukların Cenneti - Öykülerle Kur'an Sureleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052102725</t>
+          <t>9786059706766</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Farkında mısın? Bilim Her Yerde</t>
+          <t>Çocuklar ve Bir Gün</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>185</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052102251</t>
+          <t>9786056765384</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi için Sanat Etkinlikleri</t>
+          <t>Su Kuzusu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059427715</t>
+          <t>9786059427388</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Açan Vatan Çiçekleri</t>
+          <t>Bir Yudum Şehir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052102657</t>
+          <t>9786059427920</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Hayali</t>
+          <t>Gülümseyin Bilmiyorum - Mücize Hayvanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052102688</t>
+          <t>9786059427883</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Düşelim Yola</t>
+          <t>İyilik Bulutu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052102664</t>
+          <t>9786059427449</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine</t>
+          <t>Çınar’ın Maceraları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>185</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052102008</t>
+          <t>9786052102039</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Irmaklarla Büyüyen Çocuk</t>
+          <t>Öykülerle Namaz Sureleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>165</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056765391</t>
+          <t>9786051960197</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fedakar Dost</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>135</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052102589</t>
+          <t>9786059427258</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesinde Ayna Satan Çocuk</t>
+          <t>Tabiat Dile Geldi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059706834</t>
+          <t>9786059427241</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bay Uzun Kuyruk ve Periler Diyarı</t>
+          <t>Ömer'in Rüyası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>165</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052102206</t>
+          <t>9786051960173</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gül Peygamberim Hz. Muhammed (sav)</t>
+          <t>Sevinç Ülkesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052102282</t>
+          <t>9786051960395</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Etkinliklerim</t>
+          <t>Etkinlikli Çocuk İlmihali</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059427395</t>
+          <t>9786051960142</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Denize Atılan Mektup</t>
+          <t>Yeryüzü Bize Mescit Kılındı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052102497</t>
+          <t>9786051960326</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Pekmez Yapıyor</t>
+          <t>Akif'im</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052102466</t>
+          <t>9786059427067</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar’da Mavi Bir Düş</t>
+          <t>Cennete Giden Yol Namaz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052102374</t>
+          <t>9786059427685</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Şehir Ereğli</t>
+          <t>Necipcik - Değerli Öncüler 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052102367</t>
+          <t>9786059427654</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balonlar Ülkesi</t>
+          <t>Engelsiz Masallar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052102350</t>
+          <t>9786059427074</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlahileri</t>
+          <t>Ben Çocukken</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052102343</t>
+          <t>9786059706773</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dörtlü - Uç Beyinin Hazinesi</t>
+          <t>Kuşlar Benekli Gökyüzü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052102329</t>
+          <t>9786059427210</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Kitabım - Etkinliklerle Elif-Ba Kitabına Uyumlu Alıştırmalar</t>
+          <t>Sevgi Çiçeğim Kitap Kuşum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052102312</t>
+          <t>9786059427180</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Senin Düşün Hangi Renk</t>
+          <t>Bir Değer İki Öykü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052102305</t>
+          <t>9786059706872</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Binbir Tonu</t>
+          <t>Dört Mevsim Dört Yaprak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052102299</t>
+          <t>9786052102749</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Akça Karanlık</t>
+          <t>Devr-i Masal</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052102275</t>
+          <t>9786056765377</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçine Seyahat</t>
+          <t>Güneşli Hikayeler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052102268</t>
+          <t>9786051960333</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayal Yolcusu - Necati’nin Maceraları</t>
+          <t>Futbol Boyama Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052102237</t>
+          <t>9786052102725</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dört Halife</t>
+          <t>Farkında mısın? Bilim Her Yerde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052102220</t>
+          <t>9786052102251</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi - İstanbul’un Fethi</t>
+          <t>Okul Öncesi için Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052102213</t>
+          <t>9786059427715</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beyler Şehri Beyşehir - Şehrimi Tanıyorum 2</t>
+          <t>Çanakkale'de Açan Vatan Çiçekleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052102053</t>
+          <t>9786052102657</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Hayallerim Çıktı</t>
+          <t>Bir Uzay Hayali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052102183</t>
+          <t>9786052102688</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yer - Gök Savaşı</t>
+          <t>Şiirlerle Düşelim Yola</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052102190</t>
+          <t>9786052102664</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Fare Kedi gibi Havladı</t>
+          <t>Gerçek Hazine</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052102046</t>
+          <t>9786052102008</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sokağı</t>
+          <t>Irmaklarla Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052102176</t>
+          <t>9786056765391</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rivayet - Akşehir Efsaneleri</t>
+          <t>Fedakar Dost</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052102152</t>
+          <t>9786052102589</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ömer Bin Abdülaziz</t>
+          <t>Körler Ülkesinde Ayna Satan Çocuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052102169</t>
+          <t>9786059706834</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Şehri - Konya</t>
+          <t>Bay Uzun Kuyruk ve Periler Diyarı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052102138</t>
+          <t>9786052102206</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Göl Efsanesi</t>
+          <t>Gül Peygamberim Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052102121</t>
+          <t>9786052102282</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Zaman Merdiveninde</t>
+          <t>Ramazan Etkinliklerim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056765308</t>
+          <t>9786059427395</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bay Uzun Kuyruk ve Periler Diyarı 2 - Gök Taşı Düşüyor</t>
+          <t>Denize Atılan Mektup</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052102114</t>
+          <t>9786052102497</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aybahçe ve Tuana</t>
+          <t>Kıvırcık Pekmez Yapıyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052102022</t>
+          <t>9786052102466</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Madagaskar’da Mavi Bir Düş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052102091</t>
+          <t>9786052102374</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizi Güldüren Şakalar</t>
+          <t>Yeşil Şehir Ereğli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052102107</t>
+          <t>9786052102367</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Kubbe</t>
+          <t>Kayıp Balonlar Ülkesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052102084</t>
+          <t>9786052102350</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Asansörü</t>
+          <t>Çocuk İlahileri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052102077</t>
+          <t>9786052102343</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi 2 - Ejderha Dövmeli Adam</t>
+          <t>Muhteşem Dörtlü - Uç Beyinin Hazinesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052102060</t>
+          <t>9786052102329</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Lösemi</t>
+          <t>Elif-Ba Kitabım - Etkinliklerle Elif-Ba Kitabına Uyumlu Alıştırmalar</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052102015</t>
+          <t>9786052102312</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çicek Ülkesini Arılar Yönetiyor</t>
+          <t>Senin Düşün Hangi Renk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056765353</t>
+          <t>9786052102305</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Seçme Öyküler</t>
+          <t>Yeşilin Binbir Tonu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056765360</t>
+          <t>9786052102299</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asrın Kahramanları</t>
+          <t>Akça Karanlık</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056765322</t>
+          <t>9786052102275</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devr-i Alem</t>
+          <t>Kafamın İçine Seyahat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059427548</t>
+          <t>9786052102268</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Hayal Yolcusu - Necati’nin Maceraları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056765339</t>
+          <t>9786052102237</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Çocuklar İçin Dört Halife</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056765315</t>
+          <t>9786052102220</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Bedava</t>
+          <t>Hayal Geçidi - İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051960319</t>
+          <t>9786052102213</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mesneviden Hikayeler</t>
+          <t>Beyler Şehri Beyşehir - Şehrimi Tanıyorum 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051960234</t>
+          <t>9786052102053</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Zekat</t>
+          <t>Çöpten Hayallerim Çıktı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051960227</t>
+          <t>9786052102183</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Oruç</t>
+          <t>Yer - Gök Savaşı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051960210</t>
+          <t>9786052102190</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol İyilik</t>
+          <t>Bir Fare Kedi gibi Havladı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051960203</t>
+          <t>9786052102046</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol Hac</t>
+          <t>Düşler Sokağı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051960135</t>
+          <t>9786052102176</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Masal Kız'ın Düşleri</t>
+          <t>Rivayet - Akşehir Efsaneleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051960005</t>
+          <t>9786052102152</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayal Geçidi - Sandığın Sırrı</t>
+          <t>Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059427937</t>
+          <t>9786052102169</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şiir Perisi'nin Sırları</t>
+          <t>Gönüllerin Şehri - Konya</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059427869</t>
+          <t>9786052102138</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Çocuk</t>
+          <t>Göl Efsanesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059427890</t>
+          <t>9786052102121</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deli</t>
+          <t>Çiçi Zaman Merdiveninde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059427838</t>
+          <t>9786056765308</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dedem Uzaylı</t>
+          <t>Bay Uzun Kuyruk ve Periler Diyarı 2 - Gök Taşı Düşüyor</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059427821</t>
+          <t>9786052102114</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Rüya Gecikmez</t>
+          <t>Aybahçe ve Tuana</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059427722</t>
+          <t>9786052102022</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doğrucu Davut</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059427586</t>
+          <t>9786052102091</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut</t>
+          <t>Peygamberimizi Güldüren Şakalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059427487</t>
+          <t>9786052102107</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Asker Çiçek Açtı</t>
+          <t>Turkuaz Kubbe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059706995</t>
+          <t>9786052102084</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kalbine Dokunmak</t>
+          <t>Mülteci Asansörü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059427135</t>
+          <t>9786052102077</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Spor Boyama Kitabı</t>
+          <t>Hayal Geçidi 2 - Ejderha Dövmeli Adam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059427012</t>
+          <t>9786052102060</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Halime Nur Sevim'in Çizimleriyle Boyama Kitabı</t>
+          <t>Hoşça Kal Lösemi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059706513</t>
+          <t>9786052102015</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Nasreddin Hoca</t>
+          <t>Çicek Ülkesini Arılar Yönetiyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059427340</t>
+          <t>9786056765353</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gezgin Afrika'da</t>
+          <t>Ömer Seyfettin - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059427296</t>
+          <t>9786056765360</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Tavşan Maceraları (Değerler Eğitimi)</t>
+          <t>Asrın Kahramanları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059427227</t>
+          <t>9786056765322</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çiroz Efe</t>
+          <t>Seksen Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059706803</t>
+          <t>9786059427548</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 40 Hadis</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059706957</t>
+          <t>9786056765339</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059427005</t>
+          <t>9786056765315</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı</t>
+          <t>Gülmek Bedava</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059706933</t>
+          <t>9786051960319</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocuksam Eğer</t>
+          <t>Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059706919</t>
+          <t>9786051960234</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Cennete Giden Yol Zekat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052102244</t>
+          <t>9786051960227</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+          <t>Cennete Giden Yol Oruç</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059706841</t>
+          <t>9786051960210</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Bayramı</t>
+          <t>Cennete Giden Yol İyilik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
+          <t>9786051960203</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Cennete Giden Yol Hac</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786051960135</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kız'ın Düşleri</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786051960005</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Geçidi - Sandığın Sırrı</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059427937</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Perisi'nin Sırları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059427869</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Ağaç Çocuk</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059427890</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Deli</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059427838</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Uzaylı</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786059427821</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Rüya Gecikmez</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786059427722</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Doğrucu Davut</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786059427586</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bulut</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786059427487</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Asker Çiçek Açtı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059706995</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kuşların Kalbine Dokunmak</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059427135</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Spor Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059427012</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Halime Nur Sevim'in Çizimleriyle Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059706513</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürlerle Nasreddin Hoca</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786059427340</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Gezgin Afrika'da</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786059427296</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Tavşan Maceraları (Değerler Eğitimi)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059427227</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Çiroz Efe</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059706803</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 40 Hadis</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059706957</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059427005</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059706933</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Ben Çocuksam Eğer</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059706919</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786052102244</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059706841</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Menekşe Bayramı</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9786059706797</t>
         </is>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Taşırmalı Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C85" s="1">
+      <c r="C110" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>