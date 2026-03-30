--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,940 +85,4405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757574682</t>
+          <t>9786256268708</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Türk İslam Sanatları ve Estetiği</t>
+          <t>İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256268593</t>
+          <t>9786256268531</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fakihi ve Muhaddis Murtaza Ez-zebidi</t>
+          <t>Mukayeseli İslam Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256268586</t>
+          <t>9786256268685</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası ve Orta Asya İslam Medeniyetinin Gerilemesi</t>
+          <t>Osmanlı Tasavvuf Hayatında Bir Merkez Şeyh Murad Buhari Dergahı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256268524</t>
+          <t>9786256268692</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkıh Kaynaklarına Yansıyan Fetva Usulü Problemleri</t>
+          <t>Ruhumun Vatanı Kabe-i Muazzama</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000051795</t>
+          <t>9786256268678</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 10 (Ciltli)</t>
+          <t>Hadisler Işığında Oruç İbadeti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60.18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000051794</t>
+          <t>9786256268630</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 11 (Ciltli)</t>
+          <t>Boşanmaya Sebep Olan Sözler ve Sonuçları Talak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60.18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000051790</t>
+          <t>9786256268623</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 6 (Ciltli)</t>
+          <t>Yol Yolcu Yolculuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60.18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000051789</t>
+          <t>9786256268654</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 8 (Ciltli)</t>
+          <t>Anlatısal Din Eğitimi Yaklaşımı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60.18</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000051788</t>
+          <t>9786256268661</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 9 (Ciltli)</t>
+          <t>Hayata Yön Veren Düşünceler ve Hayatımdaki Harikuladelikler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60.18</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000051787</t>
+          <t>9786256268272</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 4 (Ciltli)</t>
+          <t>Şüpheler ve Gerçekler (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60.18</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000051786</t>
+          <t>9786256268579</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>islam Tarihi Ansiklopedisi Cilt: 1 (Ciltli)</t>
+          <t>Şüpheler ve Gerçekler 4 - Tarihi Meselelere Dair</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>60.18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000051785</t>
+          <t>9786256268562</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 2 (Ciltli)</t>
+          <t>Şüpheler ve Gerçekler 3 - Tasavvufi Meselelere Dair</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60.18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000051784</t>
+          <t>9786256268517</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 3 (Ciltli)</t>
+          <t>Maneviyat Bilinci</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60.18</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000045969</t>
+          <t>9786256268500</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Rey’in Rivayet Anlayışı</t>
+          <t>Kemal Batanay Beste Külliyatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>23.15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757574224</t>
+          <t>9786256268340</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Yeniden Parlıyor</t>
+          <t>Koçaşlı Hoca (Hacı İbrahim Koçaşlı)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>16.67</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055996413</t>
+          <t>9786256268333</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ulemanın Gözüyle Bediüzzaman</t>
+          <t>Vahyin Işığında Baba - Ana - Evlat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>23.15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000051793</t>
+          <t>9786256268319</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 12 (Ciltli)</t>
+          <t>Kızılelma 4 - Osmanlı’da Darbeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60.18</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000051792</t>
+          <t>9786256268326</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ansiklopedisi Cilt: 14 (Ciltli)</t>
+          <t>Şüpheler ve Gerçekler 2- Fıkhi Meselelere Dair</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60.18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757574590</t>
+          <t>9786256268289</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk</t>
+          <t>Şüpheler ve Gerçekler 1 - İtikadi Meselelere Dair</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12.96</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055996505</t>
+          <t>9786256268265</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Seküler Ceza Hukuku Kurumlarıyla Mukayeseli İslam Ceza Hukuku (2 Cilt Takım) (Ciltli)</t>
+          <t>İslamda Öğrenci Ahlakı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000012337</t>
+          <t>9786256268296</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ruh Terbiyemiz</t>
+          <t>İtikad'da Sağlam Yol (Durusut Tevhid Şerhi)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>23.15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055996079</t>
+          <t>9786256268258</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bunları Biliyor muydunuz?</t>
+          <t>Agnostisizm Paradoksu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757574354</t>
+          <t>9786256268241</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kur’an’ı Tefsiri</t>
+          <t>El-Mukaddime (Tercüme ve Şerhi)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>13.89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055996369</t>
+          <t>9786256268234</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Öğretmen</t>
+          <t>İslam’ın Temel Prensipleri (İman-ibadet Ahlak)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757574880</t>
+          <t>9786256268227</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ya da Kadercilik</t>
+          <t>Öz'e Dönüş İslam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>10</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757574927</t>
+          <t>9786256268210</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölümün İçindeki Hayat Hayatın İçindeki Ölüm</t>
+          <t>Türk Dini Musikisi Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>12</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757574484</t>
+          <t>9786257444910</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hilafet ve Halifeliğin Kaldırılması</t>
+          <t>Doğuda Ravi ve İsnad (Hicri İlk Üç Asırda Semerkant)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>16.67</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757574958</t>
+          <t>9786259852805</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orucu Yaşayanlar</t>
+          <t>Dilin Afetleri (Afatü’l-lisan)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>4.63</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055996499</t>
+          <t>9786257444972</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Omzumdaki Melek</t>
+          <t>Osmanlı’dan Günümüze Mezhep ve Tarikatlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055996338</t>
+          <t>9786257444934</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nükte Çarşısı</t>
+          <t>Kalplerin Keşfi (Mükaşefetu'l Kulub) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055996390</t>
+          <t>9786257444941</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Namaz</t>
+          <t>Kuran-ı Kerim ve Batı Kaynaklarına Göre Hristiyanlık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>10</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000013637</t>
+          <t>9786257444927</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müceddid-i Elfisani İmam-ı Rabbani</t>
+          <t>Nevadiru'l-Asar Fi Mütala'atı'l-Eş'ar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>16.67</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757574361</t>
+          <t>9786257444996</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kulluk</t>
+          <t>Ekonomi Kalkınma Modelleri 1 Ahilik Teşkilatı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>23.15</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000012321</t>
+          <t>9786257444552</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tefsirinin Kaynakları</t>
+          <t>Ekonomi Kalkınma Modelleri 3 Müteşebbis Ortaklığı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000005994</t>
+          <t>9786257444101</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz Cinayeti</t>
+          <t>Ekonomi Kalkınma Modelleri 2 Para Vakıfları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757574415</t>
+          <t>9786257444965</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kafkas-Rus Savaşında Çerkezler-Çeçenler, Kazaklar, Gürcüler</t>
+          <t>Liverpool Müslümanlığı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>11.11</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000012543</t>
+          <t>9786257444866</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İdare ve Siyaset</t>
+          <t>Kitabu’l İlm (Tercümesi Ve Şerhi) 2 Cilt</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>9.26</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000013955</t>
+          <t>9786257444958</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Önderleri Tarihi (8 Cilt Takım) (Ciltli)</t>
+          <t>Kızılelma 3 - Hz. Muhammed'in (S.A.S) Ordusu Osmanlı (Hilafet Yolunda)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185.19</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055996017</t>
+          <t>9786257444903</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi</t>
+          <t>El İsti’ab Fi Ma’rifeti’l-Ashab</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>40</v>
+        <v>900</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000003046</t>
+          <t>9786257444859</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Çocuk</t>
+          <t>İslam Felsefesinde Temel Problemler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11.11</v>
+        <v>750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000014540</t>
+          <t>9786257444811</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisinin Temel Meseleleri</t>
+          <t>İman</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>4.63</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757574187</t>
+          <t>9786257444842</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer Ve Modern Sistemler (Ciltli)</t>
+          <t>İslam Hukukunda Nitelikleri İtibarıyla Satım Akdine Konu Olamayan Mallar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757574989</t>
+          <t>9786257444835</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer ve Nebevi Sünnet</t>
+          <t>Şerh-i Kanun-i Ticaret</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055996260</t>
+          <t>9786257444804</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlmihali</t>
+          <t>Mişkatu’l Envar Nurlar Alemi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055996109</t>
+          <t>9786257444828</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ezan</t>
+          <t>Hz. Ömer - İman, Cesaret, Zafer</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757574194</t>
+          <t>9786257444781</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Toplum</t>
+          <t>Hanımlara Özel Hadisler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>13.89</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759221638</t>
+          <t>9786257444798</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur'anın Embriyolojik Sırları</t>
+          <t>İmam-ı Azam Ebu Hanife’nin İtikadi Görüşleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>11.11</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059669122</t>
+          <t>9786257444712</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ne Söyler? Sufi Ne Anlar?</t>
+          <t>Muvatta - İmam Muhammed Rivayeti (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059669115</t>
+          <t>9786257444675</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tasavvufi Yorumu</t>
+          <t>Hz. Alinin Arap Dili ve Belagatine Katkısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059669030</t>
+          <t>9786257444705</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şehir Az İleride</t>
+          <t>Gençler İçin Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757574521</t>
+          <t>9786257444699</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim'in Faziletleri</t>
+          <t>Mi’yarü’l İlim İlmin Ölçütü ve Mantık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757574729</t>
+          <t>9786257444682</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’den Hikmet Damlaları</t>
+          <t>Kızılelma 2 - Büyük Kartal</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>16.67</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000011428</t>
+          <t>9786257444170</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültür Buhranı</t>
+          <t>Rehberim Müjdecim Efendim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>6</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000052763</t>
+          <t>9786257444149</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müsned - Tercüme ve Şerh Cilt 2 (Ciltli)</t>
+          <t>Türkiye’de Yüksek Din Öğretimi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055996932</t>
+          <t>9786257444163</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Müsned - Tercüme ve Şerh 1.Cilt (Ciltli)</t>
+          <t>Değişen Saraybosna’da Eğitim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059669658</t>
+          <t>9786257444156</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerinde Aile Hukuku Uygulamaları</t>
+          <t>Soykırımlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059669610</t>
+          <t>9786059669542</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Anne ve Babanın Sorumlulukları</t>
+          <t>Taberi'nin İtikadi Görüşleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059669801</t>
+          <t>9786059669528</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İtikadi Mezhepler</t>
+          <t>Kadi Beyzavi'de Varlık</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000051661</t>
+          <t>9786059669436</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli İslam Ceza Hukuku Cilt: 1 (Ciltli)</t>
+          <t>Kur'an'da Hz. Peygamber'in (s.a.v.) Vasıfları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>74.07</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786059669283</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetine Adanmış Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789757574965</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Uçbeyliği’nden Devlet-i Aliyye’ye Osmanlı</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786055996116</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Boyutuyla Kur’an-ı Kerim Öğretimi ve Reisü’l Kurralık</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786055996468</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Şah-ı Gülistan</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786055996185</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Abdülhamid ve Dönemi Osmanlı Devleti</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786055996239</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Sosyo - Kültürel Açıdan Ermeniler ve Türkler</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789757574583</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset ve İdare</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789757574347</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Rusların Kafkasyayı İşgalinde İngiliz Politikası ve İmam Şamil</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789757574620</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789757574699</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber (s.a.v.) Gibi Yaşamak</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789757574569</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadislerle Ölümden Sonra Diriliş</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789757574552</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğunun Çöküşü</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786055996284</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğunda Defterdarlık Teşkilatı ve Bürokrasisi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786055996420</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti Tarihi</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786055996550</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Onsekizbin Alemin Mustafa’sı Hz. Muhammed ve Son Ümmet</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786055996437</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Hanımın El Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789757574897</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Mu’tazıd ve Müktefi Döneminde Abbasiler</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786055996024</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055996192</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Mekke’nin Fethi</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786055996277</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Latifeler</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789757574255</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Işığında Müslim - Gayrimüslim Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786055996406</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim’de Hac</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789757574613</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Sosyal Dayanışma</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786055996529</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Peygamber Aileleri</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789757574866</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Tefsir Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786055996215</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Sofrası</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055996321</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Kendisini Nasıl Tanıtır?</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055996031</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kadına Kitabi Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789757574392</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>İslamda İmamet ve Hilafet</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789757574286</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Helaller ve Haramlar (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>3990000004053</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Ferd Ve Devlet Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786055996062</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>İslama Göre Dost ve Düşman (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789757574023</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi (14 Cilt Takım, 2. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>12600</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786055996314</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültürü Ve Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789757574439</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Açısından Cehalet</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786055996444</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>İntikalinden İlgasına Osmanlı'da Hilafet</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789757574835</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığa Işık Tutan Büyükler ve Onların Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786055996376</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İmamların Fıkhi İhtilaflarında Hadislerin Rolü</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789757574859</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed (s.a.v.) Siyer-i Nebi</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789757574934</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Mevlana</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786055996697</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali Diyor Ki</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786055996345</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Harun Reşid</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059669429</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786055996086</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Halil Hoca</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789757574811</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Namaz</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786055996000</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Gazali</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786055996147</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>El - Munkizü Mine’d Dalal Ve Tasavvufi İncelemeler</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055996222</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Ehli Sünnet Akidesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786055996581</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Ehli Sünnet Akaidi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055996451</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Hadislerde Dua - Dua’nız Olmasaydı</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789757574385</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Dinde Ölçülü Olmak</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055996291</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Din Kültürü Tatil Kitabı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786055996543</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Camilerimiz ve Mahalle İmamı</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786055996307</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Defteri</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789757574200</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Azgın Medeniyet</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786055996253</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Aşk O’nu Yaşamaktır</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786055996864</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Artanlı Mehmet Said Hoca</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786055996789</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Uhud'un Ardında Cennet Var</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786055996758</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültür Tarihinde Musiki</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786055996710</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadislerle Cennet - Cehennem</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786055996703</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Her Hayrın Başı Besmele</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055996680</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İlmi Mucizeler</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055996802</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Gayr-i Müslimlere Reddiye : Hz. Peygamber Neden Çok Evlendi?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055996673</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Mahrem Konulara Giriş</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786055996796</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Temel İnanç Sistemlerinde Tartışılan Konulara Sünni Bakış</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786055996819</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kulluğun Zirvesi Allah Sevgisi : O Sizi Seviyor</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786055996598</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'dan Nasıl İstifade Edilir</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786055996611</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Misyonerlik ve Tebliğ Açısından İncil - Kur'an</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786055996642</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Vergi Sistemi</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786055996666</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Vakıf Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786055996659</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Toplum Yapısı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055996628</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Eğitim Öğretim</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055996826</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Anlaşılmasında Anahtar Kavramlar</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055996352</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Hıristiyan İlişkileri Tarihi</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055996772</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>El-Munkızu Mine'd Dalal ve Tercümesi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055996765</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanların Gerilemesiyle Dünya Neler Kaybetti?</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055996741</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Ulema</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055996574</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Tecvid: Vesiletü'l-Ğufran</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786257444187</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Beynelmilel Yahudi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786059669412</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>2 Sonsuz ve Son</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786059669252</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Günümüze Fütüvvet ve Ahilik</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786059669269</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Türk Musikisi Nazariyatı Tarihi</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786059669221</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Tarihi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786059669290</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Göre İman - İnkar Temelinde Yakınlık ve Uzaklık</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786059669276</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Aişenin Tefsir Rivayetleri ve Metodu</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786059669160</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786059669191</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Plevne</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786055996918</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Sultanü' l - Müfessirin Ehl-i Beytin Sultanı Abdullah İbn Abbas</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055996901</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatiplinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786055996871</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Bilgin Divane Behlül Dana</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786059669368</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Adıyaman' da Bir Sahabi - Safvan b. Muattal ve İfk Hadisesi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059669214</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kader Sorunu mu? Kadere İman mı? 2</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786059669207</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Kader Sorunu mu? Kadere İman mı? 1</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786059669177</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Ticaret Rehberi</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059669184</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Huzurlu Yaşam</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059669139</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Temel Konularına Giriş</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059669153</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Hayat Reçetesi</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059669146</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Drama</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059669009</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Çağların Hanımefendisi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059669245</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs Gırnata Sultanlığı ve Kuzey Afrika İslam Devletleri</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786055996840</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Menakıb-ı İmam Ebu Hanife</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786055996857</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Hatice-i Kübra</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786059669313</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Siyer ve İtikad</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786059669320</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Tartışılan Temel Ameli Konulara Doğru Bakış</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059669306</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Okulda ve Ailede Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059669238</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Çağlayan</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786056996078</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Unutulan Medeniyet Osmanlı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786055996895</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenden Mektup Var</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786055996888</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Mazbut Kentin Seküler Kimliği</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786059669108</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>İslam Gençliğinin Stratejisi</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786059669085</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>1293 Osmanlı-Rus Sefer-i Ahiri</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055996061</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hutbeleri</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055996956</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786055996963</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi 5</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059669016</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi 4</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786055996994</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi 3</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786055996987</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786055996970</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786059669023</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>İslamın Zor Yılları ve İlk Boykot</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786055996635</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Medeniyeti Tarihi 3: Osmanlı'da Yerel Yönetim</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055996727</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Medeniyeti Tarihi Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055996734</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Her Kadın Aslında...</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786055996925</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Müsned - Tercüme ve Şerh (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059669689</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Uygulamalarıyla İslam Aile Hukuku</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059669696</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Çoşima Deniz Meydan Muharebesinde Moskof Donanmasının Perişanlığı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059669147</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>El-Munkizu Mine'd Dalal ve Tasavvufi İncelemeler</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786247444132</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Niçin Mağlup Olduk</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786257444095</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Niyazi Hoca (Mehmet Niyazi Kasapoğlu)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786257444125</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Kızılelma 1 - Kayı Boyundan Cihan Devletine (623 Yıllk Ülkü)</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055996161</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina, Gazzali ve İbn Rüşd Düşüncesinde Ahiret</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789757574453</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber (sav)’in Aile Hayatı</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789757574019</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi (14 Cilt Takım 1. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789757574514</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir Usulü ve Tarihi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786055996604</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Tartışmaların Odağındaki Halife Yezid</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059669665</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059669474</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İnsanın Nitelikleri</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059669757</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>El-Asar (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059669726</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Prens Sabahaddin ve Terakkisi</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059669740</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Şüra Süresinin Tefsiri</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059669733</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Musibet ve İmtihan</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059669702</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>İmam-ı Rabbani ve Ehl-i Sünnet Davası</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789757574736</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Siyon Liderlerinin Protokolleri</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059669818</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Tarihinde Kadınların İzi</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059669832</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Benim Annem Avukat</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059669863</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitimi Açısından Kur’an’da Doğru Düşünme</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059669849</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Nahl 90. Ayet Bağlamında Ahlak Eğitimi</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059669856</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Açısından Hz. Yusuf Kıssası</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059669825</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059669627</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Allah İnancı ve Esmaü'l Hüsna</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059669634</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Arayan Ruhlar</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059669641</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Kültüründe Hz. Peygamber</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059669719</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Tutarsızlık Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059669603</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>İlm-i Kelam ve Diğer İlimlerle İlişkileri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059669672</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Mekasıdü’l-Felasife</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786059669788</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Tehafütü'l Felasife</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059669795</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın İtikad Esasları - Ehl-i Sünnet</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059669597</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>İnanç ve Jön Türk Temelinde Türk Modernizmi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059669535</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Arşiv Belgeleri Işığında Malatya'daki Vakıf  Eserleri</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059669511</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Filibe</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059669580</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Gözüyle Ailede ve Toplumda Beka Sorunu</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059669443</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786055996512</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Metod Osmanlı Türkçesi ve Seçme Metinler</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786055996130</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukuna Giriş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059669498</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Dünyalar</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059669504</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Eşref-i Mahlukatı Anlamak</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059669481</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Orada Bir Köy Var Uzakta</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059669450</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Ruhlar Denizi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059689382</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Kufe Dil Ekolü Rivayet Anlayışı</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059669405</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Tarihi</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059669399</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Müminlerin Nitelikleri</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059669559</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu'l Asar (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059669337</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>İmam-ı Azam Ebu Hanifenin Rivayet Ettiği Ahkam Hadisleri (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789757574682</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Türk İslam Sanatları ve Estetiği</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786256268593</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Fakihi ve Muhaddis Murtaza Ez-zebidi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786256268586</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Moğol İstilası ve Orta Asya İslam Medeniyetinin Gerilemesi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786256268524</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Fıkıh Kaynaklarına Yansıyan Fetva Usulü Problemleri</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>3990000051795</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 10 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>3990000051794</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 11 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>3990000051790</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 6 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>3990000051789</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 8 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>3990000051788</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 9 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>3990000051787</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>3990000051786</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>islam Tarihi Ansiklopedisi Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>3990000051785</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>3990000051784</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>3990000045969</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Rey’in Rivayet Anlayışı</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789757574224</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar Yeniden Parlıyor</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786055996413</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Ulemanın Gözüyle Bediüzzaman</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>3990000051793</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 12 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>3990000051792</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Ansiklopedisi Cilt: 14 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>60.18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789757574590</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786055996505</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Seküler Ceza Hukuku Kurumlarıyla Mukayeseli İslam Ceza Hukuku (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>3990000012337</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Terbiyemiz</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786055996079</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Bunları Biliyor muydunuz?</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789757574354</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Kur’an’ı Tefsiri</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786055996369</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Özlenen Öğretmen</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789757574880</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük ya da Kadercilik</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789757574927</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün İçindeki Hayat Hayatın İçindeki Ölüm</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789757574484</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Hilafet ve Halifeliğin Kaldırılması</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789757574958</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Orucu Yaşayanlar</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786055996499</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Omzumdaki Melek</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786055996338</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Nükte Çarşısı</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786055996390</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Namaz</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>3990000013637</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Müceddid-i Elfisani İmam-ı Rabbani</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789757574361</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Kulluk</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>3990000012321</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Tefsirinin Kaynakları</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>3990000005994</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Kesintisiz Cinayeti</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789757574415</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas-Rus Savaşında Çerkezler-Çeçenler, Kazaklar, Gürcüler</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>3990000012543</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da İdare ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>3990000013955</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>İslam Önderleri Tarihi (8 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>185.19</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786055996017</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>İslam Mezhepleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>3990000003046</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Çocuk</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>3990000014540</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ekonomisinin Temel Meseleleri</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789757574187</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ömer Ve Modern Sistemler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789757574989</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Ömer ve Nebevi Sünnet</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786055996260</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Hadis İlmihali</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786055996109</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Ezan</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789757574194</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Aile ve Toplum</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789759221638</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Kur'anın Embriyolojik Sırları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786059669122</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Ne Söyler? Sufi Ne Anlar?</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059669115</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Tasavvufi Yorumu</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786059669030</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Az İleride</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789757574521</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ı Kerim'in Faziletleri</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789757574729</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>İmam-ı Rabbani’den Hikmet Damlaları</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>3990000011428</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kültür Buhranı</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>3990000052763</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Müsned - Tercüme ve Şerh Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786055996932</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Müsned - Tercüme ve Şerh 1.Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059669658</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ülkelerinde Aile Hukuku Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786059669610</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitiminde Anne ve Babanın Sorumlulukları</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786059669801</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da İtikadi Mezhepler</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>3990000051661</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Mukayeseli İslam Ceza Hukuku Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>74.07</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
           <t>9786059669467</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B292" s="1" t="inlineStr">
         <is>
           <t>Mehammü'l-Fukaha</t>
         </is>
       </c>
-      <c r="C61" s="1">
+      <c r="C292" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>