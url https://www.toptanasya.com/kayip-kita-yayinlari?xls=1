--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1525 +85,1645 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259667218</t>
+          <t>9786259276106</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 11</t>
+          <t>Sensör</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259667249</t>
+          <t>9786259276113</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 4</t>
+          <t>Sensör (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259667232</t>
+          <t>9786259667294</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı Cilt 3</t>
+          <t>Skip and Loafer 3</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259667225</t>
+          <t>9786259276120</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 9</t>
+          <t>Parazit Cilt 5</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259695051</t>
+          <t>9786259667256</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toradora! Cilt 1</t>
+          <t>Beastars 6</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259695044</t>
+          <t>9786259667287</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım Sensin - 1</t>
+          <t>Mieruko-chan Cilt 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259695068</t>
+          <t>9786259667270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Happiness - 3</t>
+          <t>Pandora Hearts Cilt 2</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259695082</t>
+          <t>9786259667263</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 1</t>
+          <t>Sihirli Kız Sitesi Cilt 5</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259695099</t>
+          <t>9786259667218</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 2</t>
+          <t>Mobuko’nun Aşkı 11</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259667201</t>
+          <t>9786259667249</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
+          <t>Parazit Cilt 4</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259695037</t>
+          <t>9786259667232</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 2</t>
+          <t>Gecenin Çağrısı Cilt 3</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259695020</t>
+          <t>9786259667225</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 1</t>
+          <t>Kuma Kuma Kuma Bear Cilt 9</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259695013</t>
+          <t>9786259695051</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 4</t>
+          <t>Toradora! Cilt 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259695006</t>
+          <t>9786259695044</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür Cilt 2</t>
+          <t>İlk Aşkım Sensin - 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259727066</t>
+          <t>9786259695068</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 4</t>
+          <t>Happiness - 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259727097</t>
+          <t>9786259695082</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 2</t>
+          <t>Tomie - 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259727080</t>
+          <t>9786259695099</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp Cilt 2</t>
+          <t>Tomie - 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259727073</t>
+          <t>9786259667201</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı 2</t>
+          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>690</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259727042</t>
+          <t>9786259695037</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell Cilt 2</t>
+          <t>Josee, Kaplan ve Balık - 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259727059</t>
+          <t>9786259695020</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pandora Hearts - 1</t>
+          <t>Josee, Kaplan ve Balık - 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259727011</t>
+          <t>9786259695013</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 4</t>
+          <t>Renksiz Cilt 4</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259727035</t>
+          <t>9786259695006</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Relife Cilt 1</t>
+          <t>Beni Ay’a Götür Cilt 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259727028</t>
+          <t>9786259727066</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 8</t>
+          <t>Blend S Cilt 4</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259755588</t>
+          <t>9786259727097</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Skip and Loafer 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259755571</t>
+          <t>9786259727080</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Huzurlu Kamp Cilt 2</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259727004</t>
+          <t>9786259727073</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 3</t>
+          <t>Gecenin Çağrısı 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259755595</t>
+          <t>9786259727042</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Happiness Cilt 2</t>
+          <t>Gash Bell Cilt 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259755557</t>
+          <t>9786259727059</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer Cilt-1</t>
+          <t>Pandora Hearts Cilt 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259755564</t>
+          <t>9786259727011</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mieruko-chan Cilt 1</t>
+          <t>Sahirin Gelini 4</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259755533</t>
+          <t>9786259727035</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 3</t>
+          <t>Relife Cilt 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259755540</t>
+          <t>9786259727028</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 5</t>
+          <t>Kuma Kuma Kuma Bear Cilt 8</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259755519</t>
+          <t>9786259755588</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İlahi Yalan</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259755526</t>
+          <t>9786259755571</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür - 1</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056717727</t>
+          <t>9786259727004</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Romanların Dünyası</t>
+          <t>Parazit Cilt 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>18.52</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056717741</t>
+          <t>9786259755595</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yüz Uzun Yıl</t>
+          <t>Happiness Cilt 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>22.22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056717734</t>
+          <t>9786259755557</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kurşun Geçirmez</t>
+          <t>Skip and Loafer 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>23.15</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056717703</t>
+          <t>9786259755564</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yukarışehir</t>
+          <t>Mieruko-chan Cilt 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056717710</t>
+          <t>9786259755533</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İsmet Paşa'nın Ağır Topları</t>
+          <t>Blend S Cilt 3</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>22.22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259514994</t>
+          <t>9786259755540</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi</t>
+          <t>Yeni Geçit Cilt 5</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259514987</t>
+          <t>9786259755519</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Happiness</t>
+          <t>İlahi Yalan</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259755502</t>
+          <t>9786259755526</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Parazit</t>
+          <t>Beni Ay’a Götür - 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259514970</t>
+          <t>9786056717727</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Beastars 5</t>
+          <t>Romanların Dünyası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057302304</t>
+          <t>9786056717741</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Yaz</t>
+          <t>Yüz Uzun Yıl</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259514932</t>
+          <t>9786056717734</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı - 1</t>
+          <t>Toprak Kurşun Geçirmez</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259514956</t>
+          <t>9786056717703</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp - 1</t>
+          <t>Yukarışehir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259514925</t>
+          <t>9786056717710</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 1</t>
+          <t>İsmet Paşa'nın Ağır Topları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259514949</t>
+          <t>9786259514994</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Yalanı</t>
+          <t>Sihirli Kız Sitesi Cilt 4</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259514963</t>
+          <t>9786259514987</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
+          <t>Happiness</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1025</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259514901</t>
+          <t>9786259755502</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>Parazit Cilt 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259514918</t>
+          <t>9786259514970</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>Beastars 5</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259464596</t>
+          <t>9786057302304</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 10</t>
+          <t>Özel Bir Yaz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259464589</t>
+          <t>9786259514932</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 9</t>
+          <t>Gecenin Çağrısı - 1</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259464572</t>
+          <t>9786259514956</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 4</t>
+          <t>Huzurlu Kamp - 1</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259464565</t>
+          <t>9786259514925</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 7</t>
+          <t>Parazit Cilt 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259464541</t>
+          <t>9786259514949</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 2</t>
+          <t>Öpücük Yalanı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259464558</t>
+          <t>9786259514963</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İskelet Ejderin Küçük Kızı</t>
+          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>175</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259464534</t>
+          <t>9786259514901</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259464527</t>
+          <t>9786259514918</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 4</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259435671</t>
+          <t>9786259464596</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 3</t>
+          <t>Mobuko’nun Aşkı 10</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259464503</t>
+          <t>9786259464589</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yumi ve Kurumi (Ciltli)</t>
+          <t>Mobuko’nun Aşkı 9</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259464510</t>
+          <t>9786259464572</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Blend S</t>
+          <t>Yeni Geçit Cilt 4</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259435664</t>
+          <t>9786259464565</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 3</t>
+          <t>Kuma Kuma Kuma Bear Cilt 7</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259435695</t>
+          <t>9786259464541</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 3</t>
+          <t>Blend S Cilt 2</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259435657</t>
+          <t>9786259464558</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 3</t>
+          <t>İskelet Ejderin Küçük Kızı</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259435688</t>
+          <t>9786259464534</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 3</t>
+          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259435640</t>
+          <t>9786259464527</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 8</t>
+          <t>Beastars Cilt 4</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259435633</t>
+          <t>9786259435671</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 7</t>
+          <t>Renksiz Cilt 3</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259897288</t>
+          <t>9786259464503</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell 1</t>
+          <t>Yumi ve Kurumi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259435619</t>
+          <t>9786259464510</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi 2</t>
+          <t>Blend S</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259435626</t>
+          <t>9786259435664</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear 6</t>
+          <t>Sahirin Gelini 3</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259997650</t>
+          <t>9786259435695</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
+          <t>Yeni Geçit 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259897295</t>
+          <t>9786259435657</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beastars 2</t>
+          <t>Sihirli Kız Sitesi Cilt 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259435602</t>
+          <t>9786259435688</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 2</t>
+          <t>Beastars Cilt 3</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259897219</t>
+          <t>9786259435640</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 5</t>
+          <t>Mobuko’nun Aşkı 8</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259997698</t>
+          <t>9786259435633</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Renksiz</t>
+          <t>Mobuko’nun Aşkı 7</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259897264</t>
+          <t>9786259897288</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi 1</t>
+          <t>Gash Bell 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259897271</t>
+          <t>9786259435619</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 2</t>
+          <t>Sihirli Kız Sitesi Cilt 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259897240</t>
+          <t>9786259435626</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 6</t>
+          <t>Kuma Kuma Kuma Bear 6</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259897257</t>
+          <t>9786259997650</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 5</t>
+          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259997667</t>
+          <t>9786259897295</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 1</t>
+          <t>Beastars 2</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259997636</t>
+          <t>9786259435602</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kavşak</t>
+          <t>Sahirin Gelini 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259997643</t>
+          <t>9786259897219</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 1</t>
+          <t>Dünyayı Değiştir 5</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259997629</t>
+          <t>9786259997698</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 3</t>
+          <t>Renksiz</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259997612</t>
+          <t>9786259897264</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 1</t>
+          <t>Sihirli Kız Sitesi Cilt 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259997605</t>
+          <t>9786259897271</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 4</t>
+          <t>Yeni Geçit 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057302397</t>
+          <t>9786259897240</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 3</t>
+          <t>Mobuko’nun Aşkı 6</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057302380</t>
+          <t>9786259897257</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 3</t>
+          <t>Kuma Kuma Kuma Bear Cilt 5</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057302373</t>
+          <t>9786259997667</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 2</t>
+          <t>Sahirin Gelini 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057302359</t>
+          <t>9786259997636</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir</t>
+          <t>Kavşak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057302342</t>
+          <t>9786259997643</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 2</t>
+          <t>Yeni Geçit 1</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057302335</t>
+          <t>9786259997629</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 1</t>
+          <t>Dünyayı Değiştir 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057302328</t>
+          <t>9786259997612</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu</t>
+          <t>Renksiz Cilt 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259897233</t>
+          <t>9786259997605</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beastars 1</t>
+          <t>Mobuko’nun Aşkı 4</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259897226</t>
+          <t>9786057302397</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 4</t>
+          <t>Mobuko’nun Aşkı 3</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259897202</t>
+          <t>9786057302380</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Kuma Kuma Kuma Bear Cilt 3</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259997681</t>
+          <t>9786057302373</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 5</t>
+          <t>Dünyayı Değiştir 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259997674</t>
+          <t>9786057302359</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+          <t>Dünyayı Değiştir</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057302366</t>
+          <t>9786057302342</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+          <t>Mobuko’nun Aşkı 2</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9786057302335</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 1</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057302328</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat Bürosu</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786259897233</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Beastars 1</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786259897226</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştir 4</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786259897202</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Sığınak</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786259997681</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Mobuko’nun Aşkı 5</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786259997674</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057302366</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
           <t>9786057302311</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Mobuko’nun Aşkı</t>
         </is>
       </c>
-      <c r="C100" s="1">
+      <c r="C108" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>