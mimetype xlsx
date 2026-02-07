--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,1645 +85,1825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259276106</t>
+          <t>9786259360447</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sensör</t>
+          <t>Erased Cilt 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259276113</t>
+          <t>9786259360430</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sensör (Ciltli)</t>
+          <t>Sahirin Gelini 6</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259667294</t>
+          <t>9786259360423</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 3</t>
+          <t>Beni Ay’a Götür Cilt 4</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259276120</t>
+          <t>9786259360416</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 5</t>
+          <t>Beastars Cilt 7</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259667256</t>
+          <t>9786259360409</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beastars 6</t>
+          <t>Girl Crush Cilt 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259667287</t>
+          <t>9786259695075</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mieruko-chan Cilt 2</t>
+          <t>Sahirin Gelini 5</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259667270</t>
+          <t>9786259276151</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pandora Hearts Cilt 2</t>
+          <t>Beni Ay'a Götür Cilt 3</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259667263</t>
+          <t>9786259276144</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 5</t>
+          <t>İskelet Ejderin Küçük Kızı Cilt 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259667218</t>
+          <t>9786259276199</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 11</t>
+          <t>Relife Cilt 2</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259667249</t>
+          <t>9786259276175</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 4</t>
+          <t>Renksiz Cilt 7</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259667232</t>
+          <t>9786259276168</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı Cilt 3</t>
+          <t>Renksiz Cilt 6</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259667225</t>
+          <t>9786259276137</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 9</t>
+          <t>Renksiz Cilt 5</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259695051</t>
+          <t>9786259276106</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Toradora! Cilt 1</t>
+          <t>Sensör</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259695044</t>
+          <t>9786259276113</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım Sensin - 1</t>
+          <t>Sensör (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259695068</t>
+          <t>9786259667294</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Happiness - 3</t>
+          <t>Skip and Loafer 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259695082</t>
+          <t>9786259276120</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 1</t>
+          <t>Parazit Cilt 5</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259695099</t>
+          <t>9786259667256</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 2</t>
+          <t>Beastars 6</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259667201</t>
+          <t>9786259667287</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
+          <t>Mieruko-chan Cilt 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>690</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259695037</t>
+          <t>9786259667270</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 2</t>
+          <t>Pandora Hearts Cilt 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259695020</t>
+          <t>9786259667263</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 1</t>
+          <t>Sihirli Kız Sitesi Cilt 5</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259695013</t>
+          <t>9786259667218</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 4</t>
+          <t>Mobuko’nun Aşkı 11</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259695006</t>
+          <t>9786259667249</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür Cilt 2</t>
+          <t>Parazit Cilt 4</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259727066</t>
+          <t>9786259667232</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 4</t>
+          <t>Gecenin Çağrısı Cilt 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259727097</t>
+          <t>9786259667225</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 2</t>
+          <t>Kuma Kuma Kuma Bear Cilt 9</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259727080</t>
+          <t>9786259695051</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp Cilt 2</t>
+          <t>Toradora! Cilt 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259727073</t>
+          <t>9786259695044</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı 2</t>
+          <t>İlk Aşkım Sensin - 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259727042</t>
+          <t>9786259695068</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell Cilt 2</t>
+          <t>Happiness - 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259727059</t>
+          <t>9786259695082</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pandora Hearts Cilt 1</t>
+          <t>Tomie - 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259727011</t>
+          <t>9786259695099</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 4</t>
+          <t>Tomie - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259727035</t>
+          <t>9786259667201</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Relife Cilt 1</t>
+          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>830</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259727028</t>
+          <t>9786259695037</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 8</t>
+          <t>Josee, Kaplan ve Balık - 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259755588</t>
+          <t>9786259695020</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Josee, Kaplan ve Balık - 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259755571</t>
+          <t>9786259695013</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Renksiz Cilt 4</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259727004</t>
+          <t>9786259695006</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 3</t>
+          <t>Beni Ay’a Götür Cilt 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259755595</t>
+          <t>9786259727066</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Happiness Cilt 2</t>
+          <t>Blend S Cilt 4</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259755557</t>
+          <t>9786259727097</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 1</t>
+          <t>Skip and Loafer 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259755564</t>
+          <t>9786259727080</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mieruko-chan Cilt 1</t>
+          <t>Huzurlu Kamp Cilt 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259755533</t>
+          <t>9786259727073</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 3</t>
+          <t>Gecenin Çağrısı 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259755540</t>
+          <t>9786259727042</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 5</t>
+          <t>Gash Bell Cilt 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259755519</t>
+          <t>9786259727059</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlahi Yalan</t>
+          <t>Pandora Hearts Cilt 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259755526</t>
+          <t>9786259727011</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür - 1</t>
+          <t>Sahirin Gelini 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056717727</t>
+          <t>9786259727035</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Romanların Dünyası</t>
+          <t>Relife Cilt 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056717741</t>
+          <t>9786259727028</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüz Uzun Yıl</t>
+          <t>Kuma Kuma Kuma Bear Cilt 8</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>22.22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056717734</t>
+          <t>9786259755588</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kurşun Geçirmez</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>23.15</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056717703</t>
+          <t>9786259755571</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yukarışehir</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>25</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056717710</t>
+          <t>9786259727004</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İsmet Paşa'nın Ağır Topları</t>
+          <t>Parazit Cilt 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>22.22</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259514994</t>
+          <t>9786259755595</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 4</t>
+          <t>Happiness Cilt 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259514987</t>
+          <t>9786259755557</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Happiness</t>
+          <t>Skip and Loafer 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259755502</t>
+          <t>9786259755564</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 2</t>
+          <t>Mieruko-chan Cilt 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259514970</t>
+          <t>9786259755533</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beastars 5</t>
+          <t>Blend S Cilt 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057302304</t>
+          <t>9786259755540</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Yaz</t>
+          <t>Yeni Geçit Cilt 5</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259514932</t>
+          <t>9786259755519</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı - 1</t>
+          <t>İlahi Yalan</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259514956</t>
+          <t>9786259755526</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp - 1</t>
+          <t>Beni Ay’a Götür - 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259514925</t>
+          <t>9786056717727</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 1</t>
+          <t>Romanların Dünyası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259514949</t>
+          <t>9786056717741</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Yalanı</t>
+          <t>Yüz Uzun Yıl</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259514963</t>
+          <t>9786056717734</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
+          <t>Toprak Kurşun Geçirmez</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1025</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259514901</t>
+          <t>9786056717703</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>Yukarışehir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259514918</t>
+          <t>9786056717710</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>İsmet Paşa'nın Ağır Topları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259464596</t>
+          <t>9786259514994</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 10</t>
+          <t>Sihirli Kız Sitesi Cilt 4</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259464589</t>
+          <t>9786259514987</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 9</t>
+          <t>Happiness</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259464572</t>
+          <t>9786259755502</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 4</t>
+          <t>Parazit Cilt 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259464565</t>
+          <t>9786259514970</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 7</t>
+          <t>Beastars 5</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259464541</t>
+          <t>9786057302304</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 2</t>
+          <t>Özel Bir Yaz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259464558</t>
+          <t>9786259514932</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İskelet Ejderin Küçük Kızı</t>
+          <t>Gecenin Çağrısı - 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259464534</t>
+          <t>9786259514956</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
+          <t>Huzurlu Kamp - 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259464527</t>
+          <t>9786259514925</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 4</t>
+          <t>Parazit Cilt 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259435671</t>
+          <t>9786259514949</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 3</t>
+          <t>Öpücük Yalanı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259464503</t>
+          <t>9786259514963</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yumi ve Kurumi (Ciltli)</t>
+          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>175</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259464510</t>
+          <t>9786259514901</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Blend S</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259435664</t>
+          <t>9786259514918</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 3</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259435695</t>
+          <t>9786259464596</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 3</t>
+          <t>Mobuko’nun Aşkı 10</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259435657</t>
+          <t>9786259464589</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 3</t>
+          <t>Mobuko’nun Aşkı 9</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259435688</t>
+          <t>9786259464572</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 3</t>
+          <t>Yeni Geçit Cilt 4</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259435640</t>
+          <t>9786259464565</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 8</t>
+          <t>Kuma Kuma Kuma Bear Cilt 7</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259435633</t>
+          <t>9786259464541</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 7</t>
+          <t>Blend S Cilt 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259897288</t>
+          <t>9786259464558</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell 1</t>
+          <t>İskelet Ejderin Küçük Kızı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259435619</t>
+          <t>9786259464534</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 2</t>
+          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259435626</t>
+          <t>9786259464527</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear 6</t>
+          <t>Beastars Cilt 4</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259997650</t>
+          <t>9786259435671</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
+          <t>Renksiz Cilt 3</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259897295</t>
+          <t>9786259464503</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Beastars 2</t>
+          <t>Yumi ve Kurumi (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259435602</t>
+          <t>9786259464510</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 2</t>
+          <t>Blend S</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259897219</t>
+          <t>9786259435664</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 5</t>
+          <t>Sahirin Gelini 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259997698</t>
+          <t>9786259435695</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Renksiz</t>
+          <t>Yeni Geçit 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259897264</t>
+          <t>9786259435657</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 1</t>
+          <t>Sihirli Kız Sitesi Cilt 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259897271</t>
+          <t>9786259435688</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 2</t>
+          <t>Beastars Cilt 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259897240</t>
+          <t>9786259435640</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 6</t>
+          <t>Mobuko’nun Aşkı 8</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259897257</t>
+          <t>9786259435633</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 5</t>
+          <t>Mobuko’nun Aşkı 7</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259997667</t>
+          <t>9786259897288</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 1</t>
+          <t>Gash Bell 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259997636</t>
+          <t>9786259435619</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kavşak</t>
+          <t>Sihirli Kız Sitesi Cilt 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259997643</t>
+          <t>9786259435626</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 1</t>
+          <t>Kuma Kuma Kuma Bear 6</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259997629</t>
+          <t>9786259997650</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 3</t>
+          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259997612</t>
+          <t>9786259897295</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 1</t>
+          <t>Beastars 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259997605</t>
+          <t>9786259435602</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 4</t>
+          <t>Sahirin Gelini 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057302397</t>
+          <t>9786259897219</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 3</t>
+          <t>Dünyayı Değiştir 5</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057302380</t>
+          <t>9786259997698</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 3</t>
+          <t>Renksiz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057302373</t>
+          <t>9786259897264</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 2</t>
+          <t>Sihirli Kız Sitesi Cilt 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057302359</t>
+          <t>9786259897271</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir</t>
+          <t>Yeni Geçit 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057302342</t>
+          <t>9786259897240</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 2</t>
+          <t>Mobuko’nun Aşkı 6</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057302335</t>
+          <t>9786259897257</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 1</t>
+          <t>Kuma Kuma Kuma Bear Cilt 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057302328</t>
+          <t>9786259997667</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu</t>
+          <t>Sahirin Gelini 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259897233</t>
+          <t>9786259997636</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beastars 1</t>
+          <t>Kavşak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259897226</t>
+          <t>9786259997643</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 4</t>
+          <t>Yeni Geçit 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259897202</t>
+          <t>9786259997629</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Dünyayı Değiştir 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259997681</t>
+          <t>9786259997612</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 5</t>
+          <t>Renksiz Cilt 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259997674</t>
+          <t>9786259997605</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+          <t>Mobuko’nun Aşkı 4</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057302366</t>
+          <t>9786057302397</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+          <t>Mobuko’nun Aşkı 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
+          <t>9786057302380</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 3</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057302373</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştir 2</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057302359</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştir</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057302342</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Mobuko’nun Aşkı 2</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057302335</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 1</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786057302328</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat Bürosu</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786259897233</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Beastars 1</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786259897226</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştir 4</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786259897202</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Sığınak</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786259997681</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Mobuko’nun Aşkı 5</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786259997674</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057302366</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
           <t>9786057302311</t>
         </is>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Mobuko’nun Aşkı</t>
         </is>
       </c>
-      <c r="C108" s="1">
-        <v>220</v>
+      <c r="C120" s="1">
+        <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>