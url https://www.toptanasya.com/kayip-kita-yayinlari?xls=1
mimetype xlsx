--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1825 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259360447</t>
+          <t>9786259360461</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Erased Cilt 1</t>
+          <t>Toradora! Cilt 2</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259360430</t>
+          <t>9786259360478</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 6</t>
+          <t>Happiness - 4</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259360423</t>
+          <t>9786259360454</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür Cilt 4</t>
+          <t>Mieruko-Chan Cilt 3</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259360416</t>
+          <t>9786259360447</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 7</t>
+          <t>Erased Cilt 1</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259360409</t>
+          <t>9786259360430</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Girl Crush Cilt 1</t>
+          <t>Sahirin Gelini 6</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259695075</t>
+          <t>9786259360423</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 5</t>
+          <t>Beni Ay’a Götür Cilt 4</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259276151</t>
+          <t>9786259360416</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay'a Götür Cilt 3</t>
+          <t>Beastars Cilt 7</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259276144</t>
+          <t>9786259360409</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İskelet Ejderin Küçük Kızı Cilt 2</t>
+          <t>Girl Crush Cilt 1</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259276199</t>
+          <t>9786259695075</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Relife Cilt 2</t>
+          <t>Sahirin Gelini 5</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259276175</t>
+          <t>9786259276151</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 7</t>
+          <t>Beni Ay'a Götür Cilt 3</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259276168</t>
+          <t>9786259276144</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 6</t>
+          <t>İskelet Ejderin Küçük Kızı Cilt 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259276137</t>
+          <t>9786259276199</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 5</t>
+          <t>Relife Cilt 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259276106</t>
+          <t>9786259276175</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sensör</t>
+          <t>Renksiz Cilt 7</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259276113</t>
+          <t>9786259276168</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sensör (Ciltli)</t>
+          <t>Renksiz Cilt 6</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259667294</t>
+          <t>9786259276137</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 3</t>
+          <t>Renksiz Cilt 5</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259276120</t>
+          <t>9786259276106</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 5</t>
+          <t>Sensör</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259667256</t>
+          <t>9786259276113</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beastars 6</t>
+          <t>Sensör (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259667287</t>
+          <t>9786259667294</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mieruko-chan Cilt 2</t>
+          <t>Skip and Loafer 3</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259667270</t>
+          <t>9786259276120</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pandora Hearts Cilt 2</t>
+          <t>Parazit Cilt 5</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259667263</t>
+          <t>9786259667256</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 5</t>
+          <t>Beastars 6</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259667218</t>
+          <t>9786259667287</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 11</t>
+          <t>Mieruko-chan Cilt 2</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259667249</t>
+          <t>9786259667270</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 4</t>
+          <t>Pandora Hearts Cilt 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259667232</t>
+          <t>9786259667263</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı Cilt 3</t>
+          <t>Sihirli Kız Sitesi Cilt 5</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259667225</t>
+          <t>9786259667218</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 9</t>
+          <t>Mobuko’nun Aşkı 11</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259695051</t>
+          <t>9786259667249</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toradora! Cilt 1</t>
+          <t>Parazit Cilt 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259695044</t>
+          <t>9786259667232</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım Sensin - 1</t>
+          <t>Gecenin Çağrısı Cilt 3</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259695068</t>
+          <t>9786259667225</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Happiness - 3</t>
+          <t>Kuma Kuma Kuma Bear Cilt 9</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259695082</t>
+          <t>9786259695051</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 1</t>
+          <t>Toradora! Cilt 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259695099</t>
+          <t>9786259695044</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tomie - 2</t>
+          <t>İlk Aşkım Sensin - 1</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259667201</t>
+          <t>9786259695068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
+          <t>Happiness - 3</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>830</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259695037</t>
+          <t>9786259695082</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 2</t>
+          <t>Tomie - 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259695020</t>
+          <t>9786259695099</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Josee, Kaplan ve Balık - 1</t>
+          <t>Tomie - 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259695013</t>
+          <t>9786259667201</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 4</t>
+          <t>Tomie (Bez Ciltli Özel Edisyon)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>830</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259695006</t>
+          <t>9786259695037</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür Cilt 2</t>
+          <t>Josee, Kaplan ve Balık - 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259727066</t>
+          <t>9786259695020</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 4</t>
+          <t>Josee, Kaplan ve Balık - 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259727097</t>
+          <t>9786259695013</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 2</t>
+          <t>Renksiz Cilt 4</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259727080</t>
+          <t>9786259695006</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp Cilt 2</t>
+          <t>Beni Ay’a Götür Cilt 2</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259727073</t>
+          <t>9786259727066</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı 2</t>
+          <t>Blend S Cilt 4</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259727042</t>
+          <t>9786259727097</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell Cilt 2</t>
+          <t>Skip and Loafer 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259727059</t>
+          <t>9786259727080</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pandora Hearts Cilt 1</t>
+          <t>Huzurlu Kamp Cilt 2</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259727011</t>
+          <t>9786259727073</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 4</t>
+          <t>Gecenin Çağrısı 2</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259727035</t>
+          <t>9786259727042</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Relife Cilt 1</t>
+          <t>Gash Bell Cilt 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259727028</t>
+          <t>9786259727059</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 8</t>
+          <t>Pandora Hearts Cilt 1</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259755588</t>
+          <t>9786259727011</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Sahirin Gelini 4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259755571</t>
+          <t>9786259727035</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mimi’nin Dehşet Öyküleri</t>
+          <t>Relife Cilt 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259727004</t>
+          <t>9786259727028</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 3</t>
+          <t>Kuma Kuma Kuma Bear Cilt 8</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259755595</t>
+          <t>9786259755588</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Happiness Cilt 2</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259755557</t>
+          <t>9786259755571</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Skip and Loafer 1</t>
+          <t>Mimi’nin Dehşet Öyküleri</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259755564</t>
+          <t>9786259727004</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mieruko-chan Cilt 1</t>
+          <t>Parazit Cilt 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259755533</t>
+          <t>9786259755595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 3</t>
+          <t>Happiness Cilt 2</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259755540</t>
+          <t>9786259755557</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 5</t>
+          <t>Skip and Loafer 1</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259755519</t>
+          <t>9786259755564</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlahi Yalan</t>
+          <t>Mieruko-chan Cilt 1</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259755526</t>
+          <t>9786259755533</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beni Ay’a Götür - 1</t>
+          <t>Blend S Cilt 3</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056717727</t>
+          <t>9786259755540</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Romanların Dünyası</t>
+          <t>Yeni Geçit Cilt 5</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>18.52</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056717741</t>
+          <t>9786259755519</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yüz Uzun Yıl</t>
+          <t>İlahi Yalan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>22.22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056717734</t>
+          <t>9786259755526</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kurşun Geçirmez</t>
+          <t>Beni Ay’a Götür - 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>23.15</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056717703</t>
+          <t>9786056717727</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yukarışehir</t>
+          <t>Romanların Dünyası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056717710</t>
+          <t>9786056717741</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İsmet Paşa'nın Ağır Topları</t>
+          <t>Yüz Uzun Yıl</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259514994</t>
+          <t>9786056717734</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 4</t>
+          <t>Toprak Kurşun Geçirmez</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259514987</t>
+          <t>9786056717703</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Happiness</t>
+          <t>Yukarışehir</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259755502</t>
+          <t>9786056717710</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 2</t>
+          <t>İsmet Paşa'nın Ağır Topları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259514970</t>
+          <t>9786259514994</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Beastars 5</t>
+          <t>Sihirli Kız Sitesi Cilt 4</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057302304</t>
+          <t>9786259514987</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Yaz</t>
+          <t>Happiness</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259514932</t>
+          <t>9786259755502</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çağrısı - 1</t>
+          <t>Parazit Cilt 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259514956</t>
+          <t>9786259514970</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kamp - 1</t>
+          <t>Beastars 5</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259514925</t>
+          <t>9786057302304</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Parazit Cilt 1</t>
+          <t>Özel Bir Yaz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259514949</t>
+          <t>9786259514932</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Yalanı</t>
+          <t>Gecenin Çağrısı - 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259514963</t>
+          <t>9786259514956</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
+          <t>Huzurlu Kamp - 1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259514901</t>
+          <t>9786259514925</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>Parazit Cilt 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259514918</t>
+          <t>9786259514949</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Sınıf</t>
+          <t>Öpücük Yalanı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259464596</t>
+          <t>9786259514963</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 10</t>
+          <t>Dünyayı Değiştir - Artık Seri Katilim Kutulu Set</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>270</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259464589</t>
+          <t>9786259514901</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 9</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259464572</t>
+          <t>9786259514918</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit Cilt 4</t>
+          <t>Eriyen Sınıf</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259464565</t>
+          <t>9786259464596</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 7</t>
+          <t>Mobuko’nun Aşkı 10</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259464541</t>
+          <t>9786259464589</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Blend S Cilt 2</t>
+          <t>Mobuko’nun Aşkı 9</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259464558</t>
+          <t>9786259464572</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İskelet Ejderin Küçük Kızı</t>
+          <t>Yeni Geçit Cilt 4</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259464534</t>
+          <t>9786259464565</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
+          <t>Kuma Kuma Kuma Bear Cilt 7</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259464527</t>
+          <t>9786259464541</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 4</t>
+          <t>Blend S Cilt 2</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259435671</t>
+          <t>9786259464558</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 3</t>
+          <t>İskelet Ejderin Küçük Kızı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259464503</t>
+          <t>9786259464534</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yumi ve Kurumi (Ciltli)</t>
+          <t>Adolf Hitler’i Öldürdüm (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259464510</t>
+          <t>9786259464527</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Blend S</t>
+          <t>Beastars Cilt 4</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259435664</t>
+          <t>9786259435671</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 3</t>
+          <t>Renksiz Cilt 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259435695</t>
+          <t>9786259464503</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 3</t>
+          <t>Yumi ve Kurumi (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259435657</t>
+          <t>9786259464510</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 3</t>
+          <t>Blend S</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259435688</t>
+          <t>9786259435664</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Beastars Cilt 3</t>
+          <t>Sahirin Gelini 3</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259435640</t>
+          <t>9786259435695</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 8</t>
+          <t>Yeni Geçit 3</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259435633</t>
+          <t>9786259435657</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 7</t>
+          <t>Sihirli Kız Sitesi Cilt 3</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259897288</t>
+          <t>9786259435688</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gash Bell 1</t>
+          <t>Beastars Cilt 3</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259435619</t>
+          <t>9786259435640</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 2</t>
+          <t>Mobuko’nun Aşkı 8</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259435626</t>
+          <t>9786259435633</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear 6</t>
+          <t>Mobuko’nun Aşkı 7</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259997650</t>
+          <t>9786259897288</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
+          <t>Gash Bell 1</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259897295</t>
+          <t>9786259435619</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Beastars 2</t>
+          <t>Sihirli Kız Sitesi Cilt 2</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259435602</t>
+          <t>9786259435626</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 2</t>
+          <t>Kuma Kuma Kuma Bear 6</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259897219</t>
+          <t>9786259997650</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 5</t>
+          <t>Hakikat Bürosu Cilt 2 - Tepedeki Şehir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259997698</t>
+          <t>9786259897295</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Renksiz</t>
+          <t>Beastars 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259897264</t>
+          <t>9786259435602</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kız Sitesi Cilt 1</t>
+          <t>Sahirin Gelini 2</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259897271</t>
+          <t>9786259897219</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 2</t>
+          <t>Dünyayı Değiştir 5</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259897240</t>
+          <t>9786259997698</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 6</t>
+          <t>Renksiz</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259897257</t>
+          <t>9786259897264</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 5</t>
+          <t>Sihirli Kız Sitesi Cilt 1</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259997667</t>
+          <t>9786259897271</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sahirin Gelini 1</t>
+          <t>Yeni Geçit 2</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259997636</t>
+          <t>9786259897240</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kavşak</t>
+          <t>Mobuko’nun Aşkı 6</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259997643</t>
+          <t>9786259897257</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeni Geçit 1</t>
+          <t>Kuma Kuma Kuma Bear Cilt 5</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259997629</t>
+          <t>9786259997667</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 3</t>
+          <t>Sahirin Gelini 1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259997612</t>
+          <t>9786259997636</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Cilt 1</t>
+          <t>Kavşak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259997605</t>
+          <t>9786259997643</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 4</t>
+          <t>Yeni Geçit 1</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057302397</t>
+          <t>9786259997629</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 3</t>
+          <t>Dünyayı Değiştir 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057302380</t>
+          <t>9786259997612</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 3</t>
+          <t>Renksiz Cilt 1</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057302373</t>
+          <t>9786259997605</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 2</t>
+          <t>Mobuko’nun Aşkı 4</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057302359</t>
+          <t>9786057302397</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir</t>
+          <t>Mobuko’nun Aşkı 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057302342</t>
+          <t>9786057302380</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 2</t>
+          <t>Kuma Kuma Kuma Bear Cilt 3</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057302335</t>
+          <t>9786057302373</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 1</t>
+          <t>Dünyayı Değiştir 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057302328</t>
+          <t>9786057302359</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bürosu</t>
+          <t>Dünyayı Değiştir</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259897233</t>
+          <t>9786057302342</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Beastars 1</t>
+          <t>Mobuko’nun Aşkı 2</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259897226</t>
+          <t>9786057302335</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştir 4</t>
+          <t>Kuma Kuma Kuma Bear Cilt 1</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259897202</t>
+          <t>9786057302328</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Hakikat Bürosu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259997681</t>
+          <t>9786259897233</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mobuko’nun Aşkı 5</t>
+          <t>Beastars 1</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259997674</t>
+          <t>9786259897226</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+          <t>Dünyayı Değiştir 4</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057302366</t>
+          <t>9786259897202</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
+          <t>9786259997681</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Mobuko’nun Aşkı 5</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786259997674</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 4</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057302366</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Kuma Kuma Bear Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9786057302311</t>
         </is>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Mobuko’nun Aşkı</t>
         </is>
       </c>
-      <c r="C120" s="1">
+      <c r="C123" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>