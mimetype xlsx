--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -472,58 +472,43 @@
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Obur Turnabalığı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789753431965</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Bilecikli Ali Kurtuluş Savaşı’ndan Öyküler</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>60</v>
       </c>
     </row>
-    <row r="28" spans="1:3">
-[...13 lines deleted...]
-    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>