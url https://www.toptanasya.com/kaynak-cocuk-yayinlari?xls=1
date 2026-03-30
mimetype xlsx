--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,430 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753432016</t>
+          <t>9789753439299</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zürafadan Kanguruya Neler Neler Var Bu Kitapta</t>
+          <t>Yaşar Kemal Nasıl Büyük İnsan Oldu?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753431880</t>
+          <t>3990000030446</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Neydik Ne Olduk</t>
+          <t>Şafak Atı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059728232</t>
+          <t>3990000030443</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Anne</t>
+          <t>Samed Bahrengi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>133</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753437837</t>
+          <t>9789753439329</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Denizi Aşan Sekiz Ölümsüz</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753432061</t>
+          <t>9789753437868</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenimi Seviyorum</t>
+          <t>Aya Uçan Çangı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057707956</t>
+          <t>9789753438438</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneliyle Sümer’e Yolculuk</t>
+          <t>Toplu Masallar - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753439657</t>
+          <t>9789753438742</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu ve Kel Hamza</t>
+          <t>Yergök</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753438964</t>
+          <t>9789753439572</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Konuşan Bebek</t>
+          <t>Toplu Masallar 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753437905</t>
+          <t>9789753432320</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkileri Keşfeden Şınon</t>
+          <t>Memidik Kaptan’a Masallar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753437875</t>
+          <t>9789753431927</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yü'nün Önderliğindeki Halkın Sele Engel Oluşu</t>
+          <t>Sihirli Değirmentaşı Kore Masalı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753438926</t>
+          <t>9789753431934</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Nasıl Büyük İnsan Oldu?</t>
+          <t>Serçecik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753438667</t>
+          <t>9789753438605</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Keloğlan</t>
+          <t>Sevgili Çocuklar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753438513</t>
+          <t>9789753433082</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Nasıl Büyük İnsan Oldu?</t>
+          <t>Emece Memece Çizgili Bilmece</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753437851</t>
+          <t>9789753432313</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu Nasıl Bütün Kuşların Önderi Oldu</t>
+          <t>Tombik ile Zıpzıp</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753433044</t>
+          <t>9789753432993</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem</t>
+          <t>Timur ve Arkadaşları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753437967</t>
+          <t>9789753432740</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mulan Efsanesi</t>
+          <t>Tavşanın Gözyaşları Macar Masalları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753437776</t>
+          <t>9789753431958</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Denizi Dolduran Cingvey</t>
+          <t>Sivaslı İdris Çavuş Kurtuluş Savaşı’ndan Öyküler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753437882</t>
+          <t>9789753432615</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çoban İle Dokumacı Kız</t>
+          <t>Öğrenmek İstiyorum Vücudumu Tanıyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753437912</t>
+          <t>9789753431859</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cennet İle Yeryüzünü Ayıran Pengu</t>
+          <t>Okumak İstiyorum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753437950</t>
+          <t>9789753432535</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yılan Efsanesi</t>
+          <t>Mavi Arabacı ve Ailesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753437899</t>
+          <t>9789753431941</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>At Başlı Keman: Suho ve Beyaz At</t>
+          <t>Kütahyalı Ahmet Kurtuluş Savaşı’ndan Öyküler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753438322</t>
+          <t>9789753431903</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Nasıl Büyük İnsan Oldu?</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753437783</t>
+          <t>9789753434041</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nüva İnsanı Nasıl Yarattı</t>
+          <t>Hastane’de</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753437769</t>
+          <t>9789753432122</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zaman Oyunu</t>
+          <t>Hala Bu Mektep</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753431750</t>
+          <t>9789753434508</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Obur Turnabalığı</t>
+          <t>Gül’e Mektuplar ve Yıldızlı Masallar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
+          <t>9789753432054</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Geloş Dağı Efsanesi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9799753432572</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Flüte Saklı Müzik</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>3990000003905</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Fadime Bacı Kurtuluş Savaşı’ndan Öyküler</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789753431972</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Eskişehirli Arif Kurtuluş Savaşı’ndan Öyküler</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789753435802</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Eski Bisiklet</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789753431767</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Güzel Hayvanat Bahçesi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789753431743</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’e Can Verenler Dev Yürekli Küçükler</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789753432023</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ceylanlar Suya İndi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789753433808</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bozbıdık</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789753431910</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim?</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789753432818</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Ben Balık Gibi mi Doğdum?</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789753431897</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Babek Destanı</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789753433730</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Aydede’nin Öpücüğü</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789753431866</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Bilmeceleri Su Kurusu (688 Bilmece)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789753432016</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Zürafadan Kanguruya Neler Neler Var Bu Kitapta</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789753431880</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Neydik Ne Olduk</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786059728232</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Anne</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789753437837</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Denizi Aşan Sekiz Ölümsüz</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789753432061</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenimi Seviyorum</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057707956</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Tüneliyle Sümer’e Yolculuk</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789753439657</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu ve Kel Hamza</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789753438964</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Ulduz ve Konuşan Bebek</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789753437905</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Bitkileri Keşfeden Şınon</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789753437875</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Yü'nün Önderliğindeki Halkın Sele Engel Oluşu</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789753438926</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet Nasıl Büyük İnsan Oldu?</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789753438667</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinci Keloğlan</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789753438513</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Sinan Nasıl Büyük İnsan Oldu?</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789753437851</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Anka Kuşu Nasıl Bütün Kuşların Önderi Oldu</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789753433044</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kurşunkalem</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789753437967</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Mulan Efsanesi</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789753437776</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Denizi Dolduran Cingvey</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789753437882</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Çoban İle Dokumacı Kız</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789753437912</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Cennet İle Yeryüzünü Ayıran Pengu</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789753437950</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yılan Efsanesi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789753437899</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>At Başlı Keman: Suho ve Beyaz At</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789753438322</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Nasıl Büyük İnsan Oldu?</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789753437783</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Nüva İnsanı Nasıl Yarattı</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789753437769</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Oyunu</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789753431750</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Obur Turnabalığı</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9789753431965</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Bilecikli Ali Kurtuluş Savaşı’ndan Öyküler</t>
         </is>
       </c>
-      <c r="C27" s="1">
+      <c r="C66" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>