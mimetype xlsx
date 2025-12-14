--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,8035 +85,8125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256953727</t>
+          <t>9786256953710</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Teknokrasi ve Yapay Zeka</t>
+          <t>Yetmiş Yıllık Bekleyiş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259409122</t>
+          <t>9786259611846</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
+          <t>Azerbaycan Gezisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259409177</t>
+          <t>9786256953765</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
+          <t>Bitmeyen Tehlike Makaleler III</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259409153</t>
+          <t>9786256953680</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
+          <t>Şark “İlyada”sı Şâhnâme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259409115</t>
+          <t>9786259659107</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
+          <t>Doğa Navigasyonu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259409160</t>
+          <t>9786256953734</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
+          <t>Cumhuriyet Devrimi Kanunları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259409139</t>
+          <t>9786256953727</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
+          <t>Teknokrasi ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257697934</t>
+          <t>9786259409122</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuklar</t>
+          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256953697</t>
+          <t>9786259409177</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Kahraman</t>
+          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256953307</t>
+          <t>9786259409153</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256953666</t>
+          <t>9786259409115</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sınırlarında Nöbet</t>
+          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256953673</t>
+          <t>9786259409160</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Filistin Diriliş İlahileri</t>
+          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256953376</t>
+          <t>9786259409139</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Asyada Devlet Birikimi</t>
+          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256953543</t>
+          <t>9786257697934</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Batıcılar</t>
+          <t>Sevgili Çocuklar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256953338</t>
+          <t>9786256953697</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlk Ders</t>
+          <t>Hapisteki Kahraman</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753430609</t>
+          <t>9786256953307</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>9.26</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000029582</t>
+          <t>9786256953666</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
+          <t>Türkçenin Sınırlarında Nöbet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>3365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000033777</t>
+          <t>9786256953673</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
+          <t>Filistin Diriliş İlahileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1050</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000071036</t>
+          <t>9786256953376</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
+          <t>Asyada Devlet Birikimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257697873</t>
+          <t>9786256953543</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Subayı Gözünden Nato ve ABD</t>
+          <t>Atatürk ve Batıcılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051820361</t>
+          <t>9786256953338</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Avrasyacılık</t>
+          <t>İlk Ders</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753438889</t>
+          <t>9789753430609</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
+          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753439473</t>
+          <t>3990000029582</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan’daki Katliamlar ve Türkler</t>
+          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753436298</t>
+          <t>3990000033777</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
+          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753438759</t>
+          <t>3990000071036</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Umut Düşlerin Kanadında</t>
+          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753438414</t>
+          <t>9786257697873</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Amerika</t>
+          <t>Türk Subayı Gözünden Nato ve ABD</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753437844</t>
+          <t>9786051820361</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
+          <t>Avrasyacılık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051820866</t>
+          <t>9789753438889</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İsmail Mahir Efendi</t>
+          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051820200</t>
+          <t>9789753439473</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
+          <t>Ermenistan’daki Katliamlar ve Türkler</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051820057</t>
+          <t>9789753436298</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Gençler</t>
+          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753439565</t>
+          <t>9789753438759</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
+          <t>Umut Düşlerin Kanadında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753435871</t>
+          <t>9789753438414</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
+          <t>Türkiye'deki Amerika</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753435789</t>
+          <t>9789753437844</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Stalin’den Gorbaçov’a</t>
+          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753437981</t>
+          <t>9786051820866</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
+          <t>İsmail Mahir Efendi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753437127</t>
+          <t>9786051820200</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Açık Tanık Silivri Nöbet Çadırı</t>
+          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753436731</t>
+          <t>9786051820057</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
+          <t>Şu Çılgın Gençler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753430579</t>
+          <t>9789753439565</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Maoizmin Geleceği</t>
+          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753438476</t>
+          <t>9789753435871</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık?</t>
+          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753438308</t>
+          <t>9789753435789</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hücremin Lumbuzundan</t>
+          <t>Stalin’den Gorbaçov’a</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057707291</t>
+          <t>9789753437981</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük</t>
+          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257697408</t>
+          <t>9789753437127</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Harici Bir Hariciyecinin Not Defteri</t>
+          <t>Açık Tanık Silivri Nöbet Çadırı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256953611</t>
+          <t>9789753436731</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
+          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256953215</t>
+          <t>9789753430579</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>ABD Neden Batıyor? Doların Akıbeti</t>
+          <t>Maoizmin Geleceği</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753439350</t>
+          <t>9789753438476</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
+          <t>Nerede Kalmıştık?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256953659</t>
+          <t>9789753438308</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öntürklük ve Önhintcermenlik</t>
+          <t>Hücremin Lumbuzundan</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256953642</t>
+          <t>9786057707291</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Dış Politika</t>
+          <t>Atatürkçülük</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256953604</t>
+          <t>9786257697408</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fethullah ve Susurluk</t>
+          <t>Harici Bir Hariciyecinin Not Defteri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753432641</t>
+          <t>9786256953611</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
+          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753438636</t>
+          <t>9786256953215</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
+          <t>ABD Neden Batıyor? Doların Akıbeti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753439138</t>
+          <t>9789753439350</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
+          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753439664</t>
+          <t>9786256953659</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Öntürklük ve Önhintcermenlik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990003436489</t>
+          <t>9786256953642</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Urfa’dan Harvard’a</t>
+          <t>Atatürkçü Dış Politika</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056945885</t>
+          <t>9786256953604</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
+          <t>Fethullah ve Susurluk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>800</v>
+        <v>440</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753438483</t>
+          <t>9789753432641</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kazanmak</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056945854</t>
+          <t>9789753438636</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>24000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056945861</t>
+          <t>9789753439138</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753438629</t>
+          <t>9789753439664</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>2400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051820156</t>
+          <t>3990003436489</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
+          <t>Urfa’dan Harvard’a</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000013065</t>
+          <t>9786056945885</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4800</v>
+        <v>800</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753436014</t>
+          <t>9789753438483</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
+          <t>Yeniden Kazanmak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753436007</t>
+          <t>9786056945854</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>24000</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256953550</t>
+          <t>9786056945861</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Ölümsüz Dili</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056921797</t>
+          <t>9789753438629</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056921742</t>
+          <t>9786051820156</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Saklı Tarihi (Ciltli)</t>
+          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057707383</t>
+          <t>3990000013065</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>330</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058110731</t>
+          <t>9789753436014</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sumerliler - 2</t>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057707727</t>
+          <t>9789753436007</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uyanın Artık!</t>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056921759</t>
+          <t>9786256953550</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Deniz Gezmiş</t>
+          <t>Savaşın Ölümsüz Dili</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056921766</t>
+          <t>9786056921797</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057707345</t>
+          <t>9786056921742</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki 1908-1914</t>
+          <t>Türklerin Saklı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753436328</t>
+          <t>9786057707383</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753435635</t>
+          <t>9786058110731</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Savunması</t>
+          <t>Uygarlığın Kökeni Sumerliler - 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753435758</t>
+          <t>9786057707727</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Bombalarının Sırrı</t>
+          <t>Uyanın Artık!</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057707079</t>
+          <t>9786056921759</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 1 - Tanrı ve Kur'an</t>
+          <t>Arkadaşım Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057707444</t>
+          <t>9786056921766</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Ana Dava İddianamesi</t>
+          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058110755</t>
+          <t>9786057707345</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
+          <t>İttihat ve Terakki 1908-1914</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257697156</t>
+          <t>9789753436328</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Adanan Bir Ömür</t>
+          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057707987</t>
+          <t>9789753435635</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
+          <t>Ergenekon Savunması</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753437639</t>
+          <t>9789753435758</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Telhun (Ciltli)</t>
+          <t>Ergenekon Bombalarının Sırrı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753435987</t>
+          <t>9786057707079</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
+          <t>Din Bu 1 - Tanrı ve Kur'an</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256953536</t>
+          <t>9786057707444</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
+          <t>FETÖ Ana Dava İddianamesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256953574</t>
+          <t>9786058110755</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Dayatma LGBT</t>
+          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257697941</t>
+          <t>9786257697156</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
+          <t>Cumhuriyet'e Adanan Bir Ömür</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256953598</t>
+          <t>9786057707987</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
+          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256953567</t>
+          <t>9789753437639</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Ataları</t>
+          <t>Telhun (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>580</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256953413</t>
+          <t>9789753435987</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
+          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>3000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256953581</t>
+          <t>9786256953536</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephemiz</t>
+          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256953406</t>
+          <t>9786256953574</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hedefte Türkiye</t>
+          <t>Emperyalist Dayatma LGBT</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256953390</t>
+          <t>9786257697941</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
+          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256953505</t>
+          <t>9786256953598</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
+          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256953499</t>
+          <t>9786256953567</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
+          <t>Türklerin Ataları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753439046</t>
+          <t>9786256953413</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
+          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057707178</t>
+          <t>9786256953581</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
+          <t>Filistin Cephemiz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>2400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256953352</t>
+          <t>9786256953406</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Altı Yaşında Siyasi Sanık</t>
+          <t>Hedefte Türkiye</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256953031</t>
+          <t>9786256953390</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
+          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256953321</t>
+          <t>9786256953505</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dış Politikası</t>
+          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256953345</t>
+          <t>9786256953499</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Felsefeye</t>
+          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256953314</t>
+          <t>9789753439046</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
+          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256953291</t>
+          <t>9786057707178</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
+          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753439022</t>
+          <t>9786256953352</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Verdim Bakışlarımı</t>
+          <t>Altı Yaşında Siyasi Sanık</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257697552</t>
+          <t>9786256953031</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden 2: Geometri</t>
+          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256953017</t>
+          <t>9786256953321</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
+          <t>Atatürk'ün Dış Politikası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256953253</t>
+          <t>9786256953345</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Erzincan</t>
+          <t>Mitolojiden Felsefeye</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256953246</t>
+          <t>9786256953314</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşiretler Raporu</t>
+          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259409108</t>
+          <t>9786256953291</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Okuma Sevgisi</t>
+          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256953284</t>
+          <t>9789753439022</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
+          <t>Rüzgara Verdim Bakışlarımı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256953277</t>
+          <t>9786257697552</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türklük Nedir ve Terbiye Yolları</t>
+          <t>Atatürk'ün Kaleminden 2: Geometri</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256953260</t>
+          <t>9786256953017</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uygarlık Serüveni</t>
+          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057707857</t>
+          <t>9786256953253</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Allah, Kur'an, Dua, İman</t>
+          <t>Erzincan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256953239</t>
+          <t>9786256953246</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Batı Asya'da Devlet Teorisi</t>
+          <t>Aşiretler Raporu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256953161</t>
+          <t>9786259409108</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>Deniz’in Okuma Sevgisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257697521</t>
+          <t>9786256953284</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256953154</t>
+          <t>9786256953277</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Bir Adam</t>
+          <t>Türklük Nedir ve Terbiye Yolları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057707819</t>
+          <t>9786256953260</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Vesikalar</t>
+          <t>Türklerin Uygarlık Serüveni</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257697958</t>
+          <t>9786057707857</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü'nün Dış Politikası</t>
+          <t>Allah, Kur'an, Dua, İman</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257697989</t>
+          <t>9786256953239</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İki Neslin Tarihi (Ciltli)</t>
+          <t>Batı Asya'da Devlet Teorisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257697620</t>
+          <t>9786256953161</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ortak Aklımız Parti</t>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057707147</t>
+          <t>9786257697521</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>Modern Türk Sanatının Doğuşu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257697996</t>
+          <t>9786256953154</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Müstesna Bir Adam</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256953185</t>
+          <t>9786057707819</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Cehalet</t>
+          <t>Nutuk ve Vesikalar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>340</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257697842</t>
+          <t>9786257697958</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültürel Dönüşümün Öyküsü</t>
+          <t>İsmet İnönü'nün Dış Politikası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257697583</t>
+          <t>9786257697989</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
+          <t>İki Neslin Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257697880</t>
+          <t>9786257697620</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
+          <t>Ortak Aklımız Parti</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256953093</t>
+          <t>9786057707147</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
+          <t>Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256953178</t>
+          <t>9786257697996</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256953147</t>
+          <t>9786256953185</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimi</t>
+          <t>Bitmeyen Cehalet Makaleler II</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256953130</t>
+          <t>9786257697842</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>1908 Devrimi'nin Anadolu Cephesi</t>
+          <t>Bir Kültürel Dönüşümün Öyküsü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256953192</t>
+          <t>9786257697583</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
+          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256953222</t>
+          <t>9786257697880</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Makineleri</t>
+          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>380</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256953208</t>
+          <t>9786256953093</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Nezihe İşçilerin Anası</t>
+          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256953000</t>
+          <t>9786256953178</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
+          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257697835</t>
+          <t>9786256953147</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kökler</t>
+          <t>Atatürk Devrimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257697866</t>
+          <t>9786256953130</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gladyo</t>
+          <t>1908 Devrimi'nin Anadolu Cephesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257697729</t>
+          <t>9786256953192</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
+          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257697910</t>
+          <t>9786256953222</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
+          <t>Marx'ın Makineleri</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257697972</t>
+          <t>9786256953208</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Soykırımı</t>
+          <t>Yaşar Nezihe İşçilerin Anası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257697965</t>
+          <t>9786256953000</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Adım Doğu</t>
+          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257697927</t>
+          <t>9786257697835</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>ÇKP'nin Görev ve Katkıları</t>
+          <t>Türkçe Kökler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257697828</t>
+          <t>9786257697866</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Dağılma Devri</t>
+          <t>Günümüzde Gladyo</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257697804</t>
+          <t>9786257697729</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257697811</t>
+          <t>9786257697910</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257697705</t>
+          <t>9786257697972</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
+          <t>Kuzey Amerika Soykırımı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257697507</t>
+          <t>9786257697965</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Tarihi</t>
+          <t>Adım Doğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257697712</t>
+          <t>9786257697927</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
+          <t>ÇKP'nin Görev ve Katkıları</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257697538</t>
+          <t>9786257697828</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Oryantalizmin Sonu</t>
+          <t>Osmanlı Devleti'nin Dağılma Devri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057412102</t>
+          <t>9786257697804</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257697033</t>
+          <t>9786257697811</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257697460</t>
+          <t>9786257697705</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Adaleti</t>
+          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051820965</t>
+          <t>9786257697507</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gönül Defteri</t>
+          <t>Türkçülüğün Tarihi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057707949</t>
+          <t>9786257697712</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
+          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257697477</t>
+          <t>9786257697538</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türk İhtilali’nde Vatan Müdafaası</t>
+          <t>Marx ve Oryantalizmin Sonu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257697217</t>
+          <t>9786057412102</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
+          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753431163</t>
+          <t>9786257697033</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve Kültür</t>
+          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257697125</t>
+          <t>9786257697460</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
+          <t>Amerikan Adaleti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057707413</t>
+          <t>9786051820965</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Gönül Defteri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257697361</t>
+          <t>9786057707949</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığı ve Kürt Sorunu</t>
+          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057707321</t>
+          <t>9786257697477</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
+          <t>Türk İhtilali’nde Vatan Müdafaası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257697415</t>
+          <t>9786257697217</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
+          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057707772</t>
+          <t>9789753431163</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
+          <t>Aydın ve Kültür</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058070882</t>
+          <t>9786257697125</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057707901</t>
+          <t>9786057707413</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
+          <t>Dersim</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257697132</t>
+          <t>9786257697361</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
+          <t>Toprak Ağalığı ve Kürt Sorunu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257697149</t>
+          <t>9786057707321</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257697545</t>
+          <t>9786257697415</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257697699</t>
+          <t>9786057707772</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257697637</t>
+          <t>9786058070882</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257697491</t>
+          <t>9786057707901</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sanat Durumlar Anlar</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257697514</t>
+          <t>9786257697132</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektuplar</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>330</v>
+        <v>800</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257697392</t>
+          <t>9786257697149</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika ve Küba</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257697385</t>
+          <t>9786257697545</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>ABD Yol Ayrımında</t>
+          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056889370</t>
+          <t>9786257697699</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Pusulası</t>
+          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257697347</t>
+          <t>9786257697637</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlıydılar</t>
+          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257697354</t>
+          <t>9786257697491</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
+          <t>Hayat Sanat Durumlar Anlar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257697323</t>
+          <t>9786257697514</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Montrö Meydan Muharebesi (Ciltli)</t>
+          <t>Kardeşime Mektuplar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257697019</t>
+          <t>9786257697392</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'nın Işıkları ve Edipler</t>
+          <t>Güney Amerika ve Küba</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257697200</t>
+          <t>9786257697385</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Askeri Ataşe (Kazakistan Anıları)</t>
+          <t>ABD Yol Ayrımında</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257697262</t>
+          <t>9786056889370</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika Muharebesi</t>
+          <t>Devrimcinin Pusulası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257697163</t>
+          <t>9786257697347</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen "Derin Devlet" Raporu</t>
+          <t>Rüzgar Kanatlıydılar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257697095</t>
+          <t>9786257697354</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İran’da Bilim ve Teknoloji</t>
+          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257697187</t>
+          <t>9786257697323</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
+          <t>Montrö Meydan Muharebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257697170</t>
+          <t>9786257697019</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
+          <t>Çankaya'nın Işıkları ve Edipler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257697088</t>
+          <t>9786257697200</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
+          <t>Askeri Ataşe (Kazakistan Anıları)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051820477</t>
+          <t>9786257697262</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gösterim Terimleri Sözlüğü</t>
+          <t>Güney Afrika Muharebesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257697071</t>
+          <t>9786257697163</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ayasofya</t>
+          <t>Gizlenen "Derin Devlet" Raporu</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257697040</t>
+          <t>9786257697095</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çam Bayramı</t>
+          <t>İran’da Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257697002</t>
+          <t>9786257697187</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
+          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057707970</t>
+          <t>9786257697170</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
+          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057707932</t>
+          <t>9786257697088</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ordusu</t>
+          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057707918</t>
+          <t>9786051820477</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefe Tarihi</t>
+          <t>Gösterim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057707864</t>
+          <t>9786257697071</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Satranç</t>
+          <t>Atatürk ve Ayasofya</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057707796</t>
+          <t>9786257697040</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çin Mimarisi</t>
+          <t>Çam Bayramı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057707697</t>
+          <t>9786257697002</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Turan Kızı</t>
+          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057707468</t>
+          <t>9786057707970</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Zanaat</t>
+          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057707499</t>
+          <t>9786057707932</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çin Yazı Karakterleri</t>
+          <t>Atatürk’ün Ordusu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057707475</t>
+          <t>9786057707918</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nun Öyküsü</t>
+          <t>Çin Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057707710</t>
+          <t>9786057707864</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çin Giyim Kültürü</t>
+          <t>Doğu Akdeniz'de Satranç</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057707482</t>
+          <t>9786057707796</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
+          <t>Çin Mimarisi</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057707505</t>
+          <t>9786057707697</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültüründe Bayramlar</t>
+          <t>Turan Kızı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057707703</t>
+          <t>9786057707468</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
+          <t>Çin'de Zanaat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057707581</t>
+          <t>9786057707499</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2</t>
+          <t>Çin Yazı Karakterleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057707628</t>
+          <t>9786057707475</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
+          <t>İpek Yolu'nun Öyküsü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057707673</t>
+          <t>9786057707710</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
+          <t>Çin Giyim Kültürü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057707611</t>
+          <t>9786057707482</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim'in Niteliği</t>
+          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057707574</t>
+          <t>9786057707505</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
+          <t>Çin Kültüründe Bayramlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057707437</t>
+          <t>9786057707703</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
+          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057707512</t>
+          <t>9786057707581</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Paris Komünü'nden Sarı Yeleklilere</t>
+          <t>Mukaddime 1-2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057707420</t>
+          <t>9786057707628</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
+          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057707406</t>
+          <t>9786057707673</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Üretim Devrimi</t>
+          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057707284</t>
+          <t>9786057707611</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
+          <t>Kemalist Devrim'in Niteliği</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057707246</t>
+          <t>9786057707574</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Yatırım</t>
+          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786058070820</t>
+          <t>9786057707437</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
+          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057707048</t>
+          <t>9786057707512</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Osmanlı Savaşları</t>
+          <t>Paris Komünü'nden Sarı Yeleklilere</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786058070813</t>
+          <t>9786057707420</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
+          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786056935404</t>
+          <t>9786057707406</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Kuşatmasındaki Türkiye</t>
+          <t>Üretim Devrimi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057707000</t>
+          <t>9786057707284</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
+          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057707024</t>
+          <t>9786057707246</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan İçin Jeopolitik Rota</t>
+          <t>Çin'de Yatırım</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786056935442</t>
+          <t>9786058070820</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilik Üzerine</t>
+          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786058070851</t>
+          <t>9786057707048</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Üzerine</t>
+          <t>19. Yüzyıl Osmanlı Savaşları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786058070875</t>
+          <t>9786058070813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sineması</t>
+          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056935435</t>
+          <t>9786056935404</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
+          <t>Tarikat Kuşatmasındaki Türkiye</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786056921780</t>
+          <t>9786057707000</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tabletlerin Kralı Murşili</t>
+          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058070837</t>
+          <t>9786057707024</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
+          <t>Mavi Vatan İçin Jeopolitik Rota</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786056898570</t>
+          <t>9786056935442</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Fetvaları</t>
+          <t>Devrimcilik Üzerine</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786056898587</t>
+          <t>9786058070851</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Jandarma Yapılanması</t>
+          <t>Gençlik Üzerine</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786056898563</t>
+          <t>9786058070875</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
+          <t>Doğu Sineması</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786056898501</t>
+          <t>9786056935435</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
+          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786056921711</t>
+          <t>9786056921780</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Suriye ve Irak</t>
+          <t>Tabletlerin Kralı Murşili</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786058110700</t>
+          <t>9786058070837</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İran Gerçeği</t>
+          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753434539</t>
+          <t>9786056898570</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
+          <t>Diyanet'in Fetvaları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753434546</t>
+          <t>9786056898587</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
+          <t>Fetö'nün Jandarma Yapılanması</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753434584</t>
+          <t>9786056898563</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
+          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051821016</t>
+          <t>9786056898501</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kan Köpüklü Meşe Seliyim</t>
+          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051821023</t>
+          <t>9786056921711</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
+          <t>Suriye ve Irak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051821009</t>
+          <t>9786058110700</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>İran Gerçeği</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051820989</t>
+          <t>9789753434539</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Bozkurtları</t>
+          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058070899</t>
+          <t>9789753434546</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
+          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051820941</t>
+          <t>9789753434584</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
+          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051820958</t>
+          <t>9786051821016</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız Altında Sürgün</t>
+          <t>Kan Köpüklü Meşe Seliyim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051820927</t>
+          <t>9786051821023</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
+          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057707390</t>
+          <t>9786051821009</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Tam Bağımsızlık</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753434836</t>
+          <t>9786051820989</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
+          <t>Sarayın Bozkurtları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753434942</t>
+          <t>9786058070899</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
+          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051820880</t>
+          <t>9786051820941</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753439954</t>
+          <t>9786051820958</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çin El Sanatları</t>
+          <t>Ay Yıldız Altında Sürgün</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051820743</t>
+          <t>9786051820927</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753439916</t>
+          <t>9786057707390</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatı</t>
+          <t>Emperyalizm ve Tam Bağımsızlık</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753439947</t>
+          <t>9789753434836</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağı</t>
+          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051820804</t>
+          <t>9789753434942</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Satır Artığı</t>
+          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051820705</t>
+          <t>9786051820880</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Abdülhamid</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051820781</t>
+          <t>9789753439954</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Nihat Genç’le Veryansın</t>
+          <t>Çin El Sanatları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051820798</t>
+          <t>9786051820743</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
+          <t>Diyarbakır Efsaneleri</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051820774</t>
+          <t>9789753439916</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Rengi</t>
+          <t>Çin Sanatı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051820828</t>
+          <t>9789753439947</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte Geçen O Yıllar</t>
+          <t>Çin Mutfağı</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257697286</t>
+          <t>9786051820804</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin İktidarı - Makaleler 1</t>
+          <t>Satır Artığı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057707123</t>
+          <t>9786051820705</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
+          <t>Karikatürlerle Abdülhamid</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051820675</t>
+          <t>9786051820781</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şen Olasın Almanya</t>
+          <t>Nihat Genç’le Veryansın</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257697064</t>
+          <t>9786051820798</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Türk Devriminin Programı</t>
+          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051820668</t>
+          <t>9786051820774</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Nanhai I ve Deniz İpek Yolu</t>
+          <t>Aşkın Yedi Rengi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051820620</t>
+          <t>9786051820828</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
+          <t>Gazetecilikte Geçen O Yıllar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051820347</t>
+          <t>9786257697286</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Cehaletin İktidarı Makaleler I</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051820415</t>
+          <t>9786057707123</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Darbesi</t>
+          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051820583</t>
+          <t>9786051820675</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Trakya Raporu 1934</t>
+          <t>Şen Olasın Almanya</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051820644</t>
+          <t>9786257697064</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
+          <t>Türk Devriminin Programı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051820613</t>
+          <t>9786051820668</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ön Cephesi Avrasya</t>
+          <t>Nanhai I ve Deniz İpek Yolu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051820606</t>
+          <t>9786051820620</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Laikliği Doğru Anlamak</t>
+          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051820552</t>
+          <t>9786051820347</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Kuruluş Yılları</t>
+          <t>Perinçek-İsviçre Davası</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051820538</t>
+          <t>9786051820415</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Solmaz Sarı Çiçek</t>
+          <t>FETÖ Darbesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051820545</t>
+          <t>9786051820583</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ulu Çınarın Kökleri - Beşparmak</t>
+          <t>Trakya Raporu 1934</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256953123</t>
+          <t>9786051820644</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Gençler İçin</t>
+          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051820484</t>
+          <t>9786051820613</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Bizi İster Mi?</t>
+          <t>İnsanlığın Ön Cephesi Avrasya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051820507</t>
+          <t>9786051820606</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik</t>
+          <t>Laikliği Doğru Anlamak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051820453</t>
+          <t>9786051820552</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
+          <t>PKK'nın Kuruluş Yılları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051820439</t>
+          <t>9786051820538</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Paralel Devletin Modern Tarihi</t>
+          <t>Solmaz Sarı Çiçek</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051820323</t>
+          <t>9786051820545</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Altı Ok (Ciltli)</t>
+          <t>Ulu Çınarın Kökleri - Beşparmak</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057707093</t>
+          <t>9786256953123</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>Nutuk - Gençler İçin</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051820392</t>
+          <t>9786051820484</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bush’a Son Selam</t>
+          <t>Tanrı Bizi İster Mi?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051820286</t>
+          <t>9786051820507</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
+          <t>Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051820330</t>
+          <t>9786051820453</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
+          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051820309</t>
+          <t>9786051820439</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Grevden Dönenin!</t>
+          <t>Paralel Devletin Modern Tarihi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051820316</t>
+          <t>9786051820323</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Sosyalizm</t>
+          <t>Altı Ok (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256953109</t>
+          <t>9786057707093</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
+          <t>Sağduyu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051820262</t>
+          <t>9786051820392</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Devlet Arşivlerinde Fetö</t>
+          <t>Bush’a Son Selam</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753439886</t>
+          <t>9786051820286</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çin Edebiyatı</t>
+          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753439848</t>
+          <t>9786051820330</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin'de Buluşlar</t>
+          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051820255</t>
+          <t>9786051820309</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz ve FETÖ</t>
+          <t>Grevden Dönenin!</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753430011</t>
+          <t>9786051820316</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 5</t>
+          <t>Mısır’da Sosyalizm</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057707765</t>
+          <t>9786256953109</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Aydınlanma</t>
+          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051820149</t>
+          <t>9786051820262</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Anadolulaşma Süreci</t>
+          <t>Devlet Arşivlerinde Fetö</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051820088</t>
+          <t>9789753439886</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>17/25 Aralık</t>
+          <t>Çin Edebiyatı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051820071</t>
+          <t>9789753439848</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Neferleri</t>
+          <t>Antik Çin'de Buluşlar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051820118</t>
+          <t>9786051820255</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Alfabesi 2</t>
+          <t>15 Temmuz ve FETÖ</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051820132</t>
+          <t>9789753430011</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşilerde Mizah</t>
+          <t>Seçme Eserler Cilt: 5</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051820101</t>
+          <t>9786057707765</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İslam</t>
+          <t>Şeriat ve Aydınlanma</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057707543</t>
+          <t>9786051820149</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
+          <t>Kürtlerin Anadolulaşma Süreci</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753439718</t>
+          <t>9786051820088</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
+          <t>17/25 Aralık</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753439794</t>
+          <t>9786051820071</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan'ın Suriye Seferi</t>
+          <t>Aydınlanmanın Neferleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786058070868</t>
+          <t>9786051820118</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
+          <t>Tanrının Alfabesi 2</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753439763</t>
+          <t>9786051820132</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Din-Bilim Çatışması</t>
+          <t>Alevi-Bektaşilerde Mizah</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753439817</t>
+          <t>9786051820101</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Alfabesi</t>
+          <t>Kızıl İslam</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057707659</t>
+          <t>9786057707543</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Şeriat'tan Kıssa'lar</t>
+          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753439749</t>
+          <t>9789753439718</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257697736</t>
+          <t>9789753439794</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
+          <t>Erdoğan'ın Suriye Seferi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753439732</t>
+          <t>9786058070868</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Chp</t>
+          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753439640</t>
+          <t>9789753439763</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Viking Destanı / Egill’in Sagası</t>
+          <t>Din-Bilim Çatışması</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753437998</t>
+          <t>9789753439817</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Çin Müziği</t>
+          <t>Tanrı'nın Alfabesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753439206</t>
+          <t>9786057707659</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Beyin</t>
+          <t>Şeriat'tan Kıssa'lar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753439626</t>
+          <t>9789753439749</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
+          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753439602</t>
+          <t>9786257697736</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
+          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753439619</t>
+          <t>9789753439732</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hakerenler / Buyruk</t>
+          <t>Ayağa Kalk Chp</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786056921704</t>
+          <t>9789753439640</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kulleteyn</t>
+          <t>Viking Destanı / Egill’in Sagası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753433952</t>
+          <t>9789753437998</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kukla Devlet</t>
+          <t>Çin Müziği</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753439466</t>
+          <t>9789753439206</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Topraklar</t>
+          <t>Unutulan Beyin</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753439695</t>
+          <t>9789753439626</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mehdi Mesih</t>
+          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753439480</t>
+          <t>9789753439602</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika</t>
+          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753439534</t>
+          <t>9789753439619</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu - Antep Rivayeti</t>
+          <t>Hakerenler / Buyruk</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753439121</t>
+          <t>9786056921704</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
+          <t>Kulleteyn</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753439114</t>
+          <t>9789753433952</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki Yürek</t>
+          <t>Kukla Devlet</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057707109</t>
+          <t>9789753439466</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Jeopolitik Rota</t>
+          <t>Kızıl Topraklar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753439398</t>
+          <t>9789753439695</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gördüğünü Kitaba Yaz</t>
+          <t>Mehdi Mesih</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753439275</t>
+          <t>9789753439480</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Türkiye</t>
+          <t>Son Dakika</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753439251</t>
+          <t>9789753439534</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve İzlenimler</t>
+          <t>Köroğlu - Antep Rivayeti</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753439428</t>
+          <t>9789753439121</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Derin Yalnızlık</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753433020</t>
+          <t>9789753439114</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 3</t>
+          <t>Kavanozdaki Yürek</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057707529</t>
+          <t>9786057707109</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 2</t>
+          <t>Türkiye İçin Jeopolitik Rota</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753439503</t>
+          <t>9789753439398</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Masal Haftası</t>
+          <t>Gördüğünü Kitaba Yaz</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753439176</t>
+          <t>9789753439275</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Üstüme Fazla Gelme Ayçelen</t>
+          <t>Nasıl Bir Türkiye</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753439459</t>
+          <t>9789753439251</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Mimarları</t>
+          <t>Anılar ve İzlenimler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753439282</t>
+          <t>9789753439428</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Camino’nun Mucizesi</t>
+          <t>Derin Yalnızlık</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753439268</t>
+          <t>9789753433020</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
+          <t>Kur’an’ın Eleştirisi 3</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753439145</t>
+          <t>9786057707529</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ve Madenci Tumba Dedi</t>
+          <t>Kur’an’ın Eleştirisi 2</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753436021</t>
+          <t>9789753439503</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
+          <t>Masal Haftası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057707666</t>
+          <t>9789753439176</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye</t>
+          <t>Üstüme Fazla Gelme Ayçelen</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753439367</t>
+          <t>9789753439459</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Deccal Dindarmış</t>
+          <t>Mucizenin Mimarları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753439213</t>
+          <t>9789753439282</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
+          <t>Camino’nun Mucizesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057707888</t>
+          <t>9789753439268</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Dönekler</t>
+          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753438810</t>
+          <t>9789753439145</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
+          <t>Ve Madenci Tumba Dedi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051820040</t>
+          <t>9789753436021</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kitabı</t>
+          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753439015</t>
+          <t>9786057707666</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye</t>
+          <t>Cahiliyye</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057707017</t>
+          <t>9789753439367</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
+          <t>Deccal Dindarmış</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057707086</t>
+          <t>9789753439213</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 2 - Hz. Muhammed</t>
+          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753438834</t>
+          <t>9786057707888</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Siyaset</t>
+          <t>Dönekler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753436274</t>
+          <t>9789753438810</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Sosyalizm ve Bilim</t>
+          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786056898556</t>
+          <t>9786051820040</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bereket Kültü ve Mabet Fahişeliği</t>
+          <t>Kadın Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786056945816</t>
+          <t>9789753439015</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Arap Milliyetçiliği ve Türkler</t>
+          <t>Emperyalizm ve Türkiye</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753434898</t>
+          <t>9786057707017</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
+          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057707260</t>
+          <t>9786057707086</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
+          <t>Din Bu 2 - Hz. Muhammed</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786056935480</t>
+          <t>9789753438834</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tevrat ve İncil’in Eleştirisi</t>
+          <t>Asker ve Siyaset</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786056945878</t>
+          <t>9789753436274</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
+          <t>Bilimsel Sosyalizm ve Bilim</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>800</v>
+        <v>340</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257697859</t>
+          <t>9786056898556</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
+          <t>Bereket Kültü ve Mabet Fahişeliği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257697781</t>
+          <t>9786056945816</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
+          <t>Arap Milliyetçiliği ve Türkler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257697743</t>
+          <t>9789753434898</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
+          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057707338</t>
+          <t>9786057707260</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılıktan Kemalizme</t>
+          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753438988</t>
+          <t>9786056935480</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatı Mahsusa</t>
+          <t>Tevrat ve İncil’in Eleştirisi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753438728</t>
+          <t>9786056945878</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057707994</t>
+          <t>9786257697859</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Modern Türkler</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257697101</t>
+          <t>9786257697781</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753434362</t>
+          <t>9786257697743</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753438933</t>
+          <t>9786057707338</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>İttihatçılıktan Kemalizme</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753438896</t>
+          <t>9789753438988</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılarla Anılar Geride Kalanlar</t>
+          <t>Teşkilatı Mahsusa</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753438711</t>
+          <t>9789753438728</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753432498</t>
+          <t>9786057707994</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>ÖDP’nin Kimliği</t>
+          <t>Eski ve Modern Türkler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753438735</t>
+          <t>9786257697101</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Hasdal’da 3 Yıl</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753438674</t>
+          <t>9789753434362</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057707741</t>
+          <t>9789753438933</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Felsefesi ve Kaynakları</t>
+          <t>Türk İmgesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057707734</t>
+          <t>9789753438896</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim-3 Altı Ok</t>
+          <t>Sanatçılarla Anılar Geride Kalanlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786056921728</t>
+          <t>9789753438711</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Din ve Allah</t>
+          <t>Modern Türk Sanatının Doğuşu</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>440</v>
+        <v>30</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753438643</t>
+          <t>9789753432498</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>ÖDP’nin Kimliği</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753439404</t>
+          <t>9789753438735</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Çanakkale Ruhu 1915</t>
+          <t>Resimlerle Hasdal’da 3 Yıl</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753438650</t>
+          <t>9789753438674</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Sarısı</t>
+          <t>Engerek</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753438544</t>
+          <t>9786057707741</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Affaire Perinçek c. Suisse</t>
+          <t>Kemalizmin Felsefesi ve Kaynakları</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753434843</t>
+          <t>9786057707734</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Armenische Nationalistische Strömungen</t>
+          <t>Kemalist Devrim-3 Altı Ok</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753438582</t>
+          <t>9786056921728</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'da Dağlarca</t>
+          <t>Din ve Allah</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>10</v>
+        <v>440</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753438568</t>
+          <t>9789753438643</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
+          <t>Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753438575</t>
+          <t>9789753439404</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ağış</t>
+          <t>100. Yılında Çanakkale Ruhu 1915</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753438537</t>
+          <t>9789753438650</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Perinçek İsviçre Davası</t>
+          <t>Van Gogh Sarısı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>3990000026888</t>
+          <t>9789753438544</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Musul Sorunu</t>
+          <t>Affaire Perinçek c. Suisse</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>32.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753438223</t>
+          <t>9789753434843</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Gül ve Gülen Örgütü</t>
+          <t>Armenische Nationalistische Strömungen</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>12</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753438599</t>
+          <t>9789753438582</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Diren Gezi</t>
+          <t>Cemal Süreya'da Dağlarca</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>260</v>
+        <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753438520</t>
+          <t>9789753438568</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Düş ve Gerçek</t>
+          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753438551</t>
+          <t>9789753438575</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
+          <t>Ağış</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>22</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753439411</t>
+          <t>9789753438537</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçiliğinin Serüveni</t>
+          <t>Perinçek İsviçre Davası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753438384</t>
+          <t>3990000026888</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
+          <t>Musul Sorunu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753438506</t>
+          <t>9789753438223</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
+          <t>Tayyip Gül ve Gülen Örgütü</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753438094</t>
+          <t>9789753438599</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Abdocan</t>
+          <t>Diren Gezi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753438254</t>
+          <t>9789753438520</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
+          <t>Bir Günlük Düş ve Gerçek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>8690228099966</t>
+          <t>9789753438551</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ankara'ya</t>
+          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753431945</t>
+          <t>9789753439411</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kütahyalı Ahmet</t>
+          <t>Ermeni Milliyetçiliğinin Serüveni</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>3.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753437752</t>
+          <t>9789753438384</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş'ta Sırtlan Pususu</t>
+          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>28</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753438056</t>
+          <t>9789753438506</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Efsanesi</t>
+          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753438155</t>
+          <t>9789753438094</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Abdocan</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>17</v>
+        <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753438179</t>
+          <t>9789753438254</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Temel Hakları Nelerdir?</t>
+          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753438360</t>
+          <t>8690228099966</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
+          <t>Ankara'ya</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753438261</t>
+          <t>9789753431945</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
+          <t>Kütahyalı Ahmet</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057707567</t>
+          <t>9789753437752</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Proje Kanal İstanbul</t>
+          <t>Beşiktaş'ta Sırtlan Pususu</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753438407</t>
+          <t>9789753438056</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Kız</t>
+          <t>Sevgi Efsanesi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753438391</t>
+          <t>9789753438155</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Strateji Ustası Atatürk</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753438353</t>
+          <t>9789753438179</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk Kelebeği</t>
+          <t>İşçilerin Temel Hakları Nelerdir?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057707352</t>
+          <t>9789753438360</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye’nin Oluşumu</t>
+          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753438780</t>
+          <t>9789753438261</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
+          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753438704</t>
+          <t>9786057707567</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
+          <t>Çılgın Proje Kanal İstanbul</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753436403</t>
+          <t>9789753438407</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
+          <t>Kumsaldaki Kız</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753435321</t>
+          <t>9789753438391</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve Partiler Rejimi</t>
+          <t>Strateji Ustası Atatürk</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786056935428</t>
+          <t>9789753438353</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>1938 Son Yıl</t>
+          <t>Türk Kelebeği</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753438339</t>
+          <t>9786057707352</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk’ün Öldürülüşü</t>
+          <t>Modern Türkiye’nin Oluşumu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753438285</t>
+          <t>9789753438780</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kara Şarkılar</t>
+          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>17</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753439077</t>
+          <t>9789753438704</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yanıyor</t>
+          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>22</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753439862</t>
+          <t>9789753436403</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Marko Polo Çin’de</t>
+          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786058110779</t>
+          <t>9789753435321</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sümerliler Türklerin Bir Koludur</t>
+          <t>Anayasa ve Partiler Rejimi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786056898525</t>
+          <t>9786056935428</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sumerli Ludingirra</t>
+          <t>1938 Son Yıl</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753438032</t>
+          <t>9789753438339</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
+          <t>Nizamülmülk’ün Öldürülüşü</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753437974</t>
+          <t>9789753438285</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Rönesansı</t>
+          <t>Kara Şarkılar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753435413</t>
+          <t>9789753439077</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
+          <t>Türkiye Yanıyor</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>800</v>
+        <v>22</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257697774</t>
+          <t>9789753439862</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
+          <t>Marko Polo Çin’de</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753437707</t>
+          <t>9786058110779</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
+          <t>Sümerliler Türklerin Bir Koludur</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753431200</t>
+          <t>9786056898525</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>HEP, DEP ve Devlet</t>
+          <t>Sumerli Ludingirra</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>1.39</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257697279</t>
+          <t>9789753438032</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Müdafaam</t>
+          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753437677</t>
+          <t>9789753437974</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İsyan Makamı</t>
+          <t>Cehaletin Rönesansı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753435994</t>
+          <t>9789753435413</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>18</v>
+        <v>800</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057707963</t>
+          <t>9786257697774</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İsveççenin Türkçeyle Benzerlikleri</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753437820</t>
+          <t>9789753437707</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Vardiya Bizde Bugün Silivri</t>
+          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753438001</t>
+          <t>9789753431200</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
+          <t>HEP, DEP ve Devlet</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>450</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753437745</t>
+          <t>9786257697279</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Kargalar (Ciltli)</t>
+          <t>Hatıralarım ve Müdafaam</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057707758</t>
+          <t>9789753437677</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Eleştirisi -1</t>
+          <t>İsyan Makamı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>380</v>
+        <v>8</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753431705</t>
+          <t>9789753435994</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Zazaca-Türkçe Sözlük</t>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057707536</t>
+          <t>9786057707963</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yurt Bilgisi</t>
+          <t>İsveççenin Türkçeyle Benzerlikleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753432290</t>
+          <t>9789753437820</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Uçan Kuş</t>
+          <t>Vardiya Bizde Bugün Silivri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753434638</t>
+          <t>9789753438001</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
+          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753434171</t>
+          <t>9789753437745</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yarın</t>
+          <t>Ulduz ve Kargalar (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057707307</t>
+          <t>9786057707758</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Tepkilerim</t>
+          <t>Kur'an'ın Eleştirisi -1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057707376</t>
+          <t>9789753431705</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ünlülere Mektuplar</t>
+          <t>Zazaca-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786058110748</t>
+          <t>9786057707536</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
+          <t>Yurt Bilgisi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753436045</t>
+          <t>9789753432290</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
+          <t>Yeraltında Uçan Kuş</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257697309</t>
+          <t>9789753434638</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Anayasa Birikimi</t>
+          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753434652</t>
+          <t>9789753434171</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
+          <t>Yarın</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786056898518</t>
+          <t>9786057707307</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan ile Görüşmeler</t>
+          <t>Vatandaşlık Tepkilerim</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753437684</t>
+          <t>9786057707376</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Askeri Müdahaleleri</t>
+          <t>Ünlülere Mektuplar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753434119</t>
+          <t>9786058110748</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>68’in Sırrı</t>
+          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257697224</t>
+          <t>9789753436045</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
+          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753435444</t>
+          <t>9786257697309</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Türkiye’nin Anayasa Birikimi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753436144</t>
+          <t>9789753434652</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
+          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057707239</t>
+          <t>9786056898518</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
+          <t>Abdullah Öcalan ile Görüşmeler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753435475</t>
+          <t>9789753437684</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nda Strateji Sorunu</t>
+          <t>ABD’nin Askeri Müdahaleleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753434904</t>
+          <t>9789753434119</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabının Karakterleri</t>
+          <t>68’in Sırrı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753434973</t>
+          <t>9786257697224</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Medeniyete Açılıyor</t>
+          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786056935459</t>
+          <t>9789753435444</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753434447</t>
+          <t>9789753436144</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
+          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753436441</t>
+          <t>9786057707239</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Sarmalı</t>
+          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057707871</t>
+          <t>9789753435475</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
+          <t>Türk Ordusu’nda Strateji Sorunu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753437714</t>
+          <t>9789753434904</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İşçi Partisi Neden Hedefte</t>
+          <t>Türk İnkılabının Karakterleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753432597</t>
+          <t>9789753434973</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İslama Göre Diğer Dinler</t>
+          <t>Tunceli Medeniyete Açılıyor</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057707116</t>
+          <t>9786056935459</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
+          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753434553</t>
+          <t>9789753434447</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
+          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786056898532</t>
+          <t>9789753436441</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber</t>
+          <t>Kıbrıs Sarmalı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786056898549</t>
+          <t>9786057707871</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
+          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753432870</t>
+          <t>9789753437714</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hizbullah</t>
+          <t>İşçi Partisi Neden Hedefte</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257697293</t>
+          <t>9789753432597</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
+          <t>İslama Göre Diğer Dinler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753436496</t>
+          <t>9786057707116</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Görev</t>
+          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786056921735</t>
+          <t>9789753434553</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gilgameş</t>
+          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753434157</t>
+          <t>9786056898532</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Şifreleri</t>
+          <t>İbrahim Peygamber</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057707642</t>
+          <t>9786056898549</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Yabancılaşma</t>
+          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257697255</t>
+          <t>9789753432870</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçi Akımları</t>
+          <t>Hangi Hizbullah</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753435536</t>
+          <t>9786257697293</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
+          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057707802</t>
+          <t>9789753436496</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik Üzerine</t>
+          <t>Görev</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753434997</t>
+          <t>9786056921735</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Diasporadaki Taşnaklar</t>
+          <t>Gilgameş</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753431323</t>
+          <t>9789753434157</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Ben</t>
+          <t>Fetö'nün Şifreleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753435659</t>
+          <t>9786057707642</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Derebeyi ve Dersim</t>
+          <t>Eşcinsellik ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257697316</t>
+          <t>9786257697255</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çiller Özel Örgütü</t>
+          <t>Ermeni Milliyetçi Akımları</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257697231</t>
+          <t>9789753435536</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Polis Raporlarında Taşnaklar</t>
+          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753435178</t>
+          <t>9786057707802</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
+          <t>Din ve Laiklik Üzerine</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753436083</t>
+          <t>9789753434997</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
+          <t>Diasporadaki Taşnaklar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257697118</t>
+          <t>9789753431323</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve "Aydın"</t>
+          <t>Devlet ve Ben</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753436434</t>
+          <t>9789753435659</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
+          <t>Derebeyi ve Dersim</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257697026</t>
+          <t>9786257697316</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
+          <t>Çiller Özel Örgütü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257697750</t>
+          <t>9786257697231</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
+          <t>Çarlık Polis Raporlarında Taşnaklar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257697446</t>
+          <t>9789753435178</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
+          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257697453</t>
+          <t>9789753436083</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
+          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786056945823</t>
+          <t>9786257697118</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
+          <t>Aydın ve "Aydın"</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753435086</t>
+          <t>9789753436434</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257697798</t>
+          <t>9786257697026</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
+          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257697767</t>
+          <t>9786257697750</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
+          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753434607</t>
+          <t>9786257697446</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753434287</t>
+          <t>9786257697453</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753434126</t>
+          <t>9786056945823</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786056945809</t>
+          <t>9789753435086</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753433945</t>
+          <t>9786257697798</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753433853</t>
+          <t>9786257697767</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753433747</t>
+          <t>9789753434607</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786056935497</t>
+          <t>9789753434287</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sumerliler</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057707031</t>
+          <t>9789753434126</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786058110786</t>
+          <t>9786056945809</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Düşünüyor</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786058070844</t>
+          <t>9789753433945</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>420</v>
+        <v>800</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753434256</t>
+          <t>9789753433853</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şeriat, İnsan ve Akıl</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786056935473</t>
+          <t>9789753433747</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Kadın</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257697484</t>
+          <t>9786056935497</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
+          <t>Atatürk ve Sumerliler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786057707253</t>
+          <t>9786057707031</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Böyle</t>
+          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786057707895</t>
+          <t>9786058110786</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
+          <t>Atatürk Düşünüyor</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786058110793</t>
+          <t>9786058070844</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
+          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753437806</t>
+          <t>9789753434256</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Şeriat, İnsan ve Akıl</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753430104</t>
+          <t>9786056935473</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 4</t>
+          <t>Şeriat ve Kadın</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753430098</t>
+          <t>9786257697484</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 3</t>
+          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753436038</t>
+          <t>9786057707253</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
+          <t>Şeriat Böyle</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753436366</t>
+          <t>9786057707895</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786057707680</t>
+          <t>9786058110793</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Parti ve Sanat</t>
+          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753436151</t>
+          <t>9789753437806</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
+          <t>Sınırların Ötesinde</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753435628</t>
+          <t>9789753430104</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
+          <t>Seçme Eserler Cilt: 4</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753436182</t>
+          <t>9789753430098</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
+          <t>Seçme Eserler Cilt: 3</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753436373</t>
+          <t>9789753436038</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ortakçının Oğlu Talip Apaydın</t>
+          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786058110762</t>
+          <t>9789753436366</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 2</t>
+          <t>Perinçek-İsviçre Davası</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057707130</t>
+          <t>9786057707680</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 1</t>
+          <t>Parti ve Sanat</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786058070806</t>
+          <t>9789753436151</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Og’dan Oğur’a</t>
+          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057707277</t>
+          <t>9789753435628</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Nurculuk</t>
+          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786056935466</t>
+          <t>9789753436182</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’e Göre Muhammed</t>
+          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057707369</t>
+          <t>9789753436373</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>MİT’in Çiller Örgütü Raporu</t>
+          <t>Ortakçının Oğlu Talip Apaydın</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753434270</t>
+          <t>9786058110762</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Masonlar Dinleyiniz!</t>
+          <t>Ortadoğu Uygarlık Mirası 2</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257697590</t>
+          <t>9786057707130</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Masalı</t>
+          <t>Ortadoğu Uygarlık Mirası 1</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257697194</t>
+          <t>9786058070806</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
+          <t>Og’dan Oğur’a</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786056898594</t>
+          <t>9786057707277</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
+          <t>Müslümanlık ve Nurculuk</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257697057</t>
+          <t>9786056935466</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
+          <t>Muhammed’e Göre Muhammed</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257697330</t>
+          <t>9786057707369</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Tanrı</t>
+          <t>MİT’in Çiller Örgütü Raporu</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753432603</t>
+          <t>9789753434270</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Kitaplılar</t>
+          <t>Masonlar Dinleyiniz!</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786058110717</t>
+          <t>9786257697590</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
+          <t>Liberalizm Masalı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753430807</t>
+          <t>9786257697194</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
+          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753430791</t>
+          <t>9786056898594</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
+          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789753430784</t>
+          <t>9786257697057</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
+          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753430739</t>
+          <t>9786257697330</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
+          <t>Kur’an’daki Tanrı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789753430722</t>
+          <t>9789753432603</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
+          <t>Kur’an’daki Kitaplılar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789753430715</t>
+          <t>9786058110717</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
+          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753430692</t>
+          <t>9789753430807</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753437462</t>
+          <t>9789753430791</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
+          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753431422</t>
+          <t>9789753430784</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
+          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753435710</t>
+          <t>9789753430739</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kontrgerilla 2  Örgütlenmesi</t>
+          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257697248</t>
+          <t>9789753430722</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
+          <t>9789753430715</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789753430692</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789753437462</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789753431422</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789753435710</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Kontrgerilla 2  Örgütlenmesi</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786257697248</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
           <t>9786057707154</t>
         </is>
       </c>
-      <c r="B534" s="1" t="inlineStr">
+      <c r="B540" s="1" t="inlineStr">
         <is>
           <t>Kızıl Kayalar</t>
         </is>
       </c>
-      <c r="C534" s="1">
+      <c r="C540" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>