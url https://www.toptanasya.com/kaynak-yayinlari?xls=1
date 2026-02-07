--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -85,8125 +85,8155 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256953710</t>
+          <t>9786256953802</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yıllık Bekleyiş</t>
+          <t>Biz Profesörler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259611846</t>
+          <t>9786256953789</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Gezisi</t>
+          <t>Süleymancılar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256953765</t>
+          <t>9786256953710</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Tehlike Makaleler III</t>
+          <t>Yetmiş Yıllık Bekleyiş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256953680</t>
+          <t>9786259611846</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şark “İlyada”sı Şâhnâme</t>
+          <t>Azerbaycan Gezisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259659107</t>
+          <t>9786256953765</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğa Navigasyonu</t>
+          <t>Bitmeyen Tehlike Makaleler III</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256953734</t>
+          <t>9786256953680</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi Kanunları</t>
+          <t>Şark “İlyada”sı Şâhnâme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256953727</t>
+          <t>9786259659107</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Teknokrasi ve Yapay Zeka</t>
+          <t>Doğa Navigasyonu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259409122</t>
+          <t>9786256953734</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
+          <t>Cumhuriyet Devrimi Kanunları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259409177</t>
+          <t>9786256953727</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
+          <t>Teknokrasi ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259409153</t>
+          <t>9786259409122</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
+          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259409115</t>
+          <t>9786259409177</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
+          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259409160</t>
+          <t>9786259409153</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
+          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259409139</t>
+          <t>9786259409115</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
+          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257697934</t>
+          <t>9786259409160</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuklar</t>
+          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256953697</t>
+          <t>9786259409139</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Kahraman</t>
+          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256953307</t>
+          <t>9786257697934</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>Sevgili Çocuklar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256953666</t>
+          <t>9786256953697</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sınırlarında Nöbet</t>
+          <t>Hapisteki Kahraman</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256953673</t>
+          <t>9786256953307</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Filistin Diriliş İlahileri</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256953376</t>
+          <t>9786256953666</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Asyada Devlet Birikimi</t>
+          <t>Türkçenin Sınırlarında Nöbet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256953543</t>
+          <t>9786256953673</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Batıcılar</t>
+          <t>Filistin Diriliş İlahileri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256953338</t>
+          <t>9786256953376</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlk Ders</t>
+          <t>Asyada Devlet Birikimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753430609</t>
+          <t>9786256953543</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
+          <t>Atatürk ve Batıcılar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9.26</v>
+        <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000029582</t>
+          <t>9786256953338</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
+          <t>İlk Ders</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>3365</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000033777</t>
+          <t>9789753430609</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
+          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1050</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000071036</t>
+          <t>3990000029582</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
+          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>2850</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257697873</t>
+          <t>3990000033777</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk Subayı Gözünden Nato ve ABD</t>
+          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051820361</t>
+          <t>3990000071036</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avrasyacılık</t>
+          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753438889</t>
+          <t>9786257697873</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
+          <t>Türk Subayı Gözünden Nato ve ABD</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753439473</t>
+          <t>9786051820361</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan’daki Katliamlar ve Türkler</t>
+          <t>Avrasyacılık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753436298</t>
+          <t>9789753438889</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
+          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753438759</t>
+          <t>9789753439473</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Umut Düşlerin Kanadında</t>
+          <t>Ermenistan’daki Katliamlar ve Türkler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753438414</t>
+          <t>9789753436298</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Amerika</t>
+          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753437844</t>
+          <t>9789753438759</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
+          <t>Umut Düşlerin Kanadında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051820866</t>
+          <t>9789753438414</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İsmail Mahir Efendi</t>
+          <t>Türkiye'deki Amerika</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051820200</t>
+          <t>9789753437844</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
+          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051820057</t>
+          <t>9786051820866</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Gençler</t>
+          <t>İsmail Mahir Efendi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753439565</t>
+          <t>9786051820200</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
+          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753435871</t>
+          <t>9786051820057</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
+          <t>Şu Çılgın Gençler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753435789</t>
+          <t>9789753439565</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Stalin’den Gorbaçov’a</t>
+          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753437981</t>
+          <t>9789753435871</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
+          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753437127</t>
+          <t>9789753435789</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Açık Tanık Silivri Nöbet Çadırı</t>
+          <t>Stalin’den Gorbaçov’a</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753436731</t>
+          <t>9789753437981</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
+          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753430579</t>
+          <t>9789753437127</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Maoizmin Geleceği</t>
+          <t>Açık Tanık Silivri Nöbet Çadırı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753438476</t>
+          <t>9789753436731</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık?</t>
+          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753438308</t>
+          <t>9789753430579</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hücremin Lumbuzundan</t>
+          <t>Maoizmin Geleceği</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057707291</t>
+          <t>9789753438476</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük</t>
+          <t>Nerede Kalmıştık?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257697408</t>
+          <t>9789753438308</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Harici Bir Hariciyecinin Not Defteri</t>
+          <t>Hücremin Lumbuzundan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256953611</t>
+          <t>9786057707291</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
+          <t>Atatürkçülük</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256953215</t>
+          <t>9786257697408</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ABD Neden Batıyor? Doların Akıbeti</t>
+          <t>Harici Bir Hariciyecinin Not Defteri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753439350</t>
+          <t>9786256953611</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
+          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256953659</t>
+          <t>9786256953215</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öntürklük ve Önhintcermenlik</t>
+          <t>ABD Neden Batıyor? Doların Akıbeti</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256953642</t>
+          <t>9789753439350</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Dış Politika</t>
+          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256953604</t>
+          <t>9786256953659</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fethullah ve Susurluk</t>
+          <t>Öntürklük ve Önhintcermenlik</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753432641</t>
+          <t>9786256953642</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
+          <t>Atatürkçü Dış Politika</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753438636</t>
+          <t>9786256953604</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
+          <t>Fethullah ve Susurluk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753439138</t>
+          <t>9789753432641</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753439664</t>
+          <t>9789753438636</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990003436489</t>
+          <t>9789753439138</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Urfa’dan Harvard’a</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056945885</t>
+          <t>9789753439664</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753438483</t>
+          <t>3990003436489</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kazanmak</t>
+          <t>Urfa’dan Harvard’a</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056945854</t>
+          <t>9786056945885</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>24000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056945861</t>
+          <t>9789753438483</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
+          <t>Yeniden Kazanmak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753438629</t>
+          <t>9786056945854</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>2400</v>
+        <v>24000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051820156</t>
+          <t>9786056945861</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000013065</t>
+          <t>9789753438629</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>4800</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753436014</t>
+          <t>9786051820156</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
+          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753436007</t>
+          <t>3990000013065</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
+          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256953550</t>
+          <t>9789753436014</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Ölümsüz Dili</t>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056921797</t>
+          <t>9789753436007</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056921742</t>
+          <t>9786256953550</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Saklı Tarihi (Ciltli)</t>
+          <t>Savaşın Ölümsüz Dili</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057707383</t>
+          <t>9786056921797</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058110731</t>
+          <t>9786056921742</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sumerliler - 2</t>
+          <t>Türklerin Saklı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057707727</t>
+          <t>9786057707383</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Uyanın Artık!</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056921759</t>
+          <t>9786058110731</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Deniz Gezmiş</t>
+          <t>Uygarlığın Kökeni Sumerliler - 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056921766</t>
+          <t>9786057707727</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
+          <t>Uyanın Artık!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057707345</t>
+          <t>9786056921759</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki 1908-1914</t>
+          <t>Arkadaşım Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753436328</t>
+          <t>9786056921766</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
+          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753435635</t>
+          <t>9786057707345</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Savunması</t>
+          <t>İttihat ve Terakki 1908-1914</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753435758</t>
+          <t>9789753436328</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Bombalarının Sırrı</t>
+          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057707079</t>
+          <t>9789753435635</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 1 - Tanrı ve Kur'an</t>
+          <t>Ergenekon Savunması</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057707444</t>
+          <t>9789753435758</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Ana Dava İddianamesi</t>
+          <t>Ergenekon Bombalarının Sırrı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058110755</t>
+          <t>9786057707079</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
+          <t>Din Bu 1 - Tanrı ve Kur'an</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257697156</t>
+          <t>9786057707444</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Adanan Bir Ömür</t>
+          <t>FETÖ Ana Dava İddianamesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057707987</t>
+          <t>9786058110755</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
+          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753437639</t>
+          <t>9786257697156</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Telhun (Ciltli)</t>
+          <t>Cumhuriyet'e Adanan Bir Ömür</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753435987</t>
+          <t>9786057707987</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
+          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256953536</t>
+          <t>9789753437639</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
+          <t>Telhun (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256953574</t>
+          <t>9789753435987</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Dayatma LGBT</t>
+          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257697941</t>
+          <t>9786256953536</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
+          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256953598</t>
+          <t>9786256953574</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
+          <t>Emperyalist Dayatma LGBT</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256953567</t>
+          <t>9786257697941</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Ataları</t>
+          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256953413</t>
+          <t>9786256953598</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
+          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>3000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256953581</t>
+          <t>9786256953567</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephemiz</t>
+          <t>Türklerin Ataları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256953406</t>
+          <t>9786256953413</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hedefte Türkiye</t>
+          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256953390</t>
+          <t>9786256953581</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
+          <t>Filistin Cephemiz</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256953505</t>
+          <t>9786256953406</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
+          <t>Hedefte Türkiye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256953499</t>
+          <t>9786256953390</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
+          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753439046</t>
+          <t>9786256953505</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
+          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057707178</t>
+          <t>9786256953499</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
+          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>2400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256953352</t>
+          <t>9789753439046</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Altı Yaşında Siyasi Sanık</t>
+          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256953031</t>
+          <t>9786057707178</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
+          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>500</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256953321</t>
+          <t>9786256953352</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dış Politikası</t>
+          <t>Altı Yaşında Siyasi Sanık</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256953345</t>
+          <t>9786256953031</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Felsefeye</t>
+          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256953314</t>
+          <t>9786256953321</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
+          <t>Atatürk'ün Dış Politikası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256953291</t>
+          <t>9786256953345</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
+          <t>Mitolojiden Felsefeye</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753439022</t>
+          <t>9786256953314</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Verdim Bakışlarımı</t>
+          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257697552</t>
+          <t>9786256953291</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden 2: Geometri</t>
+          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256953017</t>
+          <t>9789753439022</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
+          <t>Rüzgara Verdim Bakışlarımı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256953253</t>
+          <t>9786257697552</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Erzincan</t>
+          <t>Atatürk'ün Kaleminden 2: Geometri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256953246</t>
+          <t>9786256953017</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşiretler Raporu</t>
+          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259409108</t>
+          <t>9786256953253</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Okuma Sevgisi</t>
+          <t>Erzincan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256953284</t>
+          <t>9786256953246</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
+          <t>Aşiretler Raporu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256953277</t>
+          <t>9786259409108</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türklük Nedir ve Terbiye Yolları</t>
+          <t>Deniz’in Okuma Sevgisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256953260</t>
+          <t>9786256953284</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uygarlık Serüveni</t>
+          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057707857</t>
+          <t>9786256953277</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Allah, Kur'an, Dua, İman</t>
+          <t>Türklük Nedir ve Terbiye Yolları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256953239</t>
+          <t>9786256953260</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Batı Asya'da Devlet Teorisi</t>
+          <t>Türklerin Uygarlık Serüveni</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256953161</t>
+          <t>9786057707857</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>Allah, Kur'an, Dua, İman</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257697521</t>
+          <t>9786256953239</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>Batı Asya'da Devlet Teorisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256953154</t>
+          <t>9786256953161</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Bir Adam</t>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057707819</t>
+          <t>9786257697521</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Vesikalar</t>
+          <t>Modern Türk Sanatının Doğuşu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257697958</t>
+          <t>9786256953154</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü'nün Dış Politikası</t>
+          <t>Müstesna Bir Adam</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257697989</t>
+          <t>9786057707819</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İki Neslin Tarihi (Ciltli)</t>
+          <t>Nutuk ve Vesikalar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257697620</t>
+          <t>9786257697958</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ortak Aklımız Parti</t>
+          <t>İsmet İnönü'nün Dış Politikası</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057707147</t>
+          <t>9786257697989</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>İki Neslin Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257697996</t>
+          <t>9786257697620</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Ortak Aklımız Parti</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256953185</t>
+          <t>9786057707147</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Cehalet Makaleler II</t>
+          <t>Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257697842</t>
+          <t>9786257697996</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültürel Dönüşümün Öyküsü</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257697583</t>
+          <t>9786256953185</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
+          <t>Bitmeyen Cehalet Makaleler II</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257697880</t>
+          <t>9786257697842</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
+          <t>Bir Kültürel Dönüşümün Öyküsü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256953093</t>
+          <t>9786257697583</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
+          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256953178</t>
+          <t>9786257697880</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
+          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256953147</t>
+          <t>9786256953093</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimi</t>
+          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256953130</t>
+          <t>9786256953178</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>1908 Devrimi'nin Anadolu Cephesi</t>
+          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256953192</t>
+          <t>9786256953147</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
+          <t>Atatürk Devrimi</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256953222</t>
+          <t>9786256953130</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Makineleri</t>
+          <t>1908 Devrimi'nin Anadolu Cephesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256953208</t>
+          <t>9786256953192</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Nezihe İşçilerin Anası</t>
+          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256953000</t>
+          <t>9786256953222</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
+          <t>Marx'ın Makineleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257697835</t>
+          <t>9786256953208</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kökler</t>
+          <t>Yaşar Nezihe İşçilerin Anası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257697866</t>
+          <t>9786256953000</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gladyo</t>
+          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257697729</t>
+          <t>9786257697835</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
+          <t>Türkçe Kökler</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257697910</t>
+          <t>9786257697866</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
+          <t>Günümüzde Gladyo</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257697972</t>
+          <t>9786257697729</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Soykırımı</t>
+          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257697965</t>
+          <t>9786257697910</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Adım Doğu</t>
+          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257697927</t>
+          <t>9786257697972</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>ÇKP'nin Görev ve Katkıları</t>
+          <t>Kuzey Amerika Soykırımı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257697828</t>
+          <t>9786257697965</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Dağılma Devri</t>
+          <t>Adım Doğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257697804</t>
+          <t>9786257697927</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>ÇKP'nin Görev ve Katkıları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257697811</t>
+          <t>9786257697828</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Osmanlı Devleti'nin Dağılma Devri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257697705</t>
+          <t>9786257697804</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257697507</t>
+          <t>9786257697811</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Tarihi</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257697712</t>
+          <t>9786257697705</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
+          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257697538</t>
+          <t>9786257697507</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Oryantalizmin Sonu</t>
+          <t>Türkçülüğün Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057412102</t>
+          <t>9786257697712</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
+          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257697033</t>
+          <t>9786257697538</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
+          <t>Marx ve Oryantalizmin Sonu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257697460</t>
+          <t>9786057412102</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Adaleti</t>
+          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051820965</t>
+          <t>9786257697033</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gönül Defteri</t>
+          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057707949</t>
+          <t>9786257697460</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
+          <t>Amerikan Adaleti</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257697477</t>
+          <t>9786051820965</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türk İhtilali’nde Vatan Müdafaası</t>
+          <t>Gönül Defteri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257697217</t>
+          <t>9786057707949</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
+          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753431163</t>
+          <t>9786257697477</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve Kültür</t>
+          <t>Türk İhtilali’nde Vatan Müdafaası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257697125</t>
+          <t>9786257697217</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
+          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057707413</t>
+          <t>9789753431163</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Aydın ve Kültür</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257697361</t>
+          <t>9786257697125</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığı ve Kürt Sorunu</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057707321</t>
+          <t>9786057707413</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
+          <t>Dersim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257697415</t>
+          <t>9786257697361</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
+          <t>Toprak Ağalığı ve Kürt Sorunu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057707772</t>
+          <t>9786057707321</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058070882</t>
+          <t>9786257697415</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057707901</t>
+          <t>9786057707772</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257697132</t>
+          <t>9786058070882</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257697149</t>
+          <t>9786057707901</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257697545</t>
+          <t>9786257697132</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257697699</t>
+          <t>9786257697149</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257697637</t>
+          <t>9786257697545</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
+          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257697491</t>
+          <t>9786257697699</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sanat Durumlar Anlar</t>
+          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257697514</t>
+          <t>9786257697637</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektuplar</t>
+          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257697392</t>
+          <t>9786257697491</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika ve Küba</t>
+          <t>Hayat Sanat Durumlar Anlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257697385</t>
+          <t>9786257697514</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>ABD Yol Ayrımında</t>
+          <t>Kardeşime Mektuplar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056889370</t>
+          <t>9786257697392</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Pusulası</t>
+          <t>Güney Amerika ve Küba</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257697347</t>
+          <t>9786257697385</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlıydılar</t>
+          <t>ABD Yol Ayrımında</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257697354</t>
+          <t>9786056889370</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
+          <t>Devrimcinin Pusulası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257697323</t>
+          <t>9786257697347</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Montrö Meydan Muharebesi (Ciltli)</t>
+          <t>Rüzgar Kanatlıydılar</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257697019</t>
+          <t>9786257697354</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'nın Işıkları ve Edipler</t>
+          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257697200</t>
+          <t>9786257697323</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Askeri Ataşe (Kazakistan Anıları)</t>
+          <t>Montrö Meydan Muharebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257697262</t>
+          <t>9786257697019</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika Muharebesi</t>
+          <t>Çankaya'nın Işıkları ve Edipler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257697163</t>
+          <t>9786257697200</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen "Derin Devlet" Raporu</t>
+          <t>Askeri Ataşe (Kazakistan Anıları)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257697095</t>
+          <t>9786257697262</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İran’da Bilim ve Teknoloji</t>
+          <t>Güney Afrika Muharebesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257697187</t>
+          <t>9786257697163</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
+          <t>Gizlenen "Derin Devlet" Raporu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257697170</t>
+          <t>9786257697095</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
+          <t>İran’da Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257697088</t>
+          <t>9786257697187</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
+          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051820477</t>
+          <t>9786257697170</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gösterim Terimleri Sözlüğü</t>
+          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257697071</t>
+          <t>9786257697088</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ayasofya</t>
+          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257697040</t>
+          <t>9786051820477</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çam Bayramı</t>
+          <t>Gösterim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257697002</t>
+          <t>9786257697071</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
+          <t>Atatürk ve Ayasofya</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057707970</t>
+          <t>9786257697040</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
+          <t>Çam Bayramı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057707932</t>
+          <t>9786257697002</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ordusu</t>
+          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057707918</t>
+          <t>9786057707970</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefe Tarihi</t>
+          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057707864</t>
+          <t>9786057707932</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Satranç</t>
+          <t>Atatürk’ün Ordusu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057707796</t>
+          <t>9786057707918</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çin Mimarisi</t>
+          <t>Çin Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057707697</t>
+          <t>9786057707864</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Turan Kızı</t>
+          <t>Doğu Akdeniz'de Satranç</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057707468</t>
+          <t>9786057707796</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Zanaat</t>
+          <t>Çin Mimarisi</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057707499</t>
+          <t>9786057707697</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çin Yazı Karakterleri</t>
+          <t>Turan Kızı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057707475</t>
+          <t>9786057707468</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nun Öyküsü</t>
+          <t>Çin'de Zanaat</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057707710</t>
+          <t>9786057707499</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çin Giyim Kültürü</t>
+          <t>Çin Yazı Karakterleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057707482</t>
+          <t>9786057707475</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
+          <t>İpek Yolu'nun Öyküsü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057707505</t>
+          <t>9786057707710</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültüründe Bayramlar</t>
+          <t>Çin Giyim Kültürü</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057707703</t>
+          <t>9786057707482</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
+          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057707581</t>
+          <t>9786057707505</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2</t>
+          <t>Çin Kültüründe Bayramlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057707628</t>
+          <t>9786057707703</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
+          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057707673</t>
+          <t>9786057707581</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
+          <t>Mukaddime 1-2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057707611</t>
+          <t>9786057707628</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim'in Niteliği</t>
+          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057707574</t>
+          <t>9786057707673</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
+          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057707437</t>
+          <t>9786057707611</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
+          <t>Kemalist Devrim'in Niteliği</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057707512</t>
+          <t>9786057707574</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Paris Komünü'nden Sarı Yeleklilere</t>
+          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057707420</t>
+          <t>9786057707437</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
+          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057707406</t>
+          <t>9786057707512</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Üretim Devrimi</t>
+          <t>Paris Komünü'nden Sarı Yeleklilere</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057707284</t>
+          <t>9786057707420</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
+          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057707246</t>
+          <t>9786057707406</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Yatırım</t>
+          <t>Üretim Devrimi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058070820</t>
+          <t>9786057707284</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
+          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057707048</t>
+          <t>9786057707246</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Osmanlı Savaşları</t>
+          <t>Çin'de Yatırım</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786058070813</t>
+          <t>9786058070820</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
+          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056935404</t>
+          <t>9786057707048</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Kuşatmasındaki Türkiye</t>
+          <t>19. Yüzyıl Osmanlı Savaşları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057707000</t>
+          <t>9786058070813</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
+          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057707024</t>
+          <t>9786056935404</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan İçin Jeopolitik Rota</t>
+          <t>Tarikat Kuşatmasındaki Türkiye</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786056935442</t>
+          <t>9786057707000</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilik Üzerine</t>
+          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786058070851</t>
+          <t>9786057707024</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Üzerine</t>
+          <t>Mavi Vatan İçin Jeopolitik Rota</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786058070875</t>
+          <t>9786056935442</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sineması</t>
+          <t>Devrimcilik Üzerine</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786056935435</t>
+          <t>9786058070851</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
+          <t>Gençlik Üzerine</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786056921780</t>
+          <t>9786058070875</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tabletlerin Kralı Murşili</t>
+          <t>Doğu Sineması</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786058070837</t>
+          <t>9786056935435</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
+          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056898570</t>
+          <t>9786056921780</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Fetvaları</t>
+          <t>Tabletlerin Kralı Murşili</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786056898587</t>
+          <t>9786058070837</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Jandarma Yapılanması</t>
+          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056898563</t>
+          <t>9786056898570</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
+          <t>Diyanet'in Fetvaları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056898501</t>
+          <t>9786056898587</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
+          <t>Fetö'nün Jandarma Yapılanması</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786056921711</t>
+          <t>9786056898563</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Suriye ve Irak</t>
+          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786058110700</t>
+          <t>9786056898501</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İran Gerçeği</t>
+          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753434539</t>
+          <t>9786056921711</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
+          <t>Suriye ve Irak</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753434546</t>
+          <t>9786058110700</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
+          <t>İran Gerçeği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753434584</t>
+          <t>9789753434539</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
+          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051821016</t>
+          <t>9789753434546</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kan Köpüklü Meşe Seliyim</t>
+          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051821023</t>
+          <t>9789753434584</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
+          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051821009</t>
+          <t>9786051821016</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>Kan Köpüklü Meşe Seliyim</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051820989</t>
+          <t>9786051821023</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Bozkurtları</t>
+          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058070899</t>
+          <t>9786051821009</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051820941</t>
+          <t>9786051820989</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
+          <t>Sarayın Bozkurtları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051820958</t>
+          <t>9786058070899</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız Altında Sürgün</t>
+          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051820927</t>
+          <t>9786051820941</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
+          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057707390</t>
+          <t>9786051820958</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Tam Bağımsızlık</t>
+          <t>Ay Yıldız Altında Sürgün</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753434836</t>
+          <t>9786051820927</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
+          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753434942</t>
+          <t>9786057707390</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
+          <t>Emperyalizm ve Tam Bağımsızlık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051820880</t>
+          <t>9789753434836</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753439954</t>
+          <t>9789753434942</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Çin El Sanatları</t>
+          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051820743</t>
+          <t>9786051820880</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753439916</t>
+          <t>9789753439954</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatı</t>
+          <t>Çin El Sanatları</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753439947</t>
+          <t>9786051820743</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağı</t>
+          <t>Diyarbakır Efsaneleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051820804</t>
+          <t>9789753439916</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Satır Artığı</t>
+          <t>Çin Sanatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051820705</t>
+          <t>9789753439947</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Abdülhamid</t>
+          <t>Çin Mutfağı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051820781</t>
+          <t>9786051820804</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nihat Genç’le Veryansın</t>
+          <t>Satır Artığı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051820798</t>
+          <t>9786051820705</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
+          <t>Karikatürlerle Abdülhamid</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051820774</t>
+          <t>9786051820781</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Rengi</t>
+          <t>Nihat Genç’le Veryansın</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051820828</t>
+          <t>9786051820798</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte Geçen O Yıllar</t>
+          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257697286</t>
+          <t>9786051820774</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin İktidarı Makaleler I</t>
+          <t>Aşkın Yedi Rengi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057707123</t>
+          <t>9786051820828</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
+          <t>Gazetecilikte Geçen O Yıllar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051820675</t>
+          <t>9786257697286</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şen Olasın Almanya</t>
+          <t>Cehaletin İktidarı Makaleler I</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257697064</t>
+          <t>9786057707123</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türk Devriminin Programı</t>
+          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051820668</t>
+          <t>9786051820675</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nanhai I ve Deniz İpek Yolu</t>
+          <t>Şen Olasın Almanya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051820620</t>
+          <t>9786257697064</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
+          <t>Türk Devriminin Programı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051820347</t>
+          <t>9786051820668</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Nanhai I ve Deniz İpek Yolu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051820415</t>
+          <t>9786051820620</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Darbesi</t>
+          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051820583</t>
+          <t>9786051820347</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Trakya Raporu 1934</t>
+          <t>Perinçek-İsviçre Davası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051820644</t>
+          <t>9786051820415</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
+          <t>FETÖ Darbesi</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051820613</t>
+          <t>9786051820583</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ön Cephesi Avrasya</t>
+          <t>Trakya Raporu 1934</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051820606</t>
+          <t>9786051820644</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Laikliği Doğru Anlamak</t>
+          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051820552</t>
+          <t>9786051820613</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Kuruluş Yılları</t>
+          <t>İnsanlığın Ön Cephesi Avrasya</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051820538</t>
+          <t>9786051820606</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Solmaz Sarı Çiçek</t>
+          <t>Laikliği Doğru Anlamak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051820545</t>
+          <t>9786051820552</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ulu Çınarın Kökleri - Beşparmak</t>
+          <t>PKK'nın Kuruluş Yılları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256953123</t>
+          <t>9786051820538</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Gençler İçin</t>
+          <t>Solmaz Sarı Çiçek</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051820484</t>
+          <t>9786051820545</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Bizi İster Mi?</t>
+          <t>Ulu Çınarın Kökleri - Beşparmak</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051820507</t>
+          <t>9786256953123</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik</t>
+          <t>Nutuk - Gençler İçin</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051820453</t>
+          <t>9786051820484</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
+          <t>Tanrı Bizi İster Mi?</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051820439</t>
+          <t>9786051820507</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Paralel Devletin Modern Tarihi</t>
+          <t>Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051820323</t>
+          <t>9786051820453</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Altı Ok (Ciltli)</t>
+          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057707093</t>
+          <t>9786051820439</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>Paralel Devletin Modern Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051820392</t>
+          <t>9786051820323</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bush’a Son Selam</t>
+          <t>Altı Ok (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051820286</t>
+          <t>9786057707093</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
+          <t>Sağduyu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051820330</t>
+          <t>9786051820392</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
+          <t>Bush’a Son Selam</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051820309</t>
+          <t>9786051820286</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Grevden Dönenin!</t>
+          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051820316</t>
+          <t>9786051820330</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Sosyalizm</t>
+          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256953109</t>
+          <t>9786051820309</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
+          <t>Grevden Dönenin!</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051820262</t>
+          <t>9786051820316</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Devlet Arşivlerinde Fetö</t>
+          <t>Mısır’da Sosyalizm</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753439886</t>
+          <t>9786256953109</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çin Edebiyatı</t>
+          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753439848</t>
+          <t>9786051820262</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin'de Buluşlar</t>
+          <t>Devlet Arşivlerinde Fetö</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051820255</t>
+          <t>9789753439886</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz ve FETÖ</t>
+          <t>Çin Edebiyatı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753430011</t>
+          <t>9789753439848</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 5</t>
+          <t>Antik Çin'de Buluşlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057707765</t>
+          <t>9786051820255</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Aydınlanma</t>
+          <t>15 Temmuz ve FETÖ</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051820149</t>
+          <t>9789753430011</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Anadolulaşma Süreci</t>
+          <t>Seçme Eserler Cilt: 5</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051820088</t>
+          <t>9786057707765</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>17/25 Aralık</t>
+          <t>Şeriat ve Aydınlanma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051820071</t>
+          <t>9786051820149</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Neferleri</t>
+          <t>Kürtlerin Anadolulaşma Süreci</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051820118</t>
+          <t>9786051820088</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Alfabesi 2</t>
+          <t>17/25 Aralık</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051820132</t>
+          <t>9786051820071</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşilerde Mizah</t>
+          <t>Aydınlanmanın Neferleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051820101</t>
+          <t>9786051820118</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İslam</t>
+          <t>Tanrının Alfabesi 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057707543</t>
+          <t>9786051820132</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
+          <t>Alevi-Bektaşilerde Mizah</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753439718</t>
+          <t>9786051820101</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
+          <t>Kızıl İslam</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753439794</t>
+          <t>9786057707543</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan'ın Suriye Seferi</t>
+          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786058070868</t>
+          <t>9789753439718</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753439763</t>
+          <t>9789753439794</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Din-Bilim Çatışması</t>
+          <t>Erdoğan'ın Suriye Seferi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753439817</t>
+          <t>9786058070868</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Alfabesi</t>
+          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057707659</t>
+          <t>9789753439763</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şeriat'tan Kıssa'lar</t>
+          <t>Din-Bilim Çatışması</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753439749</t>
+          <t>9789753439817</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
+          <t>Tanrı'nın Alfabesi</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257697736</t>
+          <t>9786057707659</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
+          <t>Şeriat'tan Kıssa'lar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753439732</t>
+          <t>9789753439749</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Chp</t>
+          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753439640</t>
+          <t>9786257697736</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Viking Destanı / Egill’in Sagası</t>
+          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753437998</t>
+          <t>9789753439732</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çin Müziği</t>
+          <t>Ayağa Kalk Chp</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753439206</t>
+          <t>9789753439640</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Beyin</t>
+          <t>Viking Destanı / Egill’in Sagası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753439626</t>
+          <t>9789753437998</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
+          <t>Çin Müziği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753439602</t>
+          <t>9789753439206</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
+          <t>Unutulan Beyin</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753439619</t>
+          <t>9789753439626</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hakerenler / Buyruk</t>
+          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786056921704</t>
+          <t>9789753439602</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kulleteyn</t>
+          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753433952</t>
+          <t>9789753439619</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kukla Devlet</t>
+          <t>Hakerenler / Buyruk</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753439466</t>
+          <t>9786056921704</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Topraklar</t>
+          <t>Kulleteyn</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753439695</t>
+          <t>9789753433952</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mehdi Mesih</t>
+          <t>Kukla Devlet</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753439480</t>
+          <t>9789753439466</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika</t>
+          <t>Kızıl Topraklar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753439534</t>
+          <t>9789753439695</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu - Antep Rivayeti</t>
+          <t>Mehdi Mesih</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753439121</t>
+          <t>9789753439480</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
+          <t>Son Dakika</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753439114</t>
+          <t>9789753439534</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki Yürek</t>
+          <t>Köroğlu - Antep Rivayeti</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057707109</t>
+          <t>9789753439121</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Jeopolitik Rota</t>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753439398</t>
+          <t>9789753439114</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gördüğünü Kitaba Yaz</t>
+          <t>Kavanozdaki Yürek</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753439275</t>
+          <t>9786057707109</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Türkiye</t>
+          <t>Türkiye İçin Jeopolitik Rota</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753439251</t>
+          <t>9789753439398</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve İzlenimler</t>
+          <t>Gördüğünü Kitaba Yaz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753439428</t>
+          <t>9789753439275</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Derin Yalnızlık</t>
+          <t>Nasıl Bir Türkiye</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753433020</t>
+          <t>9789753439251</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 3</t>
+          <t>Anılar ve İzlenimler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057707529</t>
+          <t>9789753439428</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 2</t>
+          <t>Derin Yalnızlık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753439503</t>
+          <t>9789753433020</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Masal Haftası</t>
+          <t>Kur’an’ın Eleştirisi 3</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753439176</t>
+          <t>9786057707529</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Üstüme Fazla Gelme Ayçelen</t>
+          <t>Kur’an’ın Eleştirisi 2</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753439459</t>
+          <t>9789753439503</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Mimarları</t>
+          <t>Masal Haftası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753439282</t>
+          <t>9789753439176</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Camino’nun Mucizesi</t>
+          <t>Üstüme Fazla Gelme Ayçelen</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753439268</t>
+          <t>9789753439459</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
+          <t>Mucizenin Mimarları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753439145</t>
+          <t>9789753439282</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ve Madenci Tumba Dedi</t>
+          <t>Camino’nun Mucizesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753436021</t>
+          <t>9789753439268</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
+          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057707666</t>
+          <t>9789753439145</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye</t>
+          <t>Ve Madenci Tumba Dedi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753439367</t>
+          <t>9789753436021</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Deccal Dindarmış</t>
+          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753439213</t>
+          <t>9786057707666</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
+          <t>Cahiliyye</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057707888</t>
+          <t>9789753439367</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dönekler</t>
+          <t>Deccal Dindarmış</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753438810</t>
+          <t>9789753439213</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
+          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051820040</t>
+          <t>9786057707888</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kitabı</t>
+          <t>Dönekler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753439015</t>
+          <t>9789753438810</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye</t>
+          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057707017</t>
+          <t>9786051820040</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
+          <t>Kadın Kitabı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057707086</t>
+          <t>9789753439015</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 2 - Hz. Muhammed</t>
+          <t>Emperyalizm ve Türkiye</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753438834</t>
+          <t>9786057707017</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Siyaset</t>
+          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753436274</t>
+          <t>9786057707086</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Sosyalizm ve Bilim</t>
+          <t>Din Bu 2 - Hz. Muhammed</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786056898556</t>
+          <t>9789753438834</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bereket Kültü ve Mabet Fahişeliği</t>
+          <t>Asker ve Siyaset</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786056945816</t>
+          <t>9789753436274</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Arap Milliyetçiliği ve Türkler</t>
+          <t>Bilimsel Sosyalizm ve Bilim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753434898</t>
+          <t>9786056898556</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
+          <t>Bereket Kültü ve Mabet Fahişeliği</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057707260</t>
+          <t>9786056945816</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
+          <t>Arap Milliyetçiliği ve Türkler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786056935480</t>
+          <t>9789753434898</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tevrat ve İncil’in Eleştirisi</t>
+          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786056945878</t>
+          <t>9786057707260</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
+          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257697859</t>
+          <t>9786056935480</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
+          <t>Tevrat ve İncil’in Eleştirisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257697781</t>
+          <t>9786056945878</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257697743</t>
+          <t>9786257697859</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057707338</t>
+          <t>9786257697781</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılıktan Kemalizme</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753438988</t>
+          <t>9786257697743</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatı Mahsusa</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753438728</t>
+          <t>9786057707338</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
+          <t>İttihatçılıktan Kemalizme</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057707994</t>
+          <t>9789753438988</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Modern Türkler</t>
+          <t>Teşkilatı Mahsusa</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257697101</t>
+          <t>9789753438728</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753434362</t>
+          <t>9786057707994</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
+          <t>Eski ve Modern Türkler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753438933</t>
+          <t>9786257697101</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753438896</t>
+          <t>9789753434362</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılarla Anılar Geride Kalanlar</t>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753438711</t>
+          <t>9789753438933</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>Türk İmgesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>30</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753432498</t>
+          <t>9789753438896</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>ÖDP’nin Kimliği</t>
+          <t>Sanatçılarla Anılar Geride Kalanlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753438735</t>
+          <t>9789753438711</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Hasdal’da 3 Yıl</t>
+          <t>Modern Türk Sanatının Doğuşu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753438674</t>
+          <t>9789753432498</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>ÖDP’nin Kimliği</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057707741</t>
+          <t>9789753438735</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Felsefesi ve Kaynakları</t>
+          <t>Resimlerle Hasdal’da 3 Yıl</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057707734</t>
+          <t>9789753438674</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim-3 Altı Ok</t>
+          <t>Engerek</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786056921728</t>
+          <t>9786057707741</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Din ve Allah</t>
+          <t>Kemalizmin Felsefesi ve Kaynakları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753438643</t>
+          <t>9786057707734</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>Kemalist Devrim-3 Altı Ok</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753439404</t>
+          <t>9786056921728</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Çanakkale Ruhu 1915</t>
+          <t>Din ve Allah</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753438650</t>
+          <t>9789753438643</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Sarısı</t>
+          <t>Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753438544</t>
+          <t>9789753439404</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Affaire Perinçek c. Suisse</t>
+          <t>100. Yılında Çanakkale Ruhu 1915</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753434843</t>
+          <t>9789753438650</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Armenische Nationalistische Strömungen</t>
+          <t>Van Gogh Sarısı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753438582</t>
+          <t>9789753438544</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'da Dağlarca</t>
+          <t>Affaire Perinçek c. Suisse</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753438568</t>
+          <t>9789753434843</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
+          <t>Armenische Nationalistische Strömungen</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>12</v>
+        <v>140</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753438575</t>
+          <t>9789753438582</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ağış</t>
+          <t>Cemal Süreya'da Dağlarca</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753438537</t>
+          <t>9789753438568</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Perinçek İsviçre Davası</t>
+          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>3990000026888</t>
+          <t>9789753438575</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Musul Sorunu</t>
+          <t>Ağış</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>32.41</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753438223</t>
+          <t>9789753438537</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Gül ve Gülen Örgütü</t>
+          <t>Perinçek İsviçre Davası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753438599</t>
+          <t>3990000026888</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Diren Gezi</t>
+          <t>Musul Sorunu</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>260</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753438520</t>
+          <t>9789753438223</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Düş ve Gerçek</t>
+          <t>Tayyip Gül ve Gülen Örgütü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753438551</t>
+          <t>9789753438599</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
+          <t>Diren Gezi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>22</v>
+        <v>260</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753439411</t>
+          <t>9789753438520</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçiliğinin Serüveni</t>
+          <t>Bir Günlük Düş ve Gerçek</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>375</v>
+        <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753438384</t>
+          <t>9789753438551</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
+          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753438506</t>
+          <t>9789753439411</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
+          <t>Ermeni Milliyetçiliğinin Serüveni</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753438094</t>
+          <t>9789753438384</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Abdocan</t>
+          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753438254</t>
+          <t>9789753438506</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
+          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>6</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>8690228099966</t>
+          <t>9789753438094</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ankara'ya</t>
+          <t>Abdocan</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753431945</t>
+          <t>9789753438254</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kütahyalı Ahmet</t>
+          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>3.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753437752</t>
+          <t>8690228099966</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş'ta Sırtlan Pususu</t>
+          <t>Ankara'ya</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753438056</t>
+          <t>9789753431945</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Efsanesi</t>
+          <t>Kütahyalı Ahmet</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753438155</t>
+          <t>9789753437752</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Beşiktaş'ta Sırtlan Pususu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753438179</t>
+          <t>9789753438056</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Temel Hakları Nelerdir?</t>
+          <t>Sevgi Efsanesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753438360</t>
+          <t>9789753438155</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753438261</t>
+          <t>9789753438179</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
+          <t>İşçilerin Temel Hakları Nelerdir?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057707567</t>
+          <t>9789753438360</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Proje Kanal İstanbul</t>
+          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753438407</t>
+          <t>9789753438261</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Kız</t>
+          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>12</v>
+        <v>240</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753438391</t>
+          <t>9786057707567</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Strateji Ustası Atatürk</t>
+          <t>Çılgın Proje Kanal İstanbul</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753438353</t>
+          <t>9789753438407</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türk Kelebeği</t>
+          <t>Kumsaldaki Kız</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057707352</t>
+          <t>9789753438391</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye’nin Oluşumu</t>
+          <t>Strateji Ustası Atatürk</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753438780</t>
+          <t>9789753438353</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
+          <t>Türk Kelebeği</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753438704</t>
+          <t>9786057707352</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
+          <t>Modern Türkiye’nin Oluşumu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753436403</t>
+          <t>9789753438780</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
+          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753435321</t>
+          <t>9789753438704</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve Partiler Rejimi</t>
+          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786056935428</t>
+          <t>9789753436403</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>1938 Son Yıl</t>
+          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753438339</t>
+          <t>9789753435321</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk’ün Öldürülüşü</t>
+          <t>Anayasa ve Partiler Rejimi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753438285</t>
+          <t>9786056935428</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kara Şarkılar</t>
+          <t>1938 Son Yıl</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>17</v>
+        <v>500</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753439077</t>
+          <t>9789753438339</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yanıyor</t>
+          <t>Nizamülmülk’ün Öldürülüşü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753439862</t>
+          <t>9789753438285</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Marko Polo Çin’de</t>
+          <t>Kara Şarkılar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786058110779</t>
+          <t>9789753439077</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sümerliler Türklerin Bir Koludur</t>
+          <t>Türkiye Yanıyor</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786056898525</t>
+          <t>9789753439862</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sumerli Ludingirra</t>
+          <t>Marko Polo Çin’de</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753438032</t>
+          <t>9786058110779</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
+          <t>Sümerliler Türklerin Bir Koludur</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753437974</t>
+          <t>9786056898525</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Rönesansı</t>
+          <t>Sumerli Ludingirra</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753435413</t>
+          <t>9789753438032</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
+          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257697774</t>
+          <t>9789753437974</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
+          <t>Cehaletin Rönesansı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>800</v>
+        <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753437707</t>
+          <t>9789753435413</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753431200</t>
+          <t>9786257697774</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>HEP, DEP ve Devlet</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>1.39</v>
+        <v>800</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257697279</t>
+          <t>9789753437707</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Müdafaam</t>
+          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753437677</t>
+          <t>9789753431200</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İsyan Makamı</t>
+          <t>HEP, DEP ve Devlet</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>8</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753435994</t>
+          <t>9786257697279</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>Hatıralarım ve Müdafaam</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>18</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057707963</t>
+          <t>9789753437677</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İsveççenin Türkçeyle Benzerlikleri</t>
+          <t>İsyan Makamı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>8</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753437820</t>
+          <t>9789753435994</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Vardiya Bizde Bugün Silivri</t>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753438001</t>
+          <t>9786057707963</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
+          <t>İsveççenin Türkçeyle Benzerlikleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753437745</t>
+          <t>9789753437820</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Kargalar (Ciltli)</t>
+          <t>Vardiya Bizde Bugün Silivri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057707758</t>
+          <t>9789753438001</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Eleştirisi -1</t>
+          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753431705</t>
+          <t>9789753437745</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Zazaca-Türkçe Sözlük</t>
+          <t>Ulduz ve Kargalar (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057707536</t>
+          <t>9786057707758</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yurt Bilgisi</t>
+          <t>Kur'an'ın Eleştirisi -1</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753432290</t>
+          <t>9789753431705</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Uçan Kuş</t>
+          <t>Zazaca-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753434638</t>
+          <t>9786057707536</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
+          <t>Yurt Bilgisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753434171</t>
+          <t>9789753432290</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yarın</t>
+          <t>Yeraltında Uçan Kuş</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057707307</t>
+          <t>9789753434638</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Tepkilerim</t>
+          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057707376</t>
+          <t>9789753434171</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ünlülere Mektuplar</t>
+          <t>Yarın</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786058110748</t>
+          <t>9786057707307</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
+          <t>Vatandaşlık Tepkilerim</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753436045</t>
+          <t>9786057707376</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
+          <t>Ünlülere Mektuplar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257697309</t>
+          <t>9786058110748</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Anayasa Birikimi</t>
+          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753434652</t>
+          <t>9789753436045</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
+          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786056898518</t>
+          <t>9786257697309</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan ile Görüşmeler</t>
+          <t>Türkiye’nin Anayasa Birikimi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753437684</t>
+          <t>9789753434652</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Askeri Müdahaleleri</t>
+          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753434119</t>
+          <t>9786056898518</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>68’in Sırrı</t>
+          <t>Abdullah Öcalan ile Görüşmeler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257697224</t>
+          <t>9789753437684</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
+          <t>ABD’nin Askeri Müdahaleleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753435444</t>
+          <t>9789753434119</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>68’in Sırrı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753436144</t>
+          <t>9786257697224</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
+          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057707239</t>
+          <t>9789753435444</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753435475</t>
+          <t>9789753436144</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nda Strateji Sorunu</t>
+          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753434904</t>
+          <t>9786057707239</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabının Karakterleri</t>
+          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753434973</t>
+          <t>9789753435475</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Medeniyete Açılıyor</t>
+          <t>Türk Ordusu’nda Strateji Sorunu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786056935459</t>
+          <t>9789753434904</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
+          <t>Türk İnkılabının Karakterleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753434447</t>
+          <t>9789753434973</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
+          <t>Tunceli Medeniyete Açılıyor</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753436441</t>
+          <t>9786056935459</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Sarmalı</t>
+          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057707871</t>
+          <t>9789753434447</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
+          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753437714</t>
+          <t>9789753436441</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>İşçi Partisi Neden Hedefte</t>
+          <t>Kıbrıs Sarmalı</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753432597</t>
+          <t>9786057707871</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İslama Göre Diğer Dinler</t>
+          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057707116</t>
+          <t>9789753437714</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
+          <t>İşçi Partisi Neden Hedefte</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753434553</t>
+          <t>9789753432597</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
+          <t>İslama Göre Diğer Dinler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786056898532</t>
+          <t>9786057707116</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber</t>
+          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786056898549</t>
+          <t>9789753434553</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
+          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753432870</t>
+          <t>9786056898532</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hizbullah</t>
+          <t>İbrahim Peygamber</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257697293</t>
+          <t>9786056898549</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
+          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753436496</t>
+          <t>9789753432870</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Görev</t>
+          <t>Hangi Hizbullah</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786056921735</t>
+          <t>9786257697293</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Gilgameş</t>
+          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753434157</t>
+          <t>9789753436496</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Şifreleri</t>
+          <t>Görev</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057707642</t>
+          <t>9786056921735</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Yabancılaşma</t>
+          <t>Gilgameş</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257697255</t>
+          <t>9789753434157</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçi Akımları</t>
+          <t>Fetö'nün Şifreleri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753435536</t>
+          <t>9786057707642</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
+          <t>Eşcinsellik ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057707802</t>
+          <t>9786257697255</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik Üzerine</t>
+          <t>Ermeni Milliyetçi Akımları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753434997</t>
+          <t>9789753435536</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Diasporadaki Taşnaklar</t>
+          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753431323</t>
+          <t>9786057707802</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Ben</t>
+          <t>Din ve Laiklik Üzerine</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753435659</t>
+          <t>9789753434997</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Derebeyi ve Dersim</t>
+          <t>Diasporadaki Taşnaklar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257697316</t>
+          <t>9789753431323</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Çiller Özel Örgütü</t>
+          <t>Devlet ve Ben</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257697231</t>
+          <t>9789753435659</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Polis Raporlarında Taşnaklar</t>
+          <t>Derebeyi ve Dersim</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753435178</t>
+          <t>9786257697316</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
+          <t>Çiller Özel Örgütü</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753436083</t>
+          <t>9786257697231</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
+          <t>Çarlık Polis Raporlarında Taşnaklar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257697118</t>
+          <t>9789753435178</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve "Aydın"</t>
+          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753436434</t>
+          <t>9789753436083</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
+          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257697026</t>
+          <t>9786257697118</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
+          <t>Aydın ve "Aydın"</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257697750</t>
+          <t>9789753436434</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257697446</t>
+          <t>9786257697026</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
+          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257697453</t>
+          <t>9786257697750</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
+          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786056945823</t>
+          <t>9786257697446</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753435086</t>
+          <t>9786257697453</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257697798</t>
+          <t>9786056945823</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257697767</t>
+          <t>9789753435086</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753434607</t>
+          <t>9786257697798</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753434287</t>
+          <t>9786257697767</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753434126</t>
+          <t>9789753434607</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786056945809</t>
+          <t>9789753434287</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753433945</t>
+          <t>9789753434126</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753433853</t>
+          <t>9786056945809</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753433747</t>
+          <t>9789753433945</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786056935497</t>
+          <t>9789753433853</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sumerliler</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786057707031</t>
+          <t>9789753433747</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786058110786</t>
+          <t>9786056935497</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Düşünüyor</t>
+          <t>Atatürk ve Sumerliler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786058070844</t>
+          <t>9786057707031</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
+          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753434256</t>
+          <t>9786058110786</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Şeriat, İnsan ve Akıl</t>
+          <t>Atatürk Düşünüyor</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786056935473</t>
+          <t>9786058070844</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Kadın</t>
+          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257697484</t>
+          <t>9789753434256</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
+          <t>Şeriat, İnsan ve Akıl</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786057707253</t>
+          <t>9786056935473</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Böyle</t>
+          <t>Şeriat ve Kadın</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786057707895</t>
+          <t>9786257697484</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
+          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786058110793</t>
+          <t>9786057707253</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
+          <t>Şeriat Böyle</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753437806</t>
+          <t>9786057707895</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753430104</t>
+          <t>9786058110793</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 4</t>
+          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753430098</t>
+          <t>9789753437806</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 3</t>
+          <t>Sınırların Ötesinde</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753436038</t>
+          <t>9789753430104</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
+          <t>Seçme Eserler Cilt: 4</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753436366</t>
+          <t>9789753430098</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Seçme Eserler Cilt: 3</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057707680</t>
+          <t>9789753436038</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Parti ve Sanat</t>
+          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753436151</t>
+          <t>9789753436366</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
+          <t>Perinçek-İsviçre Davası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753435628</t>
+          <t>9786057707680</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
+          <t>Parti ve Sanat</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753436182</t>
+          <t>9789753436151</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
+          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753436373</t>
+          <t>9789753435628</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ortakçının Oğlu Talip Apaydın</t>
+          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786058110762</t>
+          <t>9789753436182</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 2</t>
+          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786057707130</t>
+          <t>9789753436373</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 1</t>
+          <t>Ortakçının Oğlu Talip Apaydın</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786058070806</t>
+          <t>9786058110762</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Og’dan Oğur’a</t>
+          <t>Ortadoğu Uygarlık Mirası 2</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786057707277</t>
+          <t>9786057707130</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Nurculuk</t>
+          <t>Ortadoğu Uygarlık Mirası 1</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786056935466</t>
+          <t>9786058070806</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’e Göre Muhammed</t>
+          <t>Og’dan Oğur’a</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057707369</t>
+          <t>9786057707277</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>MİT’in Çiller Örgütü Raporu</t>
+          <t>Müslümanlık ve Nurculuk</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753434270</t>
+          <t>9786056935466</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Masonlar Dinleyiniz!</t>
+          <t>Muhammed’e Göre Muhammed</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257697590</t>
+          <t>9786057707369</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Masalı</t>
+          <t>MİT’in Çiller Örgütü Raporu</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257697194</t>
+          <t>9789753434270</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
+          <t>Masonlar Dinleyiniz!</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786056898594</t>
+          <t>9786257697590</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
+          <t>Liberalizm Masalı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257697057</t>
+          <t>9786257697194</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
+          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257697330</t>
+          <t>9786056898594</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Tanrı</t>
+          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789753432603</t>
+          <t>9786257697057</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Kitaplılar</t>
+          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786058110717</t>
+          <t>9786257697330</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
+          <t>Kur’an’daki Tanrı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753430807</t>
+          <t>9789753432603</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
+          <t>Kur’an’daki Kitaplılar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753430791</t>
+          <t>9786058110717</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
+          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753430784</t>
+          <t>9789753430807</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753430739</t>
+          <t>9789753430791</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753430722</t>
+          <t>9789753430784</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753430715</t>
+          <t>9789753430739</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753430692</t>
+          <t>9789753430722</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
+          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753437462</t>
+          <t>9789753430715</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
+          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753431422</t>
+          <t>9789753430692</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
+          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753435710</t>
+          <t>9789753437462</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kontrgerilla 2  Örgütlenmesi</t>
+          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257697248</t>
+          <t>9789753431422</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
+          <t>9789753435710</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Kontrgerilla 2  Örgütlenmesi</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786257697248</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
           <t>9786057707154</t>
         </is>
       </c>
-      <c r="B540" s="1" t="inlineStr">
+      <c r="B542" s="1" t="inlineStr">
         <is>
           <t>Kızıl Kayalar</t>
         </is>
       </c>
-      <c r="C540" s="1">
+      <c r="C542" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>