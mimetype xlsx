--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -85,8155 +85,15595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256953802</t>
+          <t>9789753432252</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Biz Profesörler</t>
+          <t>Şafak Atı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256953789</t>
+          <t>9786051820422</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Süleymancılar</t>
+          <t>Osmanlıda Oğlancılık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256953710</t>
+          <t>9786051820934</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yıllık Bekleyiş</t>
+          <t>Türk-Altay Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259611846</t>
+          <t>2789788613646</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Gezisi</t>
+          <t>Nasıl Büyük İnsan Oldular Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>98.15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256953765</t>
+          <t>2789788613640</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Tehlike Makaleler III</t>
+          <t>Kur'an'ın Eleştirisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>86.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256953680</t>
+          <t>9786051820248</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şark “İlyada”sı Şâhnâme</t>
+          <t>Kut'ül Amare Kahramanı Halil Paşa - Bitmeyen Savaş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259659107</t>
+          <t>2789788613649</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğa Navigasyonu</t>
+          <t>Sağlık ve Yaşam Seti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256953734</t>
+          <t>9786051820569</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi Kanunları</t>
+          <t>Avrasya'nın Kilidi Türkiye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256953727</t>
+          <t>9789753438100</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Teknokrasi ve Yapay Zeka</t>
+          <t>Ömer Hayyam (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259409122</t>
+          <t>9789753430135</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
+          <t>Din Bu 1 - Tanrı ve Kuran</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259409177</t>
+          <t>9789753438049</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259409153</t>
+          <t>9789753439053</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
+          <t>IŞİD Kara Terör</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259409115</t>
+          <t>9789753439374</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
+          <t>Şiir Adaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259409160</t>
+          <t>9789753439220</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
+          <t>Latin Amerika’nın Devrimci Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259409139</t>
+          <t>9789753439152</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
+          <t>Osmanlı’dan Cumhuriyet’e Türk Kadınının Kısa Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257697934</t>
+          <t>9789753439183</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuklar</t>
+          <t>Mondros’tan İstanbul’a İmparatorluk’tan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256953697</t>
+          <t>9789753431477</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Kahraman</t>
+          <t>İtiraflar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256953307</t>
+          <t>9789753431460</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>İtiraf Eski Ülkücü MHP’yi Anlatıyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>380</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256953666</t>
+          <t>9789753435529</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sınırlarında Nöbet</t>
+          <t>İşçi Sınıfı ve Sendika Sorunlarına Ulusalcı Çözüm</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256953673</t>
+          <t>9789753436342</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Filistin Diriliş İlahileri</t>
+          <t>İsmet İnönü’nün Dış Politikası (1938-1950)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256953376</t>
+          <t>9789753431828</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Asyada Devlet Birikimi</t>
+          <t>İslamiyet ve Barış Tartışması</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256953543</t>
+          <t>9789753430890</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Batıcılar</t>
+          <t>İslamın Kaynakları 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>480</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256953338</t>
+          <t>9789753435390</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İlk Ders</t>
+          <t>İslamın İnsanlık Kültürüne Katkısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753430609</t>
+          <t>9789753435031</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
+          <t>İskitler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000029582</t>
+          <t>9789753432108</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
+          <t>İrticaya Karşı Genelkurmay Belgeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>3365</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000033777</t>
+          <t>9789753430814</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
+          <t>İnsanlığın İki Yüzü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1050</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000071036</t>
+          <t>9789753430708</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
+          <t>İnsan Yılmaz Güney</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2850</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257697873</t>
+          <t>9789753432702</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Subayı Gözünden Nato ve ABD</t>
+          <t>İnkılap Tarihimiz Ve Jön Türkler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051820361</t>
+          <t>9789753435666</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Avrasyacılık</t>
+          <t>İttihat Terakki ve Jöntürkler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753438889</t>
+          <t>9789753431231</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
+          <t>İmparatorluğa Karşı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753439473</t>
+          <t>9789753431354</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan’daki Katliamlar ve Türkler</t>
+          <t>İlhan Arsel’e Mektuplar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753436298</t>
+          <t>9789753433242</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
+          <t>İkili Anlaşmaların İçyüzü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753438759</t>
+          <t>9789753430524</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Umut Düşlerin Kanadında</t>
+          <t>İkibinlerin Eşiğinde Kürt Sorunu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753438414</t>
+          <t>9789753435406</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Amerika</t>
+          <t>İbn Haldun’da Uygarlıkların Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753437844</t>
+          <t>9789753437721</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
+          <t>Işık Külü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051820866</t>
+          <t>9799753432657</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İsmail Mahir Efendi</t>
+          <t>Huluppu Ağacı Sumer Kültürünün Kur’an İncil ve Tevrat’taki Yeri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051820200</t>
+          <t>9789753433440</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
+          <t>Hapishane Şiirleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051820057</t>
+          <t>9789753436199</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Gençler</t>
+          <t>Halkçılık Üzerine</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753439565</t>
+          <t>9789753439039</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
+          <t>Homeros’un İzinde Troya’dan Savaş Efsaneleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753435871</t>
+          <t>9789753432177</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
+          <t>Hintlilerde Tanrı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753435789</t>
+          <t>9789753438773</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Stalin’den Gorbaçov’a</t>
+          <t>Rıfat Ilgaz Öyküleri Çizgilerle</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753437981</t>
+          <t>9789753430746</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
+          <t>Güneydoğu’da Gazeteci Olmak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753437127</t>
+          <t>9789753438766</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Açık Tanık Silivri Nöbet Çadırı</t>
+          <t>Kendi Ağzından Abdullah Öcalan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753436731</t>
+          <t>9789753437813</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
+          <t>Türkiye Solu ve PKK</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753430579</t>
+          <t>9789753438940</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Maoizmin Geleceği</t>
+          <t>Atatürk Dönemi Türk-Sovyet İlişkileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753438476</t>
+          <t>9789753438018</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık?</t>
+          <t>Cemaat İsterse</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753438308</t>
+          <t>9789753437943</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hücremin Lumbuzundan</t>
+          <t>The Sanat Çağı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057707291</t>
+          <t>9789753438902</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257697408</t>
+          <t>9789753438346</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Harici Bir Hariciyecinin Not Defteri</t>
+          <t>Tebeşir Kokulu Sözler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256953611</t>
+          <t>9789753438131</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
+          <t>31 Mart'ta Yabancı Parmağı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256953215</t>
+          <t>9789753438469</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>ABD Neden Batıyor? Doların Akıbeti</t>
+          <t>Midas’ın Serçe Parmağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753439350</t>
+          <t>9786051820033</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
+          <t>On İki Bin Yılın Mirası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256953659</t>
+          <t>9789753439893</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Öntürklük ve Önhintcermenlik</t>
+          <t>Çin Kung Fu'su</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256953642</t>
+          <t>9789753439541</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Dış Politika</t>
+          <t>Güneş'in Katli</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256953604</t>
+          <t>9786051820897</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fethullah ve Susurluk</t>
+          <t>Gayrimilli Eğitim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>440</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753432641</t>
+          <t>9786051820712</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
+          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753438636</t>
+          <t>9786051820491</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
+          <t>Çin'in Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753439138</t>
+          <t>9789753439879</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
+          <t>Zheng He'nin Batı Okyanuslarına Seyahatleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753439664</t>
+          <t>9789753439510</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>İmparatorluk’tan Cumhuriyet’e 2 / 1919 Başlangıç</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990003436489</t>
+          <t>9789753439527</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Urfa’dan Harvard’a</t>
+          <t>M. Akif Ersoy Nasıl Büyük İnsan Oldu?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056945885</t>
+          <t>9789753439237</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
+          <t>1.Dünya Savaşı’nda Esir Türkler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753438483</t>
+          <t>9786051820972</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kazanmak</t>
+          <t>Devlet Kavgası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056945854</t>
+          <t>9786051820903</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
+          <t>Merak Edilen Yönleriyle İslam</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>24000</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056945861</t>
+          <t>9789753439558</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
+          <t>Yaşamla Sanatın Örtüşümlü Estetiği / Fikret Mualla</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753438629</t>
+          <t>9786051820521</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
+          <t>Aydınlık Hareketi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>2400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051820156</t>
+          <t>9786051820576</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
+          <t>Mukaddime 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000013065</t>
+          <t>9786051820224</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
+          <t>Küreselleşme Döneminde Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>4800</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753436014</t>
+          <t>9786051820231</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
+          <t>Yükselen Alçaklık (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753436007</t>
+          <t>9786051820170</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
+          <t>Astsubay Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256953550</t>
+          <t>9786051820125</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Ölümsüz Dili</t>
+          <t>Yurduma Alçakları Uğratma!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056921797</t>
+          <t>9786051820095</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Türkiye'de Şeriat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056921742</t>
+          <t>9789753438681</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Saklı Tarihi (Ciltli)</t>
+          <t>Malta Yargılaması</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057707383</t>
+          <t>9789753439985</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Fransız Basınında Genç-Türk Devrimi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058110731</t>
+          <t>9789753439589</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sumerliler - 2</t>
+          <t>Benim Şeker Yavrum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057707727</t>
+          <t>9789753439312</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Uyanın Artık!</t>
+          <t>Kavga Ölüm ve Esmer Aşk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>360</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056921759</t>
+          <t>9789753439091</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Deniz Gezmiş</t>
+          <t>Çocukluk Arkadaşım Atatürk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056921766</t>
+          <t>9789753438858</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
+          <t>Kürt Sorunu Bibliyografyası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057707345</t>
+          <t>9789753438865</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki 1908-1914</t>
+          <t>40 Bin Alevi Öldürülmedi mi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753436328</t>
+          <t>9789753438841</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
+          <t>Halifelik Neden Kaldırıldı?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753435635</t>
+          <t>9789753436113</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Savunması</t>
+          <t>Zor Günlerin Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753435758</t>
+          <t>9789753435369</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Bombalarının Sırrı</t>
+          <t>Zaman ve Aşk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057707079</t>
+          <t>3990000011996</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 1 - Tanrı ve Kur'an</t>
+          <t>Yüz Aşk Şiiri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057707444</t>
+          <t>9789753435673</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Ana Dava İddianamesi</t>
+          <t>Yusuf Akçura - Kemalizmin İdeoloğu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058110755</t>
+          <t>9789753435956</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
+          <t>Yugoslavya Dersleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257697156</t>
+          <t>9789753435307</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Adanan Bir Ömür</t>
+          <t>Yeni Türkiye’nin Doğuşu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057707987</t>
+          <t>9789753432931</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
+          <t>Yeni Korumacılık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753437639</t>
+          <t>3990000012838</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Telhun (Ciltli)</t>
+          <t>Yazı ve Konuşmalar Komintern Belgelerinde Türkiye - 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753435987</t>
+          <t>9789753436472</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
+          <t>Yandı İçim (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256953536</t>
+          <t>9789753434102</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
+          <t>Yabancıya Toprak Satışı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256953574</t>
+          <t>9789753434775</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Dayatma LGBT</t>
+          <t>Vatikan Para ve Kan İmparatorluğu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257697941</t>
+          <t>9789753433433</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
+          <t>Varlık Vergisi Gerçeği</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256953598</t>
+          <t>9789753434164</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
+          <t>Ütopya (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>380</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256953567</t>
+          <t>9799753432770</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Ataları</t>
+          <t>Ülkücüler Öteki Devletin Şehitleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>580</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256953413</t>
+          <t>3990000007652</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
+          <t>Ülkücü Komando Kampları AP Hükümetinin 1970’te Hazırlattığı MHP Raporu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>3000</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256953581</t>
+          <t>9789753431569</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephemiz</t>
+          <t>Uyuşturucu ve Tarihi Bağımlılık Yapan Maddeler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256953406</t>
+          <t>9789753434416</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hedefte Türkiye</t>
+          <t>Uygur Karızlarına Yolculuk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>8</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256953390</t>
+          <t>9789753436243</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
+          <t>Ulusal Devrim ve Küresel Karşıdevrim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256953505</t>
+          <t>9789753437738</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
+          <t>Ulusal Devletin Yıkımı ve Sol Tavır</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256953499</t>
+          <t>9789753432856</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
+          <t>Türklerin Müslümanlığa Geçişi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753439046</t>
+          <t>9789753433112</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
+          <t>Türklerde Müzik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057707178</t>
+          <t>9789753435703</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
+          <t>Türkiye’de Bitmeyen Ekonomik Kriz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256953352</t>
+          <t>9789753433938</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Altı Yaşında Siyasi Sanık</t>
+          <t>Türkiye-Azerbaycan İlişkileri ve İbrahim Ebilov</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256953031</t>
+          <t>9789753436410</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
+          <t>Türkiye ve İran</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256953321</t>
+          <t>9789753433235</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dış Politikası</t>
+          <t>Türkiye Milli İktisat Tarihi (Devletçilik)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256953345</t>
+          <t>3990000002312</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Felsefeye</t>
+          <t>Türkiye İşçi Sınıfı ve Sendikacılık Hareketi Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>450</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256953314</t>
+          <t>3990000007653</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
+          <t>Türkiye İhtilalci İşçi Köylü Partisi Davası Savunma</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256953291</t>
+          <t>9789753434010</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
+          <t>Türkiye Ekonomisi Yakın Tarih - 1</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753439022</t>
+          <t>9789753432429</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Verdim Bakışlarımı</t>
+          <t>Türkçülüğün Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>260</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257697552</t>
+          <t>9789753432474</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kaleminden 2: Geometri</t>
+          <t>Türkçü - Devrimci Diyaloğu Doğu Perinçek ve Attila İlhan’la Röportajlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256953017</t>
+          <t>9799753438994</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
+          <t>Türkçenin Dünü ve Yarını</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>800</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256953253</t>
+          <t>3990000005551</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Erzincan</t>
+          <t>Türk Sorunu Emekçiler Açısından Belgelerle Kürt Sorunu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256953246</t>
+          <t>9789753435826</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aşiretler Raporu</t>
+          <t>Türk Ordusu’nda General Olmak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259409108</t>
+          <t>9789753436465</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Okuma Sevgisi</t>
+          <t>Türk Ordusuna Balyoz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256953284</t>
+          <t>9789753436120</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
+          <t>Türk Ordusu Kuşatmayı Nasıl Yaracak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256953277</t>
+          <t>9789753436359</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türklük Nedir ve Terbiye Yolları</t>
+          <t>Türk Hukukunun Kökenleri ve Türk Hukuk Devrimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256953260</t>
+          <t>9789753431347</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uygarlık Serüveni</t>
+          <t>Turan Dursun’a Mektuplar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057707857</t>
+          <t>9789753431361</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Allah, Kur'an, Dua, İman</t>
+          <t>Tuhaf Şeylerin Kökeni</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256953239</t>
+          <t>9789753435512</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Batı Asya'da Devlet Teorisi</t>
+          <t>Toplumbilim ve Spor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256953161</t>
+          <t>9789753436137</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>Topkapı Sarayı ve Türk-İslam Sanatları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257697521</t>
+          <t>9789753435963</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>Tele Tayyip</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256953154</t>
+          <t>9789753436076</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Bir Adam</t>
+          <t>Tayyip’in Voleleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057707819</t>
+          <t>9789753433266</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Vesikalar</t>
+          <t>Tarihten Güncelliğe Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2500</v>
+        <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257697958</t>
+          <t>9789753433358</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü'nün Dış Politikası</t>
+          <t>Tarım Bolluk İçinde Yoksulluk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257697989</t>
+          <t>9789753432689</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İki Neslin Tarihi (Ciltli)</t>
+          <t>Tanrılar Susamışlardı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257697620</t>
+          <t>9789753435291</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ortak Aklımız Parti</t>
+          <t>Talat Paşa Cinayeti Davası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057707147</t>
+          <t>9789753431019</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>500</v>
+        <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257697996</t>
+          <t>9789753430647</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Şeytan Ayetleri Tartışması</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256953185</t>
+          <t>9789753434713</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Cehalet Makaleler II</t>
+          <t>Şeyh Bedreddin ve Börklüce Mustafa</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257697842</t>
+          <t>9789753431644</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültürel Dönüşümün Öyküsü</t>
+          <t>Şeriat’tan Kıssa’lar 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>360</v>
+        <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257697583</t>
+          <t>9789753431262</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
+          <t>Şeriat’tan Kıssa’lar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>420</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257697880</t>
+          <t>9789753430920</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
+          <t>Türk Şiirinde Tanrıya Kafa Tutanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256953093</t>
+          <t>9789753435451</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
+          <t>Şeriatın Getirdiği Hoşgörüsüzlük</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256953178</t>
+          <t>9789753435222</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
+          <t>Şeriatçıyla Mücadelenin El Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256953147</t>
+          <t>9789753431835</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimi</t>
+          <t>Şeriat ve Kölelik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256953130</t>
+          <t>9789753432566</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>1908 Devrimi'nin Anadolu Cephesi</t>
+          <t>Turandot ve Aklayıcılar Kongresi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256953192</t>
+          <t>9789753434393</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
+          <t>Şeriat ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>280</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256953222</t>
+          <t>9789753431507</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Makineleri</t>
+          <t>Şeriat Devleti’nden Laik Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256953208</t>
+          <t>9789753433204</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Nezihe İşçilerin Anası</t>
+          <t>Şah İsmail Hatai</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256953000</t>
+          <t>9789753433280</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
+          <t>Süreç Kuram ve Kavram Olarak Evrim</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257697835</t>
+          <t>3990000010950</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kökler</t>
+          <t>Susurluk Komisyonu Tutanakları 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257697866</t>
+          <t>9789753435468</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gladyo</t>
+          <t>Sumerlilerde Tufan Tufan’da Türkler (1. Hamur)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257697729</t>
+          <t>9789753432696</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
+          <t>Sultan Galiyev Eleştirisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257697910</t>
+          <t>9789753434195</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
+          <t>Sparta’da Mükemmel Toplum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257697972</t>
+          <t>3990000013771</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Soykırımı</t>
+          <t>Sovyetler Birliği’nin Sosyo-Ekonomik Karakteri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>380</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257697965</t>
+          <t>9789753431590</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Adım Doğu</t>
+          <t>Sovyetler Birliği Komünist Partisi (Bolşevik) Tarihi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257697927</t>
+          <t>9789753436281</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>ÇKP'nin Görev ve Katkıları</t>
+          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>34</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257697828</t>
+          <t>9789753436502</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Dağılma Devri</t>
+          <t>Sosyalizmin ve Sosyal Mücadelelerin Genel Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>38</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257697804</t>
+          <t>9789753438698</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Toplu İş Sözleşmelerinde Neler Var?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257697811</t>
+          <t>3990000034456</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Türk Devrimi ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257697705</t>
+          <t>9789753438452</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
+          <t>Egemenlik Cehaletindir</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257697507</t>
+          <t>9789753438315</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Tarihi</t>
+          <t>Milli Devlet ve Kürtler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257697712</t>
+          <t>9789753437929</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
+          <t>Tanrılar ve Dilenciler Diyarı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257697538</t>
+          <t>9789753434959</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Oryantalizmin Sonu</t>
+          <t>Batı ile Batanlar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>280</v>
+        <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057412102</t>
+          <t>9789753437936</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
+          <t>Gezi Direnişi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257697033</t>
+          <t>9789753438025</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
+          <t>Taşeronlukla Nasıl Mücadele Edilir?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>330</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257697460</t>
+          <t>9789753438063</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Adaleti</t>
+          <t>Menderes’in Dış Politikası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051820965</t>
+          <t>9789753438278</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gönül Defteri</t>
+          <t>Suçlamalara Karşı Gerçekler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057707949</t>
+          <t>9789753438087</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>360</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257697477</t>
+          <t>9789753434782</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türk İhtilali’nde Vatan Müdafaası</t>
+          <t>Atatürk-Mac Arthur Görüşmesinin İçyüzü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257697217</t>
+          <t>9789753435208</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
+          <t>Atatürkçü Dış Politika</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753431163</t>
+          <t>9789753437653</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve Kültür</t>
+          <t>Atatürk ve Teşkilatçılık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257697125</t>
+          <t>9789753432382</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
+          <t>Atatürk ve Edebiyat</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057707413</t>
+          <t>3990000012316</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Atatürk Gizli Oturumlardaki Konuşmalar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257697361</t>
+          <t>9789753432375</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığı ve Kürt Sorunu</t>
+          <t>Atatürk Gençlik ve Hürriyet</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057707321</t>
+          <t>9789753435079</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
+          <t>Atalarımız Hunlar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257697415</t>
+          <t>9789753432207</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
+          <t>Aşiretler Raporu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>800</v>
+        <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057707772</t>
+          <t>9789753433686</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
+          <t>Aşılı Zeytin</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>800</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058070882</t>
+          <t>3990000014342</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
+          <t>Asurlar ve Modern Çağda Asur Sorunu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>800</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057707901</t>
+          <t>9789753431712</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
+          <t>Asurlar Süryaniler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>800</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257697132</t>
+          <t>9789753430029</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
+          <t>Asurlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>800</v>
+        <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257697149</t>
+          <t>9789753430616</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
+          <t>Asur Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>800</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257697545</t>
+          <t>9789753434324</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
+          <t>Platon’dan Jambulos’a Antikçağ Ütopyaları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257697699</t>
+          <t>9789753433723</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
+          <t>Ansiklopedik Alevilik - Bektaşilik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257697637</t>
+          <t>9789753434034</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
+          <t>Ankara Yazı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257697491</t>
+          <t>9799753430769</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sanat Durumlar Anlar</t>
+          <t>Ankara 1922</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257697514</t>
+          <t>9789758022038</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektuplar</t>
+          <t>Anadolu ve Balkanlarda Alevi Yerleşmesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>330</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257697392</t>
+          <t>3990000013253</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika ve Küba</t>
+          <t>Amerika’yı Keşfim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257697385</t>
+          <t>9789753433297</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>ABD Yol Ayrımında</t>
+          <t>Alman İslamı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786056889370</t>
+          <t>9789753430180</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Pusulası</t>
+          <t>Allah</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257697347</t>
+          <t>9789753435680</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlıydılar</t>
+          <t>Ali Kuşçu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257697354</t>
+          <t>9789753434140</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
+          <t>Alevi Mitolojisi Sayılar ve Hayvan Simgeleriyle</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257697323</t>
+          <t>9789753432764</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Montrö Meydan Muharebesi (Ciltli)</t>
+          <t>Alevi Kaynakları - 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257697019</t>
+          <t>3990000014970</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'nın Işıkları ve Edipler</t>
+          <t>Araba Devrilmeden Önce</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>320</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257697200</t>
+          <t>9789753435161</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Askeri Ataşe (Kazakistan Anıları)</t>
+          <t>AKP’nin Dilenme Ekonomisi ve Çöküş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257697262</t>
+          <t>9789753436427</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika Muharebesi</t>
+          <t>Acı Türkücü / 1981 Akademi Kitabevi Şiir Birincilik Ödülü (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257697163</t>
+          <t>9789753435925</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen "Derin Devlet" Raporu</t>
+          <t>ABD’nin Neo - Osmanlı Projesi Büyük Kürdistan (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257697095</t>
+          <t>9789753433846</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İran’da Bilim ve Teknoloji</t>
+          <t>ABD’li Gözüyle Sivas Kongresi Amerikan Mandası ve Gazeteci L.E. Browne’in Faaliyetleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257697187</t>
+          <t>9789753431316</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
+          <t>Alevi Kaynakları - 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>800</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257697170</t>
+          <t>9789753434249</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
+          <t>ABD ve Serbest Piyasa Masalı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>480</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257697088</t>
+          <t>9789753434935</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
+          <t>ABD ve AB Belgeleriyle Türk Ordusu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>800</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051820477</t>
+          <t>9789753434072</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gösterim Terimleri Sözlüğü</t>
+          <t>AB Emperyalizmi ve İşçi Sınıfı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>380</v>
+        <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257697071</t>
+          <t>9789753431170</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ayasofya</t>
+          <t>99 Yüz İzdüşümler / Söz Senaryosu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257697040</t>
+          <t>9789753433006</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çam Bayramı</t>
+          <t>2000’li Yıllara Girerken Kapitalizm</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257697002</t>
+          <t>9789753435857</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
+          <t>27 Mayıs Bir Devrimdir</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>340</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057707970</t>
+          <t>9789753432924</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
+          <t>28 Şubat ve Ordu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057707932</t>
+          <t>9789753433341</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ordusu</t>
+          <t>Sosyal Demokrasi’nin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057707918</t>
+          <t>9789753430302</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefe Tarihi</t>
+          <t>Son Yörük</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057707864</t>
+          <t>9789753433693</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Satranç</t>
+          <t>Soğuk Savaş ABD ve Türkiye 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057707796</t>
+          <t>9789753435741</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çin Mimarisi</t>
+          <t>Silivri Sürgünleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057707697</t>
+          <t>9789753436335</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Turan Kızı</t>
+          <t>Silivri 5. Ordu 1. Kitap</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057707468</t>
+          <t>9789753432412</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Zanaat</t>
+          <t>Seyahat Notları (1930-1931)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057707499</t>
+          <t>9789753433570</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çin Yazı Karakterleri</t>
+          <t>Sel Sorununa Kalıcı Çözüm</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057707475</t>
+          <t>9789753433075</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nun Öyküsü</t>
+          <t>Seçme Eserler Cilt: 6</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057707710</t>
+          <t>9789753430050</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çin Giyim Kültürü</t>
+          <t>Seçme Eserler Cilt: 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057707482</t>
+          <t>9799753433050</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
+          <t>Seçme Eserler Cilt: 1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057707505</t>
+          <t>9789753435901</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültüründe Bayramlar</t>
+          <t>Savaşmadan Kaybetmek</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057707703</t>
+          <t>9789753430876</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
+          <t>Savaşa ve Faşizme Karşı Birleşik Cephe</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057707581</t>
+          <t>9789753435048</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1-2</t>
+          <t>Sarmatlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>800</v>
+        <v>8</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057707628</t>
+          <t>9789753431521</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
+          <t>Sanat Tarihi ve Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057707673</t>
+          <t>9789753435840</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
+          <t>Said Nursi Fethullah Gülen ve Laik Sempatizanları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057707611</t>
+          <t>9789753431217</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim'in Niteliği</t>
+          <t>Sahte Peygamberin Vaaz Kitabı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>340</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057707574</t>
+          <t>9789753430941</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
+          <t>Sağduyu (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>440</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057707437</t>
+          <t>9789753437288</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
+          <t>Rüştü Onur: Mektubun Avcumda</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>650</v>
+        <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057707512</t>
+          <t>3990000002310</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Paris Komünü'nden Sarı Yeleklilere</t>
+          <t>Rumeli ve Anadolu Ayan ve Eşkıyası 2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>360</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057707420</t>
+          <t>3990000002311</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
+          <t>Rumeli ve Anadolu Ayan ve Eşkıyası 1</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057707406</t>
+          <t>9789753433976</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Üretim Devrimi</t>
+          <t>Romanda Aydın Tipleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057707284</t>
+          <t>9789753432245</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
+          <t>Refah Partisi Kapatma Davası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>380</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057707246</t>
+          <t>9789753430913</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çin'de Yatırım</t>
+          <t>Proletarya Diktatörlüğü Üzerine</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786058070820</t>
+          <t>9789753430074</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
+          <t>Proletarya Devrimi Çağında Milli Mesele</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057707048</t>
+          <t>9799753432718</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Osmanlı Savaşları</t>
+          <t>Pervane Süleyman 13. Yüzyılın İşbirlikçi Emiri Muinüddin Süleyman</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>240</v>
+        <v>4</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786058070813</t>
+          <t>9789753433501</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
+          <t>Patrikhane ve Ekümeniklik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>600</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786056935404</t>
+          <t>9789753433761</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Kuşatmasındaki Türkiye</t>
+          <t>Parola: İnkılap 27 Mayıs’ı yapanlar Anlatıyor</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057707000</t>
+          <t>9789753433778</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
+          <t>Pansiyon Huzur</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>340</v>
+        <v>7</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057707024</t>
+          <t>3990000010401</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan İçin Jeopolitik Rota</t>
+          <t>Özgürlük Gibi Sözcükler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786056935442</t>
+          <t>9789753434379</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilik Üzerine</t>
+          <t>Özelleştirme</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>375</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058070851</t>
+          <t>9789753431729</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Üzerine</t>
+          <t>Özelleştirme Sömürgeleştirme</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786058070875</t>
+          <t>9789753430975</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sineması</t>
+          <t>Özelleştirme Değil Kamulaştırma</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>240</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786056935435</t>
+          <t>9789753431484</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
+          <t>Özel Savaş Pentagon ve CIA Belgeleriyle</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056921780</t>
+          <t>9789753430227</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tabletlerin Kralı Murşili</t>
+          <t>Örgütlenme</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786058070837</t>
+          <t>9789753432191</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
+          <t>Ön-Türk Tarihi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056898570</t>
+          <t>9789753433471</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Diyanet'in Fetvaları</t>
+          <t>Ölümün Ağzı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>360</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056898587</t>
+          <t>9789753435796</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Jandarma Yapılanması</t>
+          <t>Osmanlı’nın Rumeli’yi Kaybı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786056898563</t>
+          <t>9799753432626</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
+          <t>Osmanlı’nın Etnik Kökeni</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786056898501</t>
+          <t>9789753437622</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
+          <t>Osmanlı’da Saltanat Kavgaları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056921711</t>
+          <t>9789753435949</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Suriye ve Irak</t>
+          <t>Osmanlı Diplomasisi ve Sefaretnameler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>13</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058110700</t>
+          <t>9789753435642</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İran Gerçeği</t>
+          <t>Osmanlı Devleti ve Büyük Güçler (1815 - 1878)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>13</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753434539</t>
+          <t>9789753435437</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
+          <t>Osmanlı Avusturya İlişkileri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753434546</t>
+          <t>9789753435093</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
+          <t>Ortak Aklımız Parti</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753434584</t>
+          <t>9789753436052</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
+          <t>Osmanlı İmparatorluğu’nun Sonu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051821016</t>
+          <t>9789753431408</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kan Köpüklü Meşe Seliyim</t>
+          <t>Ortadoğu Din Kültürü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051821023</t>
+          <t>9789753434201</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
+          <t>Orta Asya Uygarlığı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051821009</t>
+          <t>9789753436311</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>Nurculuk ve Fethullah Gülen Hakkındaki Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051820989</t>
+          <t>9789753434218</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Bozkurtları</t>
+          <t>NGO’lar Küreselleşmenin Misyonerleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058070899</t>
+          <t>9789753434300</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
+          <t>Neoliberal "Sol"</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>360</v>
+        <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051820941</t>
+          <t>9789753434409</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
+          <t>Nart Boyu Türkleri Hun-Karaçaylıların Atasözleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051820958</t>
+          <t>9789753435338</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız Altında Sürgün</t>
+          <t>Nart Boyu Türkleri Hun - Karaçaylıların Mitolojisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051820927</t>
+          <t>9789753432672</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
+          <t>Müzik Tarihi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057707390</t>
+          <t>9789753431286</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Tam Bağımsızlık</t>
+          <t>Müzik Neyi Anlatır</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>340</v>
+        <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753434836</t>
+          <t>9789753433464</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
+          <t>Müslümanlık Sınavı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753434942</t>
+          <t>9789753433457</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
+          <t>Mustafa Kemal - M. Frunze Görüşmeleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051820880</t>
+          <t>9789753432900</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Musa da Böyle Buyurdu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>340</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753439954</t>
+          <t>9789753436823</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çin El Sanatları</t>
+          <t>Mukaddime - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051820743</t>
+          <t>9789753436816</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Mukaddime - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>380</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753439916</t>
+          <t>9789753433310</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatı</t>
+          <t>Muhammed ve Kurmaylarının Hanımları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753439947</t>
+          <t>9789753432955</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağı</t>
+          <t>Muhafızı Atatürk’ü Anlatıyor Emekli General İsmail Hakkı Tekçe’nin Anıları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051820804</t>
+          <t>9789753435543</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Satır Artığı</t>
+          <t>Muazzez İlmiye Çığ’a Armağan Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051820705</t>
+          <t>9789753435185</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Abdülhamid</t>
+          <t>Moskova - Ankara Ekseni</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051820781</t>
+          <t>9789753433327</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Nihat Genç’le Veryansın</t>
+          <t>Miyase ve Ehriman Kötülüğün Söyleşisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>340</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051820798</t>
+          <t>9789753433389</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
+          <t>Mit’in Yalanları Mahkeme Kararlarıyla</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051820774</t>
+          <t>9789753431453</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Rengi</t>
+          <t>MİT Raporu Olayı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051820828</t>
+          <t>9789753431446</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte Geçen O Yıllar</t>
+          <t>MİT CIA İlişkisi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257697286</t>
+          <t>9789753433037</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin İktidarı Makaleler I</t>
+          <t>Milli Mücadelede Erzurum</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>340</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057707123</t>
+          <t>3990000001553</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
+          <t>Mihail (Arkadaş)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>480</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051820675</t>
+          <t>9789753434423</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şen Olasın Almanya</t>
+          <t>Mezopotamya’da Emperyalist Kapışma ve Yerleşme</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>280</v>
+        <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257697064</t>
+          <t>9789753436564</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türk Devriminin Programı</t>
+          <t>Metternich’in Osmanlı Politikası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051820668</t>
+          <t>9789753436069</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nanhai I ve Deniz İpek Yolu</t>
+          <t>Tarihsel ve İdeolojik Kökeniyle Mehmetçik</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051820620</t>
+          <t>9789753431378</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
+          <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>280</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051820347</t>
+          <t>9789753434614</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Medyamızın Halleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>380</v>
+        <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051820415</t>
+          <t>9789753433877</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Darbesi</t>
+          <t>Mazlum Milletler Devrimleri ve Türk Devrimi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>280</v>
+        <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051820583</t>
+          <t>9789753434737</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Trakya Raporu 1934</t>
+          <t>Mayatepek Raporları Türk Tarih Tezi ve Mu Kıtası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051820644</t>
+          <t>9789753431774</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
+          <t>Marx’tan Mao Zedung’a Devrimci Diyalektik Üzerine</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051820613</t>
+          <t>9789753432979</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ön Cephesi Avrasya</t>
+          <t>Marx ve Oryantalizmin Sonu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>340</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051820606</t>
+          <t>9789753430937</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Laikliği Doğru Anlamak</t>
+          <t>Marmara Brifingi Devletin Gözüyle Sol ve Sağ Örgütler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>360</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051820552</t>
+          <t>9789753433648</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Kuruluş Yılları</t>
+          <t>Marksist Estetik</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051820538</t>
+          <t>9789753434577</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Solmaz Sarı Çiçek</t>
+          <t>Manzum Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051820545</t>
+          <t>9789753433983</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ulu Çınarın Kökleri - Beşparmak</t>
+          <t>Mafyokrasi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256953123</t>
+          <t>9789753430241</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Gençler İçin</t>
+          <t>Lenin Stalin Mao’nun Türkiye Yazıları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051820484</t>
+          <t>9789753436717</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Bizi İster Mi?</t>
+          <t>Latin Amerika Yakılan Bellekler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>23</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051820507</t>
+          <t>9789753430838</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik</t>
+          <t>Laikliğin Neresindeyiz Kemalizm Laikliğinden Türk-İslam Sentezine</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>420</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051820453</t>
+          <t>9789753436458</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
+          <t>Kürtçe Eğitim Sorunu</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051820439</t>
+          <t>3990000005261</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Paralel Devletin Modern Tarihi</t>
+          <t>Kürt Uygarlığında Alevilik</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051820323</t>
+          <t>9789753430968</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Altı Ok (Ciltli)</t>
+          <t>Kürt Tarihi ve Uygarlığı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>800</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057707093</t>
+          <t>3990000007651</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>Kürt Sorunu Komintern Belgelerinde Türkiye - 3</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>380</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051820392</t>
+          <t>9789753430623</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bush’a Son Selam</t>
+          <t>Kürt Çoban</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051820286</t>
+          <t>9789753436205</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
+          <t>Küresel Irkçılığın Kurbanları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>800</v>
+        <v>8</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051820330</t>
+          <t>9789753433402</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
+          <t>Küresel Dünya Politikaları ve Ulusal Seçenekler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>8</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051820309</t>
+          <t>9789753437608</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Grevden Dönenin!</t>
+          <t>Küçük Kara Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051820316</t>
+          <t>9789753430500</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Sosyalizm</t>
+          <t>Küba Devriminde Üç Kadın</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256953109</t>
+          <t>9799753432558</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
+          <t>Kuvayı Milliye Ruhu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>240</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051820262</t>
+          <t>9789753431064</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Devlet Arşivlerinde Fetö</t>
+          <t>Kutsal Kitapların Kaynakları 3</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753439886</t>
+          <t>9789753431057</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çin Edebiyatı</t>
+          <t>Kutsal Kitapların Kaynakları 2</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753439848</t>
+          <t>9789753431040</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin'de Buluşlar</t>
+          <t>Kutsal Kitapların Kaynakları 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051820255</t>
+          <t>9789753433587</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz ve FETÖ</t>
+          <t>Kuruluştan Lale Devri’ne Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753430011</t>
+          <t>9789753433785</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 5</t>
+          <t>Kurtuluş Savaşı’nın İdeolojisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057707765</t>
+          <t>9789753432948</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Aydınlanma</t>
+          <t>Kurtuluş Savaşı’nda İkili İktidar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>380</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051820149</t>
+          <t>9789753433419</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Anadolulaşma Süreci</t>
+          <t>Kurtuluş Savaşımız’da Türk-Afgan İlişkileri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051820088</t>
+          <t>9789753435192</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>17/25 Aralık</t>
+          <t>Kurtuluş Savaşımız ve Asya - Afrika’nın Uyanışı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051820071</t>
+          <t>9789753430541</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Neferleri</t>
+          <t>Kurtuluş Savaşı ve Lozan Komintern Belgelerinde Türkiye - 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051820118</t>
+          <t>9789753433990</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Alfabesi 2</t>
+          <t>Kurtuluş Savaşı Gençliği</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>380</v>
+        <v>5</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051820132</t>
+          <t>9789753435888</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşilerde Mizah</t>
+          <t>Kurt Kapanı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>260</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051820101</t>
+          <t>9789753430081</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İslam</t>
+          <t>Milli Demokratik Devrim</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>340</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057707543</t>
+          <t>9789753432887</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
+          <t>Kur’an’ın Kökeni</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753439718</t>
+          <t>9789753436557</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
+          <t>Kriz Yönetimi ve TSK</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>500</v>
+        <v>18</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753439794</t>
+          <t>9789753430845</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan'ın Suriye Seferi</t>
+          <t>Kremlin’in Sırları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>280</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786058070868</t>
+          <t>9789753437493</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
+          <t>Ölü Akrepler Zamanı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753439763</t>
+          <t>9789753435499</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Din-Bilim Çatışması</t>
+          <t>Kontrgerilla 1 Teorisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753439817</t>
+          <t>9789753435765</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Alfabesi</t>
+          <t>Kontrgerilla 3</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057707659</t>
+          <t>9789753435130</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Şeriat'tan Kıssa'lar</t>
+          <t>Komplo Teorileri Tarihi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753439749</t>
+          <t>3990000014939</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
+          <t>Kıbrıs Tarihi 2 (1878-1960) Kolonyalizm, Ulusçuluk ve Uluslararası Politika</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>280</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257697736</t>
+          <t>9789753434676</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
+          <t>Kentleşme Siyasaları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753439732</t>
+          <t>9789753432894</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Chp</t>
+          <t>Kendini Arayan Tanrı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>320</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753439640</t>
+          <t>9789753435109</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Viking Destanı / Egill’in Sagası</t>
+          <t>Kemalizm ve İslam Dünyası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753437998</t>
+          <t>9789753430558</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çin Müziği</t>
+          <t>Kemalist Cumhuriyet Komintern Belgelerinde Türkiye 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753439206</t>
+          <t>9789753433488</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Beyin</t>
+          <t>Karen Fogg’un E-Postalları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753439626</t>
+          <t>9789753435239</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
+          <t>Kardeşim Uğur Mumcu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>340</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753439602</t>
+          <t>9789753437646</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
+          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753439619</t>
+          <t>9789753432283</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hakerenler / Buyruk</t>
+          <t>Kara Atena (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786056921704</t>
+          <t>9789753433167</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kulleteyn</t>
+          <t>Kaptanın Dizeleri ve Yürekteki İspanya</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>360</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753433952</t>
+          <t>9789753431781</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kukla Devlet</t>
+          <t>Kapitalizm ve Sonrası Meta Üretiminin Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>320</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753439466</t>
+          <t>9789753430586</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Topraklar</t>
+          <t>Kaos İmparatorluğu Yeni Kapitalist Küreselleşme</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>380</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753439695</t>
+          <t>9789753435277</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mehdi Mesih</t>
+          <t>Kamalizm</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>380</v>
+        <v>8</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753439480</t>
+          <t>9789753431194</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika</t>
+          <t>Kolları Bağlı Doğan Hapishane ve Gözaltı Öyküleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>4</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753439534</t>
+          <t>9789753432221</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu - Antep Rivayeti</t>
+          <t>Kadın ve Adalet</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753439121</t>
+          <t>9789753436267</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
+          <t>Jandarma Genel Komutanlığı Raporlarında Fethullah Gülen</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753439114</t>
+          <t>9789753430166</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki Yürek</t>
+          <t>Kur’an</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057707109</t>
+          <t>9789753434355</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Jeopolitik Rota</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753439398</t>
+          <t>9789753430425</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gördüğünü Kitaba Yaz</t>
+          <t>Gorki Hayatı, Yazıları ve Konuşmaları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>340</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753439275</t>
+          <t>9789753435376</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Türkiye</t>
+          <t>Gladyo ve Ergenekon</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753439251</t>
+          <t>9789753435581</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve İzlenimler</t>
+          <t>Gizli Belgelerde Osmanlı Devleti’nin Son Dönemi ve Türkiye’yi Bölme Çabaları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753439428</t>
+          <t>9789753433655</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Derin Yalnızlık</t>
+          <t>Gereği Düşünüldü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753433020</t>
+          <t>9789753435970</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 3</t>
+          <t>Genelkurmay’a Eşref Bitlis Dosyası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>400</v>
+        <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057707529</t>
+          <t>9789753436236</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eleştirisi 2</t>
+          <t>Genelkurmay Raporlarında Fethullah Gülen</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753439503</t>
+          <t>3990000005260</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Masal Haftası</t>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları 3</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753439176</t>
+          <t>9789753433860</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Üstüme Fazla Gelme Ayçelen</t>
+          <t>Genelevde Yas</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753439459</t>
+          <t>9789753432511</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Mimarları</t>
+          <t>Gelenek ve Gelişme</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>340</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753439282</t>
+          <t>9789753435833</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Camino’nun Mucizesi</t>
+          <t>GDO: Çağdaş Esaret</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753439268</t>
+          <t>9789753435123</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
+          <t>Galina’nın Nazım’ı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753439145</t>
+          <t>9789753430685</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ve Madenci Tumba Dedi</t>
+          <t>Galeri Çiller</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753436021</t>
+          <t>9789753435000</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
+          <t>Futbol Spor ve Oyun</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057707666</t>
+          <t>9789753436168</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye</t>
+          <t>Fethullah ve Susurluk</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753439367</t>
+          <t>9789753432968</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Deccal Dindarmış</t>
+          <t>Feodalizmden Kapitalizme Geçiş</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>360</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753439213</t>
+          <t>9789753435567</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
+          <t>Fatih Terim İmparator mu Çavuş mu?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057707888</t>
+          <t>9789753432092</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dönekler</t>
+          <t>Eşref Bitlis Suikastı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753438810</t>
+          <t>9789753430418</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
+          <t>Eskişehir-İzmit Konuşmaları (1923)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051820040</t>
+          <t>9799753432633</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kitabı</t>
+          <t>Eski Anadolu Tarihsel ve Kültürel Süreklilik</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>340</v>
+        <v>8</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753439015</t>
+          <t>3990000004414</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye</t>
+          <t>Erzincan Tarihi, Coğrafi, Toplumsal, Etnoğrafi, İdari, İhsai İnceleme Araştırma Tecrübesi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057707017</t>
+          <t>9789753430401</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
+          <t>Erzincan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>32</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057707086</t>
+          <t>9789753434461</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Din Bu 2 - Hz. Muhammed</t>
+          <t>Ermeni Sorununda Strateji ve Siyaset</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753438834</t>
+          <t>9789753433815</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Siyaset</t>
+          <t>Ermeni Sorunu ve Almanya</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>360</v>
+        <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753436274</t>
+          <t>9789753434744</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Sosyalizm ve Bilim</t>
+          <t>Ermeni Komitelerinin Emelleri ve İhtilal Hareketleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786056898556</t>
+          <t>9789753431804</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bereket Kültü ve Mabet Fahişeliği</t>
+          <t>Gün Tutulması Öyküleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786056945816</t>
+          <t>9789753432214</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Arap Milliyetçiliği ve Türkler</t>
+          <t>Erkek Yazınında Kadın</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>450</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753434898</t>
+          <t>9789753437615</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
+          <t>Ergenekon Tertibinde Gizli Tanıklar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057707260</t>
+          <t>9789753432832</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
+          <t>Grek ve Romen Mitolojisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786056935480</t>
+          <t>9789753436212</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tevrat ve İncil’in Eleştirisi</t>
+          <t>Emniyet’in Işık Evleri Raporu</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786056945878</t>
+          <t>9789753436229</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
+          <t>Emniyet İstihbaratının Fethullah Raporları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>800</v>
+        <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257697859</t>
+          <t>9789753431248</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
+          <t>Edebiyat Müzik ve Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>800</v>
+        <v>7</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257697781</t>
+          <t>9789753433549</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
+          <t>Dünyayı Yöneten Gizli Örgütler CFR-Bilderberg-Trilateral</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>800</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257697743</t>
+          <t>9789753433914</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
+          <t>Dünden Bugüne Patrikhane</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>800</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057707338</t>
+          <t>9789753430043</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılıktan Kemalizme</t>
+          <t>Emperyalizm ve Eşitsiz Gelişme</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753438988</t>
+          <t>9789753430173</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatı Mahsusa</t>
+          <t>Dua</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>360</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753438728</t>
+          <t>9789753433969</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
+          <t>Dr. Bahattin Şakir : İttihat ve Terakki’den Teşkilatı Mahsusa’ya Bir Türk Jakobeni</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057707994</t>
+          <t>9789753436724</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Modern Türkler</t>
+          <t>Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257697101</t>
+          <t>9789753435598</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Doğu Uygarlığının Yükselişinin Tarihsel Nedenleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>8</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753434362</t>
+          <t>9789753436250</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
+          <t>Doğu Tabletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>13</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753438933</t>
+          <t>9789753431279</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>Diyanet’e Cevap</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>450</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753438896</t>
+          <t>9789753435697</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılarla Anılar Geride Kalanlar</t>
+          <t>Diplomatik Mektuplar, Notlar, Raporlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753438711</t>
+          <t>9789753435550</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Sanatının Doğuşu</t>
+          <t>Diplomasinin Evrimi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753432498</t>
+          <t>9789753432399</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>ÖDP’nin Kimliği</t>
+          <t>Devrimci Cumhuriyet’in Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753438735</t>
+          <t>9789753432238</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Hasdal’da 3 Yıl</t>
+          <t>Devlet - Ulus</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>220</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753438674</t>
+          <t>3990000010948</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>Dersim Aşk Türküleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>40</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057707741</t>
+          <t>3990000010947</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Felsefesi ve Kaynakları</t>
+          <t>Dersim (Zaza) Atasözleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057707734</t>
+          <t>9789753431149</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devrim-3 Altı Ok</t>
+          <t>Ders Kitaplarında Toplumsal Cinsiyet 1928-1995</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786056921728</t>
+          <t>9789753433563</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Din ve Allah</t>
+          <t>Deprem Sorununa Kalıcı Çözüm</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>440</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753438643</t>
+          <t>9789753433518</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>Dedemin Cönkünden</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>25</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753439404</t>
+          <t>9789753433600</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Çanakkale Ruhu 1915</t>
+          <t>Daldan Dala Felsefe Düşün-dü’ler / Ak-imge’ler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>500</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753438650</t>
+          <t>9789753434669</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Sarısı</t>
+          <t>Devlet Bahçeli’nin Dokuz Sabıkası</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753438544</t>
+          <t>9789753432276</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Affaire Perinçek c. Suisse</t>
+          <t>Çerkez Ethem’in İhaneti</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753434843</t>
+          <t>9789753433259</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Armenische Nationalistische Strömungen</t>
+          <t>Çarlık Belgelerinde Anadolu’nun Paylaşılması</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753438582</t>
+          <t>9789753437592</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya'da Dağlarca</t>
+          <t>Çakıltaşı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753438568</t>
+          <t>9789753431118</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
+          <t>Çiller’in ABD Vatandaşlığı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>12</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753438575</t>
+          <t>9789753433365</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ağış</t>
+          <t>Cumhuriyet’te İz Bırakanlar 10. Yıl Kuşağı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>8</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753438537</t>
+          <t>9789753437578</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Perinçek İsviçre Davası</t>
+          <t>Cumhuriyet Kadınının Aydınlık Yüzü Necla Arat</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>3990000026888</t>
+          <t>9789753431538</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Musul Sorunu</t>
+          <t>Cumhuriyet Devrimi Kanunları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>32.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753438223</t>
+          <t>9789753431385</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tayyip Gül ve Gülen Örgütü</t>
+          <t>CIA’nın Büyük Operasyonları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753438599</t>
+          <t>9789753436533</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Diren Gezi</t>
+          <t>CHP’nin İdeolojik Dönüşümü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753438520</t>
+          <t>3990000006089</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Düş ve Gerçek</t>
+          <t>Cemal Süreya Arşivi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>10</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753438551</t>
+          <t>9789753431095</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
+          <t>Cemal Süreya "Şairin Hayatı Şiire Dahil"</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>22</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753439411</t>
+          <t>9789753435611</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçiliğinin Serüveni</t>
+          <t>Büyük Matematikçi Ömer Hayyam</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>375</v>
+        <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753438384</t>
+          <t>9789753432306</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
+          <t>Bütün Yönleriyle Susurluk</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753438506</t>
+          <t>9789753432344</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
+          <t>Bulgaristan Alevileri ve Demir Baba Tekkesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753438094</t>
+          <t>3990000011854</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Abdocan</t>
+          <t>Bucaklar Fırat’ın Sırtındaki Kan</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>220</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753438254</t>
+          <t>9789753432139</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
+          <t>Bozkurt Efsaneleri ve Gerçek</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>8690228099966</t>
+          <t>9789753433013</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ankara'ya</t>
+          <t>Bolşevik-Kemalist-İttihatçı İlişkileri Yeni Belgeler (1920-1922)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753431945</t>
+          <t>9789753435352</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kütahyalı Ahmet</t>
+          <t>Bizans’tan Osmanlı’ya İstanbul Mimarisinin Doğu Kökeni</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>3.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753437752</t>
+          <t>9789753433426</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş'ta Sırtlan Pususu</t>
+          <t>Bizans Müesseselerinin Osmanlı Müesseselerine Tesiri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753438056</t>
+          <t>9799753432435</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Efsanesi</t>
+          <t>Birinci Doğu Halkları Kurultayı Bakü 1920 (Belgeler)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753438155</t>
+          <t>9789753435147</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Birinci Doğu Halkları Kurultayı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753438179</t>
+          <t>9789753432450</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Temel Hakları Nelerdir?</t>
+          <t>Bir Tanrıtanımaz’la Din Adamı’nın Tartışması</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>40</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753438360</t>
+          <t>9789753436700</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
+          <t>Bir İhanetin Öyküsü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753438261</t>
+          <t>9799753432589</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
+          <t>Bir Devlet Operasyonu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057707567</t>
+          <t>9789753434867</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Proje Kanal İstanbul</t>
+          <t>Bir Başka O</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>5</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753438407</t>
+          <t>3990000012668</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Kız</t>
+          <t>Binbaşı Ersever’in İtirafları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753438391</t>
+          <t>9789753434058</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Strateji Ustası Atatürk</t>
+          <t>Bayram Çocukları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>25</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753438353</t>
+          <t>9789753435482</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türk Kelebeği</t>
+          <t>Batı’yı Aydınlatan Doğu Güneşi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057707352</t>
+          <t>9789753433532</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye’nin Oluşumu</t>
+          <t>Batıcılık, Ulusçuluk ve Toplumsal Devrimler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753438780</t>
+          <t>9799753432541</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
+          <t>Batı ve İrtica</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753438704</t>
+          <t>9789753437790</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753436403</t>
+          <t>9789753431088</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
+          <t>Babam Turan Dursun</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>8</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753435321</t>
+          <t>9789753434621</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve Partiler Rejimi</t>
+          <t>Ermeni Devlet Adamı B. A. Boryan’ın Gözüyle Türk-Ermeni Çatışması</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>340</v>
+        <v>60</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786056935428</t>
+          <t>9789753430326</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>1938 Son Yıl</t>
+          <t>Aydınlık Yazıları Paçal</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>500</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753438339</t>
+          <t>9789753436519</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk’ün Öldürülüşü</t>
+          <t>Aydınlara Düşen Vazife</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753438285</t>
+          <t>9789753434027</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kara Şarkılar</t>
+          <t>Aydın Rantı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753439077</t>
+          <t>9789753434591</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yanıyor</t>
+          <t>Avrupa Sendikacılığı Enternasyonalizm mi? Çağdaş Misyonerlik mi?</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753439862</t>
+          <t>9789753432863</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Marko Polo Çin’de</t>
+          <t>Aydınlık Zından</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786058110779</t>
+          <t>9789753432030</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sümerliler Türklerin Bir Koludur</t>
+          <t>Atatürk’ün Özel Mektupları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786056898525</t>
+          <t>9789753432337</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sumerli Ludingirra</t>
+          <t>Atatürk’ün İstanbul’daki Çalışmaları (1899-16 Mayıs 1919)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753438032</t>
+          <t>9789753433624</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
+          <t>Atatürk’ün Dış Politikası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>420</v>
+        <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753437974</t>
+          <t>9789753431668</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Rönesansı</t>
+          <t>Atatürk’ün Armstrong’a Cevabı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>18</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753435413</t>
+          <t>9789753431798</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
+          <t>Azerbaycan Gülmeceleri ve Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>800</v>
+        <v>3.94</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257697774</t>
+          <t>9789753434089</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
+          <t>2. Dünya Savaşı Sırasında Türkiye’de Milliyetçilik Akımları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>800</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753437707</t>
+          <t>9789753431682</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
+          <t>1908 Devrimi’nin Halk Dinamiği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753431200</t>
+          <t>9789753430258</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>HEP, DEP ve Devlet</t>
+          <t>18. Yüzyılda Gizli Diplomasi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>1.39</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257697279</t>
+          <t>9789753431811</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Müdafaam</t>
+          <t>1789 Devrim Şarkıları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>340</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753437677</t>
+          <t>9789753431699</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İsyan Makamı</t>
+          <t>1640 İngiliz Devrimi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>8</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753435994</t>
+          <t>9789753434560</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+          <t>14’lerden Suphi Karaman’a İhtilal Mektupları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057707963</t>
+          <t>3990000014975</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İsveççenin Türkçeyle Benzerlikleri</t>
+          <t>12 Eylül ve Demokrasi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>280</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753437820</t>
+          <t>9789753439824</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Vardiya Bizde Bugün Silivri</t>
+          <t>İngiliz Devrimler Çağı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753438001</t>
+          <t>9789753439497</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
+          <t>İlkçağ Ütopyaları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>450</v>
+        <v>22</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753437745</t>
+          <t>9789753439435</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Kargalar (Ciltli)</t>
+          <t>Küresel Sermaye ve Türkiye</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057707758</t>
+          <t>9789753439060</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Eleştirisi -1</t>
+          <t>İki Darbe Arasında Türk Dış Politikası (1971-1980)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753431705</t>
+          <t>9789753438827</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Zazaca-Türkçe Sözlük</t>
+          <t>Din ve Cinsellik</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057707536</t>
+          <t>9789753438292</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yurt Bilgisi</t>
+          <t>Ergenekon'dan Balyoz'a Asrın İftirası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753432290</t>
+          <t>9799756128069</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Uçan Kuş</t>
+          <t>Krallar ve Başkanlarla 50 Yıl</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753434638</t>
+          <t>9786051820385</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
+          <t>İsyan Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753434171</t>
+          <t>9786056945847</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yarın</t>
+          <t>Osmanlı’da Oğlancılık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057707307</t>
+          <t>9786051820378</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Tepkilerim</t>
+          <t>İttihat-Terakki ve Cihan Harbi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057707376</t>
+          <t>9786051820064</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ünlülere Mektuplar</t>
+          <t>Bektaşi Aleviler ve Atatürk</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>240</v>
+        <v>42</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786058110748</t>
+          <t>9789753438971</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
+          <t>Batı Asya Birliği Beş Ülke Beş Deniz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753436045</t>
+          <t>9786057707451</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
+          <t>Geleneksel Çin Tıbbı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257697309</t>
+          <t>9786051820187</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Anayasa Birikimi</t>
+          <t>Kürt İsyanları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753434652</t>
+          <t>9786051820163</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
+          <t>Bedri Rahmi Eyüboğlu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786056898518</t>
+          <t>9789753439800</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öcalan ile Görüşmeler</t>
+          <t>Muaviye’den Erdoğan’a Din ve Siyaset</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>24</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753437684</t>
+          <t>9789753439770</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Askeri Müdahaleleri</t>
+          <t>Kemalist Devrim 8 - Birinci Dünya Savaşı ve Türk Devrimi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753434119</t>
+          <t>9789753439169</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>68’in Sırrı</t>
+          <t>İşte İslamın ve Türklüğün Katilleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257697224</t>
+          <t>9789753438148</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753435444</t>
+          <t>9789753438872</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Şeker Ahmet Paşa</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753436144</t>
+          <t>9789753439701</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
+          <t>Özal'ın Dış Politikası (1983-1989)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057707239</t>
+          <t>9789753439084</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
+          <t>Çin Felsefesi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>500</v>
+        <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753435475</t>
+          <t>9789753439336</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nda Strateji Sorunu</t>
+          <t>Çin Mitolojisi Efsanelerin Kökeni</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753434904</t>
+          <t>9789753439343</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabının Karakterleri</t>
+          <t>Kategorik Sınıflamanın Dışında Bir Sanatçı: Abidin Dino</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753434973</t>
+          <t>9789753438919</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Medeniyete Açılıyor</t>
+          <t>Çağdaş Latin Amerika Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786056935459</t>
+          <t>9789753438117</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
+          <t>Sinciang Uygur Tarihi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>480</v>
+        <v>25</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753434447</t>
+          <t>9789753438186</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
+          <t>Ben Veli Küçük</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753436441</t>
+          <t>9789753439381</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Sarmalı</t>
+          <t>Ermeni Katliamı Suçlaması Yargılama ve Karar</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057707871</t>
+          <t>9789753439305</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
+          <t>Türkiye ve Batı Asya Tarihi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>460</v>
+        <v>60</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753437714</t>
+          <t>9789753439008</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İşçi Partisi Neden Hedefte</t>
+          <t>Bizim de Dağlarımız Vardır Che Guevara / Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753432597</t>
+          <t>9789753439190</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İslama Göre Diğer Dinler</t>
+          <t>Atatürk ve Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057707116</t>
+          <t>9789753438803</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
+          <t>İlk Gazete İlk Polemik</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753434553</t>
+          <t>9789753438490</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
+          <t>Silivri'de Firavun Töreni</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786056898532</t>
+          <t>9789753438070</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber</t>
+          <t>Neden Geri Kaldık? Bitmeyen Kavga: Çağdaşlaşma</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786056898549</t>
+          <t>9789753438162</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
+          <t>Padalya</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753432870</t>
+          <t>9786057707635</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hizbullah</t>
+          <t>Rüştü Onur</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257697293</t>
+          <t>3990007707581</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
+          <t>Mukaddime 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753436496</t>
+          <t>9786056889394</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Görev</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786056921735</t>
+          <t>3990007707582</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Gilgameş</t>
+          <t>Mukaddime 1</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753434157</t>
+          <t>9789753431392</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Şifreleri</t>
+          <t>Avrasya Seçeneği Türkiye İçin Bağımsız Dış Politika</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057707642</t>
+          <t>9789753434096</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Yabancılaşma</t>
+          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>32</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257697255</t>
+          <t>9789753431552</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Milliyetçi Akımları</t>
+          <t>Atatürk’ün Resmi Yayınlara Girmemiş Söylev, Demeç, Yazışma ve Söyleşileri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753435536</t>
+          <t>9789753434492</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057707802</t>
+          <t>9789753437660</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik Üzerine</t>
+          <t>Kemalist Devrim CHP ve İşçi Sınıfı (1919-1946)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>360</v>
+        <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753434997</t>
+          <t>9789753430388</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Diasporadaki Taşnaklar</t>
+          <t>Kemalist Devrim-1 Teorik Çerçeve</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753431323</t>
+          <t>9789753433211</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Ben</t>
+          <t>Tarih 3 Kemalist Eğitimin Tarih Dersleri 1931-1941 (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753435659</t>
+          <t>9789753433198</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Derebeyi ve Dersim</t>
+          <t>Tarih 2 Kemalist Eğitimin Tarih Dersleri 1931-1941 (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257697316</t>
+          <t>9789753433105</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çiller Özel Örgütü</t>
+          <t>Tarih 1 Kemalist Eğitimin Tarih Dersleri 1931-1941 (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257697231</t>
+          <t>9789753435383</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Polis Raporlarında Taşnaklar</t>
+          <t>Tarih Boyunca Türklerde Gökbilim</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753435178</t>
+          <t>9789753433228</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
+          <t>Tarih 4 Kemalist Eğitimin Tarih Dersleri 1931-1941 (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753436083</t>
+          <t>9786057707833</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
+          <t>Nereden Çıktı Bu Z Kuşağı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257697118</t>
+          <t>3995050410202</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Aydın ve "Aydın"</t>
+          <t>Türk Dış Politikası 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753436434</t>
+          <t>9789753431583</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
+          <t>Türkiye’de Sosyal Sınıflar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>280</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257697026</t>
+          <t>9789753431125</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
+          <t>Türkiye’de İşçi Hareketi 1908-1984</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>320</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257697750</t>
+          <t>3990000005141</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
+          <t>Tarih Boyunca Erkek Gibi Kadınlar</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>800</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257697446</t>
+          <t>9786057707161</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
+          <t>Solun Büyük Yol Ayrımı (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257697453</t>
+          <t>9789753438216</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
+          <t>Gölge Hükümet</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786056945823</t>
+          <t>9786057707055</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
+          <t>Çin Gezi Rehberi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>800</v>
+        <v>175</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753435086</t>
+          <t>9786057707789</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
+          <t>Kıbrıs Barış Harekatı TCG Kocatepe Nasıl Battı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>800</v>
+        <v>80</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257697798</t>
+          <t>2789788613641</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
+          <t>Aydınlanma Seti 3 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>800</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257697767</t>
+          <t>2789788613644</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
+          <t>Aydınlanma Seti 4 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>800</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753434607</t>
+          <t>3990000030445</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
+          <t>Çin Kitapları Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>800</v>
+        <v>207</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753434287</t>
+          <t>3990000030442</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
+          <t>İmparatroluk'tan Cumhuriyet'e (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>800</v>
+        <v>147</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753434126</t>
+          <t>3990000030441</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
+          <t>Kaya Özsezgin Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>800</v>
+        <v>73</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786056945809</t>
+          <t>3998748512451</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
+          <t>Türk Dış Politikası 2. Cilt Cumhuriyet Dönemi (1920-2002) (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753433945</t>
+          <t>9786256953833</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
+          <t>Trablusgarp ve Balkan Savaşları (1911-1913)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753433853</t>
+          <t>9786057707550</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
+          <t>Turan Dursun Hayatını Anlatıyor</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753433747</t>
+          <t>9786256953857</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
+          <t>Komünist Partisi Manifestosu</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786056935497</t>
+          <t>9786256953819</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sumerliler</t>
+          <t>Çocuklarımız Geleceğimiz Değil Mi?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786057707031</t>
+          <t>9786256953802</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
+          <t>Biz Profesörler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786058110786</t>
+          <t>9786256953789</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Düşünüyor</t>
+          <t>Süleymancılar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786058070844</t>
+          <t>9786256953710</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
+          <t>Yetmiş Yıllık Bekleyiş</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753434256</t>
+          <t>9786259611846</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şeriat, İnsan ve Akıl</t>
+          <t>Azerbaycan Gezisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786056935473</t>
+          <t>9786256953765</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Kadın</t>
+          <t>Bitmeyen Tehlike Makaleler III</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257697484</t>
+          <t>9786256953680</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
+          <t>Şark “İlyada”sı Şâhnâme</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786057707253</t>
+          <t>9786259659107</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Böyle</t>
+          <t>Doğa Navigasyonu</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786057707895</t>
+          <t>9786256953734</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
+          <t>Cumhuriyet Devrimi Kanunları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786058110793</t>
+          <t>9786256953727</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
+          <t>Teknokrasi ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753437806</t>
+          <t>9786259409122</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Coğrafya - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753430104</t>
+          <t>9786259409177</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 4</t>
+          <t>Yok Olma ve Toplu Yok Olmalar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753430098</t>
+          <t>9786259409153</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler Cilt: 3</t>
+          <t>Dünyamız ve Yaşam - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753436038</t>
+          <t>9786259409115</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
+          <t>Dinozorlar - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753436366</t>
+          <t>9786259409160</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Perinçek-İsviçre Davası</t>
+          <t>Dünyamıza Neler Oluyor? - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057707680</t>
+          <t>9786259409139</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Parti ve Sanat</t>
+          <t>Deniz Kabukları ve Fosilleri - Amatör Bilimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753436151</t>
+          <t>9786257697934</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
+          <t>Sevgili Çocuklar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753435628</t>
+          <t>9786256953697</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
+          <t>Hapisteki Kahraman</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753436182</t>
+          <t>9786256953307</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789753436373</t>
+          <t>9786256953666</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Ortakçının Oğlu Talip Apaydın</t>
+          <t>Türkçenin Sınırlarında Nöbet</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786058110762</t>
+          <t>9786256953673</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 2</t>
+          <t>Filistin Diriliş İlahileri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786057707130</t>
+          <t>9786256953376</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Uygarlık Mirası 1</t>
+          <t>Asyada Devlet Birikimi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786058070806</t>
+          <t>9786256953543</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Og’dan Oğur’a</t>
+          <t>Atatürk ve Batıcılar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057707277</t>
+          <t>9786256953338</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Nurculuk</t>
+          <t>İlk Ders</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786056935466</t>
+          <t>9789753430609</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’e Göre Muhammed</t>
+          <t>Din Bu 4 - Tabu Can Çekişiyor</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786057707369</t>
+          <t>3990000029582</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>MİT’in Çiller Örgütü Raporu</t>
+          <t>Atatürk'ün Kaleminden Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>350</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753434270</t>
+          <t>3990000033777</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Masonlar Dinleyiniz!</t>
+          <t>Feroz Ahmad Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257697590</t>
+          <t>3990000071036</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Masalı</t>
+          <t>Kemalist Devrim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257697194</t>
+          <t>9786257697873</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
+          <t>Türk Subayı Gözünden Nato ve ABD</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786056898594</t>
+          <t>9786051820361</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
+          <t>Avrasyacılık</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257697057</t>
+          <t>9789753438889</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
+          <t>Cemal Süreya'ya On Dördüncü Mektup - Güneşten Yırtılan Caz</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257697330</t>
+          <t>9789753439473</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Tanrı</t>
+          <t>Ermenistan’daki Katliamlar ve Türkler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753432603</t>
+          <t>9789753436298</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Kitaplılar</t>
+          <t>Hükümet PKK Görüşmeleri (1986-2011)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786058110717</t>
+          <t>9789753438759</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
+          <t>Umut Düşlerin Kanadında</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753430807</t>
+          <t>9789753438414</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
+          <t>Türkiye'deki Amerika</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753430791</t>
+          <t>9789753437844</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
+          <t>Danıştay’dan Ergenokon’a Bir Suikastin İç Yüzü</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753430784</t>
+          <t>9786051820866</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
+          <t>İsmail Mahir Efendi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753430739</t>
+          <t>9786051820200</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
+          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753430722</t>
+          <t>9786051820057</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
+          <t>Şu Çılgın Gençler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753430715</t>
+          <t>9789753439565</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
+          <t>Balyoz Davasında Yalanlar ve Gerçekler - Aldattılar Sizi Duymadınız Sesimizi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753430692</t>
+          <t>9789753435871</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
+          <t>TÖS - Antiemperyalist Bir Öğretmen Örgütü</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753437462</t>
+          <t>9789753435789</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
+          <t>Stalin’den Gorbaçov’a</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789753431422</t>
+          <t>9789753437981</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
+          <t>Balyoz ve Ergenekon’da Adli Komedya</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753435710</t>
+          <t>9789753437127</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kontrgerilla 2  Örgütlenmesi</t>
+          <t>Açık Tanık Silivri Nöbet Çadırı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257697248</t>
+          <t>9789753436731</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+          <t>Öykücülüğümüzün Toros Zirvesi Osman Şahin</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
+          <t>9789753430579</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Maoizmin Geleceği</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789753438476</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Kalmıştık?</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789753438308</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Hücremin Lumbuzundan</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786057707291</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçülük</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786257697408</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Harici Bir Hariciyecinin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786256953611</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Mazhar Müfit Yoldaşlığı</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786256953215</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>ABD Neden Batıyor? Doların Akıbeti</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789753439350</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçdaroğlu'yla Dört Yıl 2010-2014 Y-CHP</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786256953659</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Öntürklük ve Önhintcermenlik</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786256953642</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçü Dış Politika</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786256953604</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Fethullah ve Susurluk</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9789753432641</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 2 (1915 - 1919) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9789753438636</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789753439138</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9789753439664</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>3990003436489</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Urfa’dan Harvard’a</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786056945885</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 9 (1920) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9789753438483</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Kazanmak</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786056945854</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: (30 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>24000</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786056945861</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 1 (1903 - 1915) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9789753438629</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 Kitap Takım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786051820156</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Tarihi - Kesitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>3990000013065</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi (8 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789753436014</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 2</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9789753436007</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Genelkurmay Belgelerinde Kürt İsyanları - 1</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786256953550</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Ölümsüz Dili</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786056921797</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786056921742</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Saklı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786057707383</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Kürtler</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786058110731</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlığın Kökeni Sumerliler - 2</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786057707727</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Uyanın Artık!</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786056921759</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Deniz Gezmiş</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786056921766</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Abdullah Öcalan’ı Nasıl Sorguladım</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786057707345</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>İttihat ve Terakki 1908-1914</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9789753436328</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Fethullah Gülen’in Konuşmaları ve Pensilvanya İfadesi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9789753435635</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon Savunması</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789753435758</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon Bombalarının Sırrı</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786057707079</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Din Bu 1 - Tanrı ve Kur'an</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786057707444</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>FETÖ Ana Dava İddianamesi</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786058110755</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Kozinoğlu'nun Mezara Götürmediği Sırlar</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786257697156</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'e Adanan Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786057707987</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Kemalist Devrim 1 - Tarihsel ve Sınıfsal Karakteri</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9789753437639</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Telhun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9789753435987</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Sorununda Türkiye’nin Çözümü</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786256953536</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Âşık Veysel, Sosyal Çevresi ve Sivrialan</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786256953574</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalist Dayatma LGBT</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786257697941</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk'tan Cumhuriyete 2. 1919 Başlangıç</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786256953598</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>CHP’nin İdeolojik Dönüşümü - Kemalizmden Sosyal Demokrasiye</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786256953567</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Ataları</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786256953413</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Mao Zedung - Seçme Eserler (6 Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786256953581</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Cephemiz</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786256953406</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Hedefte Türkiye</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786256953390</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>İttihat ve Terakkiye Göre Rus Devrimi</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786256953505</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Sovyetler’le Görüşmeleri</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786256953499</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Devlet Kaynaklarında Kürt İsyanları</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9789753439046</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>M. İlmiye Çığ Nasıl Büyük İnsan Oldu?</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786057707178</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Kemalist Eğitimin Tarih Dersleri (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786256953352</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Altı Yaşında Siyasi Sanık</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786256953031</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Gücünün Gerilemesi ve Yükselen Güçler</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786256953321</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786256953345</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojiden Felsefeye</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786256953314</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Anayurdu ve Hint-Avrupa Savı</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786256953291</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Adnan Oktar Silahlı Suç Örgütü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9789753439022</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgara Verdim Bakışlarımı</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786257697552</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Kaleminden 2: Geometri</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786256953017</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri 2. Cilt ( 1915 - 1919 ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786256953253</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Erzincan</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786256953246</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Aşiretler Raporu</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786259409108</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Deniz’in Okuma Sevgisi</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786256953284</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçi Leon Cahun ve Muallim Barthold'a Göre - Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786256953277</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Türklük Nedir ve Terbiye Yolları</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786256953260</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Uygarlık Serüveni</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786057707857</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Allah, Kur'an, Dua, İman</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786256953239</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Batı Asya'da Devlet Teorisi</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786256953161</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786257697521</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Sanatının Doğuşu</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786256953154</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Müstesna Bir Adam</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786057707819</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk ve Vesikalar</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257697958</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>İsmet İnönü'nün Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257697989</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>İki Neslin Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257697620</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Ortak Aklımız Parti</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786057707147</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed'in Hayatı</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786257697996</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786256953185</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Cehalet Makaleler II</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257697842</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kültürel Dönüşümün Öyküsü</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257697583</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Batı'yı Aydınlatan Doğu Güneşi</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786257697880</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786256953093</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Avrupa Birliği Serencamı</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786256953178</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar'dan Basra'ya (1911-1918)</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786256953147</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Devrimi</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786256953130</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>1908 Devrimi'nin Anadolu Cephesi</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786256953192</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>“Cermen” Runik Yazısının Türk Kökeni</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786256953222</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Marx'ın Makineleri</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786256953208</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Nezihe İşçilerin Anası</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786256953000</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Muazzez İlmiye Çığ’a Mektuplar - İyi ki Varsınız</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786257697835</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Kökler</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786257697866</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Günümüzde Gladyo</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257697729</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Diğer Kayıplar - İkinci Dünya Savaşı'nda Alman Esirler</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257697910</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Dünya Doğarken Türkiye Ne Yapmalı?</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786257697972</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Amerika Soykırımı</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786257697965</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Adım Doğu</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786257697927</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>ÇKP'nin Görev ve Katkıları</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786257697828</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti'nin Dağılma Devri</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786257697804</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Üç Tarz-ı Siyaset</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786257697811</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Şark Meselesi</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786257697705</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Kurşunu - Her Yönüyle Antep Direnişi</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786257697507</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülüğün Tarihi</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786257697712</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya'dan Gerçeğe Sosyalist Dijital Toplum</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786257697538</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Marx ve Oryantalizmin Sonu</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786057412102</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Halil Rıfat Bey ve Mücadele Dolu Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786257697033</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı ve Türk Devrimi</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786257697460</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Adaleti</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786051820965</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Defteri</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786057707949</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Mütareke Dönemi ve Bekirağa Bölüğü</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786257697477</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Türk İhtilali’nde Vatan Müdafaası</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786257697217</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Aksak Demir’in Devlet Politikası Timurlenk Üzerine İnceleme</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9789753431163</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Aydın ve Kültür</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786257697125</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 16 (1923 - 1924) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786057707413</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Dersim</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786257697361</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Ağalığı ve Kürt Sorunu</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786057707321</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 1 Aba-Akıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786257697415</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 4 (1919) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786057707772</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 3 (1919) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786058070882</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 10 (1920 - 1921) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786057707901</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 25 (1931 - 1932) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786257697132</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 18 (1925 - 1927) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786257697149</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 26 (1932 - 1934) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786257697545</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Avrupa’da Siyasi Fikir Akımları</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786257697699</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>27 Mayıs Sürecinde General Cemal Madanoğlu</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786257697637</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Sakalar - İskitler: Gizlenen Kök Atalarımız</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786257697491</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Sanat Durumlar Anlar</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786257697514</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Kardeşime Mektuplar</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786257697392</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Güney Amerika ve Küba</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786257697385</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>ABD Yol Ayrımında</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786056889370</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Devrimcinin Pusulası</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786257697347</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Kanatlıydılar</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786257697354</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Tarihine Toplu Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786257697323</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Montrö Meydan Muharebesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786257697019</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Çankaya'nın Işıkları ve Edipler</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786257697200</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Askeri Ataşe (Kazakistan Anıları)</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786257697262</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Güney Afrika Muharebesi</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786257697163</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Gizlenen "Derin Devlet" Raporu</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786257697095</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>İran’da Bilim ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786257697187</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İşçi Sınıfı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786257697170</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Kafkasya'da Türk - Sovyet Askeri İşbirliği</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786257697088</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>İran Meşrutiyet Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786051820477</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Gösterim Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786257697071</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Ayasofya</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786257697040</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Çam Bayramı</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786257697002</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Sorunu ve Osmanlı - İngiliz İlişkileri</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786057707970</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Kafkasya Azerbaycan, Ermenistan, Gürcistan</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786057707932</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Ordusu</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786057707918</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Çin Felsefe Tarihi</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786057707864</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Akdeniz'de Satranç</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786057707796</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Çin Mimarisi</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786057707697</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Turan Kızı</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786057707468</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Çin'de Zanaat</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786057707499</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Çin Yazı Karakterleri</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786057707475</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>İpek Yolu'nun Öyküsü</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786057707710</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Çin Giyim Kültürü</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786057707482</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Eski Çağlardan Günümüze Çin Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786057707505</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Çin Kültüründe Bayramlar</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786057707703</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Cerrahpaşa Cerrahi Kliniği'nde 44 Yıl</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786057707581</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddime 1-2</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786057707628</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Komintern Belgelerinde Türkiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786057707673</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Sünni Alevi Caferi Kaynaklarıyla İslam İlmihali</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786057707611</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Kemalist Devrim'in Niteliği</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786057707574</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs'ta Barış İçin Savaş (20 Temmuz 1974)</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786057707437</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Şehit Ömer Halisdemir Davası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786057707512</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Paris Komünü'nden Sarı Yeleklilere</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786057707420</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Tecrübenin Işığında Genç Aydınlıkçılar</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786057707406</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Üretim Devrimi</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786057707284</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Sosyalist Hareketinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786057707246</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Çin'de Yatırım</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786058070820</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>FETÖ'nün Medya Yapılanması (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786057707048</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyıl Osmanlı Savaşları</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786058070813</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Fetö'nün Emniyet Yapılanması (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786056935404</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Tarikat Kuşatmasındaki Türkiye</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786057707000</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet'in Gizli Tarikatlar Raporu</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786057707024</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Vatan İçin Jeopolitik Rota</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786056935442</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Devrimcilik Üzerine</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786058070851</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Üzerine</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786058070875</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Sineması</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786056935435</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetle Yaşadığımız Yıllar</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786056921780</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Tabletlerin Kralı Murşili</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786058070837</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>ABD’nin Truva Atı Terör Örgütleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786056898570</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet'in Fetvaları</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786056898587</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Fetö'nün Jandarma Yapılanması</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786056898563</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Korgeneral Cemal Madanoğlu'nun Anıları</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786056898501</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Zamanının  Ötesinde Bir Aydın - Yaman Örs</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786056921711</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Suriye ve Irak</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786058110700</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>İran Gerçeği</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789753434539</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Dashnagtzoutiun Has Nothing to do Anymore</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789753434546</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Für Die Daschnakzutjun Gibt es Nichts Mehr Zu Tun</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9789753434584</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Le Parti Dachnak Na Plus Rien a Faire</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786051821016</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Kan Köpüklü Meşe Seliyim</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786051821023</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Asya Çağını Açan Devrimler (1095-1911)</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786051821009</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Düşler ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786051820989</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Sarayın Bozkurtları</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786058070899</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>1918 Arayış - İmparatorluk’tan Cumhuriyet’e 1</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786051820941</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Yurtta Sulh İddianamesi</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786051820958</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Ay Yıldız Altında Sürgün</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786051820927</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Cumhuriyet Tiyatrosu</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786057707390</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm ve Tam Bağımsızlık</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789753434836</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>The Counter Revolutionary Role Of The Dashnagzoutiun Party</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789753434942</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Le Mensonge du Genoside a Partir Des Documents Armeniens et Russes</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786051820880</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Aysel</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9789753439954</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Çin El Sanatları</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786051820743</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9789753439916</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Çin Sanatı</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9789753439947</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Çin Mutfağı</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786051820804</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Satır Artığı</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786051820705</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürlerle Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786051820781</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Nihat Genç’le Veryansın</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786051820798</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Gazabı Kaybolan Hegemonya</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786051820774</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yedi Rengi</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786051820828</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Gazetecilikte Geçen O Yıllar</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786257697286</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Cehaletin İktidarı Makaleler I</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786057707123</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurt Mustafa Kemal ve Atatürk'ün Cevabı</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786051820675</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Şen Olasın Almanya</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786257697064</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devriminin Programı</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786051820668</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Nanhai I ve Deniz İpek Yolu</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786051820620</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kültür Ekonomisinin Boyutları</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786051820347</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Perinçek-İsviçre Davası</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786051820415</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>FETÖ Darbesi</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786051820583</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Trakya Raporu 1934</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786051820644</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusunun Bugünkü İdeolojik Çizgisi</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786051820613</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın Ön Cephesi Avrasya</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786051820606</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Laikliği Doğru Anlamak</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786051820552</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>PKK'nın Kuruluş Yılları</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786051820538</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Solmaz Sarı Çiçek</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786051820545</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Çınarın Kökleri - Beşparmak</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786256953123</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk - Gençler İçin</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786051820484</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Bizi İster Mi?</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786051820507</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Güvenlik</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786051820453</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Doğalgaz Piyasaları - Türkiye Enerji Güvenliği Üzerine Tezler</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786051820439</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Paralel Devletin Modern Tarihi</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786051820323</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Altı Ok (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786057707093</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Sağduyu</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786051820392</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Bush’a Son Selam</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786051820286</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Mandolin Çalar Türkü Söylerdim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786051820330</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Hatırat Sayfaları: Cihan Harbi İttihatçılar ve Abdülhamit</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786051820309</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Grevden Dönenin!</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786051820316</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Mısır’da Sosyalizm</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786256953109</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Zabit ve Kumandan ile Hasbıhal ve Diğer Askeri Yazılar</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786051820262</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Arşivlerinde Fetö</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9789753439886</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Çin Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789753439848</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çin'de Buluşlar</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786051820255</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz ve FETÖ</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789753430011</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Eserler Cilt: 5</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786057707765</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat ve Aydınlanma</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786051820149</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Kürtlerin Anadolulaşma Süreci</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786051820088</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>17/25 Aralık</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786051820071</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanmanın Neferleri</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786051820118</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Alfabesi 2</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786051820132</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Alevi-Bektaşilerde Mizah</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786051820101</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl İslam</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786057707543</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Çocuğunun Din Dersleri</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789753439718</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789753439794</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Erdoğan'ın Suriye Seferi</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786058070868</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Asya Çağının Öncüleri / 21. Yüzyılda Lenin Atatürk ve Mao</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789753439763</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Din-Bilim Çatışması</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789753439817</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Alfabesi</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786057707659</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat'tan Kıssa'lar</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789753439749</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Suriye’nin Sevr'i Amerikan Koridoru</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786257697736</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk’tan Cumhuriyet’e 3 - 1920 Teşkilatlanma</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9789753439732</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Ayağa Kalk Chp</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789753439640</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Viking Destanı / Egill’in Sagası</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789753437998</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Çin Müziği</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789753439206</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Unutulan Beyin</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9789753439626</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Resim Sanatı Tarihinde Devrimler ve Karşıdevrimler</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789753439602</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Batılı Gizli Servislerden Işid’e Giden Yol</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789753439619</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Hakerenler / Buyruk</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786056921704</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Kulleteyn</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789753433952</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Kukla Devlet</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9789753439466</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Topraklar</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789753439695</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Mehdi Mesih</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789753439480</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Son Dakika</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789753439534</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu - Antep Rivayeti</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789753439121</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Mahmut Esat Bozkurt Toplu Eserler 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789753439114</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Kavanozdaki Yürek</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786057707109</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İçin Jeopolitik Rota</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789753439398</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Gördüğünü Kitaba Yaz</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789753439275</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Bir Türkiye</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789753439251</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Anılar ve İzlenimler</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789753439428</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Derin Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789753433020</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Eleştirisi 3</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786057707529</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Eleştirisi 2</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789753439503</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Masal Haftası</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789753439176</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Üstüme Fazla Gelme Ayçelen</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789753439459</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Mucizenin Mimarları</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789753439282</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Camino’nun Mucizesi</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789753439268</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>“Terörist” Rektör : Kumpasçılara Neşter</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789753439145</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Ve Madenci Tumba Dedi</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789753436021</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>ABD ve Türkiye 2 - Yumuşama Yılları</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786057707666</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Cahiliyye</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789753439367</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Deccal Dindarmış</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789753439213</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yapıtlar Küçük Yapıtlar</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786057707888</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Dönekler</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9789753438810</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları - Az Gidenler Uz Gidenler</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786051820040</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Kitabı</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9789753439015</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786057707017</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Din Bu 3 - İslamda Toplum ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786057707086</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Din Bu 2 - Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9789753438834</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Asker ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9789753436274</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Sosyalizm ve Bilim</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786056898556</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Bereket Kültü ve Mabet Fahişeliği</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786056945816</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Arap Milliyetçiliği ve Türkler</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9789753434898</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Tayyip Erdoğan’ın Yüce Divan Dosyası</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786057707260</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Taşnak Partisi’nin Yapacağı Bir Şey Yok</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786056935480</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Tevrat ve İncil’in Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786056945878</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 8 (1920) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786257697859</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 7 (1920) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786257697781</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 5 (1919) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786257697743</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 29 (1937) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786057707338</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>İttihatçılıktan Kemalizme</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9789753438988</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilatı Mahsusa</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9789753438728</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>27 Mayıs’tan 12 Mart’a Türk Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786057707994</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Eski ve Modern Türkler</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786257697101</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Savaş</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9789753434362</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e Türk Devrimi ve Fikir Temelleri</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789753438933</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Türk İmgesi</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9789753438896</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçılarla Anılar Geride Kalanlar</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789753438711</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Sanatının Doğuşu</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789753432498</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>ÖDP’nin Kimliği</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9789753438735</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Hasdal’da 3 Yıl</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9789753438674</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Engerek</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786057707741</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Kemalizmin Felsefesi ve Kaynakları</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786057707734</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Kemalist Devrim-3 Altı Ok</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786056921728</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Allah</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789753438643</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ütopyaları</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789753439404</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında Çanakkale Ruhu 1915</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9789753438650</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Van Gogh Sarısı</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789753438544</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Affaire Perinçek c. Suisse</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789753434843</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Armenische Nationalistische Strömungen</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9789753438582</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Süreya'da Dağlarca</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789753438568</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanatımızda Son Osmanlı Osman Hamdi</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789753438575</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Ağış</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789753438537</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Perinçek İsviçre Davası</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>3990000026888</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Musul Sorunu</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9789753438223</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Tayyip Gül ve Gülen Örgütü</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789753438599</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Diren Gezi</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789753438520</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günlük Düş ve Gerçek</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789753438551</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Aydın Köksal - Bilime, Bilişime ve Türkçeye Adanmış Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789753439411</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Milliyetçiliğinin Serüveni</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789753438384</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Sendikalaşma Hakkı ve Sendikaların İşleyişi</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789753438506</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Koruyucu İşçi Sağlığı Elkitabı</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9789753438094</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Abdocan</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789753438254</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İşçi Sınıfı ve Sendikacılık (Dünden Bugüne)</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>8690228099966</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Ankara'ya</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789753431945</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Kütahyalı Ahmet</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789753437752</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Beşiktaş'ta Sırtlan Pususu</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789753438056</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Efsanesi</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789753438155</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Enkaz</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789753438179</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>İşçilerin Temel Hakları Nelerdir?</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789753438360</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Fazıl Hüsnü Dağlarca Günlüğü</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789753438261</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Sait Ayaklanmasında İngiliz Parmağı</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786057707567</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Proje Kanal İstanbul</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789753438407</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Kumsaldaki Kız</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9789753438391</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Strateji Ustası Atatürk</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789753438353</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kelebeği</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786057707352</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türkiye’nin Oluşumu</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789753438780</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>İran Meşrutiyet Devrimi Güçler ve Amaçlar (1906-1911)</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789753438704</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Kara Delikte Bir Yolculuk ve Tersine ya da Sapkın Ayetler</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9789753436403</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Anayasalarımızda Emekçiler ve Sendikalar</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9789753435321</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa ve Partiler Rejimi</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786056935428</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>1938 Son Yıl</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9789753438339</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Nizamülmülk’ün Öldürülüşü</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789753438285</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Kara Şarkılar</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9789753439077</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Yanıyor</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789753439862</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Marko Polo Çin’de</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786058110779</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Sümerliler Türklerin Bir Koludur</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786056898525</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Sumerli Ludingirra</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9789753438032</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Stambulskie Novosti'de Jön Türk Devrimi</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789753437974</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Cehaletin Rönesansı</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9789753435413</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 24 (1930 - 1931) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786257697774</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 6 (1919-1920) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9789753437707</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Bakanı Şükrü Kaya</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789753431200</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>HEP, DEP ve Devlet</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786257697279</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralarım ve Müdafaam</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9789753437677</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>İsyan Makamı</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9789753435994</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>İsveçlilerin Türk Kökenleri Üzerine</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786057707963</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>İsveççenin Türkçeyle Benzerlikleri</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9789753437820</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Vardiya Bizde Bugün Silivri</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789753438001</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Yasaklı Nasrettin Hoca Şenlikleri</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9789753437745</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Ulduz ve Kargalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786057707758</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Eleştirisi -1</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9789753431705</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Zazaca-Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786057707536</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Yurt Bilgisi</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9789753432290</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltında Uçan Kuş</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9789753434638</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Toplum Görüşü ve Lanark Raporu</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9789753434171</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Yarın</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786057707307</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Tepkilerim</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786057707376</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Ünlülere Mektuplar</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786058110748</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlığın Kökeni Sümerliler 1 Tarihte İlk Edebi Eserlerden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9789753436045</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Rus Diplomasisinden Gizli Sayfalar</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786257697309</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Anayasa Birikimi</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9789753434652</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Akp İşçilere Nasıl Zarar Veriyor</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786056898518</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Abdullah Öcalan ile Görüşmeler</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9789753437684</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>ABD’nin Askeri Müdahaleleri</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9789753434119</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>68’in Sırrı</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786257697224</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Tarihli Resmi Ermeni Raporu 11 Aralık 1915</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9789753435444</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9789753436144</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Amerikan İlişkileri Çerçevesinde Ermeni Meselesi (1918-1923)</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786057707239</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihinin Ana Hatları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9789753435475</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusu’nda Strateji Sorunu</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9789753434904</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Türk İnkılabının Karakterleri</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9789753434973</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Tunceli Medeniyete Açılıyor</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786056935459</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Geriliklerimizin Sorumluları Din Adamları</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9789753434447</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Taşnak Partisi’nin Karşıdevrimci Rolü</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9789753436441</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Sarmalı</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786057707871</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’nda Kürt Politikası</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9789753437714</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>İşçi Partisi Neden Hedefte</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9789753432597</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>İslama Göre Diğer Dinler</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786057707116</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>İnanna’nın Aşkı Sumer’de İnanç ve Kutsal Evlenme</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9789753434553</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>İç Politikadan Dış Politikaya Türkiye’nin Sorunları Ve Küreselleşme</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786056898532</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim Peygamber</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786056898549</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Hititler ve Hattuşa İştar’ın Kaleminden</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9789753432870</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Hizbullah</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786257697293</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Gürcü Devleti’nin Kırmızı Kitap’ı Ermeni İddialarına Yanıt</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9789753436496</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Görev</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786056921735</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Gilgameş</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9789753434157</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Fetö'nün Şifreleri</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786057707642</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Eşcinsellik ve Yabancılaşma</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786257697255</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Milliyetçi Akımları</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9789753435536</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm ve Türkiye Sendikacılığına Etkileri</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786057707802</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Laiklik Üzerine</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9789753434997</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Diasporadaki Taşnaklar</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9789753431323</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Ben</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9789753435659</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Derebeyi ve Dersim</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786257697316</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Çiller Özel Örgütü</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786257697231</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Çarlık Polis Raporlarında Taşnaklar</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9789753435178</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Edep-Erkan Görgü Kitabı</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9789753436083</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Devrimi ve Öngörülmeyen Bugünü</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786257697118</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Aydın ve "Aydın"</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789753436434</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa İnsan Hakları Mahkemesi’nde Doğu Perinçek - İsviçre Davası</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786257697026</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün CHP Program ve Tüzükleri- Kemalist Devrim 6</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786257697750</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Bütün Eserleri Cilt: 30 (1937 - 1938) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786257697446</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 28 (1935 - 1936) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786257697453</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 27 (1934 - 1935) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786056945823</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 23 (1929 - 1930) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9789753435086</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 22 (1927 - 1929) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786257697798</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 21 (Nutuk 3 - Vesikalar 1927) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786257697767</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 20 (Nutuk 2 - 1927) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9789753434607</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 19 (Nutuk 1 - 1927) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9789753434287</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 17 (1924 - 1925) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9789753434126</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 15 (1923) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786056945809</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 14 (1922 - 1923) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9789753433945</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 13 (1922) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9789753433853</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 12 (1921 - 1922) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9789753433747</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Bütün Eserleri Cilt: 11 (1921) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786056935497</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Sumerliler</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786057707031</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk İhtilali 1-2 (İki Cilt Tek Kitap) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786058110786</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Düşünüyor</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786058070844</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’nun Gizli Kültürü Alevilik</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9789753434256</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat, İnsan ve Akıl</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786056935473</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat ve Kadın</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786257697484</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat Devleti'nden Laik Cumhuriyet'e</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786057707253</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Şeriat Böyle</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786057707895</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Şark Raporu Cumhuriyet Gözüyle Kürt Meselesi-1</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786058110793</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Sumerlilerde Tufan Tufan’da Türkler</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9789753437806</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Sınırların Ötesinde</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9789753430104</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Eserler Cilt: 4</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9789753430098</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Eserler Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9789753436038</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Küllerinden Doğan Soprano Remziye Alper</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9789753436366</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Perinçek-İsviçre Davası</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786057707680</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Parti ve Sanat</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9789753436151</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Yolunda Bitmeyen Koşu Denktaş Kitabı</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9789753435628</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Bugüne Toplum ve Devlet</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9789753436182</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Sosyalizm, Türkçülük ve İtthatçilik</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9789753436373</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Ortakçının Oğlu Talip Apaydın</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786058110762</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Uygarlık Mirası 2</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786057707130</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Uygarlık Mirası 1</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786058070806</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Og’dan Oğur’a</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786057707277</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanlık ve Nurculuk</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786056935466</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed’e Göre Muhammed</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786057707369</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>MİT’in Çiller Örgütü Raporu</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9789753434270</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Masonlar Dinleyiniz!</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786257697590</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Liberalizm Masalı</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786257697194</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786056898594</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Kitapların Kaynakları 1-2-3</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786257697057</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’nın Gizli Örgütü</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786257697330</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’daki Tanrı</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9789753432603</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’daki Kitaplılar</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786058110717</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an İncil ve Tevrat’ın Sumer’deki Kökeni</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9789753430807</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 8 Kuvvet -Mucize (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9789753430791</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 7 Kalb-Kuşku (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9789753430784</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 6 Hicret-Kafir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9789753430739</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 5 Dua-Hicret (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9789753430722</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 4 Boşa-Dua (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9789753430715</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 3 Arabu-Borç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9789753430692</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ansiklopedisi Cilt: 2 Akra-Arab (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9789753437462</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Kötüler Mahallesi 2 - Yağmur Bekleyen Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9789753431422</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu Bir Toplumsal Direnişin Destanı</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9789753435710</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Kontrgerilla 2  Örgütlenmesi</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786257697248</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Kitap İngilizlerin Mavi Kitap’ına Sovyetler’in Yanıtı</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
           <t>9786057707154</t>
         </is>
       </c>
-      <c r="B542" s="1" t="inlineStr">
+      <c r="B1038" s="1" t="inlineStr">
         <is>
           <t>Kızıl Kayalar</t>
         </is>
       </c>
-      <c r="C542" s="1">
+      <c r="C1038" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>