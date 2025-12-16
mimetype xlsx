--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,520 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259429168</t>
+          <t>9786259936475</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Komşu Teyze</t>
+          <t>Kivi ve Çilek</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057350831</t>
+          <t>9786259871011</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Deprem Bilgisi</t>
+          <t>Uykusunu Arayan Mino</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259429137</t>
+          <t>9786259871028</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle İyileşen Kuş</t>
+          <t>Üç Kafadar</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259871097</t>
+          <t>9786259429199</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Aramıza</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Banka Kanka</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259871073</t>
+          <t>9786259429144</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Atlarla Bir Gün</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Mağazaya Doğru</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259871080</t>
+          <t>9786259429151</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Hayaller</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Çocuk Menüsü</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259871042</t>
+          <t>9786259663609</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Heyecanı</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Oyuncaklar Ücretsiz Olmalı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259871066</t>
+          <t>9786259663616</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Yaz Geldi</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Sinema Koltukları</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259871059</t>
+          <t>9786259429175</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kutlamalar</t>
+          <t>Bir Kırlangıç Öyküsü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>128</v>
+        <v>158</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259429113</t>
+          <t>9786259429182</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kış Alışverişi</t>
+          <t>Takasçı ve Büyülü Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>128</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259429106</t>
+          <t>9786259429168</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çatısı Uçan Ev</t>
+          <t>Komşu Teyze</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259429120</t>
+          <t>9786057350831</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Biri Bal Biri Eşek</t>
+          <t>Deprem Bilgisi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259936468</t>
+          <t>9786259429137</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tosbik'in Hediyesi Nerede?</t>
+          <t>Sevgiyle İyileşen Kuş</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259871004</t>
+          <t>9786259871097</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Çöl Bekçisi (5+Yaş)</t>
+          <t>Hoş Geldin Aramıza</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259871035</t>
+          <t>9786259871073</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşı Lülü Dere Taşı Püsü (5+Yaş)</t>
+          <t>Dedem ve Atlarla Bir Gün</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259936499</t>
+          <t>9786259871080</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon Havalarda</t>
+          <t>Dünyayı Gezen Hayaller</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259936444</t>
+          <t>9786259871042</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayalci Mila</t>
+          <t>Yeni Okul Heyecanı</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259936451</t>
+          <t>9786259871066</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Karahindiba</t>
+          <t>Yaşasın Yaz Geldi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259936482</t>
+          <t>9786259871059</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Artık Bir Atım Var</t>
+          <t>Renkli Kutlamalar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259936420</t>
+          <t>9786259429113</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okulda Şenlik</t>
+          <t>Kış Alışverişi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259936406</t>
+          <t>9786259429106</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okul Gezisi</t>
+          <t>Çatısı Uçan Ev</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259936437</t>
+          <t>9786259429120</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bora - İçimde Bir Hüzün Var</t>
+          <t>Biri Bal Biri Eşek</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259936413</t>
+          <t>9786259936468</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bora - Komşularla Akşam Yemeği</t>
+          <t>Tosbik'in Hediyesi Nerede?</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057350886</t>
+          <t>9786259871004</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bora - Öğretmenin Sürprizi</t>
+          <t>Dikenli Çöl Bekçisi (5+Yaş)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057350879</t>
+          <t>9786259871035</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bora - Sonbahar Geldi</t>
+          <t>Çakıl Taşı Lülü Dere Taşı Püsü (5+Yaş)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057350862</t>
+          <t>9786259936499</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bora - Yeni Arkadaşlar</t>
+          <t>Uçan Balon Havalarda</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057350893</t>
+          <t>9786259936444</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okulun İlk Günü</t>
+          <t>Hayalci Mila</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057350855</t>
+          <t>9786259936451</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ayça İle Fil Yavrusu</t>
+          <t>Bir Küçük Karahindiba</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>158</v>
+        <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057350848</t>
+          <t>9786259936482</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gemi ve Sırlar Sandığı</t>
+          <t>Artık Bir Atım Var</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>158</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057350817</t>
+          <t>9786259936420</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat ! Temel Satranç</t>
+          <t>Bora - Okulda Şenlik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057674425</t>
+          <t>9786259936406</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bora İle Öğrenelim Öyküleri (8 Kitap Set-7+Yaş Renkli Resimli)</t>
+          <t>Bora - Okul Gezisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>740</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>9786259936437</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bora - İçimde Bir Hüzün Var</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259936413</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Komşularla Akşam Yemeği</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057350886</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Öğretmenin Sürprizi</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057350879</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Sonbahar Geldi</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057350862</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Yeni Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057350893</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Okulun İlk Günü</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057350855</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Ayça İle Fil Yavrusu</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057350848</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Gemi ve Sırlar Sandığı</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057350817</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Şah Mat ! Temel Satranç</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057674425</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Bora İle Öğrenelim Öyküleri (8 Kitap Set-7+Yaş Renkli Resimli)</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786057350800</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>10 Kasım - Bora Hiç Yenilmemiş Olmanın Ne Demek Olduğunu Öğreniyor</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C43" s="1">
         <v>102</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>