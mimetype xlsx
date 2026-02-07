--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,670 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259936475</t>
+          <t>9786057065896</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kivi ve Çilek</t>
+          <t>23 Nisan - Bora Şiir Okuyor</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259871011</t>
+          <t>9786057065889</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uykusunu Arayan Mino</t>
+          <t>Çanakkale Şehitliği - Bora Çanakkale'ye Gitmeye Hazırlanıyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259871028</t>
+          <t>9786057065872</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar</t>
+          <t>Bora'nın Atatürk Hayranlığı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259429199</t>
+          <t>9786057065858</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Yanlış Gördüm Sanki / Banka Kanka</t>
+          <t>Bora Cumhuriyet Bayramı'nda Şiir Okuyor</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>128</v>
+        <v>105</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259429144</t>
+          <t>9786057065865</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Yanlış Gördüm Sanki / Mağazaya Doğru</t>
+          <t>Bora Nutuk Okuyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259429151</t>
+          <t>9786057065841</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Yanlış Gördüm Sanki / Çocuk Menüsü</t>
+          <t>Atatürk'ün Hayvan Sevgisi - Bora Çok Şaşırmıştı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259663609</t>
+          <t>9786057065834</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Yanlış Gördüm Sanki / Oyuncaklar Ücretsiz Olmalı</t>
+          <t>Bora Andımızı Öğreniyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>128</v>
+        <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259663616</t>
+          <t>9786259282633</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Yanlış Gördüm Sanki / Sinema Koltukları</t>
+          <t>Odamdaki Karınca</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259429175</t>
+          <t>9786259936475</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırlangıç Öyküsü</t>
+          <t>Kivi ve Çilek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259429182</t>
+          <t>9786259871011</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Takasçı ve Büyülü Deniz Kabuğu</t>
+          <t>Uykusunu Arayan Mino</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259429168</t>
+          <t>9786259871028</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Komşu Teyze</t>
+          <t>Üç Kafadar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057350831</t>
+          <t>9786259429199</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deprem Bilgisi</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Banka Kanka</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259429137</t>
+          <t>9786259429144</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle İyileşen Kuş</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Mağazaya Doğru</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259871097</t>
+          <t>9786259429151</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Aramıza</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Çocuk Menüsü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259871073</t>
+          <t>9786259663609</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Atlarla Bir Gün</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Oyuncaklar Ücretsiz Olmalı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259871080</t>
+          <t>9786259663616</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Hayaller</t>
+          <t>Minik Bir Yanlış Gördüm Sanki / Sinema Koltukları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259871042</t>
+          <t>9786259429175</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Heyecanı</t>
+          <t>Bir Kırlangıç Öyküsü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>128</v>
+        <v>198</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259871066</t>
+          <t>9786259429182</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Yaz Geldi</t>
+          <t>Takasçı ve Büyülü Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>128</v>
+        <v>226</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259871059</t>
+          <t>9786259429168</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kutlamalar</t>
+          <t>Komşu Teyze</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259429113</t>
+          <t>9786057350831</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kış Alışverişi</t>
+          <t>Deprem Bilgisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259429106</t>
+          <t>9786259429137</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çatısı Uçan Ev</t>
+          <t>Sevgiyle İyileşen Kuş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259429120</t>
+          <t>9786259871097</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Biri Bal Biri Eşek</t>
+          <t>Hoş Geldin Aramıza</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259936468</t>
+          <t>9786259871073</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tosbik'in Hediyesi Nerede?</t>
+          <t>Dedem ve Atlarla Bir Gün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259871004</t>
+          <t>9786259871080</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Çöl Bekçisi (5+Yaş)</t>
+          <t>Dünyayı Gezen Hayaller</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259871035</t>
+          <t>9786259871042</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşı Lülü Dere Taşı Püsü (5+Yaş)</t>
+          <t>Yeni Okul Heyecanı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259936499</t>
+          <t>9786259871066</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon Havalarda</t>
+          <t>Yaşasın Yaz Geldi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259936444</t>
+          <t>9786259871059</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayalci Mila</t>
+          <t>Renkli Kutlamalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259936451</t>
+          <t>9786259429113</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Karahindiba</t>
+          <t>Kış Alışverişi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259936482</t>
+          <t>9786259429106</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Artık Bir Atım Var</t>
+          <t>Çatısı Uçan Ev</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259936420</t>
+          <t>9786259429120</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okulda Şenlik</t>
+          <t>Biri Bal Biri Eşek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259936406</t>
+          <t>9786259936468</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okul Gezisi</t>
+          <t>Tosbik'in Hediyesi Nerede?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259936437</t>
+          <t>9786259871004</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bora - İçimde Bir Hüzün Var</t>
+          <t>Dikenli Çöl Bekçisi (5+Yaş)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259936413</t>
+          <t>9786259871035</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bora - Komşularla Akşam Yemeği</t>
+          <t>Çakıl Taşı Lülü Dere Taşı Püsü (5+Yaş)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057350886</t>
+          <t>9786259936499</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bora - Öğretmenin Sürprizi</t>
+          <t>Uçan Balon Havalarda</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057350879</t>
+          <t>9786259936444</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bora - Sonbahar Geldi</t>
+          <t>Hayalci Mila</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057350862</t>
+          <t>9786259936451</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bora - Yeni Arkadaşlar</t>
+          <t>Bir Küçük Karahindiba</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057350893</t>
+          <t>9786259936482</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bora - Okulun İlk Günü</t>
+          <t>Artık Bir Atım Var</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057350855</t>
+          <t>9786259936420</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ayça İle Fil Yavrusu</t>
+          <t>Bora - Okulda Şenlik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057350848</t>
+          <t>9786259936406</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gemi ve Sırlar Sandığı</t>
+          <t>Bora - Okul Gezisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057350817</t>
+          <t>9786259936437</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat ! Temel Satranç</t>
+          <t>Bora - İçimde Bir Hüzün Var</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057674425</t>
+          <t>9786259936413</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bora İle Öğrenelim Öyküleri (8 Kitap Set-7+Yaş Renkli Resimli)</t>
+          <t>Bora - Komşularla Akşam Yemeği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>740</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786057350886</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Öğretmenin Sürprizi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057350879</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Sonbahar Geldi</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057350862</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Yeni Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057350893</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bora - Okulun İlk Günü</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057350855</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Ayça İle Fil Yavrusu</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057350848</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Gemi ve Sırlar Sandığı</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057350817</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Şah Mat ! Temel Satranç</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057674425</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bora İle Öğrenelim Öyküleri (8 Kitap Set-7+Yaş Renkli Resimli)</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786057350800</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>10 Kasım - Bora Hiç Yenilmemiş Olmanın Ne Demek Olduğunu Öğreniyor</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C51" s="1">
         <v>102</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>