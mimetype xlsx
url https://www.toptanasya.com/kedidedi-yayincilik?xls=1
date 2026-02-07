--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,355 +85,370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259773261</t>
+          <t>9786259773278</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Felsefesi &amp; Postmodern Bilimin Doğuşu</t>
+          <t>Aklımdan Geçenler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>549</v>
+        <v>242.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057354341</t>
+          <t>9786259773261</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Almanya'daki Türk Halk Oyunları</t>
+          <t>Kuantum Felsefesi &amp; Postmodern Bilimin Doğuşu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>478</v>
+        <v>549</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057354396</t>
+          <t>9786057354341</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Uçar Mı?</t>
+          <t>Almanya'daki Türk Halk Oyunları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>157</v>
+        <v>478</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259773247</t>
+          <t>9786057354396</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Zerre</t>
+          <t>Rüyalar Uçar Mı?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>249</v>
+        <v>173</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259773230</t>
+          <t>9786259773247</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Bilgisayar ve Bilişim Felsefesi</t>
+          <t>Neyzen Zerre</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>205</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259773223</t>
+          <t>9786259773230</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tasadan Tasma</t>
+          <t>Kuantum Bilgisayar ve Bilişim Felsefesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>134</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259773216</t>
+          <t>9786259773223</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arayışı ve Alternatif Kutsallıklar</t>
+          <t>Tasadan Tasma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>449</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259773209</t>
+          <t>9786259773216</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ağlamasın</t>
+          <t>Anlam Arayışı ve Alternatif Kutsallıklar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>152.5</v>
+        <v>449</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259971087</t>
+          <t>9786259773209</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyada Online Manevi Danışmanlık</t>
+          <t>Gülen Ağlamasın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>152.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259971070</t>
+          <t>9786259971087</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizli Sır &amp; Hazine Sensin</t>
+          <t>Türkiye ve Dünyada Online Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>222</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259971094</t>
+          <t>9786259971070</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Chipo</t>
+          <t>Gizli Sır &amp; Hazine Sensin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>385</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057354327</t>
+          <t>9786259971094</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Robotistan</t>
+          <t>Mülteci Chipo</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259971056</t>
+          <t>9786057354327</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Devrimi Teknolojinin Felsefi ve Sosyolojik Analizi</t>
+          <t>Robotistan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>374</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259971063</t>
+          <t>9786259971056</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Leibniz'den Yapay Zekaya Evrensel Dil Arayışı</t>
+          <t>Bilişim Devrimi Teknolojinin Felsefi ve Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>470</v>
+        <v>374</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259971049</t>
+          <t>9786259971063</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Leibniz’den Turing’e Trajikomik Bir Yol Hikayesi</t>
+          <t>Leibniz'den Yapay Zekaya Evrensel Dil Arayışı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>265</v>
+        <v>518</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259971025</t>
+          <t>9786259971049</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Yetişkinliğe Yılmaz Büyükerşen</t>
+          <t>Leibniz’den Turing’e Trajikomik Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057354358</t>
+          <t>9786259971025</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Online İçerik Yazarlığı</t>
+          <t>Çocukluktan Yetişkinliğe Yılmaz Büyükerşen</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>148</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259971018</t>
+          <t>9786057354358</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendi Özüne Yolculuk</t>
+          <t>Online İçerik Yazarlığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259971001</t>
+          <t>9786259971018</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Transhümanizm, Ölüm ve Ölümsüzlük</t>
+          <t>Kendi Özüne Yolculuk</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057354334</t>
+          <t>9786259971001</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Safranbolu İlçesinin Fiziki Coğrafyası</t>
+          <t>Transhümanizm, Ölüm ve Ölümsüzlük</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9786057354334</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Safranbolu İlçesinin Fiziki Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
           <t>9786057354310</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>İş Güvenliği Palavramız ve Paradigmanın Paradoksu</t>
         </is>
       </c>
-      <c r="C22" s="1">
+      <c r="C23" s="1">
         <v>85</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>