--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786054435487</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Hayal Hırsızı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786054969234</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Cherub 14 - Koruyucu Güç</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786054435746</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -469,411 +469,411 @@
         <is>
           <t>9786054435791</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ağlayamayan Bulut</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786054969722</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Zaman Bekçileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786054435470</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Kontrol Z</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789944343725</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Mecit'in Maceraları - 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786054969111</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kirpi Sivriburun'un Düğünü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786256741089</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Doğum Günüme Davetlisin!</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786256741065</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Bir Tanecik Oğlum</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786256741072</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Edebiyatın Çocuk Hali Söyleşiler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786258051681</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Mehdilik ve Çağdaş İran Toplumu</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786054969173</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Küçük Evlerin Büyük Ağacı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256741058</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Gün Gün Atatürk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256741041</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Zıpzıp Dada</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256741034</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kırmızı: Bir Pastel Boyanın Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786256741027</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Dev Şapka</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786054969678</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Yedi Kere Varmış</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786054969623</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Gökler Üstünde Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786054969654</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Hepevet ile Hephayır-Komşu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786054969661</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Hepevet ile Hephayır</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786054969715</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>İsim Kavanozu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786054969685</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Kivibik</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786054969708</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Kıvırcık Kate</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786054969692</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>İnsanlar Güzeldir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786054969630</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Sadece Sor - Farklı Ol, Cesur Ol, Kendin Ol</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786054969647</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Atatürk, Karıncalar ve Çocuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786054969616</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Doğa ile Doğa</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786054969555</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kendi Yolunda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786054969487</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Polisiye Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786054969463</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
@@ -949,126 +949,126 @@
         <is>
           <t>9786054969388</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Aslan'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786054969302</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Bir Dakikalık Öykücükler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786054969128</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Evim, Evim, Güzel Evim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786054969166</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Nick ve Tesla'nın Esrarengiz Robot Macerası</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786054435968</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>İyi Günler Pembe Burun</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789944343732</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mecit'in Maceraları - 2: Okul Günleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786054969265</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Yıldız Kapısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786054435876</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Kaplancık için Dev Parti</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789944343947</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
@@ -1084,321 +1084,321 @@
         <is>
           <t>9786054969258</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Nick ve Tesla'nın Süper Sayborg Eldiveni</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786054435975</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Akila 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786054435883</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Kaplancık'a Mektup Var</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786054435951</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Haydi Gel Hazine Bulalım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786054435845</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Seni İyileştireceğim Dedi Ayıcık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789944343831</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Tandır - Koca Karga'dan Öyküler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786054435050</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Şekiller Ülkesi</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786054435043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Renkler Ülkesi</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789944343671</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Reçel Kavanozu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786054435616</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Cherub - Çılgın Köpekler</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786054435838</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Cherub 12 - Hayalet Dalga</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786054435852</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Baykuş Evde Tek Başına</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786054435869</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Fil Amca</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786054435890</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Çekirge'nin Yolculuğu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786054435920</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Genç Kaşifler 2 - Kral Triton Sığınağı'nın Gizemi</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786054435760</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Mary Poppins Kiraz Ağacı Sokağında</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789944343992</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Vaay, Panama Ne Güzelmiş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789944343978</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Testi - Bir Yardımlaşma Örneği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789944343817</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Sihirli İstanbul</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786054435258</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Kurbağa ve Murbağa - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786054435036</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Sayılar Ülkesi</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786054435494</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
@@ -1444,51 +1444,51 @@
         <is>
           <t>9799944343069</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Mother Nature's Children</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789944343824</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Mecit'in Maceraları 3 - Yazarlık Yolunda</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786054435630</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Mary Poppins - Kapıyı Açıyor!</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786054435098</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
@@ -1549,201 +1549,201 @@
         <is>
           <t>9789944343770</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Küçük Dedektif Daniel - Ay'ın Pili Bitmiş</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786054435289</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Kurbağa ve Murbağa ile Eğlenceli Günler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786054435272</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Kurbağa ve Murbağayla Dört Mevsim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786054435326</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Kitapkurdu Lily</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786054435319</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Haydi Konuş Artık!</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789944343510</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Ben de Şiir Yazabilirim</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786054435333</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Bebek Aşağı, Bebek Yukarı!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9789944343923</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Balıklara Yüzmeyi Öğreten Deniz</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786054435265</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Kurbağa ve Murbağa - Ayrılmaz İkili</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789944343664</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Ayın On Dördü Gibi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786054435029</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Alfabe Ülkesi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786054435753</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Akila 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9789944343633</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Okul Çok da Sıkıcı Değilmiş</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9789944343640</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>