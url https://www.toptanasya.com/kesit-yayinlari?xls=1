--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,6220 +85,6310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257698542</t>
+          <t>9786256869721</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde İdeoloji ve Metafor (1960-1980 Dönemi)</t>
+          <t>Türk İslam Edebiyatında Türler (2 Cilt)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>715</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256869639</t>
+          <t>9786256869684</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kokunun Sessiz Tanıklığı</t>
+          <t>Kırım Hanlığı'na Ait Resmi Yazışmalardaki (16-18.Yüzyıllar) İdari, Ekonomik, Sosyal ve Kültürel Terimler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>396</v>
+        <v>643</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256869592</t>
+          <t>9786256869653</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ataerkilliğin Manevi Kızları</t>
+          <t>Kırgız Türkçesinde Soru</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>492</v>
+        <v>872</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256869585</t>
+          <t>9786256869660</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Ekleşme Düzeninde Çözümlemeler</t>
+          <t>Terceme-i Mecmüatu’l-Muhakkikin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1280</v>
+        <v>823</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256869622</t>
+          <t>9786054117925</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bosnalı Divan Şairleri</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>384</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059408578</t>
+          <t>9786256869646</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ceviribilimden İzdüsümler -1</t>
+          <t>Kıbrtıs’ta Türkçe ve Edebiyat Öğretimi Tarihçesi (1906-2022)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>372</v>
+        <v>376</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257698641</t>
+          <t>9786257698542</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimden İzdüşümler 2</t>
+          <t>Türk Şiirinde İdeoloji ve Metafor (1960-1980 Dönemi)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>314</v>
+        <v>715</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256869615</t>
+          <t>9786256869639</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Hikayesinde Kurumsal Yozlaşma (1870-1950)</t>
+          <t>Türk Romanında Kokunun Sessiz Tanıklığı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256869608</t>
+          <t>9786256869592</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tarihi Tiyatro</t>
+          <t>Ataerkilliğin Manevi Kızları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>527</v>
+        <v>492</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059100953</t>
+          <t>9786256869585</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Oyunda Oyun Postmodern Roman</t>
+          <t>Türk Dilinin Ekleşme Düzeninde Çözümlemeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>374</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257698931</t>
+          <t>9786256869622</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mecmü’atü’l-Fevayid</t>
+          <t>Bosnalı Divan Şairleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>805</v>
+        <v>384</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257698900</t>
+          <t>9786059408578</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Dil Özellikleri Gösteren Bir Mevlid Metni-Şehidi ve Mevlidi</t>
+          <t>Ceviribilimden İzdüsümler -1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>643</v>
+        <v>372</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257698887</t>
+          <t>9786257698641</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kıyısından Sesler -Kıbrıs’ta Yazma Uğraşları -</t>
+          <t>Çeviribilimden İzdüşümler 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>364</v>
+        <v>314</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057898395</t>
+          <t>9786256869615</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Alıp Manaş'ın Sembolik Serüveni</t>
+          <t>Türk Hikayesinde Kurumsal Yozlaşma (1870-1950)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>226</v>
+        <v>384</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256869400</t>
+          <t>9786256869608</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Doğu Grubu Ağızlarının İstem Dil Bilgisi: Derlem Temelli Bir Sözlük Denemesi</t>
+          <t>Cumhuriyet Döneminde Tarihi Tiyatro</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>594</v>
+        <v>527</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257698535</t>
+          <t>9786059100953</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk Türkçenin Tarihi ve Çağdaş Lehçelerinde Olumsuzluğa Dair İfadeler</t>
+          <t>Oyunda Oyun Postmodern Roman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>764</v>
+        <v>374</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256869318</t>
+          <t>9786257698931</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlkokul Çağına Disiplinler Arası Bir Bakış</t>
+          <t>Mecmü’atü’l-Fevayid</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>634</v>
+        <v>805</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257698948</t>
+          <t>9786257698900</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Coğrafyasında Yer Etmiş Mitlerin Seramik Yüzeylerde Yorumlamaları</t>
+          <t>Osmanlı Türkçesi Dil Özellikleri Gösteren Bir Mevlid Metni-Şehidi ve Mevlidi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>337</v>
+        <v>643</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257698962</t>
+          <t>9786257698887</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Falname</t>
+          <t>Edebiyatın Kıyısından Sesler -Kıbrıs’ta Yazma Uğraşları -</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>519</v>
+        <v>364</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057898968</t>
+          <t>9786057898395</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkmen Edebiyyatı</t>
+          <t>Alıp Manaş'ın Sembolik Serüveni</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>782</v>
+        <v>226</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057898975</t>
+          <t>9786256869400</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Xiandai Weiwu'er Yu Daici De Yu Lei Shuxıng Yanjiu Zai Shengcheng Yufa Kuangjia Nei Yu Yingyu Daicı De Duıbi Yanjiu</t>
+          <t>Doğu Grubu Ağızlarının İstem Dil Bilgisi: Derlem Temelli Bir Sözlük Denemesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>788</v>
+        <v>594</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059408790</t>
+          <t>9786257698535</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Musa Yedi Tepe İstanbul'da (Orta Seviye B2)</t>
+          <t>Türkçede Olumsuzluk Türkçenin Tarihi ve Çağdaş Lehçelerinde Olumsuzluğa Dair İfadeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>511</v>
+        <v>764</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059408820</t>
+          <t>9786256869318</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Musa Geçilmez Çanakkale'de (Yüksek Seviye C1)</t>
+          <t>İlkokul Çağına Disiplinler Arası Bir Bakış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>511</v>
+        <v>634</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059408936</t>
+          <t>9786257698948</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Fatih Köksal Kütüphanesi Türkçe Yazmalar Kataloğu (Ciltli)</t>
+          <t>Anadolu Coğrafyasında Yer Etmiş Mitlerin Seramik Yüzeylerde Yorumlamaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>943</v>
+        <v>337</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059408806</t>
+          <t>9786257698962</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Musa Başkent Ankara'da (Orta Seviye B1)</t>
+          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Falname</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>511</v>
+        <v>519</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059408318</t>
+          <t>9786057898968</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Sadat</t>
+          <t>Çağdaş Türkmen Edebiyyatı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>538.8</v>
+        <v>782</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054117567</t>
+          <t>9786057898975</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ses Bilgisi</t>
+          <t>Xiandai Weiwu'er Yu Daici De Yu Lei Shuxıng Yanjiu Zai Shengcheng Yufa Kuangjia Nei Yu Yingyu Daicı De Duıbi Yanjiu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>312</v>
+        <v>788</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054117581</t>
+          <t>9786059408790</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - Seçmeler</t>
+          <t>Musa Yedi Tepe İstanbul'da (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>511</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054117796</t>
+          <t>9786059408820</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gazel Şerhleri</t>
+          <t>Musa Geçilmez Çanakkale'de (Yüksek Seviye C1)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>437</v>
+        <v>511</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055810087</t>
+          <t>9786059408936</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Makaleler II</t>
+          <t>Prof. Dr. Mehmet Fatih Köksal Kütüphanesi Türkçe Yazmalar Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>512</v>
+        <v>943</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257698726</t>
+          <t>9786059408806</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilim, Metinsel Bağdaşıklık ve Türkiye Türkçesinde Değiştirim</t>
+          <t>Musa Başkent Ankara'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>457</v>
+        <v>511</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256869394</t>
+          <t>9786059408318</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Harezm Kıpçak Türkçesi</t>
+          <t>Hilye-i Sadat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>647</v>
+        <v>538.8</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257698528</t>
+          <t>9786054117567</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Manzum Vefat-Nameler</t>
+          <t>Türkçenin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>518</v>
+        <v>312</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256869523</t>
+          <t>9786054117581</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Kutup Yıldızı Ömer Seyfettin</t>
+          <t>Seyahatname - Seçmeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>351</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056708350</t>
+          <t>9786054117796</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk: A2 Ders Kitabı - A2 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Gazel Şerhleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>894</v>
+        <v>437</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054646883</t>
+          <t>9786055810087</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kutb’un Husrav u Şirin’i : Dizin</t>
+          <t>Türkçe Üzerine Makaleler II</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>512</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057898692</t>
+          <t>9786257698726</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Gelgitler</t>
+          <t>Metindilbilim, Metinsel Bağdaşıklık ve Türkiye Türkçesinde Değiştirim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>327</v>
+        <v>457</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256869554</t>
+          <t>9786256869394</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sunak</t>
+          <t>Karahanlı Harezm Kıpçak Türkçesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>196</v>
+        <v>647</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256869486</t>
+          <t>9786257698528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Attila ve Avrasya Tarihindeki Yeri</t>
+          <t>Manzum Vefat-Nameler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>892</v>
+        <v>518</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256869516</t>
+          <t>9786256869523</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>A’cebü’l- ‘Üccab</t>
+          <t>Türk Edebiyatının Kutup Yıldızı Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>914</v>
+        <v>351</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256869417</t>
+          <t>9786056708350</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İki Devir Bir İnsan: Ahmet Faik Günday ve Hatıralar</t>
+          <t>Türkçeye Yolculuk: A2 Ders Kitabı - A2 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>812</v>
+        <v>894</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256869028</t>
+          <t>9786054646883</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Böyle De Şiir Yazılabilir Ya - Recaizade Mahmut Ekrem’in Şiirleri</t>
+          <t>Kutb’un Husrav u Şirin’i : Dizin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>578</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056708367</t>
+          <t>9786057898692</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk B1 Ders Kitabı - B1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Çeviribilimde Gelgitler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>894</v>
+        <v>327</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256869493</t>
+          <t>9786256869554</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkçesinin Sosyal Statüsü (2005 Anayasası Sonrası Durumu)</t>
+          <t>Sunak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>414</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256869479</t>
+          <t>9786256869486</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Attila ve Avrasya Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>463</v>
+        <v>892</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256869462</t>
+          <t>9786256869516</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları IV (2000-2024)</t>
+          <t>A’cebü’l- ‘Üccab</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>665</v>
+        <v>914</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256869530</t>
+          <t>9786256869417</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Klasik Türk Edebiyatında Edebi Sanatlar</t>
+          <t>İki Devir Bir İnsan: Ahmet Faik Günday ve Hatıralar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>395</v>
+        <v>812</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059100625</t>
+          <t>9786256869028</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çiğdemleri Solan Bozkır</t>
+          <t>Böyle De Şiir Yazılabilir Ya - Recaizade Mahmut Ekrem’in Şiirleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>245</v>
+        <v>578</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256869509</t>
+          <t>9786056708367</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Gramer, Tarihî ve Edebî Metinler, Arşiv Belgeleri</t>
+          <t>Türkçeye Yolculuk B1 Ders Kitabı - B1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>545</v>
+        <v>894</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256869257</t>
+          <t>9786256869493</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fatih Dönemi Merkezi ve Umumi Kanunnamelerin Dili Üzerine Bir İnceleme</t>
+          <t>Irak Türkçesinin Sosyal Statüsü (2005 Anayasası Sonrası Durumu)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>451</v>
+        <v>414</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059408424</t>
+          <t>9786256869479</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Son Abdal Neşet Ertaş</t>
+          <t>Yapay Zeka Çağında Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>318</v>
+        <v>463</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256869424</t>
+          <t>9786256869462</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kazan-Tatar Sahası Karışık Lehçeli Bir Eser El-Itkan Kuran Tefsiri (3 Cilt)</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları IV (2000-2024)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>3976</v>
+        <v>665</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256869448</t>
+          <t>9786256869530</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Şefik Efendi’nin Ziraat Layihası</t>
+          <t>Örneklerle Klasik Türk Edebiyatında Edebi Sanatlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>414</v>
+        <v>395</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256869455</t>
+          <t>9786059100625</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim Ana Dili Eğitiminde Öyküler</t>
+          <t>Çiğdemleri Solan Bozkır</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>597</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256869431</t>
+          <t>9786256869509</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Bayrak Hatıra Kitabı (Ciltli)</t>
+          <t>Osmanlı Türkçesi Gramer, Tarihî ve Edebî Metinler, Arşiv Belgeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>896</v>
+        <v>545</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256869387</t>
+          <t>9786256869257</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e Türk Şiirinde Bahçe Metaforu Şiirin Bahçesi / Bahçenin Şiiri</t>
+          <t>Fatih Dönemi Merkezi ve Umumi Kanunnamelerin Dili Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>414</v>
+        <v>451</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057898265</t>
+          <t>9786059408424</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Okuma Metinleri Cumhuriyet Kıraati -1928-</t>
+          <t>Son Abdal Neşet Ertaş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>318</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256869301</t>
+          <t>9786256869424</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türk- Rus İlişkileri</t>
+          <t>Kazan-Tatar Sahası Karışık Lehçeli Bir Eser El-Itkan Kuran Tefsiri (3 Cilt)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>426</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256869370</t>
+          <t>9786256869448</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Memlük- Kıpçak Türkçesi Söz Varlığı İncelemesi: Mutfak ve Yemek Kültürüne Ait İsimler</t>
+          <t>Abdullah Şefik Efendi’nin Ziraat Layihası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>646</v>
+        <v>414</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256869295</t>
+          <t>9786256869455</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dış Politikası</t>
+          <t>Anlatıbilim Ana Dili Eğitiminde Öyküler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>597</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256869288</t>
+          <t>9786256869431</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İktisat Politikası’nda Celal Bayar’ın Yeri</t>
+          <t>Sadettin Bayrak Hatıra Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>378</v>
+        <v>896</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256869264</t>
+          <t>9786256869387</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Eğitim Politikasını Niçin Devam Ettiremedik?</t>
+          <t>Tanzimat’tan Cumhuriyet’e Türk Şiirinde Bahçe Metaforu Şiirin Bahçesi / Bahçenin Şiiri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>346</v>
+        <v>414</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256869349</t>
+          <t>9786057898265</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil(ciliğ)ine Yazılar</t>
+          <t>Osmanlıca Okuma Metinleri Cumhuriyet Kıraati -1928-</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>758</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256869356</t>
+          <t>9786256869301</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Ünsüz Uyumu</t>
+          <t>Dünden Bugüne Türk- Rus İlişkileri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>810</v>
+        <v>426</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256869332</t>
+          <t>9786256869370</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türklüğünde Oyun ve Oyuncak Adları</t>
+          <t>Memlük- Kıpçak Türkçesi Söz Varlığı İncelemesi: Mutfak ve Yemek Kültürüne Ait İsimler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>549</v>
+        <v>646</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256869271</t>
+          <t>9786256869295</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Demokrasi</t>
+          <t>Atatürk'ün Dış Politikası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>246</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256869103</t>
+          <t>9786256869288</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Van Gölü Canavarını Görmeye Gidiyor (Orta Seviye B2)</t>
+          <t>Atatürk’ün İktisat Politikası’nda Celal Bayar’ın Yeri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>511</v>
+        <v>378</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256869097</t>
+          <t>9786256869264</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Karadeniz'in İncisi Trabzon’da (Orta seviye B1)</t>
+          <t>Atatürk’ün Milli Eğitim Politikasını Niçin Devam Ettiremedik?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>511</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256869080</t>
+          <t>9786256869349</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Müze Şehir Mardin'de (Yüksek Seviye C1+)</t>
+          <t>Türk Dil(ciliğ)ine Yazılar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>511</v>
+        <v>758</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256869073</t>
+          <t>9786256869356</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk- Musa Konya'da: Mevlana ve Nasrettin Hoca'yı Ziyaret Ediyor (Orta Seviye B2)</t>
+          <t>Türkçede Ünsüz Uyumu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>511</v>
+        <v>810</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256869066</t>
+          <t>9786256869332</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Lezzetler Şehri Hatay'da (Orta Seviye B1)</t>
+          <t>Anadolu Türklüğünde Oyun ve Oyuncak Adları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>511</v>
+        <v>549</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256869042</t>
+          <t>9786256869271</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Sultanlar Şehri Edirne'de (Yüksek Seviye C1+ )</t>
+          <t>Atatürk ve Demokrasi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>511</v>
+        <v>246</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256869059</t>
+          <t>9786256869103</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Osmanlı'nın İlk Başkenti Bursa'da (Orta Seviye B1)</t>
+          <t>Türkçeye Yolculuk - Musa Van Gölü Canavarını Görmeye Gidiyor (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>511</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256869035</t>
+          <t>9786256869097</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Antalya'da Tarihin İzini Sürüyor (Yüksek Seviye C1+)</t>
+          <t>Türkçeye Yolculuk - Musa Karadeniz'in İncisi Trabzon’da (Orta seviye B1)</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>511</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256869325</t>
+          <t>9786256869080</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türklüğünde Giyim Kuşam Adları</t>
+          <t>Türkçeye Yolculuk - Musa Müze Şehir Mardin'de (Yüksek Seviye C1+)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>547</v>
+        <v>511</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256869240</t>
+          <t>9786256869073</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemali Aksüt: Osmanlıdan Cumhuriyete İdareci ve Mütercim</t>
+          <t>Türkçeye Yolculuk- Musa Konya'da: Mevlana ve Nasrettin Hoca'yı Ziyaret Ediyor (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>415</v>
+        <v>511</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256869196</t>
+          <t>9786256869066</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kopuk</t>
+          <t>Türkçeye Yolculuk - Musa Lezzetler Şehri Hatay'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>296</v>
+        <v>511</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256869219</t>
+          <t>9786256869042</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Edebiyat</t>
+          <t>Türkçeye Yolculuk - Musa Sultanlar Şehri Edirne'de (Yüksek Seviye C1+ )</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>307</v>
+        <v>511</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256869233</t>
+          <t>9786256869059</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları III (1980-2000)</t>
+          <t>Türkçeye Yolculuk - Musa Osmanlı'nın İlk Başkenti Bursa'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>415</v>
+        <v>511</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256869202</t>
+          <t>9786256869035</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Ağıt Yakmak</t>
+          <t>Türkçeye Yolculuk - Musa Antalya'da Tarihin İzini Sürüyor (Yüksek Seviye C1+)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>296</v>
+        <v>511</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257698993</t>
+          <t>9786256869325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Yazıları</t>
+          <t>Anadolu Türklüğünde Giyim Kuşam Adları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>999</v>
+        <v>547</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256869189</t>
+          <t>9786256869240</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meclisi Kıssa-yı Seyfü’l Müluk</t>
+          <t>Ali Kemali Aksüt: Osmanlıdan Cumhuriyete İdareci ve Mütercim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>764</v>
+        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256869158</t>
+          <t>9786256869196</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Refi-i Amidi Divanı</t>
+          <t>Kopuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>765</v>
+        <v>296</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256869141</t>
+          <t>9786256869219</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Hami Divançesi</t>
+          <t>Türk Dünyası ve Edebiyat</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>662</v>
+        <v>307</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256869172</t>
+          <t>9786256869233</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçtu Yazı Kaldı</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları III (1980-2000)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>321</v>
+        <v>415</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257698917</t>
+          <t>9786256869202</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı - Harezm Türkçesi Kuran Çevirileri Üzerine Notlar</t>
+          <t>Ateşe Ağıt Yakmak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>376</v>
+        <v>296</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256869165</t>
+          <t>9786257698993</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Türkçesi</t>
+          <t>Türklük Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>474</v>
+        <v>999</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256869134</t>
+          <t>9786256869189</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Çağatay Türkçesi Konuşma Dili</t>
+          <t>Meclisi Kıssa-yı Seyfü’l Müluk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1050</v>
+        <v>764</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257698078</t>
+          <t>9786256869158</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ölimnin Jan Ayqayımen Oyanuv</t>
+          <t>Refi-i Amidi Divanı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>770</v>
+        <v>765</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257698115</t>
+          <t>9786256869141</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ural Batır” Eposınıñ Syujetı Hem Stili</t>
+          <t>Kilisli Hami Divançesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>757</v>
+        <v>662</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059408813</t>
+          <t>9786256869172</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Musa Efeler Diyarı izmir'de (Orta Seviye B2)</t>
+          <t>Söz Uçtu Yazı Kaldı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>511</v>
+        <v>321</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056708374</t>
+          <t>9786257698917</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk B2 Ders Kitabı / B2 Çalışma Kitabı</t>
+          <t>Karahanlı - Harezm Türkçesi Kuran Çevirileri Üzerine Notlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>894</v>
+        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056708381</t>
+          <t>9786256869165</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk C1 Ders Kitabı / C1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Cumhuriyet'in Türkçesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>894</v>
+        <v>474</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056708343</t>
+          <t>9786256869134</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk: A1 Ders Kitabı - A1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Son Dönem Çağatay Türkçesi Konuşma Dili</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>894</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257698344</t>
+          <t>9786257698078</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesi Söz Dizimi</t>
+          <t>Ölimnin Jan Ayqayımen Oyanuv</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>604</v>
+        <v>770</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256869004</t>
+          <t>9786257698115</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Lale Müldür Şiiri Saatler - Geyikler'in Felsefi Temelleri</t>
+          <t>Ural Batır” Eposınıñ Syujetı Hem Stili</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>274</v>
+        <v>757</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257698955</t>
+          <t>9786059408813</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Türk Lehçelerinde Kuş Adları (Dil İncelemesi)</t>
+          <t>Musa Efeler Diyarı izmir'de (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>560</v>
+        <v>511</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257698979</t>
+          <t>9786056708374</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıca Güzel Ahlak ve Görgü Kuralları Kitabı</t>
+          <t>Türkçeye Yolculuk B2 Ders Kitabı / B2 Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>428</v>
+        <v>894</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257698429</t>
+          <t>9786056708381</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Gizil Güç</t>
+          <t>Türkçeye Yolculuk C1 Ders Kitabı / C1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>315</v>
+        <v>894</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257698672</t>
+          <t>9786056708343</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi Grameri</t>
+          <t>Türkçeye Yolculuk: A1 Ders Kitabı - A1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>499</v>
+        <v>894</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059100854</t>
+          <t>9786257698344</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi</t>
+          <t>Azerbaycan Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>397</v>
+        <v>604</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057898357</t>
+          <t>9786256869004</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kazakça Öğreniyoruz</t>
+          <t>Lale Müldür Şiiri Saatler - Geyikler'in Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>592</v>
+        <v>274</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059408493</t>
+          <t>9786257698955</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Gramer Çalışmaları</t>
+          <t>Sibirya Türk Lehçelerinde Kuş Adları (Dil İncelemesi)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>254</v>
+        <v>560</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054646791</t>
+          <t>9786257698979</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Cümlesi ve Karşıtsal Çözümlemesi</t>
+          <t>Karamanlıca Güzel Ahlak ve Görgü Kuralları Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>556</v>
+        <v>428</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056708312</t>
+          <t>9786257698429</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Dil Öğrenme Stratejileri</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Gizil Güç</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059408219</t>
+          <t>9786257698672</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fiiller ve Çatıları</t>
+          <t>Kazak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>274</v>
+        <v>499</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059408394</t>
+          <t>9786059100854</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sözlükleşme: Genel Sözlükler İçin Sözlük Birim Seçimi</t>
+          <t>Özbek Türkçesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>376</v>
+        <v>397</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056708305</t>
+          <t>9786057898357</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkçenin Yabancı Dil Olarak Öğretimi El Kitabı</t>
+          <t>Kazakça Öğreniyoruz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>904</v>
+        <v>592</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059100984</t>
+          <t>9786059408493</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sözlükbilime Giriş</t>
+          <t>Türkiye Türkçesi Gramer Çalışmaları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>376</v>
+        <v>254</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059100489</t>
+          <t>9786054646791</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Eş ve Zıt Anlamlı Sözcükler Sözlüğü</t>
+          <t>Arapça İsim Cümlesi ve Karşıtsal Çözümlemesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>295</v>
+        <v>556</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056708336</t>
+          <t>9786056708312</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Oyunlar</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Dil Öğrenme Stratejileri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>367</v>
+        <v>254</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257698443</t>
+          <t>9786059408219</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özbekçe Öğreniyoruz</t>
+          <t>Türkçede Fiiller ve Çatıları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>569</v>
+        <v>274</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057898227</t>
+          <t>9786059408394</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Birleşik Ekler</t>
+          <t>Sözlükleşme: Genel Sözlükler İçin Sözlük Birim Seçimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>458</v>
+        <v>376</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257698313</t>
+          <t>9786056708305</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Tatar Türkçesi</t>
+          <t>Uygulamalı Türkçenin Yabancı Dil Olarak Öğretimi El Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>617</v>
+        <v>904</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257698856</t>
+          <t>9786059100984</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları - II (1950-1980)</t>
+          <t>Sözlükbilime Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>415</v>
+        <v>376</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257698832</t>
+          <t>9786059100489</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Genc Ü Cevher</t>
+          <t>Yabancılar İçin Eş ve Zıt Anlamlı Sözcükler Sözlüğü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>560</v>
+        <v>295</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257698405</t>
+          <t>9786056708336</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Tarihi Derinlik Manzum Sözlükler</t>
+          <t>Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>439</v>
+        <v>367</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257698016</t>
+          <t>9786257698443</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tili Süzliklerde</t>
+          <t>Özbekçe Öğreniyoruz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>795</v>
+        <v>569</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257698009</t>
+          <t>9786057898227</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tilin Devlet Tili Bularak Gamelge Kuyu (1920-1930 Nçı Yıllar)</t>
+          <t>Türkçede Birleşik Ekler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>795</v>
+        <v>458</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257698023</t>
+          <t>9786257698313</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tili Hem Medeniyeti: İçki Dönya Kontseptları</t>
+          <t>Sibirya Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>782</v>
+        <v>617</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257698030</t>
+          <t>9786257698856</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tatar Gailesinin Ruxi Kıymmetleri: Tatar İsimneri</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları - II (1950-1980)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>770</v>
+        <v>415</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057898951</t>
+          <t>9786257698832</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tatar Şiveleri: Safakül Ağzı</t>
+          <t>Genc Ü Cevher</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>811</v>
+        <v>560</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257698054</t>
+          <t>9786257698405</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Miskini, Hayatı ve Şeirleri Yazıçılar Meni Sana Yazsınlar</t>
+          <t>Dil Öğretiminde Tarihi Derinlik Manzum Sözlükler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>770</v>
+        <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257698061</t>
+          <t>9786257698016</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Qorqıt Ata Jayındağı Anızdarın Tarixi Negizderi</t>
+          <t>Tatar Tili Süzliklerde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257698085</t>
+          <t>9786257698009</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Enesay Cazma Estelikterinin Tüşündürmö Sözdügü Cana Leksika-statistikalık Analizs</t>
+          <t>Tatar Tilin Devlet Tili Bularak Gamelge Kuyu (1920-1930 Nçı Yıllar)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>783</v>
+        <v>795</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057898982</t>
+          <t>9786257698023</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tildi Tarixın Devirlevdin Teoriyalık Negizderi Şumeroloji Jane Türkitanım Maseleleri</t>
+          <t>Tatar Tili Hem Medeniyeti: İçki Dönya Kontseptları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>811</v>
+        <v>782</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257698092</t>
+          <t>9786257698030</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Birtugan Bikkolovlar Xx Gasır Başı Milli-medeni Cirliginde Bikkolovlar İşçenligi)flera Seyfullina</t>
+          <t>Tatar Gailesinin Ruxi Kıymmetleri: Tatar İsimneri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>757</v>
+        <v>770</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257698108</t>
+          <t>9786057898951</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bari De Maydan Povest Jane Ängimeler)</t>
+          <t>Tatar Şiveleri: Safakül Ağzı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>560</v>
+        <v>811</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057898920</t>
+          <t>9786257698054</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygurcada Karmaşık Cümlelerin Türetim Mantıksal İlişkileri</t>
+          <t>Sadiq Miskini, Hayatı ve Şeirleri Yazıçılar Meni Sana Yazsınlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>604</v>
+        <v>770</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257698122</t>
+          <t>9786257698061</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bashkirskiy Epos Alpamışa İ Barsınxylu" V Kontekste Obşçetyurkskogo Epiçeskogo Naslediya"</t>
+          <t>Qorqıt Ata Jayındağı Anızdarın Tarixi Negizderi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>782</v>
+        <v>770</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057898999</t>
+          <t>9786257698085</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Til Kodlirinin Küçürülüş Mezmuni Şekli Ve Sevebi Togrisidiki Tetkikat</t>
+          <t>Enesay Cazma Estelikterinin Tüşündürmö Sözdügü Cana Leksika-statistikalık Analizs</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>784</v>
+        <v>783</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057898418</t>
+          <t>9786057898982</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Badiiylik Va Hayotıy Haqiqat</t>
+          <t>Tildi Tarixın Devirlevdin Teoriyalık Negizderi Şumeroloji Jane Türkitanım Maseleleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>370</v>
+        <v>811</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057898425</t>
+          <t>9786257698092</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kasb - Hunar Leksemalarining Yasalish Masalaları</t>
+          <t>Birtugan Bikkolovlar Xx Gasır Başı Milli-medeni Cirliginde Bikkolovlar İşçenligi)flera Seyfullina</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>343</v>
+        <v>757</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057898647</t>
+          <t>9786257698108</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kurmaca Bir Kişilik Olarak Şeyh Bedreddin</t>
+          <t>Bari De Maydan Povest Jane Ängimeler)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>315</v>
+        <v>560</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257698719</t>
+          <t>9786057898920</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>Çağdaş Uygurcada Karmaşık Cümlelerin Türetim Mantıksal İlişkileri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>478</v>
+        <v>604</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257698771</t>
+          <t>9786257698122</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kırgızlar ve Modern Kırgız Devleti'nin Kuruluşu</t>
+          <t>Bashkirskiy Epos Alpamışa İ Barsınxylu" V Kontekste Obşçetyurkskogo Epiçeskogo Naslediya"</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>632</v>
+        <v>782</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257698740</t>
+          <t>9786057898999</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Özbekler ve Modern Özbekistan Tarihi</t>
+          <t>Til Kodlirinin Küçürülüş Mezmuni Şekli Ve Sevebi Togrisidiki Tetkikat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>632</v>
+        <v>784</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257698788</t>
+          <t>9786057898418</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar ve Kazakistan Cumhuriyeti Tarihi</t>
+          <t>Badiiylik Va Hayotıy Haqiqat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>652</v>
+        <v>370</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257698757</t>
+          <t>9786057898425</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türkmenler ve Türkmenistan Cumhuriyeti Tarihi</t>
+          <t>Kasb - Hunar Leksemalarining Yasalish Masalaları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>673</v>
+        <v>343</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257698764</t>
+          <t>9786057898647</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney Azerbaycan Türkleri Tarihi</t>
+          <t>Türk Romanında Kurmaca Bir Kişilik Olarak Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>682</v>
+        <v>315</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257698733</t>
+          <t>9786257698719</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hikayeti Veys El Karani</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257698689</t>
+          <t>9786257698771</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz’de Osmanlılar Ve Ruslar</t>
+          <t>Kırgızlar ve Modern Kırgız Devleti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>389</v>
+        <v>632</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057898715</t>
+          <t>9786257698740</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Romanında Erkeklikler</t>
+          <t>Özbekler ve Modern Özbekistan Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>295</v>
+        <v>632</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257698412</t>
+          <t>9786257698788</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>100 Ülke 100 Marş İstiklal Marşı</t>
+          <t>Kazaklar ve Kazakistan Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>871</v>
+        <v>652</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257698580</t>
+          <t>9786257698757</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Türkmenler ve Türkmenistan Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>478</v>
+        <v>673</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257698610</t>
+          <t>9786257698764</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları I</t>
+          <t>Kuzey ve Güney Azerbaycan Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>415</v>
+        <v>682</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057898173</t>
+          <t>9786257698733</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Şehir Hafıza</t>
+          <t>Hikayeti Veys El Karani</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>315</v>
+        <v>439</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057898302</t>
+          <t>9786257698689</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kemik ve Dal: Eskişehir’de Kutsal Ziyaret Mekanları</t>
+          <t>Doğu Akdeniz’de Osmanlılar Ve Ruslar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>224</v>
+        <v>389</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057898111</t>
+          <t>9786057898715</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Tanzimat Dönemi Türk Romanında Erkeklikler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>274</v>
+        <v>295</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057898128</t>
+          <t>9786257698412</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>100 Ülke 100 Marş İstiklal Marşı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>274</v>
+        <v>871</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057898104</t>
+          <t>9786257698580</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cefer Cabbarlı Öyküleri</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>224</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057898364</t>
+          <t>9786257698610</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat Dönemi Roman Okumaları</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları I</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>369</v>
+        <v>415</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057898210</t>
+          <t>9786057898173</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Söz Dizimi</t>
+          <t>Edebiyat Şehir Hafıza</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>511</v>
+        <v>315</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059408691</t>
+          <t>9786057898302</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Uğrak Noktalarıyla Felsefeden Bilime...</t>
+          <t>Kemik ve Dal: Eskişehir’de Kutsal Ziyaret Mekanları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>193</v>
+        <v>224</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059408592</t>
+          <t>9786057898111</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>315</v>
+        <v>274</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059408653</t>
+          <t>9786057898128</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat Cereyanının İlk Mübeşşirleri ve Divan-ı Türki-i Basit</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>184</v>
+        <v>274</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059408639</t>
+          <t>9786057898104</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bakir Mezarlar Anıtı</t>
+          <t>Cefer Cabbarlı Öyküleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>193</v>
+        <v>224</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057898197</t>
+          <t>9786057898364</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pazar Yazıları</t>
+          <t>Milli Edebiyat Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>172</v>
+        <v>369</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054646531</t>
+          <t>9786057898210</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıla Ait Bir Tezkiretü'l-Evliya Tercümesi</t>
+          <t>Türkiye Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>512</v>
+        <v>511</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054646524</t>
+          <t>9786059408691</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Letaif - Osmanlı Latifeleri</t>
+          <t>Tarihsel Uğrak Noktalarıyla Felsefeden Bilime...</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>441</v>
+        <v>193</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059408974</t>
+          <t>9786059408592</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Son/Suz Bahar</t>
+          <t>Kırgız Türkçesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>184</v>
+        <v>315</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059408967</t>
+          <t>9786059408653</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gölgesinde - Hasan Ali Topbaş Kitabı</t>
+          <t>Milli Edebiyat Cereyanının İlk Mübeşşirleri ve Divan-ı Türki-i Basit</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>312</v>
+        <v>184</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059408943</t>
+          <t>9786059408639</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesi Grameri</t>
+          <t>Bakir Mezarlar Anıtı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>542</v>
+        <v>193</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059408486</t>
+          <t>9786057898197</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Reşat Nuri Güntekin ve Tiyatro</t>
+          <t>Pazar Yazıları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>458</v>
+        <v>172</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057898333</t>
+          <t>9786054646531</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatı Tarihi</t>
+          <t>16. Yüzyıla Ait Bir Tezkiretü'l-Evliya Tercümesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>315</v>
+        <v>512</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059408899</t>
+          <t>9786054646524</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beyitler Arasında Açıklamalı Divan Şiiri Antolojisi</t>
+          <t>Külliyat-ı Letaif - Osmanlı Latifeleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>462</v>
+        <v>441</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059408905</t>
+          <t>9786059408974</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Temel Bilgiler</t>
+          <t>Son/Suz Bahar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>464.4</v>
+        <v>184</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059408851</t>
+          <t>9786059408967</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kreşin Tatar Türkçesi</t>
+          <t>Sessizliğin Gölgesinde - Hasan Ali Topbaş Kitabı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>617</v>
+        <v>312</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059408868</t>
+          <t>9786059408943</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Araştırmaları 1</t>
+          <t>Azerbaycan Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>595.2</v>
+        <v>542</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059408882</t>
+          <t>9786059408486</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Roman Okumaları</t>
+          <t>Reşat Nuri Güntekin ve Tiyatro</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>335</v>
+        <v>458</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059408677</t>
+          <t>9786057898333</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yazı - Yankı</t>
+          <t>Dünya Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>435</v>
+        <v>315</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059408875</t>
+          <t>9786059408899</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı’nda Milli Kimlik İnşası</t>
+          <t>Beyitler Arasında Açıklamalı Divan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>376</v>
+        <v>462</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059408417</t>
+          <t>9786059408905</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Resüli Sözlüğünün Türkçe Söz Varlığı</t>
+          <t>Klasik Türk Edebiyatı Temel Bilgiler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>224</v>
+        <v>464.4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059408516</t>
+          <t>9786059408851</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Çağdaş Edebiyatları El Kitabı</t>
+          <t>Kreşin Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>784</v>
+        <v>617</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059408585</t>
+          <t>9786059408868</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Şiirinin Felsefi Kaynakları</t>
+          <t>Osmanlı Tarihi Araştırmaları 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>315</v>
+        <v>595.2</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059408325</t>
+          <t>9786059408882</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Devrim</t>
+          <t>Tanzimat Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>392</v>
+        <v>335</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059408714</t>
+          <t>9786059408677</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Altın Tasta Gül Kuruttum (Türkü Metni Çözümlemeleri)</t>
+          <t>Yazı - Yankı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>194</v>
+        <v>435</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059408615</t>
+          <t>9786059408875</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'den Cumhuriyet'e Ermeni Yetimleri</t>
+          <t>Tanzimat Edebiyatı’nda Milli Kimlik İnşası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>295</v>
+        <v>376</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054117871</t>
+          <t>9786059408417</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan Türklerinin Ağızları</t>
+          <t>Resüli Sözlüğünün Türkçe Söz Varlığı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>244</v>
+        <v>224</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054646043</t>
+          <t>9786059408516</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Enin</t>
+          <t>Türk Dünyası Çağdaş Edebiyatları El Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>183</v>
+        <v>784</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054117680</t>
+          <t>9786059408585</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>El İyisi</t>
+          <t>İkinci Yeni Şiirinin Felsefi Kaynakları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>193</v>
+        <v>315</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054117697</t>
+          <t>9786059408325</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dramın Aydını Cahit Tanyol</t>
+          <t>Muhafazakar Devrim</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>417</v>
+        <v>392</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054646081</t>
+          <t>9786059408714</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları</t>
+          <t>Altın Tasta Gül Kuruttum (Türkü Metni Çözümlemeleri)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>467</v>
+        <v>194</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054117345</t>
+          <t>9786059408615</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dil Tarih ve İnsan</t>
+          <t>Abdülhamid'den Cumhuriyet'e Ermeni Yetimleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054117673</t>
+          <t>9786054117871</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkçede Kelime Grupları</t>
+          <t>Ermenistan Türklerinin Ağızları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>369</v>
+        <v>244</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054117352</t>
+          <t>9786054646043</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca El Kitabı</t>
+          <t>Enin</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>386</v>
+        <v>183</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054117123</t>
+          <t>9786054117680</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dil Doktoru</t>
+          <t>El İyisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>297</v>
+        <v>193</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054646005</t>
+          <t>9786054117697</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Kovulmuş Hikayeler</t>
+          <t>Dramın Aydını Cahit Tanyol</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>186</v>
+        <v>417</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054117246</t>
+          <t>9786054646081</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bu Alamet ile Bulur Beni Soran Fuzuli Kitabı</t>
+          <t>Dil ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>530</v>
+        <v>467</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054117260</t>
+          <t>9786054117345</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gündoğusundan Günbatısına Bozkır Halklarının Göçü</t>
+          <t>Dil Tarih ve İnsan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054117840</t>
+          <t>9786054117673</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Çağdaş Türkçede Kelime Grupları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>326</v>
+        <v>369</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054117741</t>
+          <t>9786054117352</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Düşmüş Kelimeler</t>
+          <t>Çağatayca El Kitabı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>224</v>
+        <v>386</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054117901</t>
+          <t>9786054117123</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’dan Modern Döneme Felsefe Tarihi</t>
+          <t>Dil Doktoru</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>726</v>
+        <v>297</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054117949</t>
+          <t>9786054646005</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşunun Gördükleri</t>
+          <t>Cennetten Kovulmuş Hikayeler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>427</v>
+        <v>186</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054117536</t>
+          <t>9786054117246</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıldan Bir Aşk Hikayesi</t>
+          <t>Bu Alamet ile Bulur Beni Soran Fuzuli Kitabı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>234</v>
+        <v>530</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054646821</t>
+          <t>9786054117260</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Stratejik Plan ve Uygulama Örnekli Performans Esaslı Bütçe</t>
+          <t>Gündoğusundan Günbatısına Bozkır Halklarının Göçü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054646708</t>
+          <t>9786054117840</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının En Eski Örnekleri</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>682</v>
+        <v>326</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054646722</t>
+          <t>9786054117741</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı (Karaman Nüshası)</t>
+          <t>Ayrı Düşmüş Kelimeler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>519</v>
+        <v>224</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054646517</t>
+          <t>9786054117901</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Askeri Uygulama</t>
+          <t>Antik Yunan’dan Modern Döneme Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>247</v>
+        <v>726</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054646500</t>
+          <t>9786054117949</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Teorinin Eleştirisi</t>
+          <t>Anka Kuşunun Gördükleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>184</v>
+        <v>427</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059100335</t>
+          <t>9786054117536</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aruz Teori ve Uygulama</t>
+          <t>16. Yüzyıldan Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>364</v>
+        <v>234</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054646906</t>
+          <t>9786054646821</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Orijinal Metinlerle Klasik Türk Şiiri Antolojisi</t>
+          <t>Yerel Yönetimlerde Stratejik Plan ve Uygulama Örnekli Performans Esaslı Bütçe</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054646876</t>
+          <t>9786054646708</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gazeller ve Güzeller Üzerine</t>
+          <t>Türk Edebiyatının En Eski Örnekleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>439</v>
+        <v>682</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059100137</t>
+          <t>9786054646722</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Dersleri</t>
+          <t>Yunus Emre Divanı (Karaman Nüshası)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>412</v>
+        <v>519</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054646555</t>
+          <t>9786054646517</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Sırrı 1 - 2</t>
+          <t>Türkiye'de Askeri Uygulama</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>193</v>
+        <v>247</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054646432</t>
+          <t>9786054646500</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Nazmı</t>
+          <t>Eleştirel Teorinin Eleştirisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>784</v>
+        <v>184</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054646425</t>
+          <t>9786059100335</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kadircan Kaflı ve Eserleri Üzerine Bir İnceleme</t>
+          <t>Aruz Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>213</v>
+        <v>364</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057898135</t>
+          <t>9786054646906</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu (1950-1980)</t>
+          <t>Orijinal Metinlerle Klasik Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057898159</t>
+          <t>9786054646876</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Edebiyat Toplulukları</t>
+          <t>Gazeller ve Güzeller Üzerine</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>224</v>
+        <v>439</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057898142</t>
+          <t>9786059100137</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Gelenekten Moderne Değişim (1718-1895)</t>
+          <t>Eski Uygur Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>254</v>
+        <v>412</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059408400</t>
+          <t>9786054646555</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Tarihi Türk Yazı Dilleri Grameri</t>
+          <t>Bektaşi Sırrı 1 - 2</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>458</v>
+        <v>193</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059408370</t>
+          <t>9786054646432</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kara Bir Gün</t>
+          <t>Klasik Dönem Osmanlı Nazmı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>152</v>
+        <v>784</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059408738</t>
+          <t>9786054646425</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türklerinde Bir Bilge Prof. Dr . S. Mahmut Kaşgarlı Armağanı</t>
+          <t>Kadircan Kaflı ve Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>428</v>
+        <v>213</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059408783</t>
+          <t>9786057898135</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İbnü Mühenna Lügati (Türkçe Kısmı)</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu (1950-1980)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059100878</t>
+          <t>9786057898159</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>12 Mart’ın Gölgesinde Türk Şiiri</t>
+          <t>Türkiye'de Edebiyat Toplulukları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>237</v>
+        <v>224</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059408059</t>
+          <t>9786057898142</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Tiyatrosu</t>
+          <t>Türk Edebiyatında Gelenekten Moderne Değişim (1718-1895)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>336</v>
+        <v>254</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057898081</t>
+          <t>9786059408400</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Erkeklik ve Milliyetçilik (1908-1923)</t>
+          <t>Karşılaştırmalı Tarihi Türk Yazı Dilleri Grameri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>356</v>
+        <v>458</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057898005</t>
+          <t>9786059408370</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Mecmu'ü't-Tevarih</t>
+          <t>Kara Bir Gün</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>397</v>
+        <v>152</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057898074</t>
+          <t>9786059408738</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>"Kurmaca Bedenler" Türk romanında Bir Söylem Biçimi Olarak Beden (1923-1980)</t>
+          <t>Uygur Türklerinde Bir Bilge Prof. Dr . S. Mahmut Kaşgarlı Armağanı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>315</v>
+        <v>428</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059408660</t>
+          <t>9786059408783</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Son Basamak - Gülsüm Niyazi</t>
+          <t>İbnü Mühenna Lügati (Türkçe Kısmı)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>196</v>
+        <v>295</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059408622</t>
+          <t>9786059100878</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Turk'ten Senglah'a Türkçe</t>
+          <t>12 Mart’ın Gölgesinde Türk Şiiri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>662</v>
+        <v>237</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059408769</t>
+          <t>9786059408059</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay Anlatılarında Bağlam-sızlık</t>
+          <t>Geleneksel Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>254</v>
+        <v>336</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059408448</t>
+          <t>9786057898081</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aykırı ve Şair İlhan Berk</t>
+          <t>Türk Romanında Erkeklik ve Milliyetçilik (1908-1923)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>476</v>
+        <v>356</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059408455</t>
+          <t>9786057898005</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Siyah</t>
+          <t>Mecmu'ü't-Tevarih</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>193</v>
+        <v>397</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059408332</t>
+          <t>9786057898074</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mesneviyi Gazelle Okumak</t>
+          <t>"Kurmaca Bedenler" Türk romanında Bir Söylem Biçimi Olarak Beden (1923-1980)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257698177</t>
+          <t>9786059408660</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Kavramlarıyla Türkçe Dilbilgisi</t>
+          <t>Son Basamak - Gülsüm Niyazi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>568</v>
+        <v>196</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059408097</t>
+          <t>9786059408622</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harzemşah</t>
+          <t>Divanu Lugati't-Turk'ten Senglah'a Türkçe</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>357</v>
+        <v>662</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059408110</t>
+          <t>9786059408769</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Oğuz Atay Anlatılarında Bağlam-sızlık</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>224</v>
+        <v>254</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059408103</t>
+          <t>9786059408448</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Aykırı ve Şair İlhan Berk</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>315</v>
+        <v>476</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059408363</t>
+          <t>9786059408455</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Nesne Tekrarlı Fiiller</t>
+          <t>Acıdan Siyah</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>458</v>
+        <v>193</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059408295</t>
+          <t>9786059408332</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Masa Yetiyor Bana</t>
+          <t>Mesneviyi Gazelle Okumak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059408288</t>
+          <t>9786257698177</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Röportajlar</t>
+          <t>Dilbilim Kavramlarıyla Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>237</v>
+        <v>568</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059100939</t>
+          <t>9786059408097</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Biyografik Anlatı ve Romanlar</t>
+          <t>Celaleddin Harzemşah</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>295</v>
+        <v>357</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059408752</t>
+          <t>9786059408110</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çin Medeniyeti: Tarih, Kültür, Edebiyat, Felsefe</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>703</v>
+        <v>224</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059408721</t>
+          <t>9786059408103</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Duygu Estetiği</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>298</v>
+        <v>315</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059408431</t>
+          <t>9786059408363</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi Tarihi</t>
+          <t>Türkçede Nesne Tekrarlı Fiiller</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>399</v>
+        <v>458</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059408349</t>
+          <t>9786059408295</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Şiir Çözümlemeleri</t>
+          <t>Bir Masa Yetiyor Bana</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>274</v>
+        <v>237</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054646487</t>
+          <t>9786059408288</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha</t>
+          <t>Bitmeyen Röportajlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>983</v>
+        <v>237</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059100885</t>
+          <t>9786059100939</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Silahdar-Zade</t>
+          <t>Türk Edebiyatında Biyografik Anlatı ve Romanlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>346</v>
+        <v>295</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059408172</t>
+          <t>9786059408752</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin Kısa Hikayeleri</t>
+          <t>Çin Medeniyeti: Tarih, Kültür, Edebiyat, Felsefe</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>703</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059408165</t>
+          <t>9786059408721</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dil Yarası</t>
+          <t>Duygu Estetiği</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>272</v>
+        <v>298</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059408158</t>
+          <t>9786059408431</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Edebiyat: Babasının Kızı Olmak</t>
+          <t>Türkçe Öğretimi Tarihi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>315</v>
+        <v>399</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059408189</t>
+          <t>9786059408349</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Edebiyat: Kendini Yazmak</t>
+          <t>Türk Dünyası Edebiyatları Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>315</v>
+        <v>274</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059408141</t>
+          <t>9786054646487</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Roman</t>
+          <t>Yusuf u Züleyha</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>337</v>
+        <v>983</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059100540</t>
+          <t>9786059100885</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Deyim Varlığı</t>
+          <t>Tezkire-i Silahdar-Zade</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>655</v>
+        <v>346</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059100557</t>
+          <t>9786059408172</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı 1 (Şiir-Roman)</t>
+          <t>Deyimlerin Kısa Hikayeleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>440</v>
+        <v>315</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059408523</t>
+          <t>9786059408165</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Serçe Yüreği</t>
+          <t>Dil Yarası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>193</v>
+        <v>272</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059408387</t>
+          <t>9786059408158</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Köktürkçe ve Eski Uygurca Dersleri</t>
+          <t>Kadın ve Edebiyat: Babasının Kızı Olmak</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>612</v>
+        <v>315</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059408271</t>
+          <t>9786059408189</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gizemli İlimleri 1</t>
+          <t>Kadın ve Edebiyat: Kendini Yazmak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>274</v>
+        <v>315</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059408264</t>
+          <t>9786059408141</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Klasik Türk Edebiyatı</t>
+          <t>Tarih ve Roman</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>356</v>
+        <v>337</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059100830</t>
+          <t>9786059100540</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ya Kebikeç</t>
+          <t>Türkçenin Deyim Varlığı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>538</v>
+        <v>655</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059100816</t>
+          <t>9786059100557</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kütahyalı Vasfi Divanı</t>
+          <t>Yeni Türk Edebiyatı 1 (Şiir-Roman)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059100809</t>
+          <t>9786059408523</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Lutfullah Hazım ve Divançesi</t>
+          <t>Serçe Yüreği</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>193</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059100618</t>
+          <t>9786059408387</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Rüya</t>
+          <t>Köktürkçe ve Eski Uygurca Dersleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>264</v>
+        <v>612</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059100564</t>
+          <t>9786059408271</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Anlamlandırma Süreçleri</t>
+          <t>Osmanlı’nın Gizemli İlimleri 1</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059100571</t>
+          <t>9786059408264</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın Olmak</t>
+          <t>Sorularla Klasik Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>292</v>
+        <v>356</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059100472</t>
+          <t>9786059100830</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname (Kazan Nüshası)</t>
+          <t>Ya Kebikeç</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>879</v>
+        <v>538</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059100373</t>
+          <t>9786059100816</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi ve Kuvvetler Ayrılığı Tartışmaları</t>
+          <t>Kütahyalı Vasfi Divanı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>377</v>
+        <v>285</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059100915</t>
+          <t>9786059100809</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Azerbaycan Şairi Memmed Aslan</t>
+          <t>Kilisli Lutfullah Hazım ve Divançesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>201</v>
+        <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059408301</t>
+          <t>9786059100618</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Konuşma Dili</t>
+          <t>Soğuk Rüya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>458</v>
+        <v>264</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059408202</t>
+          <t>9786059100564</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çin Modern Edebiyatı Deneme Eserleri Seçkisi</t>
+          <t>Anlamlandırma Süreçleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>183</v>
+        <v>274</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059408240</t>
+          <t>9786059100571</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan'ın Metafor Dünyası</t>
+          <t>Türkiye'de Kadın Olmak</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>439</v>
+        <v>292</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059100120</t>
+          <t>9786059100472</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Sırrı 3 - 4</t>
+          <t>Oğuzname (Kazan Nüshası)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>193</v>
+        <v>879</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059408080</t>
+          <t>9786059100373</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kıyısında Bir Ömür Nurullah Ataç</t>
+          <t>Başkanlık Sistemi ve Kuvvetler Ayrılığı Tartışmaları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>234</v>
+        <v>377</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059408066</t>
+          <t>9786059100915</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Tiyatrosu</t>
+          <t>Çağdaş Azerbaycan Şairi Memmed Aslan</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>346</v>
+        <v>201</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059100977</t>
+          <t>9786059408301</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Düstur-ı Şahi fi-Hikayet-i Padişahi</t>
+          <t>Osmanlı Konuşma Dili</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>397.2</v>
+        <v>458</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059100823</t>
+          <t>9786059408202</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tatar Nesri ve Romantizm Estetiği</t>
+          <t>Çin Modern Edebiyatı Deneme Eserleri Seçkisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>235</v>
+        <v>183</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054646494</t>
+          <t>9786059408240</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Şehit Şair Süleyman Uluçamgil</t>
+          <t>Pir-i Türkistan'ın Metafor Dünyası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>193</v>
+        <v>439</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059100717</t>
+          <t>9786059100120</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tedrisat-ı Edebiyyeden Nazm ve Eşkal-i Nazım</t>
+          <t>Bektaşi Sırrı 3 - 4</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>241</v>
+        <v>193</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059100687</t>
+          <t>9786059408080</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Sözlü ve Yazılı Anlatım Bilgileri</t>
+          <t>Şiirin Kıyısında Bir Ömür Nurullah Ataç</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>310</v>
+        <v>234</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059100526</t>
+          <t>9786059408066</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Rika Metinlerini Okumaya Giriş</t>
+          <t>Modern Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>583</v>
+        <v>346</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059100502</t>
+          <t>9786059100977</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Tevfik Fikret</t>
+          <t>Kitab-ı Düstur-ı Şahi fi-Hikayet-i Padişahi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>265</v>
+        <v>397.2</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059100533</t>
+          <t>9786059100823</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Nesimi ve Hurufilik Kitabı</t>
+          <t>Tatar Nesri ve Romantizm Estetiği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>356</v>
+        <v>235</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059100519</t>
+          <t>9786054646494</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Trajedi</t>
+          <t>Kıbrıslı Şehit Şair Süleyman Uluçamgil</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>254</v>
+        <v>193</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059100663</t>
+          <t>9786059100717</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Doğu Afrika'da Osmanlılar ve İtalyanlar</t>
+          <t>Tedrisat-ı Edebiyyeden Nazm ve Eşkal-i Nazım</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>367</v>
+        <v>241</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059408028</t>
+          <t>9786059100687</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>8 - 16 Yüzyıllar Arasında Türkçenin Sözcük Dağarcığı</t>
+          <t>Herkes İçin Sözlü ve Yazılı Anlatım Bilgileri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>703</v>
+        <v>310</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059100656</t>
+          <t>9786059100526</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar: Trajik Bir Şair ve Şiiri</t>
+          <t>Osmanlı Türkçesi Rika Metinlerini Okumaya Giriş</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>254</v>
+        <v>583</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059100779</t>
+          <t>9786059100502</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sara ve Cehennem Yolcuları</t>
+          <t>Ölümünün 100. Yılında Tevfik Fikret</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059100496</t>
+          <t>9786059100533</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Olumsuzluk</t>
+          <t>Nesimi ve Hurufilik Kitabı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>254</v>
+        <v>356</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059100465</t>
+          <t>9786059100519</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Tevhidler</t>
+          <t>Şair ve Trajedi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>538</v>
+        <v>254</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059100748</t>
+          <t>9786059100663</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin İslam Ülkelerini Parçalama Politikası ve İran</t>
+          <t>19. Yüzyılda Doğu Afrika'da Osmanlılar ve İtalyanlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>492</v>
+        <v>367</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059100298</t>
+          <t>9786059408028</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şem’i Şerh-i Mantıku’t-Tayr</t>
+          <t>8 - 16 Yüzyıllar Arasında Türkçenin Sözcük Dağarcığı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>999</v>
+        <v>703</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>4440000001559</t>
+          <t>9786059100656</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti</t>
+          <t>Tanpınar: Trajik Bir Şair ve Şiiri</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>254</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059408257</t>
+          <t>9786059100779</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Ashabü'l-Kehf</t>
+          <t>Sara ve Cehennem Yolcuları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>458</v>
+        <v>275</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059100380</t>
+          <t>9786059100496</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kemaliye Ağzı</t>
+          <t>Türk Dilinde Olumsuzluk</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>458</v>
+        <v>254</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054646845</t>
+          <t>9786059100465</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Hikmet (İbni Sina’nın Maceraları)</t>
+          <t>Türk Edebiyatında Manzum Tevhidler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>376</v>
+        <v>538</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054646838</t>
+          <t>9786059100748</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Roman Analizi</t>
+          <t>İngilizlerin İslam Ülkelerini Parçalama Politikası ve İran</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>337</v>
+        <v>492</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054646463</t>
+          <t>9786059100298</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Bibliyografyası</t>
+          <t>Şem’i Şerh-i Mantıku’t-Tayr</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>362</v>
+        <v>999</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059408073</t>
+          <t>4440000001559</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri</t>
+          <t>Hukuk Devleti</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>987</v>
+        <v>254</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059408004</t>
+          <t>9786059408257</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kuman Bilmeceleri Üzerine Notlar</t>
+          <t>Kıssa-i Ashabü'l-Kehf</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>254</v>
+        <v>458</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059408011</t>
+          <t>9786059100380</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Hikaye Çözümlemeleri</t>
+          <t>Kemaliye Ağzı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>295</v>
+        <v>458</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059100205</t>
+          <t>9786054646845</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'te Savlar ve Kültürel Kavramlaştırma</t>
+          <t>Esrar-ı Hikmet (İbni Sina’nın Maceraları)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>271</v>
+        <v>376</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059100274</t>
+          <t>9786054646838</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gaibi Kurcalayan Çilingir Necip Fazıl Kısakürek</t>
+          <t>Roman Analizi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>389</v>
+        <v>337</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059100267</t>
+          <t>9786054646463</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Müntahabat  Bedayi-i Edebiyye</t>
+          <t>Eski Anadolu Türkçesi Bibliyografyası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>351</v>
+        <v>362</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059100649</t>
+          <t>9786059408073</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirin Benzetme Ve Hayal Dünyasından</t>
+          <t>Çağdaş Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>458</v>
+        <v>987</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059100397</t>
+          <t>9786059408004</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Peyami Edebide Edebi Tenkit</t>
+          <t>Kuman Bilmeceleri Üzerine Notlar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>172</v>
+        <v>254</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059100366</t>
+          <t>9786059408011</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Lehçe İçi Aktarma Yöntemleri</t>
+          <t>Türk Dünyası Edebiyatları Hikaye Çözümlemeleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>376</v>
+        <v>295</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059100359</t>
+          <t>9786059100205</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan’ın Yer Adları</t>
+          <t>Divanu Lugati't-Türk'te Savlar ve Kültürel Kavramlaştırma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>336</v>
+        <v>271</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059100281</t>
+          <t>9786059100274</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Destan Etkisi</t>
+          <t>Gaibi Kurcalayan Çilingir Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>376</v>
+        <v>389</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059100458</t>
+          <t>9786059100267</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Okumalar</t>
+          <t>Müntahabat  Bedayi-i Edebiyye</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>336</v>
+        <v>351</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059100601</t>
+          <t>9786059100649</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Muhan Bali’ye Mektuplar</t>
+          <t>Divan Şiirin Benzetme Ve Hayal Dünyasından</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>213</v>
+        <v>458</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054646920</t>
+          <t>9786059100397</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Visalizade Arif ve Divanı</t>
+          <t>Peyami Edebide Edebi Tenkit</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>254</v>
+        <v>172</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054646913</t>
+          <t>9786059100366</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Taşlıcalı Yahya Bey Gencine-i Raz</t>
+          <t>Lehçe İçi Aktarma Yöntemleri</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>376</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054646739</t>
+          <t>9786059100359</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mişer - Tatar Türkçesi</t>
+          <t>Doğu Türkistan’ın Yer Adları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>699</v>
+        <v>336</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054646296</t>
+          <t>9786059100281</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzde Ayet ve Hadisler (Ciltli)</t>
+          <t>Türk Romanında Destan Etkisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>973</v>
+        <v>376</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054646975</t>
+          <t>9786059100458</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Zihni Divanı</t>
+          <t>Yazınsal Okumalar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>376</v>
+        <v>336</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054646951</t>
+          <t>9786059100601</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Güzide : Akaidü’l-İslam</t>
+          <t>Muhan Bali’ye Mektuplar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>604</v>
+        <v>213</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054646968</t>
+          <t>9786054646920</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Değişme Ritüelleri</t>
+          <t>Visalizade Arif ve Divanı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>235</v>
+        <v>254</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054646807</t>
+          <t>9786054646913</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Selçuk Baran Öykücülüğü</t>
+          <t>Taşlıcalı Yahya Bey Gencine-i Raz</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>356</v>
+        <v>376</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054646999</t>
+          <t>9786054646739</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Hikayemiz</t>
+          <t>Mişer - Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>496</v>
+        <v>699</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054646449</t>
+          <t>9786054646296</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesi</t>
+          <t>Kültürümüzde Ayet ve Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>597</v>
+        <v>973</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257698498</t>
+          <t>9786054646975</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Şarkılar (Ciltli)</t>
+          <t>Kilisli Zihni Divanı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>355</v>
+        <v>376</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257698504</t>
+          <t>9786054646951</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Şarkılar</t>
+          <t>Kitab-ı Güzide : Akaidü’l-İslam</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>315</v>
+        <v>604</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257698276</t>
+          <t>9786054646968</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap, Fars ve Türk Edebiyatı İncelemeleri (2 Cilt Takım)</t>
+          <t>Türk Romanında Değişme Ritüelleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>998</v>
+        <v>235</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257698436</t>
+          <t>9786054646807</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ömer Necmi Efendi Farsça Divançe</t>
+          <t>Selçuk Baran Öykücülüğü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>306</v>
+        <v>356</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257698184</t>
+          <t>9786054646999</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Recaizade Mahmut Ekrem Bey Hayatı ve Asarı</t>
+          <t>Yaşayan Hikayemiz</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>231</v>
+        <v>496</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257698191</t>
+          <t>9786054646449</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türk Salgın Öyküleri: Salgın Edebiyatına Giriş</t>
+          <t>Çağatay Türkçesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>265</v>
+        <v>597</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057898616</t>
+          <t>9786257698498</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Yeniliğinin Retorik Problemleri</t>
+          <t>Ömürlük Şarkılar (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>315</v>
+        <v>355</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257698382</t>
+          <t>9786257698504</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hafızası</t>
+          <t>Ömürlük Şarkılar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257698566</t>
+          <t>9786257698276</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Biçim Bilgisi - 1</t>
+          <t>Klasik Arap, Fars ve Türk Edebiyatı İncelemeleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>565</v>
+        <v>998</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257698481</t>
+          <t>9786257698436</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında İsyan ve Başkaldırı</t>
+          <t>Ömer Necmi Efendi Farsça Divançe</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>717</v>
+        <v>306</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257698450</t>
+          <t>9786257698184</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kültür Benlik</t>
+          <t>Recaizade Mahmut Ekrem Bey Hayatı ve Asarı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>254</v>
+        <v>231</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257698467</t>
+          <t>9786257698191</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri İçin Osmanlı Türkçesi ile Dini Metinler</t>
+          <t>Türk Salgın Öyküleri: Salgın Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>519</v>
+        <v>265</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257698603</t>
+          <t>9786057898616</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yapılan Çalışmalarda Orhon Yazıtları’nı Okuma ve Yorumlama Farklılıkları</t>
+          <t>Tanzimat Yeniliğinin Retorik Problemleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054646234</t>
+          <t>9786257698382</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Publisist Sözün Kudreti</t>
+          <t>Suyun Hafızası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>195</v>
+        <v>254</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057898814</t>
+          <t>9786257698566</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek’in Şiirleri ve Şiirlerindeki Değişmeler</t>
+          <t>Türkiye Türkçesi Biçim Bilgisi - 1</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>511</v>
+        <v>565</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057898937</t>
+          <t>9786257698481</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hafız Nuri Efendi’nin Terceme-i Ahvali</t>
+          <t>Türk Dünyasında İsyan ve Başkaldırı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>244</v>
+        <v>717</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057898883</t>
+          <t>9786257698450</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Asallaşan Şiir: Makine ve İnsan İsmet Özel</t>
+          <t>Oyun Kültür Benlik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>193</v>
+        <v>254</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257698047</t>
+          <t>9786257698467</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Dönemi Roman Okumaları</t>
+          <t>İlahiyat Fakülteleri İçin Osmanlı Türkçesi ile Dini Metinler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>384</v>
+        <v>519</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257698252</t>
+          <t>9786257698603</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Şehadet</t>
+          <t>Türkiye’de Yapılan Çalışmalarda Orhon Yazıtları’nı Okuma ve Yorumlama Farklılıkları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257698269</t>
+          <t>9786054646234</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İkidillilik ve İkidilli Çocukların Eğitimi</t>
+          <t>Publisist Sözün Kudreti</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>394</v>
+        <v>195</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054117833</t>
+          <t>9786057898814</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
+          <t>Necip Fazıl Kısakürek’in Şiirleri ve Şiirlerindeki Değişmeler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>193</v>
+        <v>511</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057898845</t>
+          <t>9786057898937</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri (2 Cilt Takım)</t>
+          <t>Hafız Nuri Efendi’nin Terceme-i Ahvali</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>999</v>
+        <v>244</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057898289</t>
+          <t>9786057898883</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Dilbilimsel Antropoloji</t>
+          <t>Asallaşan Şiir: Makine ve İnsan İsmet Özel</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>519</v>
+        <v>193</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057898432</t>
+          <t>9786257698047</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Entellektüel Mirası Kutadgu Bilig</t>
+          <t>Servet-i Fünun Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>478</v>
+        <v>384</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257698399</t>
+          <t>9786257698252</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Mümtaz Bir Şair Arif Eren</t>
+          <t>Türk Şiirinde Şehadet</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257698139</t>
+          <t>9786257698269</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar ve Umutlar</t>
+          <t>İkidillilik ve İkidilli Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>142</v>
+        <v>394</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257698207</t>
+          <t>9786054117833</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkiye Türkçesi Şekil Bilgisi</t>
+          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>594</v>
+        <v>193</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057898784</t>
+          <t>9786057898845</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Türk Dili ve Yazma Sanatı</t>
+          <t>Çağdaş Türk Lehçeleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>511</v>
+        <v>999</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057898807</t>
+          <t>9786057898289</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ses Bilgisi</t>
+          <t>Dilbilimsel Antropoloji</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>478</v>
+        <v>519</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057898838</t>
+          <t>9786057898432</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gazel Felsefesi</t>
+          <t>Türklerin Entellektüel Mirası Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>513</v>
+        <v>478</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057898630</t>
+          <t>9786257698399</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Acı ve Gölge</t>
+          <t>Bütün Yönleriyle Mümtaz Bir Şair Arif Eren</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>174</v>
+        <v>235</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059408608</t>
+          <t>9786257698139</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçmeler</t>
+          <t>Ağıtlar ve Umutlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>295</v>
+        <v>142</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057898623</t>
+          <t>9786257698207</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Orjinal Metin)</t>
+          <t>Uygulamalı Türkiye Türkçesi Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>294</v>
+        <v>594</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257698214</t>
+          <t>9786057898784</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferit Kam ve Kudema</t>
+          <t>Üniversitelerde Türk Dili ve Yazma Sanatı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>244</v>
+        <v>511</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054117710</t>
+          <t>9786057898807</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Romancı Burhan Cahit Morkaya</t>
+          <t>Türkiye Türkçesi Ses Bilgisi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>302</v>
+        <v>478</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054117437</t>
+          <t>9786057898838</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilgisine Giriş</t>
+          <t>Gazel Felsefesi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>254</v>
+        <v>513</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054646388</t>
+          <t>9786057898630</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde İyelik Olgusu</t>
+          <t>Acı ve Gölge</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>321</v>
+        <v>174</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054117307</t>
+          <t>9786059408608</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Söz Dizimi</t>
+          <t>Ömer Seyfettin'den Seçmeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054117451</t>
+          <t>9786057898623</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliğinin Yeniden İnşaası Bağlamında Ziya Gökalp</t>
+          <t>İntibah (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>247</v>
+        <v>294</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054646357</t>
+          <t>9786257698214</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Çocuk</t>
+          <t>Ömer Ferit Kam ve Kudema</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>295</v>
+        <v>244</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054646333</t>
+          <t>9786054117710</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret’in Şiirlerinde Mekan ve Algı</t>
+          <t>Unutulmuş Bir Romancı Burhan Cahit Morkaya</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>274</v>
+        <v>302</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054117543</t>
+          <t>9786054117437</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçeleri; Karahanlıca, Harezmce, Kıpçakça Dersleri</t>
+          <t>Türklük Bilgisine Giriş</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>568</v>
+        <v>254</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054117802</t>
+          <t>9786054646388</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Bugüne Yeni Türk Edebiyatı Şiir Çözümlemeleri</t>
+          <t>Türkiye Türkçesinde İyelik Olgusu</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>432</v>
+        <v>321</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054646203</t>
+          <t>9786054117307</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Şairin Sahneye Düşen Gölgesi</t>
+          <t>Türkçenin Söz Dizimi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>594</v>
+        <v>315</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054117109</t>
+          <t>9786054117451</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Türkçe Üstüne</t>
+          <t>Türk Kimliğinin Yeniden İnşaası Bağlamında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>298</v>
+        <v>247</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054646173</t>
+          <t>9786054646357</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Türk Edebiyatında Çocuk</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>231</v>
+        <v>295</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054117444</t>
+          <t>9786054646333</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Selanik Düştü</t>
+          <t>Tevfik Fikret’in Şiirlerinde Mekan ve Algı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>255</v>
+        <v>274</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054117727</t>
+          <t>9786054117543</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sadi ile Sudi Arasında Gülistan Şerhi’nden Seçmeler</t>
+          <t>Tarihi Türk Lehçeleri; Karahanlıca, Harezmce, Kıpçakça Dersleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>224</v>
+        <v>568</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054117826</t>
+          <t>9786054117802</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Roman Sanatı ve Toplum</t>
+          <t>Tanzimat’tan Bugüne Yeni Türk Edebiyatı Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>193</v>
+        <v>432</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054646180</t>
+          <t>9786054646203</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Görsel Şiirleri</t>
+          <t>Şairin Sahneye Düşen Gölgesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>192</v>
+        <v>594</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054117338</t>
+          <t>9786054117109</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Dili</t>
+          <t>Sözüm Türkçe Üstüne</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>175</v>
+        <v>298</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054646326</t>
+          <t>9786054646173</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Seçme Metinler</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>274</v>
+        <v>231</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054117093</t>
+          <t>9786054117444</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kılavuzu 2</t>
+          <t>Selanik Düştü</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>647</v>
+        <v>255</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054117086</t>
+          <t>9786054117727</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kılavuzu 1</t>
+          <t>Sadi ile Sudi Arasında Gülistan Şerhi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>647</v>
+        <v>224</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054646074</t>
+          <t>9786054117826</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nisvan-ı İslam</t>
+          <t>Roman Sanatı ve Toplum</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>163</v>
+        <v>193</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054117550</t>
+          <t>9786054646180</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Nergisi ve Nihalistan’ı</t>
+          <t>Osmanlının Görsel Şiirleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>346</v>
+        <v>192</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054117505</t>
+          <t>9786054117338</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Nali Divanı</t>
+          <t>Osmanlı'nın Dili</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>233</v>
+        <v>175</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054117116</t>
+          <t>9786054646326</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Osmanlı Türkçesi Seçme Metinler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>306</v>
+        <v>274</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054646067</t>
+          <t>9786054117093</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Levayih-i Hayat</t>
+          <t>Osmanlı Türkçesi Kılavuzu 2</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>163</v>
+        <v>647</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054646098</t>
+          <t>9786054117086</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kosova Zaferi Ankara Hezimeti</t>
+          <t>Osmanlı Türkçesi Kılavuzu 1</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>176</v>
+        <v>647</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054117772</t>
+          <t>9786054646074</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Nesri</t>
+          <t>Nisvan-ı İslam</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>462</v>
+        <v>163</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054646197</t>
+          <t>9786054117550</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinin Söz Dizimi</t>
+          <t>Nergisi ve Nihalistan’ı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>243</v>
+        <v>346</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054117147</t>
+          <t>9786054117505</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Konuşuyor</t>
+          <t>Nali Divanı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>194</v>
+        <v>233</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054117994</t>
+          <t>9786054117116</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kentin Haberi Yok</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>185</v>
+        <v>306</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054117703</t>
+          <t>9786054646067</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesinde Fiil İstemleri</t>
+          <t>Levayih-i Hayat</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>317</v>
+        <v>163</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054117918</t>
+          <t>9786054646098</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Ağızları 2</t>
+          <t>Kosova Zaferi Ankara Hezimeti</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>244</v>
+        <v>176</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054117864</t>
+          <t>9786054117772</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Ağızları 1</t>
+          <t>Klasik Dönem Osmanlı Nesri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>244</v>
+        <v>462</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054646364</t>
+          <t>9786054646197</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Nergisi Kanunu'r-Reşad</t>
+          <t>Kırgız Türkçesinin Söz Dizimi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>252</v>
+        <v>243</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054646128</t>
+          <t>9786054117147</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İstila-yı İslam</t>
+          <t>Kıbrıs Konuşuyor</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>163</v>
+        <v>194</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054646258</t>
+          <t>9786054117994</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İsmail Safa Mensiyyat (Tıpkı Basım)</t>
+          <t>Kentin Haberi Yok</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>132</v>
+        <v>185</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054646166</t>
+          <t>9786054117703</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hayek’in Liberalizm Anlayışı</t>
+          <t>Kazak Türkçesinde Fiil İstemleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>175</v>
+        <v>317</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054646050</t>
+          <t>9786054117918</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Karabağ Ağızları 2</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>163</v>
+        <v>244</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054646371</t>
+          <t>9786054117864</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Haveran-Name</t>
+          <t>Karabağ Ağızları 1</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054117956</t>
+          <t>9786054646364</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Günebakan</t>
+          <t>Nergisi Kanunu'r-Reşad</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>231</v>
+        <v>252</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054646319</t>
+          <t>9786054646128</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Geyiğin Laneti</t>
+          <t>İstila-yı İslam</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>122</v>
+        <v>163</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054646012</t>
+          <t>9786054646258</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Tenkit ve Teori</t>
+          <t>İsmail Safa Mensiyyat (Tıpkı Basım)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>572</v>
+        <v>132</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054117932</t>
+          <t>9786054646166</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dersleri</t>
+          <t>Hayek’in Liberalizm Anlayışı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>647</v>
+        <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057898609</t>
+          <t>9786054646050</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kader Kapıyı Böyle Çalar</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>194</v>
+        <v>163</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057898272</t>
+          <t>9786054646371</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Tebessüm</t>
+          <t>Haveran-Name</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>179</v>
+        <v>252</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257698337</t>
+          <t>9786054117956</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi ve Şefkat Ürpermesi</t>
+          <t>Günebakan</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>336</v>
+        <v>231</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057898579</t>
+          <t>9786054646319</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Romancısı Reşat Nuri Güntekin</t>
+          <t>Geyiğin Laneti</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>519</v>
+        <v>122</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057898401</t>
+          <t>9786054646012</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz'de Osmanlı - İngiliz Rekabeti ve Cidde Olayları</t>
+          <t>Eski Türk Edebiyatında Tenkit ve Teori</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>440</v>
+        <v>572</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057898777</t>
+          <t>9786054117932</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Taamların Faidesi ve Hastalıkların Tedavisi</t>
+          <t>Eski Anadolu Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>344</v>
+        <v>647</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057898166</t>
+          <t>9786057898609</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Namus</t>
+          <t>Kader Kapıyı Böyle Çalar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>236</v>
+        <v>194</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057898685</t>
+          <t>9786057898272</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yazmalara Göre Kerem İle Aslı Hikayesi ve Raif Yelkenci Nüshası</t>
+          <t>Hüzün ve Tebessüm</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>315</v>
+        <v>179</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057898753</t>
+          <t>9786257698337</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu Üzerine Araştırmalar</t>
+          <t>Bir Sevgi ve Şefkat Ürpermesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>356</v>
+        <v>336</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057898760</t>
+          <t>9786057898579</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Şair Yanım</t>
+          <t>Bir Kültür Romancısı Reşat Nuri Güntekin</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>142</v>
+        <v>519</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057898296</t>
+          <t>9786057898401</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Nöbetini Tutmak</t>
+          <t>Kızıldeniz'de Osmanlı - İngiliz Rekabeti ve Cidde Olayları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>172</v>
+        <v>440</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057898180</t>
+          <t>9786057898777</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ulusun Sahnedeki Öyküsü</t>
+          <t>Hadislerle Taamların Faidesi ve Hastalıkların Tedavisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057898203</t>
+          <t>9786057898166</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>David Lloyd George'un Birinci Dünya Savaşı Hatıralarında Türkiye</t>
+          <t>Namus</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>295</v>
+        <v>236</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257698146</t>
+          <t>9786057898685</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Vahit Türk Armağanı (Ciltli)</t>
+          <t>Yazmalara Göre Kerem İle Aslı Hikayesi ve Raif Yelkenci Nüshası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>795</v>
+        <v>315</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057898555</t>
+          <t>9786057898753</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Edib Harabi -Türk Tasavvuf Edebiyatı'ndan Seçmeler 10</t>
+          <t>Türk Tiyatrosu Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>234</v>
+        <v>356</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057898548</t>
+          <t>9786057898760</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sezayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 9</t>
+          <t>Şair Yanım</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>234</v>
+        <v>142</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057898531</t>
+          <t>9786057898296</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 8</t>
+          <t>Türkçenin Nöbetini Tutmak</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>234</v>
+        <v>172</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057898517</t>
+          <t>9786057898180</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sun'ullah-ı Gaybi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 6</t>
+          <t>Ulusun Sahnedeki Öyküsü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>234</v>
+        <v>337</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057898562</t>
+          <t>9786057898203</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 4</t>
+          <t>David Lloyd George'un Birinci Dünya Savaşı Hatıralarında Türkiye</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>234</v>
+        <v>295</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057898500</t>
+          <t>9786257698146</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan - Türk Tasavvuf Edebiyatı'ndan Seçmeler 5</t>
+          <t>Prof. Dr. Vahit Türk Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>234</v>
+        <v>795</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057898470</t>
+          <t>9786057898555</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Türk Tasavvuf Edebiyatı'ndan Seçmeler 1</t>
+          <t>Edib Harabi -Türk Tasavvuf Edebiyatı'ndan Seçmeler 10</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057898487</t>
+          <t>9786057898548</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 2</t>
+          <t>Hasan Sezayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 9</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057898494</t>
+          <t>9786057898531</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 3</t>
+          <t>İsmail Hakkı Bursevi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 8</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
+          <t>9786057898517</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Sun'ullah-ı Gaybi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 6</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786057898562</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Mahmud Hüdayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 4</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786057898500</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Ümmi Sinan - Türk Tasavvuf Edebiyatı'ndan Seçmeler 5</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786057898470</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre - Türk Tasavvuf Edebiyatı'ndan Seçmeler 1</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786057898487</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Seyyid Nesimi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 2</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786057898494</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Eşrefoğlu Rumi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 3</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
           <t>9786057898524</t>
         </is>
       </c>
-      <c r="B413" s="1" t="inlineStr">
+      <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Niyazi-i Mısri - Türk Tasavvuf Edebiyatı'ndan Seçmeler 7</t>
         </is>
       </c>
-      <c r="C413" s="1">
+      <c r="C419" s="1">
         <v>234</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>