--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,6310 +85,6400 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256869721</t>
+          <t>9786256869691</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatında Türler (2 Cilt)</t>
+          <t>Sultan Abdülmecid’in Baş Kadınefendisi Servetseza</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1612</v>
+        <v>462</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256869684</t>
+          <t>9786257698559</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı'na Ait Resmi Yazışmalardaki (16-18.Yüzyıllar) İdari, Ekonomik, Sosyal ve Kültürel Terimler</t>
+          <t>Köyde Cinayet</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>643</v>
+        <v>283</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256869653</t>
+          <t>9786257698634</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinde Soru</t>
+          <t>Derebeyleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>872</v>
+        <v>354</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256869660</t>
+          <t>9786256869677</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Mecmüatu’l-Muhakkikin</t>
+          <t>Cromwell Ön Sözü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>823</v>
+        <v>282</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054117925</t>
+          <t>9786256869707</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Batı Seyahat Edebiyatı ve Charles Macfarlane’in Gözünden Osmanlı Dünyası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>426</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256869646</t>
+          <t>9786256869714</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kıbrtıs’ta Türkçe ve Edebiyat Öğretimi Tarihçesi (1906-2022)</t>
+          <t>Türk Modernleşmesinde Yabancılaşma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>376</v>
+        <v>327</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257698542</t>
+          <t>9786256869721</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde İdeoloji ve Metafor (1960-1980 Dönemi)</t>
+          <t>Türk İslam Edebiyatında Türler (2 Cilt)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>715</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256869639</t>
+          <t>9786256869684</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kokunun Sessiz Tanıklığı</t>
+          <t>Kırım Hanlığı'na Ait Resmi Yazışmalardaki (16-18.Yüzyıllar) İdari, Ekonomik, Sosyal ve Kültürel Terimler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>396</v>
+        <v>643</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256869592</t>
+          <t>9786256869653</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ataerkilliğin Manevi Kızları</t>
+          <t>Kırgız Türkçesinde Soru</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>492</v>
+        <v>872</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256869585</t>
+          <t>9786256869660</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Ekleşme Düzeninde Çözümlemeler</t>
+          <t>Terceme-i Mecmüatu’l-Muhakkikin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1280</v>
+        <v>823</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256869622</t>
+          <t>9786054117925</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bosnalı Divan Şairleri</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>384</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059408578</t>
+          <t>9786256869646</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ceviribilimden İzdüsümler -1</t>
+          <t>Kıbrtıs’ta Türkçe ve Edebiyat Öğretimi Tarihçesi (1906-2022)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>372</v>
+        <v>376</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257698641</t>
+          <t>9786257698542</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimden İzdüşümler 2</t>
+          <t>Türk Şiirinde İdeoloji ve Metafor (1960-1980 Dönemi)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>314</v>
+        <v>715</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256869615</t>
+          <t>9786256869639</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Hikayesinde Kurumsal Yozlaşma (1870-1950)</t>
+          <t>Türk Romanında Kokunun Sessiz Tanıklığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256869608</t>
+          <t>9786256869592</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tarihi Tiyatro</t>
+          <t>Ataerkilliğin Manevi Kızları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>527</v>
+        <v>492</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059100953</t>
+          <t>9786256869585</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyunda Oyun Postmodern Roman</t>
+          <t>Türk Dilinin Ekleşme Düzeninde Çözümlemeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>374</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257698931</t>
+          <t>9786256869622</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mecmü’atü’l-Fevayid</t>
+          <t>Bosnalı Divan Şairleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>805</v>
+        <v>384</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257698900</t>
+          <t>9786059408578</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Dil Özellikleri Gösteren Bir Mevlid Metni-Şehidi ve Mevlidi</t>
+          <t>Ceviribilimden İzdüsümler -1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>643</v>
+        <v>372</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257698887</t>
+          <t>9786257698641</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kıyısından Sesler -Kıbrıs’ta Yazma Uğraşları -</t>
+          <t>Çeviribilimden İzdüşümler 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>364</v>
+        <v>314</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057898395</t>
+          <t>9786256869615</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Alıp Manaş'ın Sembolik Serüveni</t>
+          <t>Türk Hikayesinde Kurumsal Yozlaşma (1870-1950)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>226</v>
+        <v>384</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256869400</t>
+          <t>9786256869608</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Doğu Grubu Ağızlarının İstem Dil Bilgisi: Derlem Temelli Bir Sözlük Denemesi</t>
+          <t>Cumhuriyet Döneminde Tarihi Tiyatro</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>594</v>
+        <v>527</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257698535</t>
+          <t>9786059100953</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk Türkçenin Tarihi ve Çağdaş Lehçelerinde Olumsuzluğa Dair İfadeler</t>
+          <t>Oyunda Oyun Postmodern Roman</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>764</v>
+        <v>374</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256869318</t>
+          <t>9786257698931</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İlkokul Çağına Disiplinler Arası Bir Bakış</t>
+          <t>Mecmü’atü’l-Fevayid</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>634</v>
+        <v>805</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257698948</t>
+          <t>9786257698900</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Coğrafyasında Yer Etmiş Mitlerin Seramik Yüzeylerde Yorumlamaları</t>
+          <t>Osmanlı Türkçesi Dil Özellikleri Gösteren Bir Mevlid Metni-Şehidi ve Mevlidi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>337</v>
+        <v>643</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257698962</t>
+          <t>9786257698887</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Falname</t>
+          <t>Edebiyatın Kıyısından Sesler -Kıbrıs’ta Yazma Uğraşları -</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>519</v>
+        <v>364</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057898968</t>
+          <t>9786057898395</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkmen Edebiyyatı</t>
+          <t>Alıp Manaş'ın Sembolik Serüveni</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>782</v>
+        <v>226</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057898975</t>
+          <t>9786256869400</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Xiandai Weiwu'er Yu Daici De Yu Lei Shuxıng Yanjiu Zai Shengcheng Yufa Kuangjia Nei Yu Yingyu Daicı De Duıbi Yanjiu</t>
+          <t>Doğu Grubu Ağızlarının İstem Dil Bilgisi: Derlem Temelli Bir Sözlük Denemesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>788</v>
+        <v>594</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059408790</t>
+          <t>9786257698535</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Musa Yedi Tepe İstanbul'da (Orta Seviye B2)</t>
+          <t>Türkçede Olumsuzluk Türkçenin Tarihi ve Çağdaş Lehçelerinde Olumsuzluğa Dair İfadeler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>511</v>
+        <v>764</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059408820</t>
+          <t>9786256869318</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Musa Geçilmez Çanakkale'de (Yüksek Seviye C1)</t>
+          <t>İlkokul Çağına Disiplinler Arası Bir Bakış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>511</v>
+        <v>634</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059408936</t>
+          <t>9786257698948</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Fatih Köksal Kütüphanesi Türkçe Yazmalar Kataloğu (Ciltli)</t>
+          <t>Anadolu Coğrafyasında Yer Etmiş Mitlerin Seramik Yüzeylerde Yorumlamaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>943</v>
+        <v>337</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059408806</t>
+          <t>9786257698962</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Musa Başkent Ankara'da (Orta Seviye B1)</t>
+          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Falname</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>511</v>
+        <v>519</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059408318</t>
+          <t>9786057898968</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Sadat</t>
+          <t>Çağdaş Türkmen Edebiyyatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>538.8</v>
+        <v>782</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054117567</t>
+          <t>9786057898975</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ses Bilgisi</t>
+          <t>Xiandai Weiwu'er Yu Daici De Yu Lei Shuxıng Yanjiu Zai Shengcheng Yufa Kuangjia Nei Yu Yingyu Daicı De Duıbi Yanjiu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>312</v>
+        <v>788</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054117581</t>
+          <t>9786059408790</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - Seçmeler</t>
+          <t>Musa Yedi Tepe İstanbul'da (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>511</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054117796</t>
+          <t>9786059408820</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gazel Şerhleri</t>
+          <t>Musa Geçilmez Çanakkale'de (Yüksek Seviye C1)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>437</v>
+        <v>511</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055810087</t>
+          <t>9786059408936</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Makaleler II</t>
+          <t>Prof. Dr. Mehmet Fatih Köksal Kütüphanesi Türkçe Yazmalar Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>512</v>
+        <v>943</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257698726</t>
+          <t>9786059408806</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilim, Metinsel Bağdaşıklık ve Türkiye Türkçesinde Değiştirim</t>
+          <t>Musa Başkent Ankara'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>457</v>
+        <v>511</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256869394</t>
+          <t>9786059408318</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Harezm Kıpçak Türkçesi</t>
+          <t>Hilye-i Sadat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>647</v>
+        <v>538.8</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257698528</t>
+          <t>9786054117567</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Manzum Vefat-Nameler</t>
+          <t>Türkçenin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>518</v>
+        <v>312</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256869523</t>
+          <t>9786054117581</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Kutup Yıldızı Ömer Seyfettin</t>
+          <t>Seyahatname - Seçmeler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>351</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056708350</t>
+          <t>9786054117796</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk: A2 Ders Kitabı - A2 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Gazel Şerhleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>894</v>
+        <v>437</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054646883</t>
+          <t>9786055810087</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kutb’un Husrav u Şirin’i : Dizin</t>
+          <t>Türkçe Üzerine Makaleler II</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>512</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057898692</t>
+          <t>9786257698726</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Gelgitler</t>
+          <t>Metindilbilim, Metinsel Bağdaşıklık ve Türkiye Türkçesinde Değiştirim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>327</v>
+        <v>457</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256869554</t>
+          <t>9786256869394</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sunak</t>
+          <t>Karahanlı Harezm Kıpçak Türkçesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>196</v>
+        <v>647</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256869486</t>
+          <t>9786257698528</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Attila ve Avrasya Tarihindeki Yeri</t>
+          <t>Manzum Vefat-Nameler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>892</v>
+        <v>518</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256869516</t>
+          <t>9786256869523</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>A’cebü’l- ‘Üccab</t>
+          <t>Türk Edebiyatının Kutup Yıldızı Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>914</v>
+        <v>351</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256869417</t>
+          <t>9786056708350</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İki Devir Bir İnsan: Ahmet Faik Günday ve Hatıralar</t>
+          <t>Türkçeye Yolculuk: A2 Ders Kitabı - A2 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>812</v>
+        <v>894</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256869028</t>
+          <t>9786054646883</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Böyle De Şiir Yazılabilir Ya - Recaizade Mahmut Ekrem’in Şiirleri</t>
+          <t>Kutb’un Husrav u Şirin’i : Dizin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>578</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056708367</t>
+          <t>9786057898692</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk B1 Ders Kitabı - B1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Çeviribilimde Gelgitler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>894</v>
+        <v>327</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256869493</t>
+          <t>9786256869554</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkçesinin Sosyal Statüsü (2005 Anayasası Sonrası Durumu)</t>
+          <t>Sunak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>414</v>
+        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256869479</t>
+          <t>9786256869486</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Attila ve Avrasya Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>463</v>
+        <v>892</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256869462</t>
+          <t>9786256869516</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları IV (2000-2024)</t>
+          <t>A’cebü’l- ‘Üccab</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>665</v>
+        <v>914</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256869530</t>
+          <t>9786256869417</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Klasik Türk Edebiyatında Edebi Sanatlar</t>
+          <t>İki Devir Bir İnsan: Ahmet Faik Günday ve Hatıralar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>395</v>
+        <v>812</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059100625</t>
+          <t>9786256869028</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çiğdemleri Solan Bozkır</t>
+          <t>Böyle De Şiir Yazılabilir Ya - Recaizade Mahmut Ekrem’in Şiirleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>245</v>
+        <v>578</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256869509</t>
+          <t>9786056708367</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Gramer, Tarihî ve Edebî Metinler, Arşiv Belgeleri</t>
+          <t>Türkçeye Yolculuk B1 Ders Kitabı - B1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>545</v>
+        <v>894</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256869257</t>
+          <t>9786256869493</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fatih Dönemi Merkezi ve Umumi Kanunnamelerin Dili Üzerine Bir İnceleme</t>
+          <t>Irak Türkçesinin Sosyal Statüsü (2005 Anayasası Sonrası Durumu)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>451</v>
+        <v>414</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059408424</t>
+          <t>9786256869479</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Son Abdal Neşet Ertaş</t>
+          <t>Yapay Zeka Çağında Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>318</v>
+        <v>463</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256869424</t>
+          <t>9786256869462</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kazan-Tatar Sahası Karışık Lehçeli Bir Eser El-Itkan Kuran Tefsiri (3 Cilt)</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları IV (2000-2024)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>3976</v>
+        <v>665</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256869448</t>
+          <t>9786256869530</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Şefik Efendi’nin Ziraat Layihası</t>
+          <t>Örneklerle Klasik Türk Edebiyatında Edebi Sanatlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>414</v>
+        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256869455</t>
+          <t>9786059100625</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim Ana Dili Eğitiminde Öyküler</t>
+          <t>Çiğdemleri Solan Bozkır</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>597</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256869431</t>
+          <t>9786256869509</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Bayrak Hatıra Kitabı (Ciltli)</t>
+          <t>Osmanlı Türkçesi Gramer, Tarihî ve Edebî Metinler, Arşiv Belgeleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>896</v>
+        <v>545</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256869387</t>
+          <t>9786256869257</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e Türk Şiirinde Bahçe Metaforu Şiirin Bahçesi / Bahçenin Şiiri</t>
+          <t>Fatih Dönemi Merkezi ve Umumi Kanunnamelerin Dili Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>414</v>
+        <v>451</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057898265</t>
+          <t>9786059408424</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Okuma Metinleri Cumhuriyet Kıraati -1928-</t>
+          <t>Son Abdal Neşet Ertaş</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>318</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256869301</t>
+          <t>9786256869424</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türk- Rus İlişkileri</t>
+          <t>Kazan-Tatar Sahası Karışık Lehçeli Bir Eser El-Itkan Kuran Tefsiri (3 Cilt)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>426</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256869370</t>
+          <t>9786256869448</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Memlük- Kıpçak Türkçesi Söz Varlığı İncelemesi: Mutfak ve Yemek Kültürüne Ait İsimler</t>
+          <t>Abdullah Şefik Efendi’nin Ziraat Layihası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>646</v>
+        <v>414</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256869295</t>
+          <t>9786256869455</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dış Politikası</t>
+          <t>Anlatıbilim Ana Dili Eğitiminde Öyküler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>325</v>
+        <v>597</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256869288</t>
+          <t>9786256869431</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İktisat Politikası’nda Celal Bayar’ın Yeri</t>
+          <t>Sadettin Bayrak Hatıra Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>378</v>
+        <v>896</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256869264</t>
+          <t>9786256869387</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Eğitim Politikasını Niçin Devam Ettiremedik?</t>
+          <t>Tanzimat’tan Cumhuriyet’e Türk Şiirinde Bahçe Metaforu Şiirin Bahçesi / Bahçenin Şiiri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>346</v>
+        <v>414</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256869349</t>
+          <t>9786057898265</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil(ciliğ)ine Yazılar</t>
+          <t>Osmanlıca Okuma Metinleri Cumhuriyet Kıraati -1928-</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>758</v>
+        <v>125</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256869356</t>
+          <t>9786256869301</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Ünsüz Uyumu</t>
+          <t>Dünden Bugüne Türk- Rus İlişkileri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>810</v>
+        <v>426</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256869332</t>
+          <t>9786256869370</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türklüğünde Oyun ve Oyuncak Adları</t>
+          <t>Memlük- Kıpçak Türkçesi Söz Varlığı İncelemesi: Mutfak ve Yemek Kültürüne Ait İsimler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>549</v>
+        <v>646</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256869271</t>
+          <t>9786256869295</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Demokrasi</t>
+          <t>Atatürk'ün Dış Politikası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>246</v>
+        <v>325</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256869103</t>
+          <t>9786256869288</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Van Gölü Canavarını Görmeye Gidiyor (Orta Seviye B2)</t>
+          <t>Atatürk’ün İktisat Politikası’nda Celal Bayar’ın Yeri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>511</v>
+        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256869097</t>
+          <t>9786256869264</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Karadeniz'in İncisi Trabzon’da (Orta seviye B1)</t>
+          <t>Atatürk’ün Milli Eğitim Politikasını Niçin Devam Ettiremedik?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>511</v>
+        <v>346</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256869080</t>
+          <t>9786256869349</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Müze Şehir Mardin'de (Yüksek Seviye C1+)</t>
+          <t>Türk Dil(ciliğ)ine Yazılar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>511</v>
+        <v>758</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256869073</t>
+          <t>9786256869356</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk- Musa Konya'da: Mevlana ve Nasrettin Hoca'yı Ziyaret Ediyor (Orta Seviye B2)</t>
+          <t>Türkçede Ünsüz Uyumu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>511</v>
+        <v>810</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256869066</t>
+          <t>9786256869332</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Lezzetler Şehri Hatay'da (Orta Seviye B1)</t>
+          <t>Anadolu Türklüğünde Oyun ve Oyuncak Adları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>511</v>
+        <v>549</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256869042</t>
+          <t>9786256869271</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Sultanlar Şehri Edirne'de (Yüksek Seviye C1+ )</t>
+          <t>Atatürk ve Demokrasi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>511</v>
+        <v>246</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256869059</t>
+          <t>9786256869103</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Osmanlı'nın İlk Başkenti Bursa'da (Orta Seviye B1)</t>
+          <t>Türkçeye Yolculuk - Musa Van Gölü Canavarını Görmeye Gidiyor (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>511</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256869035</t>
+          <t>9786256869097</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk - Musa Antalya'da Tarihin İzini Sürüyor (Yüksek Seviye C1+)</t>
+          <t>Türkçeye Yolculuk - Musa Karadeniz'in İncisi Trabzon’da (Orta seviye B1)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>511</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256869325</t>
+          <t>9786256869080</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türklüğünde Giyim Kuşam Adları</t>
+          <t>Türkçeye Yolculuk - Musa Müze Şehir Mardin'de (Yüksek Seviye C1+)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>547</v>
+        <v>511</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256869240</t>
+          <t>9786256869073</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemali Aksüt: Osmanlıdan Cumhuriyete İdareci ve Mütercim</t>
+          <t>Türkçeye Yolculuk- Musa Konya'da: Mevlana ve Nasrettin Hoca'yı Ziyaret Ediyor (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>415</v>
+        <v>511</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256869196</t>
+          <t>9786256869066</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kopuk</t>
+          <t>Türkçeye Yolculuk - Musa Lezzetler Şehri Hatay'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>296</v>
+        <v>511</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256869219</t>
+          <t>9786256869042</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Edebiyat</t>
+          <t>Türkçeye Yolculuk - Musa Sultanlar Şehri Edirne'de (Yüksek Seviye C1+ )</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>307</v>
+        <v>511</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256869233</t>
+          <t>9786256869059</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları III (1980-2000)</t>
+          <t>Türkçeye Yolculuk - Musa Osmanlı'nın İlk Başkenti Bursa'da (Orta Seviye B1)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>415</v>
+        <v>511</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256869202</t>
+          <t>9786256869035</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Ağıt Yakmak</t>
+          <t>Türkçeye Yolculuk - Musa Antalya'da Tarihin İzini Sürüyor (Yüksek Seviye C1+)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>296</v>
+        <v>511</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257698993</t>
+          <t>9786256869325</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Yazıları</t>
+          <t>Anadolu Türklüğünde Giyim Kuşam Adları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>999</v>
+        <v>547</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256869189</t>
+          <t>9786256869240</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Meclisi Kıssa-yı Seyfü’l Müluk</t>
+          <t>Ali Kemali Aksüt: Osmanlıdan Cumhuriyete İdareci ve Mütercim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>764</v>
+        <v>415</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256869158</t>
+          <t>9786256869196</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Refi-i Amidi Divanı</t>
+          <t>Kopuk</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>765</v>
+        <v>296</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256869141</t>
+          <t>9786256869219</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Hami Divançesi</t>
+          <t>Türk Dünyası ve Edebiyat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>662</v>
+        <v>307</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256869172</t>
+          <t>9786256869233</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçtu Yazı Kaldı</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları III (1980-2000)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>321</v>
+        <v>415</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257698917</t>
+          <t>9786256869202</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı - Harezm Türkçesi Kuran Çevirileri Üzerine Notlar</t>
+          <t>Ateşe Ağıt Yakmak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>376</v>
+        <v>296</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256869165</t>
+          <t>9786257698993</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Türkçesi</t>
+          <t>Türklük Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>474</v>
+        <v>999</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256869134</t>
+          <t>9786256869189</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Çağatay Türkçesi Konuşma Dili</t>
+          <t>Meclisi Kıssa-yı Seyfü’l Müluk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1050</v>
+        <v>764</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257698078</t>
+          <t>9786256869158</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ölimnin Jan Ayqayımen Oyanuv</t>
+          <t>Refi-i Amidi Divanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>770</v>
+        <v>765</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257698115</t>
+          <t>9786256869141</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ural Batır” Eposınıñ Syujetı Hem Stili</t>
+          <t>Kilisli Hami Divançesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>757</v>
+        <v>662</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059408813</t>
+          <t>9786256869172</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Musa Efeler Diyarı izmir'de (Orta Seviye B2)</t>
+          <t>Söz Uçtu Yazı Kaldı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>511</v>
+        <v>321</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056708374</t>
+          <t>9786257698917</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk B2 Ders Kitabı / B2 Çalışma Kitabı</t>
+          <t>Karahanlı - Harezm Türkçesi Kuran Çevirileri Üzerine Notlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>894</v>
+        <v>376</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056708381</t>
+          <t>9786256869165</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk C1 Ders Kitabı / C1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Cumhuriyet'in Türkçesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>894</v>
+        <v>474</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056708343</t>
+          <t>9786256869134</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yolculuk: A1 Ders Kitabı - A1 Çalışma Kitabı (2 Kitap Set)</t>
+          <t>Son Dönem Çağatay Türkçesi Konuşma Dili</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>894</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257698344</t>
+          <t>9786257698078</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesi Söz Dizimi</t>
+          <t>Ölimnin Jan Ayqayımen Oyanuv</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>604</v>
+        <v>770</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256869004</t>
+          <t>9786257698115</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Lale Müldür Şiiri Saatler - Geyikler'in Felsefi Temelleri</t>
+          <t>Ural Batır” Eposınıñ Syujetı Hem Stili</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>274</v>
+        <v>757</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257698955</t>
+          <t>9786059408813</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Türk Lehçelerinde Kuş Adları (Dil İncelemesi)</t>
+          <t>Musa Efeler Diyarı izmir'de (Orta Seviye B2)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>560</v>
+        <v>511</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257698979</t>
+          <t>9786056708374</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıca Güzel Ahlak ve Görgü Kuralları Kitabı</t>
+          <t>Türkçeye Yolculuk B2 Ders Kitabı / B2 Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>428</v>
+        <v>894</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257698429</t>
+          <t>9786056708381</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Gizil Güç</t>
+          <t>Türkçeye Yolculuk C1 Ders Kitabı / C1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>315</v>
+        <v>894</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257698672</t>
+          <t>9786056708343</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi Grameri</t>
+          <t>Türkçeye Yolculuk: A1 Ders Kitabı - A1 Çalışma Kitabı (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>499</v>
+        <v>894</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059100854</t>
+          <t>9786257698344</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi</t>
+          <t>Azerbaycan Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>397</v>
+        <v>604</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057898357</t>
+          <t>9786256869004</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kazakça Öğreniyoruz</t>
+          <t>Lale Müldür Şiiri Saatler - Geyikler'in Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>592</v>
+        <v>274</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059408493</t>
+          <t>9786257698955</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Gramer Çalışmaları</t>
+          <t>Sibirya Türk Lehçelerinde Kuş Adları (Dil İncelemesi)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>254</v>
+        <v>560</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054646791</t>
+          <t>9786257698979</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Cümlesi ve Karşıtsal Çözümlemesi</t>
+          <t>Karamanlıca Güzel Ahlak ve Görgü Kuralları Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>556</v>
+        <v>428</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056708312</t>
+          <t>9786257698429</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Dil Öğrenme Stratejileri</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Gizil Güç</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059408219</t>
+          <t>9786257698672</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fiiller ve Çatıları</t>
+          <t>Kazak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>274</v>
+        <v>499</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059408394</t>
+          <t>9786059100854</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sözlükleşme: Genel Sözlükler İçin Sözlük Birim Seçimi</t>
+          <t>Özbek Türkçesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>376</v>
+        <v>397</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056708305</t>
+          <t>9786057898357</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkçenin Yabancı Dil Olarak Öğretimi El Kitabı</t>
+          <t>Kazakça Öğreniyoruz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>904</v>
+        <v>592</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059100984</t>
+          <t>9786059408493</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sözlükbilime Giriş</t>
+          <t>Türkiye Türkçesi Gramer Çalışmaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>376</v>
+        <v>254</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059100489</t>
+          <t>9786054646791</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Eş ve Zıt Anlamlı Sözcükler Sözlüğü</t>
+          <t>Arapça İsim Cümlesi ve Karşıtsal Çözümlemesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>295</v>
+        <v>556</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056708336</t>
+          <t>9786056708312</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Oyunlar</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Dil Öğrenme Stratejileri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>367</v>
+        <v>254</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257698443</t>
+          <t>9786059408219</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Özbekçe Öğreniyoruz</t>
+          <t>Türkçede Fiiller ve Çatıları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>569</v>
+        <v>274</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057898227</t>
+          <t>9786059408394</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Birleşik Ekler</t>
+          <t>Sözlükleşme: Genel Sözlükler İçin Sözlük Birim Seçimi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>458</v>
+        <v>376</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257698313</t>
+          <t>9786056708305</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Tatar Türkçesi</t>
+          <t>Uygulamalı Türkçenin Yabancı Dil Olarak Öğretimi El Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>617</v>
+        <v>904</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257698856</t>
+          <t>9786059100984</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları - II (1950-1980)</t>
+          <t>Sözlükbilime Giriş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>415</v>
+        <v>376</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257698832</t>
+          <t>9786059100489</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Genc Ü Cevher</t>
+          <t>Yabancılar İçin Eş ve Zıt Anlamlı Sözcükler Sözlüğü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>560</v>
+        <v>295</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257698405</t>
+          <t>9786056708336</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Tarihi Derinlik Manzum Sözlükler</t>
+          <t>Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>439</v>
+        <v>367</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257698016</t>
+          <t>9786257698443</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tili Süzliklerde</t>
+          <t>Özbekçe Öğreniyoruz</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>795</v>
+        <v>569</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257698009</t>
+          <t>9786057898227</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tilin Devlet Tili Bularak Gamelge Kuyu (1920-1930 Nçı Yıllar)</t>
+          <t>Türkçede Birleşik Ekler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>795</v>
+        <v>458</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257698023</t>
+          <t>9786257698313</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tili Hem Medeniyeti: İçki Dönya Kontseptları</t>
+          <t>Sibirya Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>782</v>
+        <v>617</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257698030</t>
+          <t>9786257698856</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tatar Gailesinin Ruxi Kıymmetleri: Tatar İsimneri</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları - II (1950-1980)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>770</v>
+        <v>415</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057898951</t>
+          <t>9786257698832</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tatar Şiveleri: Safakül Ağzı</t>
+          <t>Genc Ü Cevher</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>811</v>
+        <v>560</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257698054</t>
+          <t>9786257698405</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Miskini, Hayatı ve Şeirleri Yazıçılar Meni Sana Yazsınlar</t>
+          <t>Dil Öğretiminde Tarihi Derinlik Manzum Sözlükler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>770</v>
+        <v>439</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257698061</t>
+          <t>9786257698016</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Qorqıt Ata Jayındağı Anızdarın Tarixi Negizderi</t>
+          <t>Tatar Tili Süzliklerde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257698085</t>
+          <t>9786257698009</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Enesay Cazma Estelikterinin Tüşündürmö Sözdügü Cana Leksika-statistikalık Analizs</t>
+          <t>Tatar Tilin Devlet Tili Bularak Gamelge Kuyu (1920-1930 Nçı Yıllar)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>783</v>
+        <v>795</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057898982</t>
+          <t>9786257698023</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tildi Tarixın Devirlevdin Teoriyalık Negizderi Şumeroloji Jane Türkitanım Maseleleri</t>
+          <t>Tatar Tili Hem Medeniyeti: İçki Dönya Kontseptları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>811</v>
+        <v>782</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257698092</t>
+          <t>9786257698030</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Birtugan Bikkolovlar Xx Gasır Başı Milli-medeni Cirliginde Bikkolovlar İşçenligi)flera Seyfullina</t>
+          <t>Tatar Gailesinin Ruxi Kıymmetleri: Tatar İsimneri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>757</v>
+        <v>770</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257698108</t>
+          <t>9786057898951</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bari De Maydan Povest Jane Ängimeler)</t>
+          <t>Tatar Şiveleri: Safakül Ağzı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>560</v>
+        <v>811</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057898920</t>
+          <t>9786257698054</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygurcada Karmaşık Cümlelerin Türetim Mantıksal İlişkileri</t>
+          <t>Sadiq Miskini, Hayatı ve Şeirleri Yazıçılar Meni Sana Yazsınlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>604</v>
+        <v>770</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257698122</t>
+          <t>9786257698061</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bashkirskiy Epos Alpamışa İ Barsınxylu" V Kontekste Obşçetyurkskogo Epiçeskogo Naslediya"</t>
+          <t>Qorqıt Ata Jayındağı Anızdarın Tarixi Negizderi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>782</v>
+        <v>770</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057898999</t>
+          <t>9786257698085</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Til Kodlirinin Küçürülüş Mezmuni Şekli Ve Sevebi Togrisidiki Tetkikat</t>
+          <t>Enesay Cazma Estelikterinin Tüşündürmö Sözdügü Cana Leksika-statistikalık Analizs</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>784</v>
+        <v>783</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057898418</t>
+          <t>9786057898982</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Badiiylik Va Hayotıy Haqiqat</t>
+          <t>Tildi Tarixın Devirlevdin Teoriyalık Negizderi Şumeroloji Jane Türkitanım Maseleleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>370</v>
+        <v>811</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057898425</t>
+          <t>9786257698092</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kasb - Hunar Leksemalarining Yasalish Masalaları</t>
+          <t>Birtugan Bikkolovlar Xx Gasır Başı Milli-medeni Cirliginde Bikkolovlar İşçenligi)flera Seyfullina</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>343</v>
+        <v>757</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057898647</t>
+          <t>9786257698108</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kurmaca Bir Kişilik Olarak Şeyh Bedreddin</t>
+          <t>Bari De Maydan Povest Jane Ängimeler)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>315</v>
+        <v>560</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257698719</t>
+          <t>9786057898920</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>Çağdaş Uygurcada Karmaşık Cümlelerin Türetim Mantıksal İlişkileri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>478</v>
+        <v>604</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257698771</t>
+          <t>9786257698122</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kırgızlar ve Modern Kırgız Devleti'nin Kuruluşu</t>
+          <t>Bashkirskiy Epos Alpamışa İ Barsınxylu" V Kontekste Obşçetyurkskogo Epiçeskogo Naslediya"</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>632</v>
+        <v>782</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257698740</t>
+          <t>9786057898999</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Özbekler ve Modern Özbekistan Tarihi</t>
+          <t>Til Kodlirinin Küçürülüş Mezmuni Şekli Ve Sevebi Togrisidiki Tetkikat</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>632</v>
+        <v>784</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257698788</t>
+          <t>9786057898418</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar ve Kazakistan Cumhuriyeti Tarihi</t>
+          <t>Badiiylik Va Hayotıy Haqiqat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>652</v>
+        <v>370</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257698757</t>
+          <t>9786057898425</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Türkmenler ve Türkmenistan Cumhuriyeti Tarihi</t>
+          <t>Kasb - Hunar Leksemalarining Yasalish Masalaları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>673</v>
+        <v>343</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257698764</t>
+          <t>9786057898647</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney Azerbaycan Türkleri Tarihi</t>
+          <t>Türk Romanında Kurmaca Bir Kişilik Olarak Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>682</v>
+        <v>315</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257698733</t>
+          <t>9786257698719</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hikayeti Veys El Karani</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257698689</t>
+          <t>9786257698771</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz’de Osmanlılar Ve Ruslar</t>
+          <t>Kırgızlar ve Modern Kırgız Devleti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>389</v>
+        <v>632</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057898715</t>
+          <t>9786257698740</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Romanında Erkeklikler</t>
+          <t>Özbekler ve Modern Özbekistan Tarihi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>295</v>
+        <v>632</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257698412</t>
+          <t>9786257698788</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>100 Ülke 100 Marş İstiklal Marşı</t>
+          <t>Kazaklar ve Kazakistan Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>871</v>
+        <v>652</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257698580</t>
+          <t>9786257698757</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Türkmenler ve Türkmenistan Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>478</v>
+        <v>673</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257698610</t>
+          <t>9786257698764</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Roman Okumaları I</t>
+          <t>Kuzey ve Güney Azerbaycan Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>415</v>
+        <v>682</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057898173</t>
+          <t>9786257698733</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Şehir Hafıza</t>
+          <t>Hikayeti Veys El Karani</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>315</v>
+        <v>439</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057898302</t>
+          <t>9786257698689</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kemik ve Dal: Eskişehir’de Kutsal Ziyaret Mekanları</t>
+          <t>Doğu Akdeniz’de Osmanlılar Ve Ruslar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>224</v>
+        <v>389</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057898111</t>
+          <t>9786057898715</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Tanzimat Dönemi Türk Romanında Erkeklikler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>274</v>
+        <v>295</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057898128</t>
+          <t>9786257698412</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>100 Ülke 100 Marş İstiklal Marşı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>274</v>
+        <v>871</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057898104</t>
+          <t>9786257698580</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cefer Cabbarlı Öyküleri</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>224</v>
+        <v>478</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057898364</t>
+          <t>9786257698610</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat Dönemi Roman Okumaları</t>
+          <t>Cumhuriyet Dönemi Roman Okumaları I</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>369</v>
+        <v>415</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057898210</t>
+          <t>9786057898173</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Söz Dizimi</t>
+          <t>Edebiyat Şehir Hafıza</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>511</v>
+        <v>315</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059408691</t>
+          <t>9786057898302</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Uğrak Noktalarıyla Felsefeden Bilime...</t>
+          <t>Kemik ve Dal: Eskişehir’de Kutsal Ziyaret Mekanları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>193</v>
+        <v>224</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059408592</t>
+          <t>9786057898111</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>315</v>
+        <v>274</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059408653</t>
+          <t>9786057898128</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat Cereyanının İlk Mübeşşirleri ve Divan-ı Türki-i Basit</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>184</v>
+        <v>274</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059408639</t>
+          <t>9786057898104</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bakir Mezarlar Anıtı</t>
+          <t>Cefer Cabbarlı Öyküleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>193</v>
+        <v>224</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057898197</t>
+          <t>9786057898364</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pazar Yazıları</t>
+          <t>Milli Edebiyat Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>172</v>
+        <v>369</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054646531</t>
+          <t>9786057898210</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıla Ait Bir Tezkiretü'l-Evliya Tercümesi</t>
+          <t>Türkiye Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>512</v>
+        <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054646524</t>
+          <t>9786059408691</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Letaif - Osmanlı Latifeleri</t>
+          <t>Tarihsel Uğrak Noktalarıyla Felsefeden Bilime...</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>441</v>
+        <v>193</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059408974</t>
+          <t>9786059408592</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Son/Suz Bahar</t>
+          <t>Kırgız Türkçesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>184</v>
+        <v>315</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059408967</t>
+          <t>9786059408653</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gölgesinde - Hasan Ali Topbaş Kitabı</t>
+          <t>Milli Edebiyat Cereyanının İlk Mübeşşirleri ve Divan-ı Türki-i Basit</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>312</v>
+        <v>184</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059408943</t>
+          <t>9786059408639</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesi Grameri</t>
+          <t>Bakir Mezarlar Anıtı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>542</v>
+        <v>193</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059408486</t>
+          <t>9786057898197</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Reşat Nuri Güntekin ve Tiyatro</t>
+          <t>Pazar Yazıları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>458</v>
+        <v>172</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057898333</t>
+          <t>9786054646531</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatı Tarihi</t>
+          <t>16. Yüzyıla Ait Bir Tezkiretü'l-Evliya Tercümesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>315</v>
+        <v>512</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059408899</t>
+          <t>9786054646524</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Beyitler Arasında Açıklamalı Divan Şiiri Antolojisi</t>
+          <t>Külliyat-ı Letaif - Osmanlı Latifeleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>462</v>
+        <v>441</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059408905</t>
+          <t>9786059408974</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Temel Bilgiler</t>
+          <t>Son/Suz Bahar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>464.4</v>
+        <v>184</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059408851</t>
+          <t>9786059408967</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kreşin Tatar Türkçesi</t>
+          <t>Sessizliğin Gölgesinde - Hasan Ali Topbaş Kitabı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>617</v>
+        <v>312</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059408868</t>
+          <t>9786059408943</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Araştırmaları 1</t>
+          <t>Azerbaycan Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>595.2</v>
+        <v>542</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059408882</t>
+          <t>9786059408486</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Roman Okumaları</t>
+          <t>Reşat Nuri Güntekin ve Tiyatro</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>335</v>
+        <v>458</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059408677</t>
+          <t>9786057898333</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yazı - Yankı</t>
+          <t>Dünya Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>435</v>
+        <v>315</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059408875</t>
+          <t>9786059408899</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı’nda Milli Kimlik İnşası</t>
+          <t>Beyitler Arasında Açıklamalı Divan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>376</v>
+        <v>462</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059408417</t>
+          <t>9786059408905</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Resüli Sözlüğünün Türkçe Söz Varlığı</t>
+          <t>Klasik Türk Edebiyatı Temel Bilgiler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>224</v>
+        <v>464.4</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059408516</t>
+          <t>9786059408851</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Çağdaş Edebiyatları El Kitabı</t>
+          <t>Kreşin Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>784</v>
+        <v>617</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059408585</t>
+          <t>9786059408868</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Şiirinin Felsefi Kaynakları</t>
+          <t>Osmanlı Tarihi Araştırmaları 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>315</v>
+        <v>595.2</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059408325</t>
+          <t>9786059408882</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Devrim</t>
+          <t>Tanzimat Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>392</v>
+        <v>335</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059408714</t>
+          <t>9786059408677</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Altın Tasta Gül Kuruttum (Türkü Metni Çözümlemeleri)</t>
+          <t>Yazı - Yankı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>194</v>
+        <v>435</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059408615</t>
+          <t>9786059408875</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'den Cumhuriyet'e Ermeni Yetimleri</t>
+          <t>Tanzimat Edebiyatı’nda Milli Kimlik İnşası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>295</v>
+        <v>376</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054117871</t>
+          <t>9786059408417</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan Türklerinin Ağızları</t>
+          <t>Resüli Sözlüğünün Türkçe Söz Varlığı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>244</v>
+        <v>224</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054646043</t>
+          <t>9786059408516</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Enin</t>
+          <t>Türk Dünyası Çağdaş Edebiyatları El Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>183</v>
+        <v>784</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054117680</t>
+          <t>9786059408585</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>El İyisi</t>
+          <t>İkinci Yeni Şiirinin Felsefi Kaynakları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>193</v>
+        <v>315</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054117697</t>
+          <t>9786059408325</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dramın Aydını Cahit Tanyol</t>
+          <t>Muhafazakar Devrim</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>417</v>
+        <v>392</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054646081</t>
+          <t>9786059408714</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları</t>
+          <t>Altın Tasta Gül Kuruttum (Türkü Metni Çözümlemeleri)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>467</v>
+        <v>194</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054117345</t>
+          <t>9786059408615</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dil Tarih ve İnsan</t>
+          <t>Abdülhamid'den Cumhuriyet'e Ermeni Yetimleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054117673</t>
+          <t>9786054117871</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkçede Kelime Grupları</t>
+          <t>Ermenistan Türklerinin Ağızları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>369</v>
+        <v>244</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054117352</t>
+          <t>9786054646043</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca El Kitabı</t>
+          <t>Enin</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>386</v>
+        <v>183</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054117123</t>
+          <t>9786054117680</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dil Doktoru</t>
+          <t>El İyisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>297</v>
+        <v>193</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054646005</t>
+          <t>9786054117697</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Kovulmuş Hikayeler</t>
+          <t>Dramın Aydını Cahit Tanyol</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>186</v>
+        <v>417</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054117246</t>
+          <t>9786054646081</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bu Alamet ile Bulur Beni Soran Fuzuli Kitabı</t>
+          <t>Dil ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>530</v>
+        <v>467</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054117260</t>
+          <t>9786054117345</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gündoğusundan Günbatısına Bozkır Halklarının Göçü</t>
+          <t>Dil Tarih ve İnsan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054117840</t>
+          <t>9786054117673</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Çağdaş Türkçede Kelime Grupları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>326</v>
+        <v>369</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054117741</t>
+          <t>9786054117352</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Düşmüş Kelimeler</t>
+          <t>Çağatayca El Kitabı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>224</v>
+        <v>386</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054117901</t>
+          <t>9786054117123</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’dan Modern Döneme Felsefe Tarihi</t>
+          <t>Dil Doktoru</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>726</v>
+        <v>297</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054117949</t>
+          <t>9786054646005</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşunun Gördükleri</t>
+          <t>Cennetten Kovulmuş Hikayeler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>427</v>
+        <v>186</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054117536</t>
+          <t>9786054117246</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıldan Bir Aşk Hikayesi</t>
+          <t>Bu Alamet ile Bulur Beni Soran Fuzuli Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>234</v>
+        <v>530</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054646821</t>
+          <t>9786054117260</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Stratejik Plan ve Uygulama Örnekli Performans Esaslı Bütçe</t>
+          <t>Gündoğusundan Günbatısına Bozkır Halklarının Göçü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054646708</t>
+          <t>9786054117840</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının En Eski Örnekleri</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>682</v>
+        <v>326</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054646722</t>
+          <t>9786054117741</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı (Karaman Nüshası)</t>
+          <t>Ayrı Düşmüş Kelimeler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>519</v>
+        <v>224</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054646517</t>
+          <t>9786054117901</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Askeri Uygulama</t>
+          <t>Antik Yunan’dan Modern Döneme Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>247</v>
+        <v>726</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054646500</t>
+          <t>9786054117949</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Teorinin Eleştirisi</t>
+          <t>Anka Kuşunun Gördükleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>184</v>
+        <v>427</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059100335</t>
+          <t>9786054117536</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aruz Teori ve Uygulama</t>
+          <t>16. Yüzyıldan Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>364</v>
+        <v>234</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054646906</t>
+          <t>9786054646821</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Orijinal Metinlerle Klasik Türk Şiiri Antolojisi</t>
+          <t>Yerel Yönetimlerde Stratejik Plan ve Uygulama Örnekli Performans Esaslı Bütçe</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054646876</t>
+          <t>9786054646708</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gazeller ve Güzeller Üzerine</t>
+          <t>Türk Edebiyatının En Eski Örnekleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>439</v>
+        <v>682</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059100137</t>
+          <t>9786054646722</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Dersleri</t>
+          <t>Yunus Emre Divanı (Karaman Nüshası)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>412</v>
+        <v>519</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054646555</t>
+          <t>9786054646517</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Sırrı 1 - 2</t>
+          <t>Türkiye'de Askeri Uygulama</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>193</v>
+        <v>247</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054646432</t>
+          <t>9786054646500</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Nazmı</t>
+          <t>Eleştirel Teorinin Eleştirisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>784</v>
+        <v>184</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054646425</t>
+          <t>9786059100335</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kadircan Kaflı ve Eserleri Üzerine Bir İnceleme</t>
+          <t>Aruz Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>213</v>
+        <v>364</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057898135</t>
+          <t>9786054646906</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu (1950-1980)</t>
+          <t>Orijinal Metinlerle Klasik Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057898159</t>
+          <t>9786054646876</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Edebiyat Toplulukları</t>
+          <t>Gazeller ve Güzeller Üzerine</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>224</v>
+        <v>439</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057898142</t>
+          <t>9786059100137</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Gelenekten Moderne Değişim (1718-1895)</t>
+          <t>Eski Uygur Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>254</v>
+        <v>412</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059408400</t>
+          <t>9786054646555</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Tarihi Türk Yazı Dilleri Grameri</t>
+          <t>Bektaşi Sırrı 1 - 2</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>458</v>
+        <v>193</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059408370</t>
+          <t>9786054646432</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kara Bir Gün</t>
+          <t>Klasik Dönem Osmanlı Nazmı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>152</v>
+        <v>784</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059408738</t>
+          <t>9786054646425</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türklerinde Bir Bilge Prof. Dr . S. Mahmut Kaşgarlı Armağanı</t>
+          <t>Kadircan Kaflı ve Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>428</v>
+        <v>213</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059408783</t>
+          <t>9786057898135</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İbnü Mühenna Lügati (Türkçe Kısmı)</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu (1950-1980)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059100878</t>
+          <t>9786057898159</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>12 Mart’ın Gölgesinde Türk Şiiri</t>
+          <t>Türkiye'de Edebiyat Toplulukları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>237</v>
+        <v>224</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059408059</t>
+          <t>9786057898142</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Tiyatrosu</t>
+          <t>Türk Edebiyatında Gelenekten Moderne Değişim (1718-1895)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>336</v>
+        <v>254</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057898081</t>
+          <t>9786059408400</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Erkeklik ve Milliyetçilik (1908-1923)</t>
+          <t>Karşılaştırmalı Tarihi Türk Yazı Dilleri Grameri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>356</v>
+        <v>458</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057898005</t>
+          <t>9786059408370</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mecmu'ü't-Tevarih</t>
+          <t>Kara Bir Gün</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>397</v>
+        <v>152</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057898074</t>
+          <t>9786059408738</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>"Kurmaca Bedenler" Türk romanında Bir Söylem Biçimi Olarak Beden (1923-1980)</t>
+          <t>Uygur Türklerinde Bir Bilge Prof. Dr . S. Mahmut Kaşgarlı Armağanı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>315</v>
+        <v>428</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059408660</t>
+          <t>9786059408783</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Son Basamak - Gülsüm Niyazi</t>
+          <t>İbnü Mühenna Lügati (Türkçe Kısmı)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>196</v>
+        <v>295</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059408622</t>
+          <t>9786059100878</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Turk'ten Senglah'a Türkçe</t>
+          <t>12 Mart’ın Gölgesinde Türk Şiiri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>662</v>
+        <v>237</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059408769</t>
+          <t>9786059408059</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay Anlatılarında Bağlam-sızlık</t>
+          <t>Geleneksel Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>254</v>
+        <v>336</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059408448</t>
+          <t>9786057898081</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aykırı ve Şair İlhan Berk</t>
+          <t>Türk Romanında Erkeklik ve Milliyetçilik (1908-1923)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>476</v>
+        <v>356</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059408455</t>
+          <t>9786057898005</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Siyah</t>
+          <t>Mecmu'ü't-Tevarih</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>193</v>
+        <v>397</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059408332</t>
+          <t>9786057898074</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mesneviyi Gazelle Okumak</t>
+          <t>"Kurmaca Bedenler" Türk romanında Bir Söylem Biçimi Olarak Beden (1923-1980)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257698177</t>
+          <t>9786059408660</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Kavramlarıyla Türkçe Dilbilgisi</t>
+          <t>Son Basamak - Gülsüm Niyazi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>568</v>
+        <v>196</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059408097</t>
+          <t>9786059408622</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harzemşah</t>
+          <t>Divanu Lugati't-Turk'ten Senglah'a Türkçe</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>357</v>
+        <v>662</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059408110</t>
+          <t>9786059408769</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Oğuz Atay Anlatılarında Bağlam-sızlık</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>224</v>
+        <v>254</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059408103</t>
+          <t>9786059408448</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Aykırı ve Şair İlhan Berk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>315</v>
+        <v>476</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059408363</t>
+          <t>9786059408455</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Nesne Tekrarlı Fiiller</t>
+          <t>Acıdan Siyah</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>458</v>
+        <v>193</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059408295</t>
+          <t>9786059408332</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Masa Yetiyor Bana</t>
+          <t>Mesneviyi Gazelle Okumak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059408288</t>
+          <t>9786257698177</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Röportajlar</t>
+          <t>Dilbilim Kavramlarıyla Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>237</v>
+        <v>568</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059100939</t>
+          <t>9786059408097</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Biyografik Anlatı ve Romanlar</t>
+          <t>Celaleddin Harzemşah</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>295</v>
+        <v>357</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059408752</t>
+          <t>9786059408110</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çin Medeniyeti: Tarih, Kültür, Edebiyat, Felsefe</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>703</v>
+        <v>224</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059408721</t>
+          <t>9786059408103</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Duygu Estetiği</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>298</v>
+        <v>315</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059408431</t>
+          <t>9786059408363</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi Tarihi</t>
+          <t>Türkçede Nesne Tekrarlı Fiiller</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>399</v>
+        <v>458</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059408349</t>
+          <t>9786059408295</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Şiir Çözümlemeleri</t>
+          <t>Bir Masa Yetiyor Bana</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>274</v>
+        <v>237</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054646487</t>
+          <t>9786059408288</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha</t>
+          <t>Bitmeyen Röportajlar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>983</v>
+        <v>237</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059100885</t>
+          <t>9786059100939</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Silahdar-Zade</t>
+          <t>Türk Edebiyatında Biyografik Anlatı ve Romanlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>346</v>
+        <v>295</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059408172</t>
+          <t>9786059408752</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin Kısa Hikayeleri</t>
+          <t>Çin Medeniyeti: Tarih, Kültür, Edebiyat, Felsefe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>315</v>
+        <v>703</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059408165</t>
+          <t>9786059408721</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dil Yarası</t>
+          <t>Duygu Estetiği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>272</v>
+        <v>298</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059408158</t>
+          <t>9786059408431</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Edebiyat: Babasının Kızı Olmak</t>
+          <t>Türkçe Öğretimi Tarihi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>315</v>
+        <v>399</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059408189</t>
+          <t>9786059408349</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Edebiyat: Kendini Yazmak</t>
+          <t>Türk Dünyası Edebiyatları Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>315</v>
+        <v>274</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059408141</t>
+          <t>9786054646487</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Roman</t>
+          <t>Yusuf u Züleyha</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>337</v>
+        <v>983</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059100540</t>
+          <t>9786059100885</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Deyim Varlığı</t>
+          <t>Tezkire-i Silahdar-Zade</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>655</v>
+        <v>346</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059100557</t>
+          <t>9786059408172</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı 1 (Şiir-Roman)</t>
+          <t>Deyimlerin Kısa Hikayeleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>440</v>
+        <v>315</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059408523</t>
+          <t>9786059408165</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Serçe Yüreği</t>
+          <t>Dil Yarası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>193</v>
+        <v>272</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059408387</t>
+          <t>9786059408158</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Köktürkçe ve Eski Uygurca Dersleri</t>
+          <t>Kadın ve Edebiyat: Babasının Kızı Olmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>612</v>
+        <v>315</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059408271</t>
+          <t>9786059408189</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gizemli İlimleri 1</t>
+          <t>Kadın ve Edebiyat: Kendini Yazmak</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>274</v>
+        <v>315</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059408264</t>
+          <t>9786059408141</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Klasik Türk Edebiyatı</t>
+          <t>Tarih ve Roman</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>356</v>
+        <v>337</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059100830</t>
+          <t>9786059100540</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ya Kebikeç</t>
+          <t>Türkçenin Deyim Varlığı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>538</v>
+        <v>655</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059100816</t>
+          <t>9786059100557</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kütahyalı Vasfi Divanı</t>
+          <t>Yeni Türk Edebiyatı 1 (Şiir-Roman)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059100809</t>
+          <t>9786059408523</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Lutfullah Hazım ve Divançesi</t>
+          <t>Serçe Yüreği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>295</v>
+        <v>193</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059100618</t>
+          <t>9786059408387</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Rüya</t>
+          <t>Köktürkçe ve Eski Uygurca Dersleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>264</v>
+        <v>612</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059100564</t>
+          <t>9786059408271</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anlamlandırma Süreçleri</t>
+          <t>Osmanlı’nın Gizemli İlimleri 1</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059100571</t>
+          <t>9786059408264</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın Olmak</t>
+          <t>Sorularla Klasik Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>292</v>
+        <v>356</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059100472</t>
+          <t>9786059100830</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname (Kazan Nüshası)</t>
+          <t>Ya Kebikeç</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>879</v>
+        <v>538</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059100373</t>
+          <t>9786059100816</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi ve Kuvvetler Ayrılığı Tartışmaları</t>
+          <t>Kütahyalı Vasfi Divanı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>377</v>
+        <v>285</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059100915</t>
+          <t>9786059100809</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Azerbaycan Şairi Memmed Aslan</t>
+          <t>Kilisli Lutfullah Hazım ve Divançesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>201</v>
+        <v>295</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059408301</t>
+          <t>9786059100618</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Konuşma Dili</t>
+          <t>Soğuk Rüya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>458</v>
+        <v>264</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059408202</t>
+          <t>9786059100564</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çin Modern Edebiyatı Deneme Eserleri Seçkisi</t>
+          <t>Anlamlandırma Süreçleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>183</v>
+        <v>274</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059408240</t>
+          <t>9786059100571</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan'ın Metafor Dünyası</t>
+          <t>Türkiye'de Kadın Olmak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>439</v>
+        <v>292</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059100120</t>
+          <t>9786059100472</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Sırrı 3 - 4</t>
+          <t>Oğuzname (Kazan Nüshası)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>193</v>
+        <v>879</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059408080</t>
+          <t>9786059100373</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kıyısında Bir Ömür Nurullah Ataç</t>
+          <t>Başkanlık Sistemi ve Kuvvetler Ayrılığı Tartışmaları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>234</v>
+        <v>377</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059408066</t>
+          <t>9786059100915</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Tiyatrosu</t>
+          <t>Çağdaş Azerbaycan Şairi Memmed Aslan</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>346</v>
+        <v>201</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059100977</t>
+          <t>9786059408301</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Düstur-ı Şahi fi-Hikayet-i Padişahi</t>
+          <t>Osmanlı Konuşma Dili</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>397.2</v>
+        <v>458</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059100823</t>
+          <t>9786059408202</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tatar Nesri ve Romantizm Estetiği</t>
+          <t>Çin Modern Edebiyatı Deneme Eserleri Seçkisi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>235</v>
+        <v>183</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054646494</t>
+          <t>9786059408240</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Şehit Şair Süleyman Uluçamgil</t>
+          <t>Pir-i Türkistan'ın Metafor Dünyası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>193</v>
+        <v>439</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059100717</t>
+          <t>9786059100120</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tedrisat-ı Edebiyyeden Nazm ve Eşkal-i Nazım</t>
+          <t>Bektaşi Sırrı 3 - 4</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>241</v>
+        <v>193</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059100687</t>
+          <t>9786059408080</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Sözlü ve Yazılı Anlatım Bilgileri</t>
+          <t>Şiirin Kıyısında Bir Ömür Nurullah Ataç</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>310</v>
+        <v>234</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059100526</t>
+          <t>9786059408066</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Rika Metinlerini Okumaya Giriş</t>
+          <t>Modern Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>583</v>
+        <v>346</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059100502</t>
+          <t>9786059100977</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Tevfik Fikret</t>
+          <t>Kitab-ı Düstur-ı Şahi fi-Hikayet-i Padişahi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>265</v>
+        <v>397.2</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059100533</t>
+          <t>9786059100823</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nesimi ve Hurufilik Kitabı</t>
+          <t>Tatar Nesri ve Romantizm Estetiği</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>356</v>
+        <v>235</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059100519</t>
+          <t>9786054646494</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Trajedi</t>
+          <t>Kıbrıslı Şehit Şair Süleyman Uluçamgil</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>254</v>
+        <v>193</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059100663</t>
+          <t>9786059100717</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Doğu Afrika'da Osmanlılar ve İtalyanlar</t>
+          <t>Tedrisat-ı Edebiyyeden Nazm ve Eşkal-i Nazım</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>367</v>
+        <v>241</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059408028</t>
+          <t>9786059100687</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>8 - 16 Yüzyıllar Arasında Türkçenin Sözcük Dağarcığı</t>
+          <t>Herkes İçin Sözlü ve Yazılı Anlatım Bilgileri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>703</v>
+        <v>310</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059100656</t>
+          <t>9786059100526</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar: Trajik Bir Şair ve Şiiri</t>
+          <t>Osmanlı Türkçesi Rika Metinlerini Okumaya Giriş</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>254</v>
+        <v>583</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059100779</t>
+          <t>9786059100502</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sara ve Cehennem Yolcuları</t>
+          <t>Ölümünün 100. Yılında Tevfik Fikret</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059100496</t>
+          <t>9786059100533</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Olumsuzluk</t>
+          <t>Nesimi ve Hurufilik Kitabı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>254</v>
+        <v>356</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059100465</t>
+          <t>9786059100519</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Tevhidler</t>
+          <t>Şair ve Trajedi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>538</v>
+        <v>254</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059100748</t>
+          <t>9786059100663</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin İslam Ülkelerini Parçalama Politikası ve İran</t>
+          <t>19. Yüzyılda Doğu Afrika'da Osmanlılar ve İtalyanlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>492</v>
+        <v>367</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059100298</t>
+          <t>9786059408028</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Şem’i Şerh-i Mantıku’t-Tayr</t>
+          <t>8 - 16 Yüzyıllar Arasında Türkçenin Sözcük Dağarcığı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>999</v>
+        <v>703</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>4440000001559</t>
+          <t>9786059100656</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti</t>
+          <t>Tanpınar: Trajik Bir Şair ve Şiiri</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>254</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059408257</t>
+          <t>9786059100779</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Ashabü'l-Kehf</t>
+          <t>Sara ve Cehennem Yolcuları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>458</v>
+        <v>275</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059100380</t>
+          <t>9786059100496</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kemaliye Ağzı</t>
+          <t>Türk Dilinde Olumsuzluk</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>458</v>
+        <v>254</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054646845</t>
+          <t>9786059100465</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Hikmet (İbni Sina’nın Maceraları)</t>
+          <t>Türk Edebiyatında Manzum Tevhidler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>376</v>
+        <v>538</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054646838</t>
+          <t>9786059100748</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Roman Analizi</t>
+          <t>İngilizlerin İslam Ülkelerini Parçalama Politikası ve İran</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>337</v>
+        <v>492</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054646463</t>
+          <t>9786059100298</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Bibliyografyası</t>
+          <t>Şem’i Şerh-i Mantıku’t-Tayr</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>362</v>
+        <v>999</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059408073</t>
+          <t>4440000001559</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri</t>
+          <t>Hukuk Devleti</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>987</v>
+        <v>254</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059408004</t>
+          <t>9786059408257</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kuman Bilmeceleri Üzerine Notlar</t>
+          <t>Kıssa-i Ashabü'l-Kehf</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>254</v>
+        <v>458</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059408011</t>
+          <t>9786059100380</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Hikaye Çözümlemeleri</t>
+          <t>Kemaliye Ağzı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>295</v>
+        <v>458</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059100205</t>
+          <t>9786054646845</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'te Savlar ve Kültürel Kavramlaştırma</t>
+          <t>Esrar-ı Hikmet (İbni Sina’nın Maceraları)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>271</v>
+        <v>376</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059100274</t>
+          <t>9786054646838</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Gaibi Kurcalayan Çilingir Necip Fazıl Kısakürek</t>
+          <t>Roman Analizi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>389</v>
+        <v>337</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059100267</t>
+          <t>9786054646463</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Müntahabat  Bedayi-i Edebiyye</t>
+          <t>Eski Anadolu Türkçesi Bibliyografyası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>351</v>
+        <v>362</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059100649</t>
+          <t>9786059408073</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirin Benzetme Ve Hayal Dünyasından</t>
+          <t>Çağdaş Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>458</v>
+        <v>987</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059100397</t>
+          <t>9786059408004</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Peyami Edebide Edebi Tenkit</t>
+          <t>Kuman Bilmeceleri Üzerine Notlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>172</v>
+        <v>254</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059100366</t>
+          <t>9786059408011</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Lehçe İçi Aktarma Yöntemleri</t>
+          <t>Türk Dünyası Edebiyatları Hikaye Çözümlemeleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>376</v>
+        <v>295</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059100359</t>
+          <t>9786059100205</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan’ın Yer Adları</t>
+          <t>Divanu Lugati't-Türk'te Savlar ve Kültürel Kavramlaştırma</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>336</v>
+        <v>271</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059100281</t>
+          <t>9786059100274</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Destan Etkisi</t>
+          <t>Gaibi Kurcalayan Çilingir Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>376</v>
+        <v>389</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059100458</t>
+          <t>9786059100267</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Okumalar</t>
+          <t>Müntahabat  Bedayi-i Edebiyye</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>336</v>
+        <v>351</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059100601</t>
+          <t>9786059100649</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Muhan Bali’ye Mektuplar</t>
+          <t>Divan Şiirin Benzetme Ve Hayal Dünyasından</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>213</v>
+        <v>458</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054646920</t>
+          <t>9786059100397</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Visalizade Arif ve Divanı</t>
+          <t>Peyami Edebide Edebi Tenkit</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>254</v>
+        <v>172</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054646913</t>
+          <t>9786059100366</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Taşlıcalı Yahya Bey Gencine-i Raz</t>
+          <t>Lehçe İçi Aktarma Yöntemleri</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>376</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054646739</t>
+          <t>9786059100359</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mişer - Tatar Türkçesi</t>
+          <t>Doğu Türkistan’ın Yer Adları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>699</v>
+        <v>336</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054646296</t>
+          <t>9786059100281</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzde Ayet ve Hadisler (Ciltli)</t>
+          <t>Türk Romanında Destan Etkisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>973</v>
+        <v>376</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054646975</t>
+          <t>9786059100458</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kilisli Zihni Divanı</t>
+          <t>Yazınsal Okumalar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>376</v>
+        <v>336</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054646951</t>
+          <t>9786059100601</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Güzide : Akaidü’l-İslam</t>
+          <t>Muhan Bali’ye Mektuplar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>604</v>
+        <v>213</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054646968</t>
+          <t>9786054646920</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Değişme Ritüelleri</t>
+          <t>Visalizade Arif ve Divanı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>235</v>
+        <v>254</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054646807</t>
+          <t>9786054646913</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Selçuk Baran Öykücülüğü</t>
+          <t>Taşlıcalı Yahya Bey Gencine-i Raz</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>356</v>
+        <v>376</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054646999</t>
+          <t>9786054646739</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Hikayemiz</t>
+          <t>Mişer - Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>496</v>
+        <v>699</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054646449</t>
+          <t>9786054646296</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesi</t>
+          <t>Kültürümüzde Ayet ve Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>597</v>
+        <v>973</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257698498</t>
+          <t>9786054646975</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Şarkılar (Ciltli)</t>
+          <t>Kilisli Zihni Divanı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>355</v>
+        <v>376</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257698504</t>
+          <t>9786054646951</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Şarkılar</t>
+          <t>Kitab-ı Güzide : Akaidü’l-İslam</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>315</v>
+        <v>604</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257698276</t>
+          <t>9786054646968</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap, Fars ve Türk Edebiyatı İncelemeleri (2 Cilt Takım)</t>
+          <t>Türk Romanında Değişme Ritüelleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>998</v>
+        <v>235</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257698436</t>
+          <t>9786054646807</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ömer Necmi Efendi Farsça Divançe</t>
+          <t>Selçuk Baran Öykücülüğü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>306</v>
+        <v>356</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257698184</t>
+          <t>9786054646999</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Recaizade Mahmut Ekrem Bey Hayatı ve Asarı</t>
+          <t>Yaşayan Hikayemiz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>231</v>
+        <v>496</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257698191</t>
+          <t>9786054646449</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türk Salgın Öyküleri: Salgın Edebiyatına Giriş</t>
+          <t>Çağatay Türkçesi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>265</v>
+        <v>597</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057898616</t>
+          <t>9786257698498</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Yeniliğinin Retorik Problemleri</t>
+          <t>Ömürlük Şarkılar (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>315</v>
+        <v>355</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257698382</t>
+          <t>9786257698504</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hafızası</t>
+          <t>Ömürlük Şarkılar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>254</v>
+        <v>315</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257698566</t>
+          <t>9786257698276</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Biçim Bilgisi - 1</t>
+          <t>Klasik Arap, Fars ve Türk Edebiyatı İncelemeleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>565</v>
+        <v>998</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257698481</t>
+          <t>9786257698436</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında İsyan ve Başkaldırı</t>
+          <t>Ömer Necmi Efendi Farsça Divançe</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>717</v>
+        <v>306</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257698450</t>
+          <t>9786257698184</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kültür Benlik</t>
+          <t>Recaizade Mahmut Ekrem Bey Hayatı ve Asarı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>254</v>
+        <v>231</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257698467</t>
+          <t>9786257698191</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri İçin Osmanlı Türkçesi ile Dini Metinler</t>
+          <t>Türk Salgın Öyküleri: Salgın Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>519</v>
+        <v>265</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257698603</t>
+          <t>9786057898616</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yapılan Çalışmalarda Orhon Yazıtları’nı Okuma ve Yorumlama Farklılıkları</t>
+          <t>Tanzimat Yeniliğinin Retorik Problemleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054646234</t>
+          <t>9786257698382</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Publisist Sözün Kudreti</t>
+          <t>Suyun Hafızası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>195</v>
+        <v>254</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057898814</t>
+          <t>9786257698566</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek’in Şiirleri ve Şiirlerindeki Değişmeler</t>
+          <t>Türkiye Türkçesi Biçim Bilgisi - 1</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>511</v>
+        <v>565</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057898937</t>
+          <t>9786257698481</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hafız Nuri Efendi’nin Terceme-i Ahvali</t>
+          <t>Türk Dünyasında İsyan ve Başkaldırı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>244</v>
+        <v>717</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057898883</t>
+          <t>9786257698450</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Asallaşan Şiir: Makine ve İnsan İsmet Özel</t>
+          <t>Oyun Kültür Benlik</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>193</v>
+        <v>254</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257698047</t>
+          <t>9786257698467</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Dönemi Roman Okumaları</t>
+          <t>İlahiyat Fakülteleri İçin Osmanlı Türkçesi ile Dini Metinler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>384</v>
+        <v>519</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257698252</t>
+          <t>9786257698603</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Şehadet</t>
+          <t>Türkiye’de Yapılan Çalışmalarda Orhon Yazıtları’nı Okuma ve Yorumlama Farklılıkları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257698269</t>
+          <t>9786054646234</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İkidillilik ve İkidilli Çocukların Eğitimi</t>
+          <t>Publisist Sözün Kudreti</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>394</v>
+        <v>195</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054117833</t>
+          <t>9786057898814</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
+          <t>Necip Fazıl Kısakürek’in Şiirleri ve Şiirlerindeki Değişmeler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>193</v>
+        <v>511</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057898845</t>
+          <t>9786057898937</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri (2 Cilt Takım)</t>
+          <t>Hafız Nuri Efendi’nin Terceme-i Ahvali</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>999</v>
+        <v>244</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057898289</t>
+          <t>9786057898883</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dilbilimsel Antropoloji</t>
+          <t>Asallaşan Şiir: Makine ve İnsan İsmet Özel</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>519</v>
+        <v>193</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057898432</t>
+          <t>9786257698047</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Entellektüel Mirası Kutadgu Bilig</t>
+          <t>Servet-i Fünun Dönemi Roman Okumaları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>478</v>
+        <v>384</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257698399</t>
+          <t>9786257698252</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Mümtaz Bir Şair Arif Eren</t>
+          <t>Türk Şiirinde Şehadet</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257698139</t>
+          <t>9786257698269</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar ve Umutlar</t>
+          <t>İkidillilik ve İkidilli Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>142</v>
+        <v>394</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257698207</t>
+          <t>9786054117833</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkiye Türkçesi Şekil Bilgisi</t>
+          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>594</v>
+        <v>193</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057898784</t>
+          <t>9786057898845</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Türk Dili ve Yazma Sanatı</t>
+          <t>Çağdaş Türk Lehçeleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>511</v>
+        <v>999</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057898807</t>
+          <t>9786057898289</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ses Bilgisi</t>
+          <t>Dilbilimsel Antropoloji</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>478</v>
+        <v>519</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057898838</t>
+          <t>9786057898432</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gazel Felsefesi</t>
+          <t>Türklerin Entellektüel Mirası Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>513</v>
+        <v>478</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057898630</t>
+          <t>9786257698399</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Acı ve Gölge</t>
+          <t>Bütün Yönleriyle Mümtaz Bir Şair Arif Eren</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>174</v>
+        <v>235</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059408608</t>
+          <t>9786257698139</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçmeler</t>
+          <t>Ağıtlar ve Umutlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>295</v>
+        <v>142</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057898623</t>
+          <t>9786257698207</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Orjinal Metin)</t>
+          <t>Uygulamalı Türkiye Türkçesi Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>294</v>
+        <v>594</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257698214</t>
+          <t>9786057898784</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferit Kam ve Kudema</t>
+          <t>Üniversitelerde Türk Dili ve Yazma Sanatı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>244</v>
+        <v>511</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054117710</t>
+          <t>9786057898807</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Romancı Burhan Cahit Morkaya</t>
+          <t>Türkiye Türkçesi Ses Bilgisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>302</v>
+        <v>478</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054117437</t>
+          <t>9786057898838</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilgisine Giriş</t>
+          <t>Gazel Felsefesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>254</v>
+        <v>513</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054646388</t>
+          <t>9786057898630</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde İyelik Olgusu</t>
+          <t>Acı ve Gölge</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>321</v>
+        <v>174</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054117307</t>
+          <t>9786059408608</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Söz Dizimi</t>
+          <t>Ömer Seyfettin'den Seçmeler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054117451</t>
+          <t>9786057898623</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliğinin Yeniden İnşaası Bağlamında Ziya Gökalp</t>
+          <t>İntibah (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>247</v>
+        <v>294</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054646357</t>
+          <t>9786257698214</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Çocuk</t>
+          <t>Ömer Ferit Kam ve Kudema</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>295</v>
+        <v>244</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054646333</t>
+          <t>9786054117710</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret’in Şiirlerinde Mekan ve Algı</t>
+          <t>Unutulmuş Bir Romancı Burhan Cahit Morkaya</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>274</v>
+        <v>302</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054117543</t>
+          <t>9786054117437</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçeleri; Karahanlıca, Harezmce, Kıpçakça Dersleri</t>
+          <t>Türklük Bilgisine Giriş</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>568</v>
+        <v>254</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054117802</t>
+          <t>9786054646388</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Bugüne Yeni Türk Edebiyatı Şiir Çözümlemeleri</t>
+          <t>Türkiye Türkçesinde İyelik Olgusu</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>432</v>
+        <v>321</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054646203</t>
+          <t>9786054117307</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Şairin Sahneye Düşen Gölgesi</t>
+          <t>Türkçenin Söz Dizimi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>594</v>
+        <v>315</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054117109</t>
+          <t>9786054117451</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Türkçe Üstüne</t>
+          <t>Türk Kimliğinin Yeniden İnşaası Bağlamında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>298</v>
+        <v>247</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054646173</t>
+          <t>9786054646357</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Türk Edebiyatında Çocuk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>231</v>
+        <v>295</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054117444</t>
+          <t>9786054646333</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Selanik Düştü</t>
+          <t>Tevfik Fikret’in Şiirlerinde Mekan ve Algı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>255</v>
+        <v>274</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054117727</t>
+          <t>9786054117543</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sadi ile Sudi Arasında Gülistan Şerhi’nden Seçmeler</t>
+          <t>Tarihi Türk Lehçeleri; Karahanlıca, Harezmce, Kıpçakça Dersleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>224</v>
+        <v>568</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054117826</t>
+          <t>9786054117802</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Roman Sanatı ve Toplum</t>
+          <t>Tanzimat’tan Bugüne Yeni Türk Edebiyatı Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>193</v>
+        <v>432</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054646180</t>
+          <t>9786054646203</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Görsel Şiirleri</t>
+          <t>Şairin Sahneye Düşen Gölgesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>192</v>
+        <v>594</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054117338</t>
+          <t>9786054117109</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Dili</t>
+          <t>Sözüm Türkçe Üstüne</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>175</v>
+        <v>298</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054646326</t>
+          <t>9786054646173</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Seçme Metinler</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>274</v>
+        <v>231</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054117093</t>
+          <t>9786054117444</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kılavuzu 2</t>
+          <t>Selanik Düştü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>647</v>
+        <v>255</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054117086</t>
+          <t>9786054117727</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kılavuzu 1</t>
+          <t>Sadi ile Sudi Arasında Gülistan Şerhi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>647</v>
+        <v>224</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054646074</t>
+          <t>9786054117826</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Nisvan-ı İslam</t>
+          <t>Roman Sanatı ve Toplum</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>163</v>
+        <v>193</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054117550</t>
+          <t>9786054646180</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Nergisi ve Nihalistan’ı</t>
+          <t>Osmanlının Görsel Şiirleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>346</v>
+        <v>192</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054117505</t>
+          <t>9786054117338</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Nali Divanı</t>
+          <t>Osmanlı'nın Dili</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>233</v>
+        <v>175</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054117116</t>
+          <t>9786054646326</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Osmanlı Türkçesi Seçme Metinler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>306</v>
+        <v>274</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054646067</t>
+          <t>9786054117093</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Levayih-i Hayat</t>
+          <t>Osmanlı Türkçesi Kılavuzu 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>163</v>
+        <v>647</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054646098</t>
+          <t>9786054117086</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kosova Zaferi Ankara Hezimeti</t>
+          <t>Osmanlı Türkçesi Kılavuzu 1</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>176</v>
+        <v>647</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054117772</t>
+          <t>9786054646074</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Nesri</t>
+          <t>Nisvan-ı İslam</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>462</v>
+        <v>163</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054646197</t>
+          <t>9786054117550</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinin Söz Dizimi</t>
+          <t>Nergisi ve Nihalistan’ı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>243</v>
+        <v>346</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054117147</t>
+          <t>9786054117505</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Konuşuyor</t>
+          <t>Nali Divanı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>194</v>
+        <v>233</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054117994</t>
+          <t>9786054117116</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kentin Haberi Yok</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>185</v>
+        <v>306</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054117703</t>
+          <t>9786054646067</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesinde Fiil İstemleri</t>
+          <t>Levayih-i Hayat</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>317</v>
+        <v>163</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054117918</t>
+          <t>9786054646098</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Ağızları 2</t>
+          <t>Kosova Zaferi Ankara Hezimeti</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>244</v>
+        <v>176</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054117864</t>
+          <t>9786054117772</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Ağızları 1</t>
+          <t>Klasik Dönem Osmanlı Nesri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>244</v>
+        <v>462</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054646364</t>
+          <t>9786054646197</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Nergisi Kanunu'r-Reşad</t>
+          <t>Kırgız Türkçesinin Söz Dizimi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>252</v>
+        <v>243</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054646128</t>
+          <t>9786054117147</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İstila-yı İslam</t>
+          <t>Kıbrıs Konuşuyor</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>163</v>
+        <v>194</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054646258</t>
+          <t>9786054117994</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İsmail Safa Mensiyyat (Tıpkı Basım)</t>
+          <t>Kentin Haberi Yok</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>132</v>
+        <v>185</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054646166</t>
+          <t>9786054117703</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hayek’in Liberalizm Anlayışı</t>
+          <t>Kazak Türkçesinde Fiil İstemleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>317</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054646050</t>
+          <t>9786054117918</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Karabağ Ağızları 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>163</v>
+        <v>244</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054646371</t>
+          <t>9786054117864</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Haveran-Name</t>
+          <t>Karabağ Ağızları 1</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054117956</t>
+          <t>9786054646364</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Günebakan</t>
+          <t>Nergisi Kanunu'r-Reşad</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>231</v>
+        <v>252</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054646319</t>
+          <t>9786054646128</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Geyiğin Laneti</t>
+          <t>İstila-yı İslam</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>122</v>
+        <v>163</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054646012</t>
+          <t>9786054646258</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Tenkit ve Teori</t>
+          <t>İsmail Safa Mensiyyat (Tıpkı Basım)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>572</v>
+        <v>132</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054117932</t>
+          <t>9786054646166</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dersleri</t>
+          <t>Hayek’in Liberalizm Anlayışı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>647</v>
+        <v>175</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057898609</t>
+          <t>9786054646050</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kader Kapıyı Böyle Çalar</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>194</v>
+        <v>163</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057898272</t>
+          <t>9786054646371</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Tebessüm</t>
+          <t>Haveran-Name</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>179</v>
+        <v>252</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257698337</t>
+          <t>9786054117956</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi ve Şefkat Ürpermesi</t>
+          <t>Günebakan</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>336</v>
+        <v>231</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057898579</t>
+          <t>9786054646319</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Romancısı Reşat Nuri Güntekin</t>
+          <t>Geyiğin Laneti</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>519</v>
+        <v>122</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057898401</t>
+          <t>9786054646012</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz'de Osmanlı - İngiliz Rekabeti ve Cidde Olayları</t>
+          <t>Eski Türk Edebiyatında Tenkit ve Teori</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>440</v>
+        <v>572</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057898777</t>
+          <t>9786054117932</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Taamların Faidesi ve Hastalıkların Tedavisi</t>
+          <t>Eski Anadolu Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>344</v>
+        <v>647</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057898166</t>
+          <t>9786057898609</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Namus</t>
+          <t>Kader Kapıyı Böyle Çalar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>236</v>
+        <v>194</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057898685</t>
+          <t>9786057898272</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yazmalara Göre Kerem İle Aslı Hikayesi ve Raif Yelkenci Nüshası</t>
+          <t>Hüzün ve Tebessüm</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>315</v>
+        <v>179</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057898753</t>
+          <t>9786257698337</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu Üzerine Araştırmalar</t>
+          <t>Bir Sevgi ve Şefkat Ürpermesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>356</v>
+        <v>336</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057898760</t>
+          <t>9786057898579</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Şair Yanım</t>
+          <t>Bir Kültür Romancısı Reşat Nuri Güntekin</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>142</v>
+        <v>519</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057898296</t>
+          <t>9786057898401</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Nöbetini Tutmak</t>
+          <t>Kızıldeniz'de Osmanlı - İngiliz Rekabeti ve Cidde Olayları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>172</v>
+        <v>440</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057898180</t>
+          <t>9786057898777</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ulusun Sahnedeki Öyküsü</t>
+          <t>Hadislerle Taamların Faidesi ve Hastalıkların Tedavisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057898203</t>
+          <t>9786057898166</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>David Lloyd George'un Birinci Dünya Savaşı Hatıralarında Türkiye</t>
+          <t>Namus</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>295</v>
+        <v>236</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257698146</t>
+          <t>9786057898685</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Vahit Türk Armağanı (Ciltli)</t>
+          <t>Yazmalara Göre Kerem İle Aslı Hikayesi ve Raif Yelkenci Nüshası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>795</v>
+        <v>315</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057898555</t>
+          <t>9786057898753</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Edib Harabi -Türk Tasavvuf Edebiyatı'ndan Seçmeler 10</t>
+          <t>Türk Tiyatrosu Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>234</v>
+        <v>356</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057898548</t>
+          <t>9786057898760</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sezayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 9</t>
+          <t>Şair Yanım</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>234</v>
+        <v>142</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057898531</t>
+          <t>9786057898296</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 8</t>
+          <t>Türkçenin Nöbetini Tutmak</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>234</v>
+        <v>172</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057898517</t>
+          <t>9786057898180</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sun'ullah-ı Gaybi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 6</t>
+          <t>Ulusun Sahnedeki Öyküsü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>234</v>
+        <v>337</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057898562</t>
+          <t>9786057898203</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 4</t>
+          <t>David Lloyd George'un Birinci Dünya Savaşı Hatıralarında Türkiye</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>234</v>
+        <v>295</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057898500</t>
+          <t>9786257698146</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan - Türk Tasavvuf Edebiyatı'ndan Seçmeler 5</t>
+          <t>Prof. Dr. Vahit Türk Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>234</v>
+        <v>795</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057898470</t>
+          <t>9786057898555</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Türk Tasavvuf Edebiyatı'ndan Seçmeler 1</t>
+          <t>Edib Harabi -Türk Tasavvuf Edebiyatı'ndan Seçmeler 10</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057898487</t>
+          <t>9786057898548</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 2</t>
+          <t>Hasan Sezayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 9</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057898494</t>
+          <t>9786057898531</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 3</t>
+          <t>İsmail Hakkı Bursevi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 8</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
+          <t>9786057898517</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Sun'ullah-ı Gaybi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 6</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057898562</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Mahmud Hüdayi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 4</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786057898500</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Ümmi Sinan - Türk Tasavvuf Edebiyatı'ndan Seçmeler 5</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786057898470</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre - Türk Tasavvuf Edebiyatı'ndan Seçmeler 1</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786057898487</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Seyyid Nesimi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 2</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786057898494</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Eşrefoğlu Rumi - Türk Tasavvuf Edebiyatı'ndan Seçmeler 3</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
           <t>9786057898524</t>
         </is>
       </c>
-      <c r="B419" s="1" t="inlineStr">
+      <c r="B425" s="1" t="inlineStr">
         <is>
           <t>Niyazi-i Mısri - Türk Tasavvuf Edebiyatı'ndan Seçmeler 7</t>
         </is>
       </c>
-      <c r="C419" s="1">
+      <c r="C425" s="1">
         <v>234</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>