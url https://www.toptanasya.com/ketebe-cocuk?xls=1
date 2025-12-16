--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3160 +85,3190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255888730</t>
+          <t>9786255888778</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kıpırdaşan Harfler (Ciltli)</t>
+          <t>İdilya – Renkli Rüyalar Kasabası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256792876</t>
+          <t>9786255695499</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Günlük 21 Günde Kutlu Belde</t>
+          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>147</v>
+        <v>399</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257303026</t>
+          <t>9786255888730</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilim Takvimi (Ajanda)</t>
+          <t>Kıpırdaşan Harfler (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257854603</t>
+          <t>9786256792876</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Patpat Kırıntı Yağmurunda</t>
+          <t>Kayıp Günlük 21 Günde Kutlu Belde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>15</v>
+        <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257854849</t>
+          <t>9786257303026</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Başladığı Gün (Ciltli)</t>
+          <t>Bilim Takvimi (Ajanda)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257303705</t>
+          <t>9786257854603</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra (Ciltli)</t>
+          <t>Patpat Kırıntı Yağmurunda</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257854412</t>
+          <t>9786257854849</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kalemika Yalnız Kaldığında</t>
+          <t>Savaşın Başladığı Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255888723</t>
+          <t>9786257303705</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Kaybolan Domates</t>
+          <t>Yağmurdan Sonra (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255888563</t>
+          <t>9786257854412</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hala Gelmedik mi?</t>
+          <t>Kalemika Yalnız Kaldığında</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>279</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255888747</t>
+          <t>9786255888723</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Uzayda Kaybolan Domates</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255929587</t>
+          <t>9786255888563</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Matematik Maceraları</t>
+          <t>Hala Gelmedik mi?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255888488</t>
+          <t>9786255888747</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Dayı (Ciltli)</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255888303</t>
+          <t>9786255929587</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bekle Beni Peynir Dağı (Ciltli)</t>
+          <t>Kanatlı Matematik Maceraları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256309920</t>
+          <t>9786255888488</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ile Pırpır – Ormandaki Kargaşa</t>
+          <t>İyi ki Varsın Dayı (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>249</v>
+        <v>499</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255888266</t>
+          <t>9786255888303</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Şey</t>
+          <t>Bekle Beni Peynir Dağı (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255929891</t>
+          <t>9786256309920</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Annemin Arabası (Ciltli)</t>
+          <t>Tarçın ile Pırpır – Ormandaki Kargaşa</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256910225</t>
+          <t>9786255888266</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Beklenmedik Bir Şey</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256309951</t>
+          <t>9786255929891</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Your Friend From Palestine</t>
+          <t>Annemin Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>516</v>
+        <v>399</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256309968</t>
+          <t>9786256910225</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ibn Khaldun A Desert Journey</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>387</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255888112</t>
+          <t>9786256309951</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Gözlüğün Sırrı</t>
+          <t>Your Friend From Palestine</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>239</v>
+        <v>660</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255929877</t>
+          <t>9786256309968</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çok Susadık!</t>
+          <t>Ibn Khaldun A Desert Journey</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>179</v>
+        <v>387</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256126244</t>
+          <t>9786255888112</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Nasıl Yakalanır</t>
+          <t>Turuncu Gözlüğün Sırrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256126268</t>
+          <t>9786255929877</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Nereye Saklanır</t>
+          <t>Çok Susadık!</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>349</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256126251</t>
+          <t>9786256126244</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bu Geyik Bana Ait</t>
+          <t>Bir Yıldız Nasıl Yakalanır</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255929570</t>
+          <t>9786256126268</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Hamlesi</t>
+          <t>Bir Yıldız Nereye Saklanır</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256126275</t>
+          <t>9786256126251</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şişenin İçindeki Kalp</t>
+          <t>Bu Geyik Bana Ait</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255929327</t>
+          <t>9786255929570</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güneş Nereye Kayboldu? (Ciltli)</t>
+          <t>Dostluk Hamlesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>349</v>
+        <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255998750</t>
+          <t>9786256126275</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Gizemi</t>
+          <t>Şişenin İçindeki Kalp</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255998798</t>
+          <t>9786255929327</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Geleceğim – Mescid-i Aksa’ya Yolculuk</t>
+          <t>Güneş Nereye Kayboldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>229</v>
+        <v>349</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255998620</t>
+          <t>9786255998750</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Children of Salik – Treasure Hunt (Ciltli)</t>
+          <t>Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>516</v>
+        <v>249</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255998767</t>
+          <t>9786255998798</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Sarıl (Ciltli)</t>
+          <t>Yeniden Geleceğim – Mescid-i Aksa’ya Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>399</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255998774</t>
+          <t>9786255998620</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’ye Kalpten Bir Mektup (Ciltli)</t>
+          <t>Children of Salik – Treasure Hunt (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>516</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255998781</t>
+          <t>9786255998767</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kim Oynayacak? (Ciltli)</t>
+          <t>Sarıl Sarıl (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255998576</t>
+          <t>9786255998774</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Su Altı Yaşamı Ansiklopedisi (Ciltli)</t>
+          <t>En Sevgili’ye Kalpten Bir Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>529</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255998064</t>
+          <t>9786255998781</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Benimle Kim Oynayacak? (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255998583</t>
+          <t>9786255998576</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Afacan ile Bilgin-Deniz Macerası</t>
+          <t>Çocuklar için Su Altı Yaşamı Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>219</v>
+        <v>529</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256495548</t>
+          <t>9786255998064</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğun Dostu</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>349</v>
+        <v>499</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256126749</t>
+          <t>9786255998583</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Renkler</t>
+          <t>Afacan ile Bilgin-Deniz Macerası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>129</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256126732</t>
+          <t>9786256495548</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Sayılar</t>
+          <t>Korkuluğun Dostu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256126756</t>
+          <t>9786256126749</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Şekiller</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Renkler</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256309883</t>
+          <t>9786256126732</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Zıtlıklar</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Sayılar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255998057</t>
+          <t>9786256126756</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sana Ne Oldu?</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Şekiller</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>309</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255998040</t>
+          <t>9786256309883</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşan’ın Büyük Sürprizi</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Zıtlıklar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255998071</t>
+          <t>9786255998057</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kanatları Altında</t>
+          <t>Sana Ne Oldu?</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>309</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256126978</t>
+          <t>9786255998040</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Filistinli Arkadaşın (Ciltli)</t>
+          <t>Küçük Tavşan’ın Büyük Sürprizi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>269</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256126961</t>
+          <t>9786255998071</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dostluk İçin Birkaç Tebeşir (Ciltli)</t>
+          <t>Annemin Kanatları Altında</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256309944</t>
+          <t>9786256126978</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Ötesinde</t>
+          <t>Merhaba, Ben Filistinli Arkadaşın (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256126329</t>
+          <t>9786256126961</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Çok Çok Gizli Hayatı</t>
+          <t>Dostluk İçin Birkaç Tebeşir (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256126336</t>
+          <t>9786256309944</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evimizdeki Muhteşem Fizik</t>
+          <t>Okyanusun Ötesinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>229</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256309609</t>
+          <t>9786256126329</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Böceklerin Çok Çok Gizli Hayatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256309890</t>
+          <t>9786256126336</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tavuk Zanneden Martı</t>
+          <t>Evimizdeki Muhteşem Fizik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>188</v>
+        <v>229</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256309975</t>
+          <t>9786256309609</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dut - Bir Tırtılın (Sevgi Dolu) Hikayesi</t>
+          <t>Pullar Savaşı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256698222</t>
+          <t>9786256309890</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ibn Sina In Pursuit of The Flying Man</t>
+          <t>Kendini Tavuk Zanneden Martı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>387</v>
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256698185</t>
+          <t>9786256309975</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dear Prophet Muhammad – A Letter To The Beloved</t>
+          <t>Dut - Bir Tırtılın (Sevgi Dolu) Hikayesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>516</v>
+        <v>299</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256698239</t>
+          <t>9786256698222</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Al- Ghazali When Cotton Touches Flame</t>
+          <t>Ibn Sina In Pursuit of The Flying Man</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>387</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256698208</t>
+          <t>9786256698185</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>More Hands</t>
+          <t>Dear Prophet Muhammad – A Letter To The Beloved</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>387</v>
+        <v>516</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256698215</t>
+          <t>9786256698239</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ibn Tufayl Alone on the Island of One’s Mind</t>
+          <t>Al- Ghazali When Cotton Touches Flame</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>387</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258094671</t>
+          <t>9786256698208</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Hezarfen</t>
+          <t>More Hands</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>149</v>
+        <v>470</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9772149467977</t>
+          <t>9786256698215</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zehir Gibi Kafalar (5 Kitap)</t>
+          <t>Ibn Tufayl Alone on the Island of One’s Mind</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1045</v>
+        <v>387</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256495838</t>
+          <t>9786258094671</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Robotlar Gerçekten Akıllı Mıdır?</t>
+          <t>Masal Krallığı - Hezarfen</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>209</v>
+        <v>149</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256910065</t>
+          <t>9772149467977</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar</t>
+          <t>Zehir Gibi Kafalar (5 Kitap)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>149</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258159103</t>
+          <t>9786256495838</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gazali ile Ateş ve Pamuk Arasında</t>
+          <t>Robotlar Gerçekten Akıllı Mıdır?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257303040</t>
+          <t>9786256910065</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tatlıçayırlar</t>
+          <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257014069</t>
+          <t>9786258159103</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Dedi Ki (Ciltli)</t>
+          <t>Gazali ile Ateş ve Pamuk Arasında</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258094862</t>
+          <t>9786257303040</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Kalbi (Ciltli)</t>
+          <t>Tatlıçayırlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257587204</t>
+          <t>9786257014069</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır (Ciltli)</t>
+          <t>Ağaç Dedi Ki (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256309425</t>
+          <t>9786258094862</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Şehirleri Atlası (Ciltli)</t>
+          <t>Bir Babanın Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>999</v>
+        <v>299</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256309364</t>
+          <t>9786257587204</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Durdurun!</t>
+          <t>Çıtır Çıtır (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256309616</t>
+          <t>9786256309425</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Süper Matemacikcik - Gagalamaç</t>
+          <t>İslam Şehirleri Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>199</v>
+        <v>999</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256309241</t>
+          <t>9786256309364</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Zamanı Durdurun!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256309234</t>
+          <t>9786256309616</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Beş Farklı Ayı</t>
+          <t>Süper Matemacikcik - Gagalamaç</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256698499</t>
+          <t>9786256309241</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ülkesi - Bedri Rahmi Eyüboğlu (Ciltli)</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256698147</t>
+          <t>9786256309234</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektubun Var!</t>
+          <t>Beş Farklı Ayı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256999275</t>
+          <t>9786256698499</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yiyen Olağanüstü Çocuk (Ciltli)</t>
+          <t>Sanat Ülkesi - Bedri Rahmi Eyüboğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256698871</t>
+          <t>9786256698147</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Kitap</t>
+          <t>Mektubun Var!</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256698505</t>
+          <t>9786256999275</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Afacan ile Bilgin - Kurtarma Operasyonu</t>
+          <t>Kitap Yiyen Olağanüstü Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>229</v>
+        <v>399</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256698178</t>
+          <t>9786256698871</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Olmaz Nur!</t>
+          <t>Dünyayı Kurtaran Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256698130</t>
+          <t>9786256698505</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ufacık</t>
+          <t>Afacan ile Bilgin - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256698154</t>
+          <t>9786256698178</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Gelmeden Önce (Ciltli)</t>
+          <t>Şimdi Olmaz Nur!</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9772149467969</t>
+          <t>9786256698130</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Karavanı Set</t>
+          <t>Ufacık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1490</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256495197</t>
+          <t>9786256698154</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar ve Kahverengi Valiz</t>
+          <t>Kardeşim Gelmeden Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256495180</t>
+          <t>9772149467969</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin ve Gizli Pelerin</t>
+          <t>Kahramanlar Karavanı Set</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256698192</t>
+          <t>9786256495197</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Diary</t>
+          <t>Halide Edip Adıvar ve Kahverengi Valiz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>366</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256792982</t>
+          <t>9786256495180</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Evimden Uzakta</t>
+          <t>Hasan Tahsin ve Gizli Pelerin</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256792432</t>
+          <t>9786256698192</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Çocuk</t>
+          <t>Ramadan Diary</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>199</v>
+        <v>366</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256792708</t>
+          <t>9786256792982</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ile Çölde Bir Seyahat</t>
+          <t>Evimden Uzakta</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256495562</t>
+          <t>9786256792432</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>On Dört Kurt (Ciltli)</t>
+          <t>Uzaya Giden Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256495579</t>
+          <t>9786256792708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Minik Balığım Fırfır (Ciltli)</t>
+          <t>İbn Haldun ile Çölde Bir Seyahat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9772149467979</t>
+          <t>9786256495562</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>O’nun Gibi Serisi</t>
+          <t>On Dört Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>845</v>
+        <v>299</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256792104</t>
+          <t>9786256495579</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kedi Müezza</t>
+          <t>Minik Balığım Fırfır (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256792111</t>
+          <t>9772149467979</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kafam Çiçek Çiçek</t>
+          <t>O’nun Gibi Serisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>169</v>
+        <v>845</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256792128</t>
+          <t>9786256792104</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sözler Koleksiyoncusu</t>
+          <t>Kedi Müezza</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256792135</t>
+          <t>9786256792111</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Oyuncaklar</t>
+          <t>Kafam Çiçek Çiçek</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256792142</t>
+          <t>9786256792128</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Babamın Dükkanı</t>
+          <t>Güzel Sözler Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256792005</t>
+          <t>9786256792135</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Masal Yorganı</t>
+          <t>Dünyayı Gezen Oyuncaklar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256910904</t>
+          <t>9786256792142</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Dolabı (Ciltli)</t>
+          <t>Babamın Dükkanı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256999268</t>
+          <t>9786256792005</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Yolu (Ciltli)</t>
+          <t>Masal Yorganı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>369</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256495111</t>
+          <t>9786256910904</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey ve Gönlübollar’ın Zaferi</t>
+          <t>Fırtına Dolabı (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256495166</t>
+          <t>9786256999268</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun ve Köyün Sivil Ordusu</t>
+          <t>Eve Dönüş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>149</v>
+        <v>369</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256495128</t>
+          <t>9786256495111</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam ve Kartopundan Devasa Bir Çığ</t>
+          <t>Şahin Bey ve Gönlübollar’ın Zaferi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256495104</t>
+          <t>9786256495166</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe ve Dağlardaki Yiğitler</t>
+          <t>Nene Hatun ve Köyün Sivil Ordusu</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256495142</t>
+          <t>9786256495128</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı ve Yenilmez Okyanus Zırhlısı</t>
+          <t>Sütçü İmam ve Kartopundan Devasa Bir Çığ</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256495159</t>
+          <t>9786256495104</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Onbaşı Nezahat ve Kızlı Alay</t>
+          <t>Yörük Ali Efe ve Dağlardaki Yiğitler</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256495531</t>
+          <t>9786256495142</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Serçekuş</t>
+          <t>Seyit Onbaşı ve Yenilmez Okyanus Zırhlısı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256495333</t>
+          <t>9786256495159</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hadi</t>
+          <t>Onbaşı Nezahat ve Kızlı Alay</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256495173</t>
+          <t>9786256495531</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Şiirin Gücü</t>
+          <t>Serçekuş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256495135</t>
+          <t>9786256495333</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sudanlı Musa ve Feda Edilmiş Bir Ömür</t>
+          <t>Hadi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256910898</t>
+          <t>9786256495173</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Motorlukuş</t>
+          <t>Mehmet Akif Ersoy ve Şiirin Gücü</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256910911</t>
+          <t>9786256495135</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sırlarla Dolu Şapkası</t>
+          <t>Sudanlı Musa ve Feda Edilmiş Bir Ömür</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256910706</t>
+          <t>9786256910898</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ile Uçan Adamın Peşinde</t>
+          <t>Motorlukuş</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256999282</t>
+          <t>9786256910911</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Takılı Kaldı (Ciltli)</t>
+          <t>Dedemin Sırlarla Dolu Şapkası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>369</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256910010</t>
+          <t>9786256910706</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Biruni</t>
+          <t>İbn Sina ile Uçan Adamın Peşinde</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257303446</t>
+          <t>9786256999282</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Sina</t>
+          <t>Takılı Kaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>149</v>
+        <v>369</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258486643</t>
+          <t>9786256910010</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Kuşçu Ali</t>
+          <t>Masal Krallığı - Biruni</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256910683</t>
+          <t>9786257303446</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gülücük</t>
+          <t>Masal Krallığı - Sina</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256910027</t>
+          <t>9786258486643</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Cezeri</t>
+          <t>Masal Krallığı - Kuşçu Ali</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258486902</t>
+          <t>9786256910683</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Heysem ve Baş Aşağı Oturan Kral</t>
+          <t>Gülücük</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9772149467964</t>
+          <t>9786256910027</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Masal Krallığı - Cezeri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>4470</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258486742</t>
+          <t>9786258486902</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Piri</t>
+          <t>Heysem ve Baş Aşağı Oturan Kral</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256910034</t>
+          <t>9772149467964</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Farabi</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>149</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256910041</t>
+          <t>9786258486742</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
+          <t>Masal Krallığı - Piri</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256910003</t>
+          <t>9786256910034</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Battani</t>
+          <t>Masal Krallığı - Farabi</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9772149467967</t>
+          <t>9786256910041</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler</t>
+          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1490</v>
+        <v>149</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256910171</t>
+          <t>9786256910003</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pasteur</t>
+          <t>Masal Krallığı - Battani</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256910164</t>
+          <t>9772149467967</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tesla</t>
+          <t>Parlak Fikirler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256910218</t>
+          <t>9786256910171</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>Pasteur</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9772149467965</t>
+          <t>9786256910164</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı</t>
+          <t>Tesla</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1490</v>
+        <v>149</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256910195</t>
+          <t>9786256910218</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kopernik</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256910232</t>
+          <t>9772149467965</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Edison</t>
+          <t>Masal Krallığı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256910201</t>
+          <t>9786256910195</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Graham bell</t>
+          <t>Kopernik</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256910157</t>
+          <t>9786256910232</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler</t>
+          <t>Edison</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9772149467966</t>
+          <t>9786256910201</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlham Kutusu</t>
+          <t>Graham bell</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1490</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256910249</t>
+          <t>9786256910157</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Arşimet</t>
+          <t>Wright Kardeşler</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256910188</t>
+          <t>9772149467966</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Newton</t>
+          <t>İlham Kutusu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256910140</t>
+          <t>9786256910249</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzetbegoviç</t>
+          <t>Arşimet</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256910102</t>
+          <t>9786256910188</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Newton</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256910126</t>
+          <t>9786256910140</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Aliya İzetbegoviç</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256910119</t>
+          <t>9786256910102</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hayao Miyazaki</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256910096</t>
+          <t>9786256910126</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256910133</t>
+          <t>9786256910119</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cahit Arf</t>
+          <t>Hayao Miyazaki</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256910072</t>
+          <t>9786256910096</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256910089</t>
+          <t>9786256910133</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler</t>
+          <t>Cahit Arf</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256910058</t>
+          <t>9786256910072</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - Bulutlarla Konuşan Adam</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256999985</t>
+          <t>9786256910089</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah</t>
+          <t>Ara Güler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256999992</t>
+          <t>9786256910058</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kitap Avcıları-Yunus Emre</t>
+          <t>Vecihi Hürkuş - Bulutlarla Konuşan Adam</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256999886</t>
+          <t>9786256999985</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Biricik Dünya’mız</t>
+          <t>Yürekdede ile Padişah</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256999879</t>
+          <t>9786256999992</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Mavi (Ciltli)</t>
+          <t>Kitap Avcıları-Yunus Emre</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>299</v>
+        <v>119</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256999053</t>
+          <t>9786256999886</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Son Oyuncak Mağarası</t>
+          <t>Biricik Dünya’mız</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256999671</t>
+          <t>9786256999879</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Alev Kuyruk (Ciltli)</t>
+          <t>En Güzel Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256999558</t>
+          <t>9786256999053</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade</t>
+          <t>Son Oyuncak Mağarası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256999541</t>
+          <t>9786256999671</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Alev Kuyruk (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>124</v>
+        <v>299</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256999527</t>
+          <t>9786256999558</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Katıraslan</t>
+          <t>Küçük Şehzade</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256999589</t>
+          <t>9786256999541</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakanlar</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>179</v>
+        <v>124</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256999534</t>
+          <t>9786256999527</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Komik mi?</t>
+          <t>Katıraslan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256999114</t>
+          <t>9786256999589</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Seyahatname'nin Peşinde</t>
+          <t>Ağaçkakanlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256999107</t>
+          <t>9786256999534</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Füreya Koral - Sanat Ülkesi 2 (Ciltli)</t>
+          <t>Komik mi?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256999121</t>
+          <t>9786256999114</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirentler</t>
+          <t>Evliya Çelebi - Seyahatname'nin Peşinde</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258159707</t>
+          <t>9786256999107</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Endişeler Kükreyince (Ciltli)</t>
+          <t>Füreya Koral - Sanat Ülkesi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258159691</t>
+          <t>9786256999121</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok El</t>
+          <t>Eğlenceli Labirentler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258159370</t>
+          <t>9786258159707</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Hayvan Hikayeleri (Ciltli)</t>
+          <t>Endişeler Kükreyince (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258159523</t>
+          <t>9786258159691</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kuş Ansiklopedisi (Ciltli)</t>
+          <t>Daha Çok El</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>529</v>
+        <v>299</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258159080</t>
+          <t>9786258159370</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Devasa Dinozorların Büyük Kitabı - Minik Dinozorların Küçük Kitabı (Ciltli)</t>
+          <t>Hayatımdan Hayvan Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>649</v>
+        <v>299</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258159097</t>
+          <t>9786258159523</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şimdi</t>
+          <t>Çocuklar İçin Kuş Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>299</v>
+        <v>529</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258094879</t>
+          <t>9786258159080</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Devrim Erbil - Sanat Ülkesi (Ciltli)</t>
+          <t>Devasa Dinozorların Büyük Kitabı - Minik Dinozorların Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>299</v>
+        <v>649</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258159325</t>
+          <t>9786258159097</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Gücüm Yok Ki! (Ciltli)</t>
+          <t>Şimdi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258486841</t>
+          <t>9786258094879</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kulübünüze Üye Olabilir Miyim?</t>
+          <t>Devrim Erbil - Sanat Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258094138</t>
+          <t>9786258159325</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Yolu (Ciltli)</t>
+          <t>Benim Süper Gücüm Yok Ki! (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258094268</t>
+          <t>9786258486841</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Kurt</t>
+          <t>Kulübünüze Üye Olabilir Miyim?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258094251</t>
+          <t>9786258094138</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Rüyaları</t>
+          <t>Eve Dönüş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258486926</t>
+          <t>9786258094268</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tam Bir İnatçı Keçi!</t>
+          <t>Ayı ve Kurt</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258486933</t>
+          <t>9786258094251</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ayaklarımın Altındaki Dünya</t>
+          <t>Çocukların Rüyaları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>629</v>
+        <v>349</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258486681</t>
+          <t>9786258486926</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kıpırdak</t>
+          <t>Tam Bir İnatçı Keçi!</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258486650</t>
+          <t>9786258486933</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Ve Kayıp Gülümsemesi</t>
+          <t>Ayaklarımın Altındaki Dünya</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>209</v>
+        <v>629</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258486483</t>
+          <t>9786258486681</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Devasa Deniz Hayvanlarının Büyük Kitabı &amp; Minik Deniz Hayvanlarının Küçük Kitabı (Ciltli)</t>
+          <t>Kıpır Kıpır Kıpırdak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>649</v>
+        <v>199</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258486407</t>
+          <t>9786258486650</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar (Ciltli)</t>
+          <t>Ağustos Ve Kayıp Gülümsemesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258486421</t>
+          <t>9786258486483</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arlo Uyuyamayan Aslan</t>
+          <t>Devasa Deniz Hayvanlarının Büyük Kitabı &amp; Minik Deniz Hayvanlarının Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>204</v>
+        <v>649</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258486117</t>
+          <t>9786258486407</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Volkanlar Neden Uyanıyor?</t>
+          <t>Tatlı Rüyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258486100</t>
+          <t>9786258486421</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Barış Treni</t>
+          <t>Arlo Uyuyamayan Aslan</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>299</v>
+        <v>204</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257303569</t>
+          <t>9786258486117</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Yavrularını Nasıl Büyütür? (Ciltli)</t>
+          <t>Volkanlar Neden Uyanıyor?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257587563</t>
+          <t>9786258486100</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Fil</t>
+          <t>Barış Treni</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257587594</t>
+          <t>9786257303569</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kaşifleri (Ciltli)</t>
+          <t>Hayvanlar Yavrularını Nasıl Büyütür? (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>529</v>
+        <v>299</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257587600</t>
+          <t>9786257587563</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Okulun İlk Günü</t>
+          <t>Hafızasını Kaybeden Fil</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257587570</t>
+          <t>9786257587594</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitapçı</t>
+          <t>Uzay Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>129</v>
+        <v>529</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257587587</t>
+          <t>9786257587600</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü İçin Bir Sığınak (Ciltli)</t>
+          <t>Okulun İlk Günü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257587181</t>
+          <t>9786257587570</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl ile Akıl Adasında Bir Başına</t>
+          <t>Kayıp Kitapçı</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257587198</t>
+          <t>9786257587587</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Neden Ateşi Var ?</t>
+          <t>Üzüntü İçin Bir Sığınak (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257587174</t>
+          <t>9786257587181</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Dedenin Kalbi (Ciltli)</t>
+          <t>İbn Tufeyl ile Akıl Adasında Bir Başına</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257587167</t>
+          <t>9786257587198</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Tehlikede! Onlara Nasıl Yardım Edebiliriz? (Ciltli)</t>
+          <t>Dünya’nın Neden Ateşi Var ?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257303712</t>
+          <t>9786257587174</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dokunmatik Ekranlar Neden Gıdıklanmaz ? (Ciltli)</t>
+          <t>Bir Dedenin Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257303729</t>
+          <t>9786257587167</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bitki Ansiklopedisi (Ciltli)</t>
+          <t>Hayvanlar Tehlikede! Onlara Nasıl Yardım Edebiliriz? (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>529</v>
+        <v>299</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257303354</t>
+          <t>9786257303712</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gölgem ve Ben (Ciltli)</t>
+          <t>Dokunmatik Ekranlar Neden Gıdıklanmaz ? (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>279</v>
+        <v>209</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257303439</t>
+          <t>9786257303729</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dünya Gezegeni (Ciltli)</t>
+          <t>Çocuklar İçin Bitki Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>529</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257303255</t>
+          <t>9786257303354</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Efe Meslek Seçiyor</t>
+          <t>Gölgem ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>179</v>
+        <v>279</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257303231</t>
+          <t>9786257303439</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Neden Kafamıza Düşmez?</t>
+          <t>Dünya Gezegeni (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>209</v>
+        <v>529</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257303224</t>
+          <t>9786257303255</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Devasa Hayvanların Büyük Kitabı - Minik Hayvanların Küçük Kitabı (Ciltli)</t>
+          <t>Efe Meslek Seçiyor</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>649</v>
+        <v>179</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257303033</t>
+          <t>9786257303231</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Bir Bahçe (Ciltli)</t>
+          <t>Yıldızlar Neden Kafamıza Düşmez?</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257854627</t>
+          <t>9786257303224</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Evimizdeki Canavar (Ciltli)</t>
+          <t>Devasa Hayvanların Büyük Kitabı - Minik Hayvanların Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>299</v>
+        <v>649</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257854856</t>
+          <t>9786257303033</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Rori’nin Evcil Hayvanı</t>
+          <t>Rengarenk Bir Bahçe (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257854863</t>
+          <t>9786257854627</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Sınıfı</t>
+          <t>Evimizdeki Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257854634</t>
+          <t>9786257854856</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Biri Sırtımı Kaşıyabilir Mi Lütfen?</t>
+          <t>Dinozor Rori’nin Evcil Hayvanı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257854610</t>
+          <t>9786257854863</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fero (Ciltli)</t>
+          <t>Afacanlar Sınıfı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057949608</t>
+          <t>9786257854634</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Komşudaki Tiyatro (Ciltli)</t>
+          <t>Biri Sırtımı Kaşıyabilir Mi Lütfen?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257854436</t>
+          <t>9786257854610</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Balina Bir Bavula Nasıl Sığar (Ciltli)</t>
+          <t>Postacı Fero (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257854429</t>
+          <t>9786057949608</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ayı Geldi (Ciltli)</t>
+          <t>Komşudaki Tiyatro (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257854443</t>
+          <t>9786257854436</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dikkatle Bak</t>
+          <t>Bir Balina Bir Bavula Nasıl Sığar (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050676280</t>
+          <t>9786257854429</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Renkli Çoraplı Kuzgun (Ciltli)</t>
+          <t>Ayı Geldi (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257854139</t>
+          <t>9786257854443</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Eğlenceli Cevaplar</t>
+          <t>Dikkatle Bak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
+          <t>9786050676280</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Çoraplı Kuzgun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786257854139</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Sorular Eğlenceli Cevaplar</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
           <t>9786050676297</t>
         </is>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Kocaman Kalpli Huysuz Graou (Ciltli)</t>
         </is>
       </c>
-      <c r="C209" s="1">
+      <c r="C211" s="1">
         <v>299</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>