--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3190 +85,3310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255888778</t>
+          <t>9786255888761</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İdilya – Renkli Rüyalar Kasabası</t>
+          <t>Great Cities of Islam (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>249</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255695499</t>
+          <t>9786255695079</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
+          <t>Minik Adında Bir Dev</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255888730</t>
+          <t>9786255695055</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kıpırdaşan Harfler (Ciltli)</t>
+          <t>Dallandı, Budaklandı, Kompostlandı!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>349</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256792876</t>
+          <t>9786255695925</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Günlük 21 Günde Kutlu Belde</t>
+          <t>En Sevdiğim Kazağım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>147</v>
+        <v>449</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257303026</t>
+          <t>9786255695932</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilim Takvimi (Ajanda)</t>
+          <t>Farabi ile Hasbahçede Bir Sohbet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257854603</t>
+          <t>9786255695574</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Patpat Kırıntı Yağmurunda</t>
+          <t>Sebzelerdeki Güller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>15</v>
+        <v>269</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257854849</t>
+          <t>9786255695550</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Başladığı Gün (Ciltli)</t>
+          <t>Güneş'i Çizmek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>269</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257303705</t>
+          <t>9786255695567</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra (Ciltli)</t>
+          <t>Ağaç Çizmek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>289</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257854412</t>
+          <t>9786255888778</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalemika Yalnız Kaldığında</t>
+          <t>İdilya – Renkli Rüyalar Kasabası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>15</v>
+        <v>249</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255888723</t>
+          <t>9786255695499</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Kaybolan Domates</t>
+          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255888563</t>
+          <t>9786255888730</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hala Gelmedik mi?</t>
+          <t>Kıpırdaşan Harfler (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>279</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255888747</t>
+          <t>9786256792876</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Kayıp Günlük 21 Günde Kutlu Belde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>249</v>
+        <v>147</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255929587</t>
+          <t>9786257303026</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Matematik Maceraları</t>
+          <t>Bilim Takvimi (Ajanda)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255888488</t>
+          <t>9786257854603</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Dayı (Ciltli)</t>
+          <t>Patpat Kırıntı Yağmurunda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>499</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255888303</t>
+          <t>9786257854849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bekle Beni Peynir Dağı (Ciltli)</t>
+          <t>Savaşın Başladığı Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>349</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256309920</t>
+          <t>9786257303705</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ile Pırpır – Ormandaki Kargaşa</t>
+          <t>Yağmurdan Sonra (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255888266</t>
+          <t>9786257854412</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Şey</t>
+          <t>Kalemika Yalnız Kaldığında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>249</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255929891</t>
+          <t>9786255888723</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annemin Arabası (Ciltli)</t>
+          <t>Uzayda Kaybolan Domates</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256910225</t>
+          <t>9786255888563</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Hala Gelmedik mi?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>279</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256309951</t>
+          <t>9786255888747</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Your Friend From Palestine</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>660</v>
+        <v>249</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256309968</t>
+          <t>9786255929587</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ibn Khaldun A Desert Journey</t>
+          <t>Kanatlı Matematik Maceraları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>387</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255888112</t>
+          <t>9786255888488</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Gözlüğün Sırrı</t>
+          <t>İyi ki Varsın Dayı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>239</v>
+        <v>499</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255929877</t>
+          <t>9786255888303</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çok Susadık!</t>
+          <t>Bekle Beni Peynir Dağı (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>179</v>
+        <v>349</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256126244</t>
+          <t>9786256309920</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Nasıl Yakalanır</t>
+          <t>Tarçın ile Pırpır – Ormandaki Kargaşa</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256126268</t>
+          <t>9786255888266</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Nereye Saklanır</t>
+          <t>Beklenmedik Bir Şey</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256126251</t>
+          <t>9786255929891</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bu Geyik Bana Ait</t>
+          <t>Annemin Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>289</v>
+        <v>399</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255929570</t>
+          <t>9786256910225</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Hamlesi</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256126275</t>
+          <t>9786256309951</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şişenin İçindeki Kalp</t>
+          <t>Your Friend From Palestine</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>299</v>
+        <v>660</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255929327</t>
+          <t>9786256309968</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güneş Nereye Kayboldu? (Ciltli)</t>
+          <t>Ibn Khaldun A Desert Journey</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>349</v>
+        <v>387</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255998750</t>
+          <t>9786255888112</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Gizemi</t>
+          <t>Turuncu Gözlüğün Sırrı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255998798</t>
+          <t>9786255929877</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Geleceğim – Mescid-i Aksa’ya Yolculuk</t>
+          <t>Çok Susadık!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>229</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255998620</t>
+          <t>9786256126244</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Children of Salik – Treasure Hunt (Ciltli)</t>
+          <t>Bir Yıldız Nasıl Yakalanır</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>516</v>
+        <v>349</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255998767</t>
+          <t>9786256126268</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Sarıl (Ciltli)</t>
+          <t>Bir Yıldız Nereye Saklanır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>399</v>
+        <v>349</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255998774</t>
+          <t>9786256126251</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’ye Kalpten Bir Mektup (Ciltli)</t>
+          <t>Bu Geyik Bana Ait</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>275</v>
+        <v>369</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255998781</t>
+          <t>9786255929570</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kim Oynayacak? (Ciltli)</t>
+          <t>Dostluk Hamlesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255998576</t>
+          <t>9786256126275</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Su Altı Yaşamı Ansiklopedisi (Ciltli)</t>
+          <t>Şişenin İçindeki Kalp</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>529</v>
+        <v>349</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255998064</t>
+          <t>9786255929327</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Güneş Nereye Kayboldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255998583</t>
+          <t>9786255998750</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Afacan ile Bilgin-Deniz Macerası</t>
+          <t>Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256495548</t>
+          <t>9786255998798</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğun Dostu</t>
+          <t>Yeniden Geleceğim – Mescid-i Aksa’ya Yolculuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256126749</t>
+          <t>9786255998620</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Renkler</t>
+          <t>Children of Salik – Treasure Hunt (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>129</v>
+        <v>516</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256126732</t>
+          <t>9786255998767</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Sayılar</t>
+          <t>Sarıl Sarıl (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>129</v>
+        <v>399</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256126756</t>
+          <t>9786255998774</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Şekiller</t>
+          <t>En Sevgili’ye Kalpten Bir Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>129</v>
+        <v>399</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256309883</t>
+          <t>9786255998781</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Minik Kâşifler için Hayat Bilgisi - Zıtlıklar</t>
+          <t>Benimle Kim Oynayacak? (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>399</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255998057</t>
+          <t>9786255998576</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sana Ne Oldu?</t>
+          <t>Çocuklar için Su Altı Yaşamı Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>309</v>
+        <v>529</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255998040</t>
+          <t>9786255998064</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşan’ın Büyük Sürprizi</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>189</v>
+        <v>499</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255998071</t>
+          <t>9786255998583</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kanatları Altında</t>
+          <t>Afacan ile Bilgin-Deniz Macerası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>309</v>
+        <v>219</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256126978</t>
+          <t>9786256495548</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Filistinli Arkadaşın (Ciltli)</t>
+          <t>Korkuluğun Dostu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256126961</t>
+          <t>9786256126749</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dostluk İçin Birkaç Tebeşir (Ciltli)</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Renkler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>319</v>
+        <v>129</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256309944</t>
+          <t>9786256126732</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Ötesinde</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Sayılar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256126329</t>
+          <t>9786256126756</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Çok Çok Gizli Hayatı</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Şekiller</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>249</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256126336</t>
+          <t>9786256309883</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Evimizdeki Muhteşem Fizik</t>
+          <t>Minik Kâşifler için Hayat Bilgisi - Zıtlıklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>229</v>
+        <v>129</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256309609</t>
+          <t>9786255998057</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Sana Ne Oldu?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256309890</t>
+          <t>9786255998040</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tavuk Zanneden Martı</t>
+          <t>Küçük Tavşan’ın Büyük Sürprizi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>188</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256309975</t>
+          <t>9786255998071</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dut - Bir Tırtılın (Sevgi Dolu) Hikayesi</t>
+          <t>Annemin Kanatları Altında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256698222</t>
+          <t>9786256126978</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ibn Sina In Pursuit of The Flying Man</t>
+          <t>Merhaba, Ben Filistinli Arkadaşın (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>387</v>
+        <v>399</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256698185</t>
+          <t>9786256126961</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dear Prophet Muhammad – A Letter To The Beloved</t>
+          <t>Dostluk İçin Birkaç Tebeşir (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>516</v>
+        <v>399</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256698239</t>
+          <t>9786256309944</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Al- Ghazali When Cotton Touches Flame</t>
+          <t>Okyanusun Ötesinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>387</v>
+        <v>269</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256698208</t>
+          <t>9786256126329</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>More Hands</t>
+          <t>Böceklerin Çok Çok Gizli Hayatı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>470</v>
+        <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256698215</t>
+          <t>9786256126336</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ibn Tufayl Alone on the Island of One’s Mind</t>
+          <t>Evimizdeki Muhteşem Fizik</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>387</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258094671</t>
+          <t>9786256309609</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Hezarfen</t>
+          <t>Pullar Savaşı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9772149467977</t>
+          <t>9786256309890</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zehir Gibi Kafalar (5 Kitap)</t>
+          <t>Kendini Tavuk Zanneden Martı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1045</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256495838</t>
+          <t>9786256309975</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Robotlar Gerçekten Akıllı Mıdır?</t>
+          <t>Dut - Bir Tırtılın (Sevgi Dolu) Hikayesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256910065</t>
+          <t>9786256698222</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar</t>
+          <t>Ibn Sina In Pursuit of The Flying Man</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>149</v>
+        <v>387</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258159103</t>
+          <t>9786256698185</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gazali ile Ateş ve Pamuk Arasında</t>
+          <t>Dear Prophet Muhammad – A Letter To The Beloved</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>129</v>
+        <v>516</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257303040</t>
+          <t>9786256698239</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tatlıçayırlar</t>
+          <t>Al- Ghazali When Cotton Touches Flame</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>189</v>
+        <v>387</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257014069</t>
+          <t>9786256698208</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Dedi Ki (Ciltli)</t>
+          <t>More Hands</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>199</v>
+        <v>470</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258094862</t>
+          <t>9786256698215</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Kalbi (Ciltli)</t>
+          <t>Ibn Tufayl Alone on the Island of One’s Mind</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299</v>
+        <v>387</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257587204</t>
+          <t>9786258094671</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır (Ciltli)</t>
+          <t>Masal Krallığı - Hezarfen</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>279</v>
+        <v>149</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256309425</t>
+          <t>9772149467977</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Şehirleri Atlası (Ciltli)</t>
+          <t>Zehir Gibi Kafalar (5 Kitap)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>999</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256309364</t>
+          <t>9786256495838</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Durdurun!</t>
+          <t>Robotlar Gerçekten Akıllı Mıdır?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256309616</t>
+          <t>9786256910065</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Süper Matemacikcik - Gagalamaç</t>
+          <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256309241</t>
+          <t>9786258159103</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Gazali ile Ateş ve Pamuk Arasında</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>249</v>
+        <v>129</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256309234</t>
+          <t>9786257303040</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beş Farklı Ayı</t>
+          <t>Tatlıçayırlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256698499</t>
+          <t>9786257014069</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ülkesi - Bedri Rahmi Eyüboğlu (Ciltli)</t>
+          <t>Ağaç Dedi Ki (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256698147</t>
+          <t>9786258094862</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mektubun Var!</t>
+          <t>Bir Babanın Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256999275</t>
+          <t>9786257587204</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yiyen Olağanüstü Çocuk (Ciltli)</t>
+          <t>Çıtır Çıtır (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256698871</t>
+          <t>9786256309425</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Kitap</t>
+          <t>İslam Şehirleri Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>199</v>
+        <v>999</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256698505</t>
+          <t>9786256309364</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Afacan ile Bilgin - Kurtarma Operasyonu</t>
+          <t>Zamanı Durdurun!</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256698178</t>
+          <t>9786256309616</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Olmaz Nur!</t>
+          <t>Süper Matemacikcik - Gagalamaç</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256698130</t>
+          <t>9786256309241</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ufacık</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256698154</t>
+          <t>9786256309234</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Gelmeden Önce (Ciltli)</t>
+          <t>Beş Farklı Ayı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9772149467969</t>
+          <t>9786256698499</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Karavanı Set</t>
+          <t>Sanat Ülkesi - Bedri Rahmi Eyüboğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1490</v>
+        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256495197</t>
+          <t>9786256698147</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar ve Kahverengi Valiz</t>
+          <t>Mektubun Var!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256495180</t>
+          <t>9786256999275</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin ve Gizli Pelerin</t>
+          <t>Kitap Yiyen Olağanüstü Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>149</v>
+        <v>449</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256698192</t>
+          <t>9786256698871</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Diary</t>
+          <t>Dünyayı Kurtaran Kitap</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>366</v>
+        <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256792982</t>
+          <t>9786256698505</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Evimden Uzakta</t>
+          <t>Afacan ile Bilgin - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256792432</t>
+          <t>9786256698178</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Çocuk</t>
+          <t>Şimdi Olmaz Nur!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256792708</t>
+          <t>9786256698130</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ile Çölde Bir Seyahat</t>
+          <t>Ufacık</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256495562</t>
+          <t>9786256698154</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>On Dört Kurt (Ciltli)</t>
+          <t>Kardeşim Gelmeden Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256495579</t>
+          <t>9772149467969</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Minik Balığım Fırfır (Ciltli)</t>
+          <t>Kahramanlar Karavanı Set</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>299</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9772149467979</t>
+          <t>9786256495197</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>O’nun Gibi Serisi</t>
+          <t>Halide Edip Adıvar ve Kahverengi Valiz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>845</v>
+        <v>149</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256792104</t>
+          <t>9786256495180</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kedi Müezza</t>
+          <t>Hasan Tahsin ve Gizli Pelerin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256792111</t>
+          <t>9786256698192</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kafam Çiçek Çiçek</t>
+          <t>Ramadan Diary</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>169</v>
+        <v>366</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256792128</t>
+          <t>9786256792982</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sözler Koleksiyoncusu</t>
+          <t>Evimden Uzakta</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256792135</t>
+          <t>9786256792432</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Oyuncaklar</t>
+          <t>Uzaya Giden Çocuk</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256792142</t>
+          <t>9786256792708</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Babamın Dükkanı</t>
+          <t>İbn Haldun ile Çölde Bir Seyahat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>169</v>
+        <v>129</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256792005</t>
+          <t>9786256495562</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Masal Yorganı</t>
+          <t>On Dört Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256910904</t>
+          <t>9786256495579</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Dolabı (Ciltli)</t>
+          <t>Minik Balığım Fırfır (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256999268</t>
+          <t>9772149467979</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Yolu (Ciltli)</t>
+          <t>O’nun Gibi Serisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>369</v>
+        <v>845</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256495111</t>
+          <t>9786256792104</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey ve Gönlübollar’ın Zaferi</t>
+          <t>Kedi Müezza</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256495166</t>
+          <t>9786256792111</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun ve Köyün Sivil Ordusu</t>
+          <t>Kafam Çiçek Çiçek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256495128</t>
+          <t>9786256792128</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam ve Kartopundan Devasa Bir Çığ</t>
+          <t>Güzel Sözler Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256495104</t>
+          <t>9786256792135</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe ve Dağlardaki Yiğitler</t>
+          <t>Dünyayı Gezen Oyuncaklar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256495142</t>
+          <t>9786256792142</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı ve Yenilmez Okyanus Zırhlısı</t>
+          <t>Babamın Dükkanı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256495159</t>
+          <t>9786256792005</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Onbaşı Nezahat ve Kızlı Alay</t>
+          <t>Masal Yorganı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256495531</t>
+          <t>9786256910904</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Serçekuş</t>
+          <t>Fırtına Dolabı (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>144</v>
+        <v>299</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256495333</t>
+          <t>9786256999268</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hadi</t>
+          <t>Eve Dönüş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>189</v>
+        <v>369</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256495173</t>
+          <t>9786256495111</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Şiirin Gücü</t>
+          <t>Şahin Bey ve Gönlübollar’ın Zaferi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256495135</t>
+          <t>9786256495166</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sudanlı Musa ve Feda Edilmiş Bir Ömür</t>
+          <t>Nene Hatun ve Köyün Sivil Ordusu</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256910898</t>
+          <t>9786256495128</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Motorlukuş</t>
+          <t>Sütçü İmam ve Kartopundan Devasa Bir Çığ</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256910911</t>
+          <t>9786256495104</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sırlarla Dolu Şapkası</t>
+          <t>Yörük Ali Efe ve Dağlardaki Yiğitler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256910706</t>
+          <t>9786256495142</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ile Uçan Adamın Peşinde</t>
+          <t>Seyit Onbaşı ve Yenilmez Okyanus Zırhlısı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256999282</t>
+          <t>9786256495159</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Takılı Kaldı (Ciltli)</t>
+          <t>Onbaşı Nezahat ve Kızlı Alay</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>369</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256910010</t>
+          <t>9786256495531</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Biruni</t>
+          <t>Serçekuş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257303446</t>
+          <t>9786256495333</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Sina</t>
+          <t>Hadi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258486643</t>
+          <t>9786256495173</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Kuşçu Ali</t>
+          <t>Mehmet Akif Ersoy ve Şiirin Gücü</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256910683</t>
+          <t>9786256495135</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gülücük</t>
+          <t>Sudanlı Musa ve Feda Edilmiş Bir Ömür</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256910027</t>
+          <t>9786256910898</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Cezeri</t>
+          <t>Motorlukuş</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258486902</t>
+          <t>9786256910911</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Heysem ve Baş Aşağı Oturan Kral</t>
+          <t>Dedemin Sırlarla Dolu Şapkası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9772149467964</t>
+          <t>9786256910706</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>İbn Sina ile Uçan Adamın Peşinde</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>4470</v>
+        <v>149</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258486742</t>
+          <t>9786256999282</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Piri</t>
+          <t>Takılı Kaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>149</v>
+        <v>439</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256910034</t>
+          <t>9786256910010</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Farabi</t>
+          <t>Masal Krallığı - Biruni</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256910041</t>
+          <t>9786257303446</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
+          <t>Masal Krallığı - Sina</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256910003</t>
+          <t>9786258486643</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı - Battani</t>
+          <t>Masal Krallığı - Kuşçu Ali</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9772149467967</t>
+          <t>9786256910683</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler</t>
+          <t>Gülücük</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1490</v>
+        <v>159</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256910171</t>
+          <t>9786256910027</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pasteur</t>
+          <t>Masal Krallığı - Cezeri</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256910164</t>
+          <t>9786258486902</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tesla</t>
+          <t>Heysem ve Baş Aşağı Oturan Kral</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256910218</t>
+          <t>9772149467964</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>149</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9772149467965</t>
+          <t>9786258486742</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı</t>
+          <t>Masal Krallığı - Piri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1490</v>
+        <v>149</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256910195</t>
+          <t>9786256910034</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kopernik</t>
+          <t>Masal Krallığı - Farabi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256910232</t>
+          <t>9786256910041</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Edison</t>
+          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256910201</t>
+          <t>9786256910003</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Graham bell</t>
+          <t>Masal Krallığı - Battani</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256910157</t>
+          <t>9772149467967</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler</t>
+          <t>Parlak Fikirler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9772149467966</t>
+          <t>9786256910171</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlham Kutusu</t>
+          <t>Pasteur</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1490</v>
+        <v>149</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256910249</t>
+          <t>9786256910164</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Arşimet</t>
+          <t>Tesla</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256910188</t>
+          <t>9786256910218</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Newton</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256910140</t>
+          <t>9772149467965</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzetbegoviç</t>
+          <t>Masal Krallığı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256910102</t>
+          <t>9786256910195</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Kopernik</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256910126</t>
+          <t>9786256910232</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Edison</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256910119</t>
+          <t>9786256910201</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayao Miyazaki</t>
+          <t>Graham bell</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256910096</t>
+          <t>9786256910157</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Wright Kardeşler</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256910133</t>
+          <t>9772149467966</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cahit Arf</t>
+          <t>İlham Kutusu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>149</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256910072</t>
+          <t>9786256910249</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Arşimet</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256910089</t>
+          <t>9786256910188</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler</t>
+          <t>Newton</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256910058</t>
+          <t>9786256910140</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - Bulutlarla Konuşan Adam</t>
+          <t>Aliya İzetbegoviç</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256999985</t>
+          <t>9786256910102</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256999992</t>
+          <t>9786256910126</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kitap Avcıları-Yunus Emre</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256999886</t>
+          <t>9786256910119</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Biricik Dünya’mız</t>
+          <t>Hayao Miyazaki</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256999879</t>
+          <t>9786256910096</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Mavi (Ciltli)</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256999053</t>
+          <t>9786256910133</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Son Oyuncak Mağarası</t>
+          <t>Cahit Arf</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256999671</t>
+          <t>9786256910072</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Alev Kuyruk (Ciltli)</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256999558</t>
+          <t>9786256910089</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade</t>
+          <t>Ara Güler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256999541</t>
+          <t>9786256910058</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Vecihi Hürkuş - Bulutlarla Konuşan Adam</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256999527</t>
+          <t>9786256999985</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Katıraslan</t>
+          <t>Yürekdede ile Padişah</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256999589</t>
+          <t>9786256999992</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakanlar</t>
+          <t>Kitap Avcıları-Yunus Emre</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256999534</t>
+          <t>9786256999886</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Komik mi?</t>
+          <t>Biricik Dünya’mız</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>289</v>
+        <v>449</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256999114</t>
+          <t>9786256999879</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Seyahatname'nin Peşinde</t>
+          <t>En Güzel Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256999107</t>
+          <t>9786256999053</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Füreya Koral - Sanat Ülkesi 2 (Ciltli)</t>
+          <t>Son Oyuncak Mağarası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256999121</t>
+          <t>9786256999671</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirentler</t>
+          <t>Alev Kuyruk (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258159707</t>
+          <t>9786256999558</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Endişeler Kükreyince (Ciltli)</t>
+          <t>Küçük Şehzade</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258159691</t>
+          <t>9786256999541</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok El</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>299</v>
+        <v>124</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258159370</t>
+          <t>9786256999527</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Hayvan Hikayeleri (Ciltli)</t>
+          <t>Katıraslan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258159523</t>
+          <t>9786256999589</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kuş Ansiklopedisi (Ciltli)</t>
+          <t>Ağaçkakanlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>529</v>
+        <v>179</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258159080</t>
+          <t>9786256999534</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Devasa Dinozorların Büyük Kitabı - Minik Dinozorların Küçük Kitabı (Ciltli)</t>
+          <t>Komik mi?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>649</v>
+        <v>349</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258159097</t>
+          <t>9786256999114</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şimdi</t>
+          <t>Evliya Çelebi - Seyahatname'nin Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258094879</t>
+          <t>9786256999107</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Devrim Erbil - Sanat Ülkesi (Ciltli)</t>
+          <t>Füreya Koral - Sanat Ülkesi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258159325</t>
+          <t>9786256999121</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Gücüm Yok Ki! (Ciltli)</t>
+          <t>Eğlenceli Labirentler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258486841</t>
+          <t>9786258159707</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kulübünüze Üye Olabilir Miyim?</t>
+          <t>Endişeler Kükreyince (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258094138</t>
+          <t>9786258159691</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Yolu (Ciltli)</t>
+          <t>Daha Çok El</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258094268</t>
+          <t>9786258159370</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Kurt</t>
+          <t>Hayatımdan Hayvan Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>229</v>
+        <v>399</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258094251</t>
+          <t>9786258159523</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Rüyaları</t>
+          <t>Çocuklar İçin Kuş Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>349</v>
+        <v>529</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258486926</t>
+          <t>9786258159080</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tam Bir İnatçı Keçi!</t>
+          <t>Devasa Dinozorların Büyük Kitabı - Minik Dinozorların Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>299</v>
+        <v>989</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258486933</t>
+          <t>9786258159097</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ayaklarımın Altındaki Dünya</t>
+          <t>Şimdi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>629</v>
+        <v>349</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258486681</t>
+          <t>9786258094879</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kıpırdak</t>
+          <t>Devrim Erbil - Sanat Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258486650</t>
+          <t>9786258159325</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Ve Kayıp Gülümsemesi</t>
+          <t>Benim Süper Gücüm Yok Ki! (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258486483</t>
+          <t>9786258486841</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Devasa Deniz Hayvanlarının Büyük Kitabı &amp; Minik Deniz Hayvanlarının Küçük Kitabı (Ciltli)</t>
+          <t>Kulübünüze Üye Olabilir Miyim?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>649</v>
+        <v>239</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258486407</t>
+          <t>9786258094138</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar (Ciltli)</t>
+          <t>Eve Dönüş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258486421</t>
+          <t>9786258094268</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Arlo Uyuyamayan Aslan</t>
+          <t>Ayı ve Kurt</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>204</v>
+        <v>249</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258486117</t>
+          <t>9786258094251</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Volkanlar Neden Uyanıyor?</t>
+          <t>Çocukların Rüyaları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>209</v>
+        <v>399</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258486100</t>
+          <t>9786258486926</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Barış Treni</t>
+          <t>Tam Bir İnatçı Keçi!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257303569</t>
+          <t>9786258486933</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Yavrularını Nasıl Büyütür? (Ciltli)</t>
+          <t>Ayaklarımın Altındaki Dünya</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>299</v>
+        <v>899</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257587563</t>
+          <t>9786258486681</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Fil</t>
+          <t>Kıpır Kıpır Kıpırdak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>189</v>
+        <v>289</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257587594</t>
+          <t>9786258486650</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kaşifleri (Ciltli)</t>
+          <t>Ağustos Ve Kayıp Gülümsemesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>529</v>
+        <v>239</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257587600</t>
+          <t>9786258486483</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Okulun İlk Günü</t>
+          <t>Devasa Deniz Hayvanlarının Büyük Kitabı &amp; Minik Deniz Hayvanlarının Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>189</v>
+        <v>989</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257587570</t>
+          <t>9786258486407</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitapçı</t>
+          <t>Tatlı Rüyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257587587</t>
+          <t>9786258486421</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü İçin Bir Sığınak (Ciltli)</t>
+          <t>Arlo Uyuyamayan Aslan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257587181</t>
+          <t>9786258486117</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl ile Akıl Adasında Bir Başına</t>
+          <t>Volkanlar Neden Uyanıyor?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257587198</t>
+          <t>9786258486100</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Neden Ateşi Var ?</t>
+          <t>Barış Treni</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257587174</t>
+          <t>9786257303569</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bir Dedenin Kalbi (Ciltli)</t>
+          <t>Hayvanlar Yavrularını Nasıl Büyütür? (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257587167</t>
+          <t>9786257587563</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Tehlikede! Onlara Nasıl Yardım Edebiliriz? (Ciltli)</t>
+          <t>Hafızasını Kaybeden Fil</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257303712</t>
+          <t>9786257587594</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dokunmatik Ekranlar Neden Gıdıklanmaz ? (Ciltli)</t>
+          <t>Uzay Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>209</v>
+        <v>799</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257303729</t>
+          <t>9786257587600</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bitki Ansiklopedisi (Ciltli)</t>
+          <t>Okulun İlk Günü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>529</v>
+        <v>239</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257303354</t>
+          <t>9786257587570</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gölgem ve Ben (Ciltli)</t>
+          <t>Kayıp Kitapçı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>279</v>
+        <v>179</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257303439</t>
+          <t>9786257587587</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünya Gezegeni (Ciltli)</t>
+          <t>Üzüntü İçin Bir Sığınak (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>529</v>
+        <v>399</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257303255</t>
+          <t>9786257587181</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Efe Meslek Seçiyor</t>
+          <t>İbn Tufeyl ile Akıl Adasında Bir Başına</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257303231</t>
+          <t>9786257587198</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Neden Kafamıza Düşmez?</t>
+          <t>Dünya’nın Neden Ateşi Var ?</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257303224</t>
+          <t>9786257587174</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Devasa Hayvanların Büyük Kitabı - Minik Hayvanların Küçük Kitabı (Ciltli)</t>
+          <t>Bir Dedenin Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>649</v>
+        <v>299</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257303033</t>
+          <t>9786257587167</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Bir Bahçe (Ciltli)</t>
+          <t>Hayvanlar Tehlikede! Onlara Nasıl Yardım Edebiliriz? (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257854627</t>
+          <t>9786257303712</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Evimizdeki Canavar (Ciltli)</t>
+          <t>Dokunmatik Ekranlar Neden Gıdıklanmaz ? (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257854856</t>
+          <t>9786257303729</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Rori’nin Evcil Hayvanı</t>
+          <t>Çocuklar İçin Bitki Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>199</v>
+        <v>529</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257854863</t>
+          <t>9786257303354</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Sınıfı</t>
+          <t>Gölgem ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>219</v>
+        <v>389</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257854634</t>
+          <t>9786257303439</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Biri Sırtımı Kaşıyabilir Mi Lütfen?</t>
+          <t>Dünya Gezegeni (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>189</v>
+        <v>799</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257854610</t>
+          <t>9786257303255</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fero (Ciltli)</t>
+          <t>Efe Meslek Seçiyor</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057949608</t>
+          <t>9786257303231</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Komşudaki Tiyatro (Ciltli)</t>
+          <t>Yıldızlar Neden Kafamıza Düşmez?</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257854436</t>
+          <t>9786257303224</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Balina Bir Bavula Nasıl Sığar (Ciltli)</t>
+          <t>Devasa Hayvanların Büyük Kitabı - Minik Hayvanların Küçük Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>299</v>
+        <v>989</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257854429</t>
+          <t>9786257303033</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ayı Geldi (Ciltli)</t>
+          <t>Rengarenk Bir Bahçe (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257854443</t>
+          <t>9786257854627</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dikkatle Bak</t>
+          <t>Evimizdeki Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050676280</t>
+          <t>9786257854856</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Renkli Çoraplı Kuzgun (Ciltli)</t>
+          <t>Dinozor Rori’nin Evcil Hayvanı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257854139</t>
+          <t>9786257854863</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Eğlenceli Cevaplar</t>
+          <t>Afacanlar Sınıfı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
+          <t>9786257854634</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Biri Sırtımı Kaşıyabilir Mi Lütfen?</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786257854610</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Postacı Fero (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786057949608</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Komşudaki Tiyatro (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786257854436</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Bir Balina Bir Bavula Nasıl Sığar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786257854429</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Ayı Geldi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786257854443</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatle Bak</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786050676280</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Çoraplı Kuzgun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786257854139</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Sorular Eğlenceli Cevaplar</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
           <t>9786050676297</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Kocaman Kalpli Huysuz Graou (Ciltli)</t>
         </is>
       </c>
-      <c r="C211" s="1">
-        <v>299</v>
+      <c r="C219" s="1">
+        <v>399</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>