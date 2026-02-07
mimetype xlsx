--- v0 (2025-10-29)
+++ v1 (2026-02-07)
@@ -109,81 +109,81 @@
         <is>
           <t>9786255888532</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sekizinci Günün Güneşi</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>264</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256309937</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Denge ve Asa Yedi Gök Seyyahları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786255888457</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Yanlışlıkla Seçilen Kahraman</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786255888440</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Karanlıkta Bir Dilek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>349</v>
+        <v>449</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786255888129</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Gökyüzü İsminde Bir At</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786255888143</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
@@ -214,541 +214,541 @@
         <is>
           <t>9786255929822</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Squid Game Diyarı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786255888136</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>239</v>
+        <v>269</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786255929839</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Safira</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786255929815</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Hikâye Avcısı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786255929846</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Başka Bir Yerin Şarkısı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786255998880</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Şeyh Galib’in Hüsn ü Aşk’ından Kaderin Kalemi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786255998859</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Altın Böcek (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786255998866</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Baskervillelerin Tazısı (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786255998873</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Mahzendeki Sır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786255998033</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kızıl Küre</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256126718</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Parlak Beyin Kılavuzu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256126220</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Ardımızda Bıraktığımız Dünyalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>349</v>
+        <v>449</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256126237</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Alpkız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786256309418</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Nedircik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256309401</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Kırık Kollar Ahalisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256309098</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri Kutulu Set (12 Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>2588</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786256309227</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Ulak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786256309210</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Tuzak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786256309203</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Topal Kasırga</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786256309197</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Kara Şövalye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786256309180</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - İsyan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>239</v>
+        <v>334</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786256309173</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Dağlı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>219</v>
+        <v>304</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786256309166</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Çalınan Hazine</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786256309159</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Binatlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786256309142</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Baskın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786256309135</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Akıncı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>229</v>
+        <v>319</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786256309128</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Esir</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>239</v>
+        <v>334</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256309104</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Cenk Hikayeleri - Cengaver</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256698888</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Eksik Dikkatin Bulunuşu: Dedektif Bil. Yeter</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256698864</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Palyaço Balığı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786256698574</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Ben Neden Bu Kadar Böyle</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256698581</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mektup Ağacı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>229</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786256792951</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Minik Kızıl Gezgin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786256792975</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Cabi’nin Kulesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786256792968</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Ahmed Aziz’in Destansı Yılı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>