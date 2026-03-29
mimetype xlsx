--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -85,24055 +85,24610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258159400</t>
+          <t>9786258581584</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kanunu (Ciltli)</t>
+          <t>Kayıp Coğrafyanın İzinde: Doğu Türkistan Seyahatnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2450</v>
+        <v>999</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258581096</t>
+          <t>9786255695833</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>1368 : Çin ve Modern Dünyanın İnşası</t>
+          <t>Revnakoğlu’nun İstanbul’u (8 Cilt Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>499</v>
+        <v>18499</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255695635</t>
+          <t>9786258581614</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesine Tarihsel Bir Giriş</t>
+          <t>İyi Gıda Kötü Gıda</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>499</v>
+        <v>349</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258581164</t>
+          <t>9786258581461</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dokuzlular</t>
+          <t>Amerikan Şarkiyatçılığı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>479</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258581140</t>
+          <t>9786258581515</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Durmaksızın Ölürler</t>
+          <t>Ateşkes Çadırında Silah Sesleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258581089</t>
+          <t>9786258581621</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gece Ehli</t>
+          <t>Didaskalikos</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258581119</t>
+          <t>9786258581553</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Öyküsü</t>
+          <t>Hava ve Düşler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258581195</t>
+          <t>9786258581430</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İngilizler Oradayken</t>
+          <t>Hunlar, Roma ve Avrupa’nın Doğuşu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>599</v>
+        <v>499</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258581072</t>
+          <t>9786258581508</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Infrathin</t>
+          <t>İpek Yolu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258581102</t>
+          <t>9786258581478</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Şairi Mehmed Akif</t>
+          <t>İslam ve Yaratılış Harikaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>369</v>
+        <v>229</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258581218</t>
+          <t>9786258581409</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal’le Mektuplaşmalar</t>
+          <t>Kim Yazdı Bunu?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>699</v>
+        <v>499</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258581133</t>
+          <t>9786258581416</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Hamle</t>
+          <t>Prime Time Ölecek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>499</v>
+        <v>229</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258581058</t>
+          <t>9786258581492</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yunan Düşüncesinin Kökenleri</t>
+          <t>Şairin Coğrafyası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>349</v>
+        <v>259</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258094176</t>
+          <t>9786258581454</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Devrinde Osmanlı Hayatı</t>
+          <t>Tasa Kuşları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255695581</t>
+          <t>9786258581485</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Leningrad</t>
+          <t>Yaratıcı Aşkın Sırları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>629</v>
+        <v>239</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258486674</t>
+          <t>9786258581393</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Sicilya</t>
+          <t>Çağdaş Masalın İzinde</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255695598</t>
+          <t>9786258581300</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vadilerde Şaşkın Dolaşırlardı</t>
+          <t>Hane (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>269</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255695604</t>
+          <t>4444444444593</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sis</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 25 Mart 2026</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>259</v>
+        <v>309</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255695611</t>
+          <t>9786258094213</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Havanın Unutuluşu</t>
+          <t>Gülzar-ı Aşk Şerhi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>729</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255695628</t>
+          <t>9786255695697</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Buddenbrooklar</t>
+          <t>Zuhura Övgü (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>599</v>
+        <v>874</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255695659</t>
+          <t>9786258581010</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Majesteleri Kral</t>
+          <t>Yasin, Mülk ve Nebe’ Tefsiri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>399</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255695666</t>
+          <t>9786255929167</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Karlar</t>
+          <t>Sahih-i Buhari Muhtasarı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255695673</t>
+          <t>9786258581171</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Faydalı İşsizlik Hakkı</t>
+          <t>Makam ve Riyanın Yergisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249</v>
+        <v>155</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255695680</t>
+          <t>9786255695970</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu ve Tarihin Sonu</t>
+          <t>Kibrin ve Kendini Beğenmenin Yergisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>339</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255695703</t>
+          <t>9786255695956</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler Işığında Kemal Tahir - II</t>
+          <t>Kalbin Acayip Halleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9772149468019</t>
+          <t>9786258581027</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Altın Beyitler (Ciltli)</t>
+          <t>İlhad Ne Büyük Cehalettir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>3999</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256309760</t>
+          <t>9786258581034</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Altın Beyitler</t>
+          <t>Hazret-i Ali Cenkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1999</v>
+        <v>972</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258486728</t>
+          <t>9786258581003</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deccal Tabakta</t>
+          <t>Fatiha Tefsiri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>449</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255695505</t>
+          <t>9786255695994</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Batı Literatüründe İslam Araştırmaları (4 Cilt)</t>
+          <t>Efendimiz (sav) ve Yolu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1699</v>
+        <v>349</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255695093</t>
+          <t>9786258581041</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Durak Koşusu</t>
+          <t>Dünyayı Azaltmanın Mevsimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>149</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255695086</t>
+          <t>9786255695949</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Adımın Hiç Verilmemiş Olmasını Dilerim</t>
+          <t>Dil Belası (Dilin Afetleri)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255695109</t>
+          <t>9786258581355</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Otlar ve Ölüler Arasında</t>
+          <t>Bir Rüyanın İzinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4444444444457</t>
+          <t>9786255695963</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 24 Ocak 2026</t>
+          <t>Beden Arzularının Dizginlenmesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>249</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255888334</t>
+          <t>9786255695987</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Velinin Alemi</t>
+          <t>Aldanmanın Yergisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>485</v>
+        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255695376</t>
+          <t>9786258581379</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Niyaz Duruşu</t>
+          <t>Hayat Gidiyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>299</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255888341</t>
+          <t>9786258581188</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Esrârnâme</t>
+          <t>Sohbet Tadında</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255888426</t>
+          <t>9786258581126</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Bitmeyen Şarkısı</t>
+          <t>Cuma Günü Uçmayan Kuş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256495951</t>
+          <t>9786258159400</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Yolculuğu İçin Harita</t>
+          <t>Kurt Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>279</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255695383</t>
+          <t>9786258581096</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mehdi’den Önce Devrimden Sonra İran</t>
+          <t>1368 : Çin ve Modern Dünyanın İnşası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>414</v>
+        <v>499</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256792715</t>
+          <t>9786255695635</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Evet, Biz Şair Milletiz!</t>
+          <t>Bilim Felsefesine Tarihsel Bir Giriş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>429</v>
+        <v>499</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255929938</t>
+          <t>9786258581164</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kaptan ve Şair</t>
+          <t>Dokuzlular</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256309074</t>
+          <t>9786258581140</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Selvi Boylum Al Yazmalım</t>
+          <t>Durmaksızın Ölürler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256309340</t>
+          <t>9786258581089</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kışkır</t>
+          <t>Gece Ehli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255695444</t>
+          <t>9786258581119</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kurbanı Yaratmak</t>
+          <t>Günümüz Öyküsü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>189</v>
+        <v>499</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255695475</t>
+          <t>9786258581195</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ra'nın Raporları</t>
+          <t>İngilizler Oradayken</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>199</v>
+        <v>599</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255695307</t>
+          <t>9786258581072</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Jus Publicum Europaeum Çerçevesinde Uluslararası Hukukta Yeryüzünün Nomosu</t>
+          <t>Infrathin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>439</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255695345</t>
+          <t>9786258581102</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler Işığında Hilmi Ziya Ülken</t>
+          <t>İstiklal Şairi Mehmed Akif</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>435</v>
+        <v>369</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255695406</t>
+          <t>9786258581218</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Görüsü</t>
+          <t>Orhan Kemal’le Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>349</v>
+        <v>699</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255695420</t>
+          <t>9786258581133</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Politik Duygular</t>
+          <t>Son Büyük Hamle</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>509</v>
+        <v>499</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255695369</t>
+          <t>9786258581058</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Huzursuzluğum (Ciltli)</t>
+          <t>Yunan Düşüncesinin Kökenleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>499</v>
+        <v>349</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255695437</t>
+          <t>9786258094176</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Doğasındaki Başkalaşım</t>
+          <t>Kanuni Devrinde Osmanlı Hayatı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255695352</t>
+          <t>9786255695581</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Anlam</t>
+          <t>Leningrad</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255695390</t>
+          <t>9786258486674</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Tarihi</t>
+          <t>Müslüman Sicilya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>449</v>
+        <v>399</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255695130</t>
+          <t>9786255695598</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Vadilerde Şaşkın Dolaşırlardı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>599</v>
+        <v>269</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255695413</t>
+          <t>9786255695604</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mekana Geri Dönüş</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>446</v>
+        <v>259</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255695000</t>
+          <t>9786255695611</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslami İktisat, Değerler ve Modernleşme Üzerine</t>
+          <t>Havanın Unutuluşu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>364</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256126008</t>
+          <t>9786255695628</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İslam Mimarisinde Yüksek Düzey Geometrik Desenler - High-Level Geometric Patterns In Islamic Architecture (Ciltli)</t>
+          <t>Buddenbrooklar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1499</v>
+        <v>599</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255695451</t>
+          <t>9786255695659</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Geleneği Avrupa’yı Nasıl Aydınlattı?</t>
+          <t>Majesteleri Kral</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255888945</t>
+          <t>9786255695666</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gazali’nin İktisat Felsefesi</t>
+          <t>Eriyen Karlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255888792</t>
+          <t>9786255695673</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Why History Matters?</t>
+          <t>Faydalı İşsizlik Hakkı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>730</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255695468</t>
+          <t>9786255695680</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Siz Dünyayı Affeder miydiniz?</t>
+          <t>Deja Vu ve Tarihin Sonu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>324</v>
+        <v>339</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>4444444444323</t>
+          <t>9786255695703</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 23 Kasım 2025</t>
+          <t>Yeni Perspektifler Işığında Kemal Tahir - II</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255695062</t>
+          <t>9772149468019</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Adamların Marşı</t>
+          <t>Altın Beyitler (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>219</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255695215</t>
+          <t>9786256309760</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Geriye Doğru İleri</t>
+          <t>Altın Beyitler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>420</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255695284</t>
+          <t>9786258486728</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bilinç İnşa Etmek</t>
+          <t>Deccal Tabakta</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>420</v>
+        <v>449</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255695314</t>
+          <t>9786255695505</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Timaios</t>
+          <t>Batı Literatüründe İslam Araştırmaları (4 Cilt)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>299</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255695239</t>
+          <t>9786255695093</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şey-Olmayanlar</t>
+          <t>Durak Koşusu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255888594</t>
+          <t>9786255695086</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Üçüncü Boyutu Nefs İlmi ve Rüyaların Dili</t>
+          <t>Adımın Hiç Verilmemiş Olmasını Dilerim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>899</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255695208</t>
+          <t>9786255695109</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Moğolluklar</t>
+          <t>Otlar ve Ölüler Arasında</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255695116</t>
+          <t>4444444444457</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Makedonya Medreseleri</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 24 Ocak 2026</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>480</v>
+        <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255695123</t>
+          <t>9786255888334</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karar Ağaçları</t>
+          <t>Velinin Alemi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>199</v>
+        <v>485</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255695154</t>
+          <t>9786255695376</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlk Felsefe Son Felsefe</t>
+          <t>Niyaz Duruşu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255695185</t>
+          <t>9786255888341</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Elimden Ne Gelir?</t>
+          <t>Esrârnâme</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255695222</t>
+          <t>9786255888426</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Delirmeler Sarayı</t>
+          <t>Doğu'nun Bitmeyen Şarkısı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255695178</t>
+          <t>9786256495951</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Yolu</t>
+          <t>Kalbin Yolculuğu İçin Harita</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>174</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255695017</t>
+          <t>9786255695383</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Coğrafyanın İzinde: Doğu Türkistan Seyahatnamesi</t>
+          <t>Mehdi’den Önce Devrimden Sonra İran</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>349</v>
+        <v>414</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256792258</t>
+          <t>9786256792715</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Prestij 2.0</t>
+          <t>Evet, Biz Şair Milletiz!</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>249</v>
+        <v>429</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255888495</t>
+          <t>9786255929938</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bilimleri ve Teknolojinin Tarihi</t>
+          <t>Kaptan ve Şair</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>550</v>
+        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255929655</t>
+          <t>9786256309074</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Tarihi</t>
+          <t>Selvi Boylum Al Yazmalım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>499</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255998415</t>
+          <t>9786256309340</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimlerinin Tarihi</t>
+          <t>Kışkır</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>499</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255888501</t>
+          <t>9786255695444</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Tarihi</t>
+          <t>Mükemmel Kurbanı Yaratmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>449</v>
+        <v>189</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255888846</t>
+          <t>9786255695475</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Ezgisi</t>
+          <t>Bayan Ra'nın Raporları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>449</v>
+        <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255888648</t>
+          <t>9786255695307</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Dolambacı</t>
+          <t>Jus Publicum Europaeum Çerçevesinde Uluslararası Hukukta Yeryüzünün Nomosu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255888877</t>
+          <t>9786255695345</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>William Geldiğinde</t>
+          <t>Yeni Perspektifler Işığında Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>229</v>
+        <v>435</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255888433</t>
+          <t>9786255695406</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sinan</t>
+          <t>Yaşam Görüsü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255929334</t>
+          <t>9786255695420</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Utanç Verici Çocukluk Arkadaşım</t>
+          <t>Politik Duygular</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>509</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255888921</t>
+          <t>9786255695369</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Savaş ve Strateji</t>
+          <t>Sevgili Huzursuzluğum (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>407</v>
+        <v>499</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255888983</t>
+          <t>9786255695437</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Satılık Adam</t>
+          <t>Sanatın Doğasındaki Başkalaşım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>399</v>
+        <v>349</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255888860</t>
+          <t>9786255695352</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okura Son Mektup</t>
+          <t>Sanat ve Anlam</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>337</v>
+        <v>399</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255888990</t>
+          <t>9786255695390</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasından Masallar</t>
+          <t>Psikolojinin Tarihi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>449</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256698949</t>
+          <t>9786255695130</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Müsenna İslam Hat Yazısında Aynalı Yazı (Ciltli)</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1350</v>
+        <v>599</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255695048</t>
+          <t>9786255695413</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Barut İmparatorlukları</t>
+          <t>Mekana Geri Dönüş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>446</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255888709</t>
+          <t>9786255695000</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Fiziği</t>
+          <t>İslami İktisat, Değerler ve Modernleşme Üzerine</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>399</v>
+        <v>364</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255888976</t>
+          <t>9786256126008</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Hafıza</t>
+          <t>İslam Mimarisinde Yüksek Düzey Geometrik Desenler - High-Level Geometric Patterns In Islamic Architecture (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>409</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255888853</t>
+          <t>9786255695451</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İsrail Neden Filistin’den Korkuyor?</t>
+          <t>İslam Bilim Geleneği Avrupa’yı Nasıl Aydınlattı?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255888938</t>
+          <t>9786255888945</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Yıkılırken Toplum ve Siyaset</t>
+          <t>Gazali’nin İktisat Felsefesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255888952</t>
+          <t>9786255888792</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Immunitas</t>
+          <t>Why History Matters?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>399</v>
+        <v>730</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256698475</t>
+          <t>9786255695468</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İkinci Geliş</t>
+          <t>Siz Dünyayı Affeder miydiniz?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255888884</t>
+          <t>4444444444323</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Endurance</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 23 Kasım 2025</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>449</v>
+        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255888693</t>
+          <t>9786255695062</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Astrofizik</t>
+          <t>Maskeli Adamların Marşı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255888464</t>
+          <t>9786255695215</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cambridge Sosyoloji Sözlüğü (Ciltli)</t>
+          <t>Geriye Doğru İleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255929341</t>
+          <t>9786255695284</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Açık Deniz</t>
+          <t>Yeni Bir Bilinç İnşa Etmek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>4444444444132</t>
+          <t>9786255695314</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 22 Eylül 2025</t>
+          <t>Timaios</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255888662</t>
+          <t>9786255695239</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Din ve Cemiyet</t>
+          <t>Şey-Olmayanlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255888686</t>
+          <t>9786255888594</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler İçin Savaş</t>
+          <t>Psikolojinin Üçüncü Boyutu Nefs İlmi ve Rüyaların Dili</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>429</v>
+        <v>899</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255888600</t>
+          <t>9786255695208</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şair</t>
+          <t>Moğolluklar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>499</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255888631</t>
+          <t>9786255695116</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İkindi Tayfaları</t>
+          <t>Kuzey Makedonya Medreseleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>199</v>
+        <v>480</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255888556</t>
+          <t>9786255695123</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hoş Nazar</t>
+          <t>Karar Ağaçları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255888624</t>
+          <t>9786255695154</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Anlat Onlara</t>
+          <t>İlk Felsefe Son Felsefe</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>499</v>
+        <v>290</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255929785</t>
+          <t>9786255695185</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Filozofu Baştan Çıkarmak</t>
+          <t>Elimden Ne Gelir?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>247</v>
+        <v>189</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255998668</t>
+          <t>9786255695222</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıraları</t>
+          <t>Delirmeler Sarayı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>229</v>
+        <v>499</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255998569</t>
+          <t>9786255695178</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Adamlar ve Oğullar</t>
+          <t>Ariflerin Yolu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>349</v>
+        <v>174</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255998392</t>
+          <t>9786255695017</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tanıklığı</t>
+          <t>Kayıp Coğrafyanın İzinde: Doğu Türkistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>399</v>
+        <v>349</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255998811</t>
+          <t>9786256792258</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bombacı Parmenides</t>
+          <t>Prestij 2.0</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>370</v>
+        <v>249</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255998491</t>
+          <t>9786255888495</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pizzaları Dilimlemek, Kaplumbağaları Yarıştırmak ve Matematikteki Diğer Maceralar</t>
+          <t>Matematik Bilimleri ve Teknolojinin Tarihi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>329</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255998453</t>
+          <t>9786255929655</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Granada Üçlemesi</t>
+          <t>İslam’ın Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>429</v>
+        <v>499</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255998736</t>
+          <t>9786255998415</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Görünürün Kesişimi</t>
+          <t>Doğa Bilimlerinin Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255998538</t>
+          <t>9786255888501</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yanıyor</t>
+          <t>Türkçenin Tarihi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>4444444443403</t>
+          <t>9786255888846</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 19 Ocak 2025</t>
+          <t>Yaşamın Ezgisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>209</v>
+        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256126923</t>
+          <t>9786255888648</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ziya İlhan’a Mektuplar (1933-1938)</t>
+          <t>Yalnızlık Dolambacı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>259</v>
+        <v>399</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256126930</t>
+          <t>9786255888877</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fatma İrfan’a Mektuplar (1933-1938)</t>
+          <t>William Geldiğinde</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255998248</t>
+          <t>9786255888433</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Batı Aynasında Karşılaşmalar</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>599</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256309593</t>
+          <t>9786255929334</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Kaybeden Musiki - Hikayeler</t>
+          <t>Utanç Verici Çocukluk Arkadaşım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>239</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256495326</t>
+          <t>9786255888921</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Notlar - Batılaşma</t>
+          <t>Osmanlı’da Savaş ve Strateji</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>149</v>
+        <v>407</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256999855</t>
+          <t>9786255888983</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Kâğıtçılığın ve Matbaacılığın Tarihçesi</t>
+          <t>Satılık Adam</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>399</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258486193</t>
+          <t>9786255888860</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Mesajlar</t>
+          <t>Okura Son Mektup</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>66</v>
+        <v>337</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258486759</t>
+          <t>9786255888990</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kare Daire Üçgen</t>
+          <t>Osmanlı Dünyasından Masallar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>219</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256910720</t>
+          <t>9786256698949</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Birileri Amerika'yı Havaya Uçurdu</t>
+          <t>Müsenna İslam Hat Yazısında Aynalı Yazı (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>89</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256910560</t>
+          <t>9786255695048</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beş Katlı Apartmanın Altıncı Katı</t>
+          <t>Müslüman Barut İmparatorlukları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>149</v>
+        <v>599</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256999480</t>
+          <t>9786255888709</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Kuantum Fiziği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>56</v>
+        <v>399</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256999237</t>
+          <t>9786255888976</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Köyün Kamburu</t>
+          <t>Kızıl Hafıza</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>579</v>
+        <v>409</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256999169</t>
+          <t>9786255888853</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Körduman</t>
+          <t>İsrail Neden Filistin’den Korkuyor?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>599</v>
+        <v>199</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258159547</t>
+          <t>9786255888938</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osman Turan'a Armağan</t>
+          <t>İmparatorluk Yıkılırken Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258159042</t>
+          <t>9786255888952</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ciğerlerinin Açıldığını</t>
+          <t>Immunitas</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>32</v>
+        <v>399</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9782149462277</t>
+          <t>9786256698475</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Modern Klasikler Seti (3 Kitap Takım)</t>
+          <t>İkinci Geliş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>122</v>
+        <v>299</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257587525</t>
+          <t>9786255888884</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kıskacında</t>
+          <t>Endurance</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>64</v>
+        <v>449</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258094473</t>
+          <t>9786255888693</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ve Şehre Bir Flanör Gelir</t>
+          <t>Astrofizik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>131</v>
+        <v>399</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9772149467941</t>
+          <t>9786255888464</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Özel Kutulu Set 17 Kitap</t>
+          <t>Cambridge Sosyoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>700</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258094015</t>
+          <t>9786255929341</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kültür. Sanat. Yönetim.</t>
+          <t>Açık Deniz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258486186</t>
+          <t>4444444444132</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepten Noktaya</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 22 Eylül 2025</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>209</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9772149462117</t>
+          <t>9786255888662</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Armağanla Yakın Tarih Seti 3 Kitap Takım</t>
+          <t>Din ve Cemiyet</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>81</v>
+        <v>329</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257303002</t>
+          <t>9786255888686</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>El-İşarat Ve’t-Tenbihat Cilt 1</t>
+          <t>Sözcükler İçin Savaş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>429</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257587631</t>
+          <t>9786255888600</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kısa Tarihi</t>
+          <t>Şair</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>168</v>
+        <v>549</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057949264</t>
+          <t>9786255888631</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir'in Gözüyle Yakın Tarihimiz 1</t>
+          <t>İkindi Tayfaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>25</v>
+        <v>199</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057949912</t>
+          <t>9786255888556</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni Cilt 2</t>
+          <t>Hoş Nazar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>272</v>
+        <v>279</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057949851</t>
+          <t>9786255888624</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sada</t>
+          <t>Anlat Onlara</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>192</v>
+        <v>499</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058030008</t>
+          <t>9786255929785</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Abdülhamid’in Kurtlarla Dansı</t>
+          <t>Filozofu Baştan Çıkarmak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>9.9</v>
+        <v>247</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752482395</t>
+          <t>9786255998668</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle İsmet İnönü Gerçeği</t>
+          <t>Balkan Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>117</v>
+        <v>229</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057949219</t>
+          <t>9786255998569</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Açık Unutulmuş Mikrofon</t>
+          <t>Adamlar ve Oğullar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>64</v>
+        <v>349</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752482401</t>
+          <t>9786255998392</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Sıradışı Bilgeleri</t>
+          <t>Şiirin Tanıklığı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>42</v>
+        <v>399</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057949226</t>
+          <t>9786255998811</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tematik İslam Tarihi</t>
+          <t>Bombacı Parmenides</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>54</v>
+        <v>370</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752482500</t>
+          <t>9786255998491</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Peygamber</t>
+          <t>Pizzaları Dilimlemek, Kaplumbağaları Yarıştırmak ve Matematikteki Diğer Maceralar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752482166</t>
+          <t>9786255998453</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı - 3 (Ciltli)</t>
+          <t>Granada Üçlemesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>46</v>
+        <v>429</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752482098</t>
+          <t>9786255998736</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı - 3</t>
+          <t>Görünürün Kesişimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>36</v>
+        <v>299</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058030015</t>
+          <t>9786255998538</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Toplum</t>
+          <t>Dünya Yanıyor</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>117</v>
+        <v>399</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057949110</t>
+          <t>4444444443403</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Şark'ın Kartalı</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 19 Ocak 2025</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>44</v>
+        <v>209</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057949035</t>
+          <t>9786256126923</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı - 2</t>
+          <t>Ziya İlhan’a Mektuplar (1933-1938)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>168</v>
+        <v>259</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752482883</t>
+          <t>9786256126930</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ezan ve Menderes</t>
+          <t>Fatma İrfan’a Mektuplar (1933-1938)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>329</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752482890</t>
+          <t>9786255998248</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kuşatma Karşısında İnsan</t>
+          <t>Batı Aynasında Karşılaşmalar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>129</v>
+        <v>599</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752482869</t>
+          <t>9786256309593</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz</t>
+          <t>Yüzünü Kaybeden Musiki - Hikayeler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>34</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752482234</t>
+          <t>9786256495326</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Mahrem Tarihi</t>
+          <t>Notlar - Batılaşma</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>168</v>
+        <v>149</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057949486</t>
+          <t>9786256999855</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gaybın Önünde</t>
+          <t>Dünyada ve Türkiye’de Kâğıtçılığın ve Matbaacılığın Tarihçesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>168</v>
+        <v>390</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057949431</t>
+          <t>9786258486193</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>(Küçük) Mehmed Sa'id Paşa'nın Hatıratı 1. Cilt</t>
+          <t>Mesnevi'den Mesajlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>285</v>
+        <v>66</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786058127814</t>
+          <t>9786258486759</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Portreler</t>
+          <t>Kare Daire Üçgen</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>35</v>
+        <v>219</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786058127807</t>
+          <t>9786256910720</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
+          <t>Birileri Amerika'yı Havaya Uçurdu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>36</v>
+        <v>89</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058127821</t>
+          <t>9786256910560</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sara ve Serafina</t>
+          <t>Beş Katlı Apartmanın Altıncı Katı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>56</v>
+        <v>149</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057949240</t>
+          <t>9786256999480</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Türk Sineması</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>168</v>
+        <v>56</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752482357</t>
+          <t>9786256999237</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İpekyolu’ndan Afganistan’a (Ciltli)</t>
+          <t>Köyün Kamburu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>74</v>
+        <v>579</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752482173</t>
+          <t>9786256999169</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçların Sonsuz Mutluluğu (Ciltli)</t>
+          <t>Körduman</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>599</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752482319</t>
+          <t>9786258159547</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sermayem Yok Derdimden Başka (Ciltli)</t>
+          <t>Osman Turan'a Armağan</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>39</v>
+        <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057949196</t>
+          <t>9786258159042</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın 50 Büyük Yalanı</t>
+          <t>Ciğerlerinin Açıldığını</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057949158</t>
+          <t>9782149462277</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Türk Romanı</t>
+          <t>Yeni Modern Klasikler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>26</v>
+        <v>122</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752482289</t>
+          <t>9786257587525</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Irak Cephesi Hatıraları</t>
+          <t>Kapitalizmin Kıskacında</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752482067</t>
+          <t>9786258094473</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Son İbn Sirac’ın Başından Geçenler</t>
+          <t>Ve Şehre Bir Flanör Gelir</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>40</v>
+        <v>131</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752482340</t>
+          <t>9772149467941</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu’ndan Afganistan’a</t>
+          <t>Cengiz Aytmatov Özel Kutulu Set 17 Kitap</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>35</v>
+        <v>700</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752482005</t>
+          <t>9786258094015</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Türk Öyküsü</t>
+          <t>Kültür. Sanat. Yönetim.</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>52</v>
+        <v>149</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752482111</t>
+          <t>9786258486186</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi ve Mevlid</t>
+          <t>Mürekkepten Noktaya</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752482128</t>
+          <t>9772149462117</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Monsieur Teste</t>
+          <t>Mustafa Armağanla Yakın Tarih Seti 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>20</v>
+        <v>81</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752482081</t>
+          <t>9786257303002</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Din Ekranda Nasıl Durur?</t>
+          <t>El-İşarat Ve’t-Tenbihat Cilt 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>20</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752482036</t>
+          <t>9786257587631</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Mevsimleri</t>
+          <t>Felsefenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>49</v>
+        <v>168</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057949028</t>
+          <t>9786057949264</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı - 1</t>
+          <t>Kazım Karabekir'in Gözüyle Yakın Tarihimiz 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058127876</t>
+          <t>9786057949912</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Babamın Şarkısı</t>
+          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni Cilt 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>56</v>
+        <v>272</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057949059</t>
+          <t>9786057949851</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kuyu ve Sarkaç - Seçme Öyküler 1</t>
+          <t>Hoş Sada</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>192</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057949004</t>
+          <t>9786058030008</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tanımlı ve Mutlak Hüzünler</t>
+          <t>Gençler İçin Abdülhamid’in Kurtlarla Dansı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>30</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057949363</t>
+          <t>9789752482395</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa Külliyatı</t>
+          <t>Bilinmeyen Yönleriyle İsmet İnönü Gerçeği</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>75</v>
+        <v>117</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057949301</t>
+          <t>9786057949219</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Pençe</t>
+          <t>Açık Unutulmuş Mikrofon</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>117</v>
+        <v>64</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057949394</t>
+          <t>9789752482401</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kalp Kalesi</t>
+          <t>Yeni Çağın Sıradışı Bilgeleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057949189</t>
+          <t>9786057949226</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası Don Sandalio’nun Romanı</t>
+          <t>Tematik İslam Tarihi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>83</v>
+        <v>54</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752482876</t>
+          <t>9789752482500</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüzlü Şehirler</t>
+          <t>Şair ve Peygamber</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>146</v>
+        <v>299</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752482968</t>
+          <t>9789752482166</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Hayatı ve Dönemi</t>
+          <t>Abdülhamid'in Kurtlarla Dansı - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752482593</t>
+          <t>9789752482098</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç'in Dünyası</t>
+          <t>Abdülhamid'in Kurtlarla Dansı - 3</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>36</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752482654</t>
+          <t>9786058030015</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Göç ve Toplum</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>43.5</v>
+        <v>117</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752482623</t>
+          <t>9786057949110</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi - Şark'ın Kandili</t>
+          <t>Selahaddin Şark'ın Kartalı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786056862410</t>
+          <t>9786057949035</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Kayıp Atlası</t>
+          <t>Abdülhamid'in Kurtlarla Dansı - 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>99</v>
+        <v>168</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056862458</t>
+          <t>9789752482883</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Newton’un Masonluğu</t>
+          <t>Türkçe Ezan ve Menderes</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>22.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056862403</t>
+          <t>9789752482890</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Erdem Bayazıt'la Sana Bana Vatanıma Dair Konuşmalar</t>
+          <t>Küresel Kuşatma Karşısında İnsan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>64</v>
+        <v>129</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752482838</t>
+          <t>9789752482869</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bu Hüznün Mesnevisi</t>
+          <t>Uğursuz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752482791</t>
+          <t>9789752482234</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma Peşinde Bir Ömür - Fatih Sultan Mehmed</t>
+          <t>Osmanlı'nın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>29</v>
+        <v>168</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752482685</t>
+          <t>9786057949486</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Gaybın Önünde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>138</v>
+        <v>168</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000048490</t>
+          <t>9786057949431</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı - 3 (İmzalı)</t>
+          <t>(Küçük) Mehmed Sa'id Paşa'nın Hatıratı 1. Cilt</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257303668</t>
+          <t>9786058127814</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>The Zennup Cookbook (Ciltli)</t>
+          <t>Unutulmayan Portreler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>780</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257854511</t>
+          <t>9786058127807</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Tanıklığım</t>
+          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>449</v>
+        <v>36</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257587150</t>
+          <t>9786058127821</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aklın Sınırlarında Metafizik</t>
+          <t>Sara ve Serafina</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>329</v>
+        <v>56</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257854771</t>
+          <t>9786057949240</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Ruhunun Trajedisi</t>
+          <t>40 Soruda Türk Sineması</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>77</v>
+        <v>168</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257854788</t>
+          <t>9789752482357</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İnşau’d-Devair</t>
+          <t>İpekyolu’ndan Afganistan’a (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>109</v>
+        <v>74</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257587129</t>
+          <t>9789752482173</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sanditon</t>
+          <t>Başlangıçların Sonsuz Mutluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>59</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257587112</t>
+          <t>9789752482319</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sis Nasıl Olsa Dağılır</t>
+          <t>Sermayem Yok Derdimden Başka (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>95</v>
+        <v>39</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257303774</t>
+          <t>9786057949196</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanımadan Ölmek Korkusu</t>
+          <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>199</v>
+        <v>34</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9772149467920</t>
+          <t>9786057949158</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Seti (16 Kitap Takım)</t>
+          <t>40 Soruda Türk Romanı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1238</v>
+        <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257587679</t>
+          <t>9789752482289</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Gerçeklik</t>
+          <t>Irak Cephesi Hatıraları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>201</v>
+        <v>49</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786255695321</t>
+          <t>9789752482067</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İlk Öğretmenim</t>
+          <t>Son İbn Sirac’ın Başından Geçenler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>109</v>
+        <v>40</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3992148578444</t>
+          <t>9789752482340</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Ebü’l-Feth 2. Cilt (Ciltli)</t>
+          <t>İpek Yolu’ndan Afganistan’a</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>64</v>
+        <v>35</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257014441</t>
+          <t>9789752482005</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyatçılığı Yeniden Düşünmek</t>
+          <t>40 Soruda Türk Öyküsü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>209</v>
+        <v>52</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257587259</t>
+          <t>9789752482111</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Babam Cemil Meriç (Ciltli)</t>
+          <t>Süleyman Çelebi ve Mevlid</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1299</v>
+        <v>40</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257587389</t>
+          <t>9789752482128</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Roland Barthes’ın Yazarın Ölümü</t>
+          <t>Monsieur Teste</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>92</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257587440</t>
+          <t>9789752482081</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Postmodern</t>
+          <t>Din Ekranda Nasıl Durur?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257587488</t>
+          <t>9789752482036</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Deniz Bile Ölür</t>
+          <t>Kıyamet Mevsimleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>159</v>
+        <v>49</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257587235</t>
+          <t>9786057949028</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zennup 1844 (Ciltli)</t>
+          <t>Abdülhamid'in Kurtlarla Dansı - 1</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>780</v>
+        <v>38</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257854566</t>
+          <t>9786058127876</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ordunun Generali</t>
+          <t>Babamın Şarkısı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>399</v>
+        <v>56</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257854078</t>
+          <t>9786057949059</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gelmek Dile Gelmek</t>
+          <t>Kuyu ve Sarkaç - Seçme Öyküler 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>146</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257587556</t>
+          <t>9786057949004</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Selvi Boylum Al Yazmalım (Kutulu Özel Baskı) (Ciltli)</t>
+          <t>Tanımlı ve Mutlak Hüzünler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>399</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257303170</t>
+          <t>9786057949363</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun Tarihi</t>
+          <t>Said Halim Paşa Külliyatı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257014908</t>
+          <t>9786057949301</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hazar Sözlüğü</t>
+          <t>Kızıl Pençe</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>299</v>
+        <v>117</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257303132</t>
+          <t>9786057949394</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Katmandu'ya Yol Arkadaşı Aranıyor</t>
+          <t>Kalp Kalesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>168</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257303293</t>
+          <t>9786057949189</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Lustra</t>
+          <t>Satranç Ustası Don Sandalio’nun Romanı</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000791878</t>
+          <t>9789752482876</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 1 (Ciltli)</t>
+          <t>İnsan Yüzlü Şehirler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>196.66</v>
+        <v>146</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257014854</t>
+          <t>9789752482968</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Ebü’l-Feth  1. Cilt (Ciltli)</t>
+          <t>İbn Haldun Hayatı ve Dönemi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>64</v>
+        <v>51</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257014687</t>
+          <t>9789752482593</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatının Geometrik Dili (3 Cilt Takım) (Ciltli)</t>
+          <t>Cemil Meriç'in Dünyası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>890</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257854887</t>
+          <t>9789752482654</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yanardağın Üstündeki Kuş</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>189</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257854917</t>
+          <t>9789752482623</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa</t>
+          <t>Nureddin Zengi - Şark'ın Kandili</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>105</v>
+        <v>46</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257303095</t>
+          <t>9786056862410</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Kurtarılmaya İhtiyacı Var mı?</t>
+          <t>Osmanlı’nın Kayıp Atlası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>126</v>
+        <v>99</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257854719</t>
+          <t>9786056862458</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Soykırım Tarihi</t>
+          <t>Newton’un Masonluğu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>294</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257014991</t>
+          <t>9786056862403</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Erdem Bayazıt'la Sana Bana Vatanıma Dair Konuşmalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>649</v>
+        <v>64</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257014953</t>
+          <t>9789752482838</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mektup</t>
+          <t>Bu Hüznün Mesnevisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050676242</t>
+          <t>9789752482791</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Nasıl Söylerse Öyle: Cahit Zarifoğlu</t>
+          <t>Kızıl Elma Peşinde Bir Ömür - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>272</v>
+        <v>29</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050676259</t>
+          <t>9789752482685</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Beyni Anlamak</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>163</v>
+        <v>138</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257014601</t>
+          <t>3990000048490</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Mahmud Zengi</t>
+          <t>Abdülhamid'in Kurtlarla Dansı - 3 (İmzalı)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>89</v>
+        <v>310</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057949585</t>
+          <t>9786257303668</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Şa'ban-ı Veli Menkıbeleri</t>
+          <t>The Zennup Cookbook (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>72</v>
+        <v>780</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057949622</t>
+          <t>9786257854511</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni Cilt 1</t>
+          <t>Tarihe Tanıklığım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>272</v>
+        <v>449</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257587082</t>
+          <t>9786257587150</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Cudi</t>
+          <t>Aklın Sınırlarında Metafizik</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>60</v>
+        <v>329</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058030084</t>
+          <t>9786257854771</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şehir ve Toplum</t>
+          <t>Modern Türk Ruhunun Trajedisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>209</v>
+        <v>77</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058030077</t>
+          <t>9786257854788</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi</t>
+          <t>İnşau’d-Devair</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>54</v>
+        <v>109</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058030091</t>
+          <t>9786257587129</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çeyizime Bir Kefen</t>
+          <t>Sanditon</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>83</v>
+        <v>59</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257303415</t>
+          <t>9786257587112</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyun Kayboluş: Tutunamayanlar Kitabı</t>
+          <t>Sis Nasıl Olsa Dağılır</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057949820</t>
+          <t>9786257303774</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Blues</t>
+          <t>Kendini Tanımadan Ölmek Korkusu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752482265</t>
+          <t>9772149467920</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Papaların Karanlık Tarihi</t>
+          <t>Cengiz Aytmatov Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>199</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752482630</t>
+          <t>9786257587679</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kısa Osmanlı Tarihi</t>
+          <t>Varlık ve Gerçeklik</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>48</v>
+        <v>201</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057949813</t>
+          <t>9786255695321</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Benden Önce Ölme</t>
+          <t>İlk Öğretmenim</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>54</v>
+        <v>109</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057949882</t>
+          <t>3992148578444</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Batı Tahayyülünde Müslümanlar</t>
+          <t>Tarih-i Ebü’l-Feth 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>201</v>
+        <v>64</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752482579</t>
+          <t>9786257014441</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihte Efsaneler ve Gerçekler</t>
+          <t>Şarkiyatçılığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>51</v>
+        <v>209</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257014366</t>
+          <t>9786257587259</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Yazar Var</t>
+          <t>Babam Cemil Meriç (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>81</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058025974</t>
+          <t>9786257587389</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Korku Duvarını Yıkmak</t>
+          <t>Roland Barthes’ın Yazarın Ölümü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>92</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057949752</t>
+          <t>9786257587440</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Kara Delikleri</t>
+          <t>Postmodern</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>32</v>
+        <v>69</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257303286</t>
+          <t>9786257587488</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Eskiz Defterimden Osmanlı Mimarisi (Ciltli)</t>
+          <t>Deniz Bile Ölür</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>420</v>
+        <v>159</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257303507</t>
+          <t>9786257587235</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Teşhir Toplumu</t>
+          <t>Zennup 1844 (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>36</v>
+        <v>780</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057949684</t>
+          <t>9786257854566</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Aklıselim</t>
+          <t>Ölü Ordunun Generali</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>168</v>
+        <v>399</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057949653</t>
+          <t>9786257854078</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Küller Altında Yakın Tarih 1</t>
+          <t>Dünyaya Gelmek Dile Gelmek</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>32</v>
+        <v>146</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257854337</t>
+          <t>9786257587556</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Baybars</t>
+          <t>Selvi Boylum Al Yazmalım (Kutulu Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>64</v>
+        <v>399</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257854368</t>
+          <t>9786257303170</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Han</t>
+          <t>Darülfünun Tarihi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>193</v>
+        <v>48</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257014229</t>
+          <t>9786257014908</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Poe</t>
+          <t>Hazar Sözlüğü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9772149467877</t>
+          <t>9786257303132</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç Serisi ( 4 Kitap Takım)</t>
+          <t>Katmandu'ya Yol Arkadaşı Aranıyor</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752482814</t>
+          <t>9786257303293</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın Sonu</t>
+          <t>Lustra</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>239</v>
+        <v>83</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255888471</t>
+          <t>3990000791878</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir Medreselinin Kaleminden Medrese</t>
+          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>399</v>
+        <v>196.66</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255888372</t>
+          <t>9786257014854</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Nasıl Okunur?</t>
+          <t>Tarih-i Ebü’l-Feth  1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>379</v>
+        <v>64</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255929945</t>
+          <t>9786257014687</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Filistin Hanedanının Yükselişi ve Düşüşü (Ciltli)</t>
+          <t>Anadolu Selçuklu Sanatının Geometrik Dili (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>799</v>
+        <v>5999</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255929525</t>
+          <t>9786257854887</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yolun Öteki Yüzü (2 Cilt)</t>
+          <t>Yanardağın Üstündeki Kuş</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1058</v>
+        <v>189</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256126480</t>
+          <t>9786257854917</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Düşünmek</t>
+          <t>Said Halim Paşa</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>299</v>
+        <v>105</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255888716</t>
+          <t>9786257303095</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tekil Nesneler Mimarlık ve Felsefe</t>
+          <t>Müslüman Kadının Kurtarılmaya İhtiyacı Var mı?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>269</v>
+        <v>126</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255888655</t>
+          <t>9786257854719</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Amerika’nın Soykırım Tarihi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>549</v>
+        <v>294</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255929631</t>
+          <t>9786257014991</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Bir Karakter (Ciltli)</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1299</v>
+        <v>649</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255929129</t>
+          <t>9786257014953</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Müstakimzade Süleyman Sadeddin Efendi</t>
+          <t>Çalınan Mektup</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>999</v>
+        <v>52</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255888389</t>
+          <t>9786050676242</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Dil Ve Varlık</t>
+          <t>Bir Dağ Nasıl Söylerse Öyle: Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>299</v>
+        <v>272</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255998378</t>
+          <t>9786050676259</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İdris Küçükömer’in Düzenin Yabancılaşması</t>
+          <t>Beyni Anlamak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>249</v>
+        <v>163</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786255998354</t>
+          <t>9786257014601</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hattat Elmalılı Muhammed Hamdi Yazır (Ciltli)</t>
+          <t>Nureddin Mahmud Zengi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1499</v>
+        <v>89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255888587</t>
+          <t>9786057949585</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Şa'ban-ı Veli Menkıbeleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>299</v>
+        <v>72</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255888570</t>
+          <t>9786057949622</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni Cilt 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>279</v>
+        <v>272</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255888617</t>
+          <t>9786257587082</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dünya Öykücülüğünün Serüveni</t>
+          <t>Cudi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>479</v>
+        <v>60</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255888679</t>
+          <t>9786058030084</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşından Alman Felsefesi mi Sorumlu?</t>
+          <t>Türkiye’de Şehir ve Toplum</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>239</v>
+        <v>209</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9772149467846</t>
+          <t>9786058030077</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni (3 Kitap)</t>
+          <t>Hanımefendi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1199</v>
+        <v>54</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256309388</t>
+          <t>9786058030091</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Rüyasını Yeniden Görmek - Klasik Tefsirler Işığında Yusuf Kıssasını Yeniden Okumak</t>
+          <t>Çeyizime Bir Kefen</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>229</v>
+        <v>83</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050676266</t>
+          <t>9786257303415</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Hayat Oyun Kayboluş: Tutunamayanlar Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>239</v>
+        <v>99</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256495098</t>
+          <t>9786057949820</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Asılsız Hikayeler</t>
+          <t>Saraybosna Blues</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>234</v>
+        <v>59</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752482920</t>
+          <t>9789752482265</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Tarikatı - Cerrahilik</t>
+          <t>Papaların Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>425</v>
+        <v>199</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255888396</t>
+          <t>9789752482630</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yasanın Önünde</t>
+          <t>Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>209</v>
+        <v>48</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255888280</t>
+          <t>9786057949813</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Veda Hutbesi</t>
+          <t>Benden Önce Ölme</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>279</v>
+        <v>54</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786255888525</t>
+          <t>9786057949882</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Yollara Düşenler</t>
+          <t>Batı Tahayyülünde Müslümanlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>499</v>
+        <v>201</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256698727</t>
+          <t>9789752482579</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Birlikteliğin Güçlü Nedeni</t>
+          <t>Yakın Tarihte Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>224</v>
+        <v>51</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255888013</t>
+          <t>9786257014366</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Dikkat Yazar Var</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>399</v>
+        <v>81</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255888075</t>
+          <t>9786058025974</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname (Ciltli)</t>
+          <t>Korku Duvarını Yıkmak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1799</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786255888310</t>
+          <t>9786057949752</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Loretta</t>
+          <t>Yakın Tarihin Kara Delikleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>249</v>
+        <v>32</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786255929150</t>
+          <t>9786257303286</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l Bevvâb’ın Kasîde-i Râiyye Şerhi / Commentary on Ibn al-Bawwāb’s Qasidah Al-Raiyyah (Ciltli)</t>
+          <t>Eskiz Defterimden Osmanlı Mimarisi (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>499</v>
+        <v>420</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255888365</t>
+          <t>9786257303507</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Editöre Not</t>
+          <t>Teşhir Toplumu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>320</v>
+        <v>36</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255888518</t>
+          <t>9786057949684</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Daha Çok Yazarım?</t>
+          <t>Aklıselim</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>320</v>
+        <v>168</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255888327</t>
+          <t>9786057949653</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Küller Altında Yakın Tarih 1</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255888419</t>
+          <t>9786257854337</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Pencereler (Ciltli)</t>
+          <t>Baybars</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>199</v>
+        <v>64</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255929112</t>
+          <t>9786257854368</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’ten İstanbul’a</t>
+          <t>Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>299</v>
+        <v>193</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255888358</t>
+          <t>9786257014229</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Çalınan Poe</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>240</v>
+        <v>69</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255888020</t>
+          <t>9772149467877</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa’nın Hâtıraları</t>
+          <t>Aliya İzzetbegoviç Serisi ( 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>539</v>
+        <v>126</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786255888198</t>
+          <t>9789752482814</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Övgü</t>
+          <t>Modern Çağın Sonu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>439</v>
+        <v>239</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256792210</t>
+          <t>9786255888471</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Cihan Harbi Sonrası Bazı Nasılsınlar</t>
+          <t>Bir Medreselinin Kaleminden Medrese</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786255998828</t>
+          <t>9786255888372</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yazma Dersleri</t>
+          <t>Bir Film Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>629</v>
+        <v>379</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255998941</t>
+          <t>9786255929945</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>Bir Filistin Hanedanının Yükselişi ve Düşüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>239</v>
+        <v>799</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786255998958</t>
+          <t>9786255929525</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Korkulu Gece</t>
+          <t>Yolun Öteki Yüzü (2 Cilt)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>224</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786255998934</t>
+          <t>9786256126480</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Fayton</t>
+          <t>Tanrı’yı Düşünmek</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>214</v>
+        <v>299</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786255998965</t>
+          <t>9786255888716</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Tekil Nesneler Mimarlık ve Felsefe</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>204</v>
+        <v>269</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786255998927</t>
+          <t>9786255888655</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bahar Seli</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>249</v>
+        <v>549</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786255998910</t>
+          <t>9786255929631</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mitya’nın Aşkı</t>
+          <t>Ciddi Bir Karakter (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>269</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786255998903</t>
+          <t>9786255929129</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Müstakimzade Süleyman Sadeddin Efendi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>214</v>
+        <v>999</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786255888259</t>
+          <t>9786255888389</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılardan Önce Osmanlı</t>
+          <t>İslam Düşüncesinde Dil Ve Varlık</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786255998118</t>
+          <t>9786255998378</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’ın Son Sırlısı: Ahmed Yüksel Özemre (Ciltli)</t>
+          <t>İdris Küçükömer’in Düzenin Yabancılaşması</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>699</v>
+        <v>249</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786255888235</t>
+          <t>9786255998354</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Tasavvurları</t>
+          <t>Hattat Elmalılı Muhammed Hamdi Yazır (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>399</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786255888273</t>
+          <t>9786255888587</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256309852</t>
+          <t>9786255888570</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Leibniz ve Felsefesi: Mantık, Fizik ve Metafizik</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>499</v>
+        <v>279</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786255888006</t>
+          <t>9786255888617</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümanlar (1939-2005)</t>
+          <t>Dünya Öykücülüğünün Serüveni</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>459</v>
+        <v>479</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786255888167</t>
+          <t>9786255888679</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yazı Bilinci</t>
+          <t>Dünya Savaşından Alman Felsefesi mi Sorumlu?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>209</v>
+        <v>239</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786255888242</t>
+          <t>9772149467846</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Orta Sınıfın Utancı</t>
+          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni (3 Kitap)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>599</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786255888174</t>
+          <t>9786256309388</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Notruf</t>
+          <t>Yusuf’un Rüyasını Yeniden Görmek - Klasik Tefsirler Işığında Yusuf Kıssasını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256792296</t>
+          <t>9786050676266</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Şehrinin İslâmlaşması ve Türkleşmesi, 1461-1583</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>379</v>
+        <v>239</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786255929136</t>
+          <t>9786256495098</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bosna Hersek Medreseleri</t>
+          <t>Asılsız Hikayeler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>549</v>
+        <v>234</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786255929709</t>
+          <t>9789752482920</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler</t>
+          <t>Bir İstanbul Tarikatı - Cerrahilik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>630</v>
+        <v>425</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786255998545</t>
+          <t>9786255888396</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Barbar Bakışı</t>
+          <t>Yasanın Önünde</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>449</v>
+        <v>209</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786255888228</t>
+          <t>9786255888280</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Başka Şeyler</t>
+          <t>Veda Hutbesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786255888181</t>
+          <t>9786255888525</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Aplay Suite</t>
+          <t>Osmanlı İmparatorluğu’nda Yollara Düşenler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>229</v>
+        <v>499</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257854528</t>
+          <t>9786256698727</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd-i Bağdadi</t>
+          <t>Birlikteliğin Güçlü Nedeni</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>339</v>
+        <v>224</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786255998644</t>
+          <t>9786255888013</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Paylaşsana Bu Dağınıklığı</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>189</v>
+        <v>459</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257854733</t>
+          <t>9786255888075</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Asım Köksal</t>
+          <t>Oğuzname (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>420</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9772149467980</t>
+          <t>9786255888310</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 13 Ocak 2024</t>
+          <t>Loretta</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>4440000003731</t>
+          <t>9786255929150</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 11 Eylül 2023</t>
+          <t>İbnü’l Bevvâb’ın Kasîde-i Râiyye Şerhi / Commentary on Ibn al-Bawwāb’s Qasidah Al-Raiyyah (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>99</v>
+        <v>499</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>4440000003188</t>
+          <t>9786255888365</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 9 Mayıs 2023</t>
+          <t>Editöre Not</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>4440000002717</t>
+          <t>9786255888518</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 7 Ocak 2023</t>
+          <t>Nasıl Daha Çok Yazarım?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256999145</t>
+          <t>9786255888327</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yediçınar Yaylası</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>309</v>
+        <v>320</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256999213</t>
+          <t>9786255888419</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mal</t>
+          <t>Yüksek Pencereler (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>650</v>
+        <v>199</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>4440000002470</t>
+          <t>9786255929112</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 6 Kasım 2022</t>
+          <t>Dersaadet’ten İstanbul’a</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>4440000001887</t>
+          <t>9786255888358</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 3 Mayıs 2022</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>69</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258486223</t>
+          <t>9786255888020</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Avni Konuk Görünmeyen Umman</t>
+          <t>Barbaros Hayreddin Paşa’nın Hâtıraları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>399</v>
+        <v>539</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752482104</t>
+          <t>9786255888198</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Lozan</t>
+          <t>Ay’a Övgü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>163</v>
+        <v>439</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256495371</t>
+          <t>9786256792210</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Bunalımı</t>
+          <t>Üçüncü Cihan Harbi Sonrası Bazı Nasılsınlar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>227</v>
+        <v>149</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786255929907</t>
+          <t>9786255998828</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zihin Haritaları</t>
+          <t>Yazma Dersleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>249</v>
+        <v>629</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256698512</t>
+          <t>9786255998941</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ova Mülakatları</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786255929143</t>
+          <t>9786255998958</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Meğer Bir Gece Ki</t>
+          <t>Korkulu Gece</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>399</v>
+        <v>224</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257303675</t>
+          <t>9786255998934</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe Meal-i Alisi (Ciltli)</t>
+          <t>Fayton</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>999</v>
+        <v>214</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786255998347</t>
+          <t>9786255998965</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kristal Avizeler</t>
+          <t>Bir Yufka Yürekli</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786255888068</t>
+          <t>9786255998927</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Tarihi ya da</t>
+          <t>Bahar Seli</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786255929693</t>
+          <t>9786255998910</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İznik Medresesi</t>
+          <t>Mitya’nın Aşkı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786255888037</t>
+          <t>9786255998903</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Şeylerin Güzelliği</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>299</v>
+        <v>214</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786255929990</t>
+          <t>9786255888259</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri (Ciltli)</t>
+          <t>Osmanlılardan Önce Osmanlı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>799</v>
+        <v>449</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786255888051</t>
+          <t>9786255998118</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Üsküdar’ın Son Sırlısı: Ahmed Yüksel Özemre (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>199</v>
+        <v>699</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786255929914</t>
+          <t>9786255888235</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Georg Simmel’in Paranın Felsefesi</t>
+          <t>Tanrı Tasavvurları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786255929921</t>
+          <t>9786255888273</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Karşılığını Verir</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>269</v>
+        <v>349</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786255929969</t>
+          <t>9786256309852</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Fabrikanızın Keyfi Yerinde mi?</t>
+          <t>Leibniz ve Felsefesi: Mantık, Fizik ve Metafizik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>149</v>
+        <v>499</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786255998590</t>
+          <t>9786255888006</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Suskundu</t>
+          <t>Genç Müslümanlar (1939-2005)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>299</v>
+        <v>459</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786255888150</t>
+          <t>9786255888167</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sapkınlıklara Reddiye</t>
+          <t>Yazı Bilinci</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786255929983</t>
+          <t>9786255888242</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Antropolojisi ve Modernite</t>
+          <t>Orta Sınıfın Utancı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>329</v>
+        <v>599</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786255929976</t>
+          <t>9786255888174</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Düşünce ve Geleneğinde Delilik</t>
+          <t>Notruf</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786255929389</t>
+          <t>9786256792296</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Selçuklu Alimi: Gazzali</t>
+          <t>Trabzon Şehrinin İslâmlaşması ve Türkleşmesi, 1461-1583</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>289</v>
+        <v>379</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786255929648</t>
+          <t>9786255929136</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda’da İslamlaşma ve Yerel Din (Ciltli)</t>
+          <t>Bosna Hersek Medreseleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>649</v>
+        <v>549</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786255998712</t>
+          <t>9786255929709</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İmge ve Kült: Sanat Çağı Öncesi İmgenin Tarihi</t>
+          <t>Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>899</v>
+        <v>630</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>4444444443751</t>
+          <t>9786255998545</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 21 Mayıs 2025</t>
+          <t>Barbar Bakışı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>209</v>
+        <v>449</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9772149468005</t>
+          <t>9786255888228</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzâlî Kitap Seti (Çanta Hediyeli)</t>
+          <t>Aşk ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1495</v>
+        <v>299</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057949103</t>
+          <t>9786255888181</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Suç</t>
+          <t>Aplay Suite</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786255929518</t>
+          <t>9786257854528</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Âdil-i Mutlak (Ciltli)</t>
+          <t>Cüneyd-i Bağdadi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1999</v>
+        <v>339</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257587648</t>
+          <t>9786255998644</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yesevi Menakıpnamesi (Orijinal Ses ve Günümüz Türkçesi)</t>
+          <t>Paylaşsana Bu Dağınıklığı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057949660</t>
+          <t>9786257854733</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıl Osmanlı Düşüncesinin Kaynakları</t>
+          <t>Mustafa Asım Köksal</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>429</v>
+        <v>420</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786255929402</t>
+          <t>9772149467980</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 13 Ocak 2024</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786255929488</t>
+          <t>4440000003731</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sükût Sûretinde</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 11 Eylül 2023</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>239</v>
+        <v>99</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786255929426</t>
+          <t>4440000003188</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Put Yapımevleri</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 9 Mayıs 2023</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>239</v>
+        <v>99</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786255929495</t>
+          <t>4440000002717</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Simitçiler Kasidesi</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 7 Ocak 2023</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786255929419</t>
+          <t>9786256999145</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Yediçınar Yaylası</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>239</v>
+        <v>309</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786255929853</t>
+          <t>9786256999213</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kalem Kalesi</t>
+          <t>Büyük Mal</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>259</v>
+        <v>650</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786255929433</t>
+          <t>4440000002470</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Üstünde Bir Avuç Güneş</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 6 Kasım 2022</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>239</v>
+        <v>69</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786255929464</t>
+          <t>4440000001887</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bir Öldürme Töreni</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 3 Mayıs 2022</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>199</v>
+        <v>69</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786255929457</t>
+          <t>9786258486223</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Belge</t>
+          <t>Ahmed Avni Konuk Görünmeyen Umman</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786255929440</t>
+          <t>9789752482104</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bakır Dönemi</t>
+          <t>99 Soruda Lozan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>199</v>
+        <v>163</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786255929860</t>
+          <t>9786256495371</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Arap Saati</t>
+          <t>Modern Dünyanın Bunalımı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>199</v>
+        <v>227</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786255929471</t>
+          <t>9786255929907</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ahid Kulesi</t>
+          <t>Zihin Haritaları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786255929761</t>
+          <t>9786256698512</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Zırh ve Yemin</t>
+          <t>Ova Mülakatları</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786255929600</t>
+          <t>9786255929143</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Vietnam'a Sevgiler</t>
+          <t>Meğer Bir Gece Ki</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>239</v>
+        <v>399</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786255929716</t>
+          <t>9786257303675</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri &amp; Kırık Kanatlar</t>
+          <t>Kur’an-ı Kerim’in Türkçe Meal-i Alisi (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>239</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786255929730</t>
+          <t>9786255998347</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Öncü &amp; Gönlün Sırları</t>
+          <t>Kristal Avizeler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>249</v>
+        <v>204</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786255998330</t>
+          <t>9786255888068</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Dönemlerinde İlme Adanmış Bir Hayat</t>
+          <t>İyileşmenin Tarihi ya da</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786255929044</t>
+          <t>9786255929693</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Niğbolu’dan Mohaç’a</t>
+          <t>İznik Medresesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>675</v>
+        <v>399</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786255929105</t>
+          <t>9786255888037</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Napolyon Savaşları</t>
+          <t>Gündelik Şeylerin Güzelliği</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>899</v>
+        <v>299</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786255929006</t>
+          <t>9786255929990</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Baldan Tatlıdır</t>
+          <t>Haçlı Seferleri (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>399</v>
+        <v>799</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786255998385</t>
+          <t>9786255888051</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Karınca Huzura Varınca</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>369</v>
+        <v>199</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786255929747</t>
+          <t>9786255929914</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kaçık &amp; Kum ve Köpük &amp; Yeryüzü Tanrıları</t>
+          <t>Georg Simmel’in Paranın Felsefesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>339</v>
+        <v>269</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786255929792</t>
+          <t>9786255929921</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İmgelerin İhaneti</t>
+          <t>Edebiyat Karşılığını Verir</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>839</v>
+        <v>269</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786255929624</t>
+          <t>9786255929969</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hiroşima'nın Çiçekleri ve Tohumları</t>
+          <t>Fabrikanızın Keyfi Yerinde mi?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786255929617</t>
+          <t>9786255998590</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünün Sınırsız Denizi</t>
+          <t>Bozkır Suskundu</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786255929778</t>
+          <t>9786255888150</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni</t>
+          <t>Bütün Sapkınlıklara Reddiye</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786255929884</t>
+          <t>9786255929983</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Bin Yıllık Mezarı</t>
+          <t>Bedenin Antropolojisi ve Modernite</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786255929754</t>
+          <t>9786255929976</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gece ile Sabah Arasında &amp; Gözyaşları ve Kahkahalar</t>
+          <t>Antik Yunan Düşünce ve Geleneğinde Delilik</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>329</v>
+        <v>209</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786255929808</t>
+          <t>9786255929389</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gazzeli Meryem</t>
+          <t>Bir Büyük Selçuklu Alimi: Gazzali</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786255929662</t>
+          <t>9786255929648</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Duyumsanabilir Olanın Paylaşımı</t>
+          <t>Altın Orda’da İslamlaşma ve Yerel Din (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>269</v>
+        <v>649</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786255929723</t>
+          <t>9786255998712</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Ruhlar</t>
+          <t>İmge ve Kült: Sanat Çağı Öncesi İmgenin Tarihi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>169</v>
+        <v>899</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258486261</t>
+          <t>4444444443751</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Yeni Başlayanlar İçin Joyce</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 21 Mayıs 2025</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>39</v>
+        <v>209</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257014700</t>
+          <t>9772149468005</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 2 (Ciltli)</t>
+          <t>İmam Gazzâlî Kitap Seti (Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>196.66</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257014717</t>
+          <t>9786057949103</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 3 (Ciltli)</t>
+          <t>Edebiyat ve Suç</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>196.66</v>
+        <v>299</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786255929396</t>
+          <t>9786255929518</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice'nin Evi (Ciltli)</t>
+          <t>Âdil-i Mutlak (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>799</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786255929372</t>
+          <t>9786257587648</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Vahyin İzinde Dinler ve İslâm (Ciltli)</t>
+          <t>Yesevi Menakıpnamesi (Orijinal Ses ve Günümüz Türkçesi)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>675</v>
+        <v>249</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786255929051</t>
+          <t>9786057949660</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiyâ ve Tevârih-i Hulefâ (2 Cilt) (Ciltli)</t>
+          <t>16. Yüzyıl Osmanlı Düşüncesinin Kaynakları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>1890</v>
+        <v>429</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257014809</t>
+          <t>9786255929402</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’unda Ramazan Kültürü ve Ramazan Sofraları</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786255929037</t>
+          <t>9786255929488</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yakarışların Kapısında</t>
+          <t>Sükût Sûretinde</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256309036</t>
+          <t>9786255929426</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Bilinç</t>
+          <t>Put Yapımevleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>399</v>
+        <v>239</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786255929365</t>
+          <t>9786255929495</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Filistin-İsrail Meselesinin Kısa Tarihi</t>
+          <t>Osmanlı Simitçiler Kasidesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786255998439</t>
+          <t>9786255929419</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Duygular Kuramı</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>499</v>
+        <v>239</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786255998842</t>
+          <t>9786255929853</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Neyi, Nasıl Yapmalı?</t>
+          <t>Kalem Kalesi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>296</v>
+        <v>259</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256495869</t>
+          <t>9786255929433</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Şehir Manzaraları</t>
+          <t>Kalbimin Üstünde Bir Avuç Güneş</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>399</v>
+        <v>239</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786255998286</t>
+          <t>9786255929464</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kurye</t>
+          <t>Bir Öldürme Töreni</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786255929303</t>
+          <t>9786255929457</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kaybederken</t>
+          <t>Belge</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786255929310</t>
+          <t>9786255929440</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kalk Son Gününe Veda Et</t>
+          <t>Bakır Dönemi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786255929297</t>
+          <t>9786255929860</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Yok Et</t>
+          <t>Arap Saati</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256126633</t>
+          <t>9786255929471</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Notları IV</t>
+          <t>Ahid Kulesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256126626</t>
+          <t>9786255929761</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Notları III</t>
+          <t>Zırh ve Yemin</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256126619</t>
+          <t>9786255929600</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Notları II</t>
+          <t>Vietnam'a Sevgiler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>179</v>
+        <v>269</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256126602</t>
+          <t>9786255929716</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Notları I</t>
+          <t>Vadinin Perileri &amp; Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>179</v>
+        <v>239</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786255929099</t>
+          <t>9786255929730</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bulgu Dağı</t>
+          <t>Öncü &amp; Gönlün Sırları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786255929358</t>
+          <t>9786255998330</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Katre (Ciltli)</t>
+          <t>Osmanlı'nın Son Dönemlerinde İlme Adanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>599</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786255929556</t>
+          <t>9786255929044</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Niğbolu’dan Mohaç’a</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>149</v>
+        <v>675</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786255998606</t>
+          <t>9786255929105</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur Asra Bedel &amp; Cengiz Han’a Küsen Bulut</t>
+          <t>Napolyon Savaşları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>249</v>
+        <v>949</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>4444444443578</t>
+          <t>9786255929006</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 20 Mart 2025</t>
+          <t>Muhabbet Baldan Tatlıdır</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>209</v>
+        <v>399</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257587020</t>
+          <t>9786255998385</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Niyet Felsefesi</t>
+          <t>Karınca Huzura Varınca</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>269</v>
+        <v>369</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786255929020</t>
+          <t>9786255929747</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ramazannâme</t>
+          <t>Kaçık &amp; Kum ve Köpük &amp; Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>339</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256309555</t>
+          <t>9786255929792</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Meali (Ciltli)</t>
+          <t>İmgelerin İhaneti</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>699</v>
+        <v>839</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786255929204</t>
+          <t>9786255929624</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili (Ciltli)</t>
+          <t>Hiroşima'nın Çiçekleri ve Tohumları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>6499</v>
+        <v>289</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786255929013</t>
+          <t>9786255929617</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>Hayal Gücünün Sınırsız Denizi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>650</v>
+        <v>349</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786255998996</t>
+          <t>9786255929778</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dersaâdet’te Ramazan Akşamları</t>
+          <t>Hatırla Beni</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>549</v>
+        <v>299</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786255998989</t>
+          <t>9786255929884</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hicret - Hazreti Peygamber’in İzinde (Ciltli)</t>
+          <t>Günlerin Bin Yıllık Mezarı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>899</v>
+        <v>349</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256698383</t>
+          <t>9786255929754</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Cennet Rehberi (Ciltli)</t>
+          <t>Gece ile Sabah Arasında &amp; Gözyaşları ve Kahkahalar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>999</v>
+        <v>329</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786255998682</t>
+          <t>9786255929808</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dünyasızlar</t>
+          <t>Gazzeli Meryem</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258486018</t>
+          <t>9786255929662</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal - Açıklamalı Orijinal Metin</t>
+          <t>Duyumsanabilir Olanın Paylaşımı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>279</v>
+        <v>269</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786255998675</t>
+          <t>9786255929723</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bir Pencerelik Dünya</t>
+          <t>Başkaldıran Ruhlar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786255998323</t>
+          <t>9786258486261</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gathering Words: A Quest For The Prophet’s Legacy</t>
+          <t>Çizgilerle Yeni Başlayanlar İçin Joyce</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>490</v>
+        <v>39</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256698529</t>
+          <t>9786257014700</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Süfiler Ansiklopedisi (2 Cilt) (Ciltli)</t>
+          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>990</v>
+        <v>196.66</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786255998408</t>
+          <t>9786257014717</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Radikal Düşünme Rehberi</t>
+          <t>Anadolu Selçuklu Sanatının Geometrik Dili Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>399</v>
+        <v>196.66</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786255998804</t>
+          <t>9786255929396</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ertelenmiş Bir Hayalin Montajı</t>
+          <t>Hz. Hatice'nin Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>249</v>
+        <v>799</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786255998835</t>
+          <t>9786255929372</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çayla Boyanmış Manzara</t>
+          <t>Vahyin İzinde Dinler ve İslâm (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>449</v>
+        <v>675</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256126190</t>
+          <t>9786255929051</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İçdeniz Yanılgıları</t>
+          <t>Kısas-ı Enbiyâ ve Tevârih-i Hulefâ (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>189</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786255998477</t>
+          <t>9786257014809</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesi (1947-1949)</t>
+          <t>Osmanlı İstanbul’unda Ramazan Kültürü ve Ramazan Sofraları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786255998460</t>
+          <t>9786255929037</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bir Fırsat Bulsam</t>
+          <t>Tüm Yakarışların Kapısında</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>360</v>
+        <v>349</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786255998521</t>
+          <t>9786256309036</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Harikası Elhamra</t>
+          <t>Tarihsel Bilinç</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786255998132</t>
+          <t>9786255929365</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Beğ Beyrek Hikâyesi (Ciltli)</t>
+          <t>Filistin-İsrail Meselesinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786255998651</t>
+          <t>9786255998439</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ayağımın Üzengiye Yetişmediği Günler</t>
+          <t>Ahlaki Duygular Kuramı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>197</v>
+        <v>499</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786255998514</t>
+          <t>9786255998842</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Piranesi ya da Formların Akışkanlığı</t>
+          <t>Neyi, Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>229</v>
+        <v>296</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257303248</t>
+          <t>9786256495869</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Modernliğin Şehir Manzaraları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257587709</t>
+          <t>9786255998286</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Şehir Yıkılırken</t>
+          <t>Kurye</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786255998484</t>
+          <t>9786255929303</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları</t>
+          <t>Kaybederken</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>439</v>
+        <v>299</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256126800</t>
+          <t>9786255929310</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sizi Buraya Ne Getirdi?</t>
+          <t>Kalk Son Gününe Veda Et</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786255998156</t>
+          <t>9786255929297</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bil</t>
+          <t>İnsanı Yok Et</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786255998422</t>
+          <t>9786256126633</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İslâm Dünyasından Hatıralar</t>
+          <t>Bir Yazarın Notları IV</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786255998446</t>
+          <t>9786256126626</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslümanların Servet Yönetimi</t>
+          <t>Bir Yazarın Notları III</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>316</v>
+        <v>179</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786255998552</t>
+          <t>9786256126619</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Bir Yazarın Notları II</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256126909</t>
+          <t>9786256126602</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Dumanı</t>
+          <t>Bir Yazarın Notları I</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>399</v>
+        <v>179</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786255998194</t>
+          <t>9786255929099</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Türk Halkları</t>
+          <t>Bulgu Dağı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786255998255</t>
+          <t>9786255929358</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bâb-ı Âli’den Uzakta</t>
+          <t>Katre (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>349</v>
+        <v>599</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256126183</t>
+          <t>9786255929556</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Aşağıda Çok Yer Var</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786255998507</t>
+          <t>9786255998606</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Âbid Selâme’nin Hayatından Bir Gün</t>
+          <t>Gün Olur Asra Bedel &amp; Cengiz Han’a Küsen Bulut</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256126053</t>
+          <t>4444444443578</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 20 Mart 2025</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>99</v>
+        <v>209</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256126046</t>
+          <t>9786257587020</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Niyet Felsefesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>129</v>
+        <v>269</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256126039</t>
+          <t>9786255929020</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Ramazannâme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256126022</t>
+          <t>9786256309555</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Kur’an Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>100</v>
+        <v>849</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256126015</t>
+          <t>9786255929204</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Hak Dini Kur’an Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>99</v>
+        <v>6499</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256126060</t>
+          <t>9786255929013</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>99</v>
+        <v>850</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256126077</t>
+          <t>9786255998996</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Dersaâdet’te Ramazan Akşamları</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>99</v>
+        <v>549</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256126084</t>
+          <t>9786255998989</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Hicret - Hazreti Peygamber’in İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>112</v>
+        <v>899</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257854153</t>
+          <t>9786256698383</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sahici Mucizeler</t>
+          <t>Cennet Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>80</v>
+        <v>999</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257014168</t>
+          <t>9786255998682</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Hesaplaşması</t>
+          <t>Dünyasızlar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>229</v>
+        <v>349</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258159677</t>
+          <t>9786258486018</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dünya Romanının Serüveni</t>
+          <t>A'mak-ı Hayal - Açıklamalı Orijinal Metin</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>799</v>
+        <v>279</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256910331</t>
+          <t>9786255998675</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Doğu’ya Seyahat</t>
+          <t>Bir Pencerelik Dünya</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>429</v>
+        <v>259</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257854900</t>
+          <t>9786255998323</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bilginin Dolaşımı</t>
+          <t>Gathering Words: A Quest For The Prophet’s Legacy</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>349</v>
+        <v>490</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786255998309</t>
+          <t>9786256698529</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İns (50. Yıl Özel Baskı) (Ciltli)</t>
+          <t>Süfiler Ansiklopedisi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>499</v>
+        <v>990</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256126770</t>
+          <t>9786255998408</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Tutarsızlığı</t>
+          <t>Felsefede Radikal Düşünme Rehberi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>289</v>
+        <v>399</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786057949424</t>
+          <t>9786255998804</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Ebü’l-Feth 2 Cilt Kutulu (Ciltli)</t>
+          <t>Ertelenmiş Bir Hayalin Montajı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>700</v>
+        <v>249</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258159035</t>
+          <t>9786255998835</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'ın Saatleri Ayarlama Enstitüsü</t>
+          <t>Çayla Boyanmış Manzara</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>180</v>
+        <v>449</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255998217</t>
+          <t>9786256126190</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>İçdeniz Yanılgıları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256126855</t>
+          <t>9786255998477</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kuyuda Saklı Miras</t>
+          <t>Filistin Meselesi (1947-1949)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255998170</t>
+          <t>9786255998460</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Herkes Tek Başına Ölür</t>
+          <t>Bir Fırsat Bulsam</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>639</v>
+        <v>360</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786255998224</t>
+          <t>9786255998521</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü ve İradenin Düşleri</t>
+          <t>Bir Dünya Harikası Elhamra</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255998095</t>
+          <t>9786255998132</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklar, Nehirler, Buz Dağları</t>
+          <t>Beğ Beyrek Hikâyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>264</v>
+        <v>499</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255998279</t>
+          <t>9786255998651</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Serçesi</t>
+          <t>Ayağımın Üzengiye Yetişmediği Günler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>269</v>
+        <v>197</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255998187</t>
+          <t>9786255998514</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Putlar</t>
+          <t>Piranesi ya da Formların Akışkanlığı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255998149</t>
+          <t>9786257303248</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fizik Düşüncesi</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>214</v>
+        <v>299</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255998316</t>
+          <t>9786257587709</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Serçelerin Ölümü</t>
+          <t>Şehir Yıkılırken</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786255998125</t>
+          <t>9786255998484</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Salerno Tıp Okulu</t>
+          <t>Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>209</v>
+        <v>439</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786255998163</t>
+          <t>9786256126800</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu’nun Sır’ı</t>
+          <t>Sizi Buraya Ne Getirdi?</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786255998293</t>
+          <t>9786255998156</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Yazıları</t>
+          <t>Kendini Bil</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256910928</t>
+          <t>9786255998422</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ezra ile Gary</t>
+          <t>İslâm Dünyasından Hatıralar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256126916</t>
+          <t>9786255998446</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Mevlevîsi</t>
+          <t>İlk Müslümanların Servet Yönetimi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>239</v>
+        <v>316</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256126404</t>
+          <t>9786255998552</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Suyu Seveni Derin Batırın Irmağa</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>334</v>
+        <v>199</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786255998088</t>
+          <t>9786256126909</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Şiir</t>
+          <t>Düşüncenin Dumanı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256309814</t>
+          <t>9786255998194</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Maximus Şiirleri</t>
+          <t>Dünya Tarihinde Türk Halkları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255998101</t>
+          <t>9786255998255</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Yamalı Gömleği</t>
+          <t>Bâb-ı Âli’den Uzakta</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255998262</t>
+          <t>9786256126183</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Göz Medeniyetinin Körlükleri</t>
+          <t>Aşağıda Çok Yer Var</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>649</v>
+        <v>199</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255998200</t>
+          <t>9786255998507</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Charles C. Moskos’un Amerikan Askeri</t>
+          <t>Âbid Selâme’nin Hayatından Bir Gün</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257014373</t>
+          <t>9786256126053</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Şark Köşesi</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258486704</t>
+          <t>9786256126046</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Korkut Ata Ne Söyledi</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256126787</t>
+          <t>9786256126039</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tehafüt ve Geleneği</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>399</v>
+        <v>99</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256126817</t>
+          <t>9786256126022</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yaşamı</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>269</v>
+        <v>100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256126862</t>
+          <t>9786256126015</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Geceleri</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>249</v>
+        <v>99</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256126794</t>
+          <t>9786256126060</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel İmge</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256309470</t>
+          <t>9786256126077</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256126763</t>
+          <t>9786256126084</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim, Duyduklarım, Öğrendiklerim</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>249</v>
+        <v>112</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256126350</t>
+          <t>9786257854153</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefeye Övgü</t>
+          <t>Sahici Mucizeler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>229</v>
+        <v>80</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256126947</t>
+          <t>9786257014168</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Günlüğü</t>
+          <t>Paşaların Hesaplaşması</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256126879</t>
+          <t>9786258159677</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sanata Teoriyle Bakmak</t>
+          <t>Dünya Romanının Serüveni</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>499</v>
+        <v>799</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256126831</t>
+          <t>9786256910331</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Okuyucu</t>
+          <t>Doğu’ya Seyahat</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>399</v>
+        <v>429</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786256126299</t>
+          <t>9786257854900</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Mayk Hammer Mike Hammer’a Karşı (2 Cilt Kutulu)</t>
+          <t>Osmanlı’da Bilginin Dolaşımı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1498</v>
+        <v>349</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786256126824</t>
+          <t>9786255998309</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Yıkılırken Edebiyat</t>
+          <t>İns (50. Yıl Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>599</v>
+        <v>499</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256126886</t>
+          <t>9786256126770</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Finn’in Oteli</t>
+          <t>Filozofların Tutarsızlığı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>239</v>
+        <v>289</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256126701</t>
+          <t>9786057949424</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Dünyaların Kesiştiği Yerde</t>
+          <t>Tarih-i Ebü’l-Feth 2 Cilt Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>399</v>
+        <v>700</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256126848</t>
+          <t>9786258159035</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Duyulur Kılmak</t>
+          <t>Ahmet Hamdi Tanpınar'ın Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>224</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786256126893</t>
+          <t>9786255998217</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Felengecik</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>214</v>
+        <v>349</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257014755</t>
+          <t>9786256126855</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihine Düşen Cemre - Selçuklular</t>
+          <t>Kuyuda Saklı Miras</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>4444444443235</t>
+          <t>9786255998170</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 18 Kasım 2024</t>
+          <t>Herkes Tek Başına Ölür</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>179</v>
+        <v>639</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9772149467995</t>
+          <t>9786255998224</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Serçe Ajandası 2025</t>
+          <t>Yeryüzü ve İradenin Düşleri</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257854993</t>
+          <t>9786255998095</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>El-İşarat Ve’t-Tenbihat (2 Cilt Takım)</t>
+          <t>Kaynaklar, Nehirler, Buz Dağları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>999</v>
+        <v>264</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256126565</t>
+          <t>9786255998279</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Koca Adam Merhaba!</t>
+          <t>Şark’ın Serçesi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256126572</t>
+          <t>9786255998187</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Biat I</t>
+          <t>Çağdaş Putlar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>184</v>
+        <v>199</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256126558</t>
+          <t>9786255998149</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Klas Duruş</t>
+          <t>Çağdaş Fizik Düşüncesi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>184</v>
+        <v>214</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786256126589</t>
+          <t>9786255998316</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Biat II</t>
+          <t>Serçelerin Ölümü</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256126541</t>
+          <t>9786255998125</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kulesi</t>
+          <t>Salerno Tıp Okulu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256126596</t>
+          <t>9786255998163</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Biat III</t>
+          <t>Mustafa Kutlu’nun Sır’ı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>184</v>
+        <v>299</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256126534</t>
+          <t>9786255998293</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Derviş Hüneri</t>
+          <t>Kudüs Yazıları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256126527</t>
+          <t>9786256910928</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Batı Notları</t>
+          <t>Ezra ile Gary</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>204</v>
+        <v>299</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256126640</t>
+          <t>9786256126916</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 1: Çarpışan Sesler</t>
+          <t>Bir Cumhuriyet Mevlevîsi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>194</v>
+        <v>239</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256126510</t>
+          <t>9786256126404</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma</t>
+          <t>Suyu Seveni Derin Batırın Irmağa</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>184</v>
+        <v>379</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256126503</t>
+          <t>9786255998088</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kudüsler</t>
+          <t>Hakikat Sonrası Şiir</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>209</v>
+        <v>169</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786256126657</t>
+          <t>9786256309814</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 2: Yazının Epik Resmi Çekildiği Sırada</t>
+          <t>Maximus Şiirleri</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>194</v>
+        <v>299</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786256126664</t>
+          <t>9786255998101</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 3: Büyük Sorgu</t>
+          <t>İsa’nın Yamalı Gömleği</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786256126671</t>
+          <t>9786255998262</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 4: Simsiyah</t>
+          <t>Göz Medeniyetinin Körlükleri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>189</v>
+        <v>649</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786256126688</t>
+          <t>9786255998200</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 5: Ateş Hattında Harf Müfrezeleri</t>
+          <t>Charles C. Moskos’un Amerikan Askeri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786256126695</t>
+          <t>9786257014373</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Otel Gören Defterler 6: Yazmak Bir Mûcize</t>
+          <t>Şark Köşesi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>204</v>
+        <v>149</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786256910942</t>
+          <t>9786258486704</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayalperest</t>
+          <t>Korkut Ata Ne Söyledi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258159172</t>
+          <t>9786256126787</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Dönüm Noktalarıyla Fizik</t>
+          <t>Tehafüt ve Geleneği</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>349</v>
+        <v>529</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256126473</t>
+          <t>9786256126817</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Hikmetinden Sual Olur mu?</t>
+          <t>Tefekkür Yaşamı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256126381</t>
+          <t>9786256126862</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Pencere</t>
+          <t>Türkistan Geceleri</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256999640</t>
+          <t>9786256126794</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Şiirsel İmge</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>349</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256126466</t>
+          <t>9786256309470</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Poetika</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256126374</t>
+          <t>9786256126763</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Devlet Ana (Ciltli)</t>
+          <t>Gördüklerim, Duyduklarım, Öğrendiklerim</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>999</v>
+        <v>249</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786256126442</t>
+          <t>9786256126350</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Kitabı</t>
+          <t>Antik Felsefeye Övgü</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>469</v>
+        <v>229</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786256126459</t>
+          <t>9786256126947</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Sanatı</t>
+          <t>Saraybosna Günlüğü</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786256126398</t>
+          <t>9786256126879</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Öykünün Ontolojisi</t>
+          <t>Sanata Teoriyle Bakmak</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>359</v>
+        <v>499</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256126428</t>
+          <t>9786256126831</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmi Pazarlamak (Ciltli)</t>
+          <t>Okuyucu</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>849</v>
+        <v>399</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256309746</t>
+          <t>9786256126299</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Aleksias (Ciltli)</t>
+          <t>Mayk Hammer Mike Hammer’a Karşı (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>789</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256126282</t>
+          <t>9786256126824</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Astronomi Tarihi</t>
+          <t>İmparatorluk Yıkılırken Edebiyat</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>239</v>
+        <v>599</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256309531</t>
+          <t>9786256126886</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Kayıp Kralı</t>
+          <t>Finn’in Oteli</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>449</v>
+        <v>239</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256126367</t>
+          <t>9786256126701</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf</t>
+          <t>Dünyaların Kesiştiği Yerde</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>289</v>
+        <v>399</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256126343</t>
+          <t>9786256126848</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Falanca ve Feşmekanları</t>
+          <t>Duyulur Kılmak</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256126725</t>
+          <t>9786256126893</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Torun Korkut Destanı</t>
+          <t>Felengecik</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>249</v>
+        <v>214</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256309432</t>
+          <t>9786257014755</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>The Book of Tahini</t>
+          <t>İslam Tarihine Düşen Cemre - Selçuklular</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>1990</v>
+        <v>299</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258159073</t>
+          <t>4444444443235</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 18 Kasım 2024</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258486094</t>
+          <t>9772149467995</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İmkansızın İspatı</t>
+          <t>Serçe Ajandası 2025</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>324</v>
+        <v>159</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256126169</t>
+          <t>9786257854993</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kara Atena</t>
+          <t>El-İşarat Ve’t-Tenbihat (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>899</v>
+        <v>999</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256126145</t>
+          <t>9786256126565</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Gölgesinde</t>
+          <t>Koca Adam Merhaba!</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>279</v>
+        <v>499</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256126213</t>
+          <t>9786256126572</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler Işığında Mümtaz Turhan</t>
+          <t>Biat I</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>345</v>
+        <v>184</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256309791</t>
+          <t>9786256126558</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Klas Duruş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>399</v>
+        <v>184</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256126107</t>
+          <t>9786256126589</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Tebaa</t>
+          <t>Biat II</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256698598</t>
+          <t>9786256126541</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Şark Çetesi Yedilerin Buluşması</t>
+          <t>Edebiyat Kulesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>279</v>
+        <v>214</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256309371</t>
+          <t>9786256126596</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Çöküşü Akşam Ülkesinin Yokuş Aşağı Gidişi</t>
+          <t>Biat III</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>899</v>
+        <v>184</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256126152</t>
+          <t>9786256126534</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Tahta Kapıların Ardında</t>
+          <t>Derviş Hüneri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256126138</t>
+          <t>9786256126527</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesinin Hikayesi Mağara Resimlerinden Dijital İmajlara</t>
+          <t>Batı Notları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786256309579</t>
+          <t>9786256126640</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Posthuman İnsanlığı Bekleyen Tehlikeler ve Çıkış Yolları</t>
+          <t>Otel Gören Defterler 1: Çarpışan Sesler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>299</v>
+        <v>194</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256698932</t>
+          <t>9786256126510</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Paris’teki Café et Jardin Turc’ün Serüveni - 18. Asırda Turquerie’nin Bir Yansıması Olarak Türk Kahvesi ve Türk Bahçesi</t>
+          <t>Bağlanma</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>219</v>
+        <v>184</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256126121</t>
+          <t>9786256126503</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Öteki Ses</t>
+          <t>Anneler ve Kudüsler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256309982</t>
+          <t>9786256126657</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Yayılış Tarihine Giriş</t>
+          <t>Otel Gören Defterler 2: Yazının Epik Resmi Çekildiği Sırada</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>399</v>
+        <v>194</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256126176</t>
+          <t>9786256126664</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hitabet ve Belagat Üzerine Söylevler</t>
+          <t>Otel Gören Defterler 3: Büyük Sorgu</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256126091</t>
+          <t>9786256126671</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı Neşet Ertaş’ın Dünyası</t>
+          <t>Otel Gören Defterler 4: Simsiyah</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>229</v>
+        <v>189</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256126206</t>
+          <t>9786256126688</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Dört Suikast Filistin’i Sarsan Kurşunlar</t>
+          <t>Otel Gören Defterler 5: Ateş Hattında Harf Müfrezeleri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>259</v>
+        <v>194</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256126114</t>
+          <t>9786256126695</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Sanat</t>
+          <t>Otel Gören Defterler 6: Yazmak Bir Mûcize</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>429</v>
+        <v>204</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256309838</t>
+          <t>9786256910942</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Serüveni - Tarihi, Lehçeleri, Dilbilim Geleneği</t>
+          <t>Muhteşem Hayalperest</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>599</v>
+        <v>399</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256309487</t>
+          <t>9786258159172</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Kurucu’nun Hatıraları</t>
+          <t>Dönüm Noktalarıyla Fizik</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>2299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256309999</t>
+          <t>9786256126473</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Kar Yağacak</t>
+          <t>Allah’ın Hikmetinden Sual Olur mu?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>289</v>
+        <v>199</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057949400</t>
+          <t>9786256126381</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Mumyalar, Yamyamlar ve Vampirler</t>
+          <t>Bir Milyon Pencere</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256999794</t>
+          <t>9786256999640</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>El Münkız Mide'd-Dalal - Hakikat Arayışı</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257303125</t>
+          <t>9786256126466</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Ruhu</t>
+          <t>Deneysel Poetika</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786058025929</t>
+          <t>9786256126374</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernliğe Osmanlı (Ciltli)</t>
+          <t>Devlet Ana (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>599</v>
+        <v>999</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>4444444443020</t>
+          <t>9786256126442</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 17 Eylül 2024</t>
+          <t>Hayvanlar Kitabı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>179</v>
+        <v>469</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256698826</t>
+          <t>9786256126459</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Yüz Katlı İnsan</t>
+          <t>Kurmaca Sanatı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>499</v>
+        <v>179</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256309821</t>
+          <t>9786256126398</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Zağra Müftüsünün Hâtıraları</t>
+          <t>Öykünün Ontolojisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>364</v>
+        <v>359</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256309869</t>
+          <t>9786256126428</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Tractatus Minima Poeticus Türk ve Alman Şiiri Hakkında Düşünceler</t>
+          <t>Siyonizmi Pazarlamak (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>272</v>
+        <v>849</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256309913</t>
+          <t>9786256309746</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Jane Jacobs’ın Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı - Bir Tahlil</t>
+          <t>Aleksias (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>189</v>
+        <v>789</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256309906</t>
+          <t>9786256126282</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hekaton’la Son Tango (Ciltli)</t>
+          <t>Astronomi Tarihi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>689</v>
+        <v>239</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256309548</t>
+          <t>9786256309531</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin Zenginliği</t>
+          <t>Doğu’nun Kayıp Kralı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>699</v>
+        <v>449</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256309807</t>
+          <t>9786256126367</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Beklentileri Karşılama Teşkilatı</t>
+          <t>Tasavvuf</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256698604</t>
+          <t>9786256126343</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kalem Güzeli (3 Cilt Takım)</t>
+          <t>Üsküdarlı Falanca ve Feşmekanları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>3599</v>
+        <v>249</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256309685</t>
+          <t>9786256126725</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Misalli Ansiklopedik Kur’an Sözlüğü (4 Cilt - Kutulu) (Ciltli)</t>
+          <t>Torun Korkut Destanı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>3999</v>
+        <v>249</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256309586</t>
+          <t>9786256309432</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Gramofonu Joyce’ta Evet Söylen(t)isi</t>
+          <t>The Book of Tahini</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>189</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256309005</t>
+          <t>9786258159073</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sebeb-i Telif Osmanlı Literatüründe Açık ve Örtük Yazma Nedenleri</t>
+          <t>Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256792029</t>
+          <t>9786258486094</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Resimde Kelimeler</t>
+          <t>İmkansızın İspatı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256309784</t>
+          <t>9786256126169</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyetçi Bireyciliğin Siyasal Teorisi</t>
+          <t>Kara Atena</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>389</v>
+        <v>899</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256309777</t>
+          <t>9786256126145</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hiper-kültürellik</t>
+          <t>Kurtların Gölgesinde</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256309753</t>
+          <t>9786256126213</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Dün</t>
+          <t>Yeni Perspektifler Işığında Mümtaz Turhan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>229</v>
+        <v>419</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786258159820</t>
+          <t>9786256309791</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sükut Ayyuka Çıkar</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257014533</t>
+          <t>9786256126107</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mişkatü’l - Envar</t>
+          <t>Tebaa</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>169</v>
+        <v>499</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256309661</t>
+          <t>9786256698598</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Yılların İzi</t>
+          <t>Şark Çetesi Yedilerin Buluşması</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>409</v>
+        <v>309</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257303699</t>
+          <t>9786256309371</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayatı</t>
+          <t>Batı’nın Çöküşü Akşam Ülkesinin Yokuş Aşağı Gidişi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>649</v>
+        <v>899</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256309517</t>
+          <t>9786256126152</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yaratım ve Anarşi Sanat Eseri ve Kapitalizm Dini</t>
+          <t>Tahta Kapıların Ardında</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>209</v>
+        <v>239</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256698444</t>
+          <t>9786256126138</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Venedik, Viyana ve Osmanlılar - Güneydoğu Avrupa’da Çalkantı (1645-1700)</t>
+          <t>Sanat Felsefesinin Hikayesi Mağara Resimlerinden Dijital İmajlara</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>569</v>
+        <v>199</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256309029</t>
+          <t>9786256309579</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yerler</t>
+          <t>Posthuman İnsanlığı Bekleyen Tehlikeler ve Çıkış Yolları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>589</v>
+        <v>349</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256309739</t>
+          <t>9786256698932</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Paris’teki Café et Jardin Turc’ün Serüveni - 18. Asırda Turquerie’nin Bir Yansıması Olarak Türk Kahvesi ve Türk Bahçesi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256309463</t>
+          <t>9786256126121</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Adam Arkaş’ın Günlüğü</t>
+          <t>Öteki Ses</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256309562</t>
+          <t>9786256309982</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları Ejder Sarayı’nın Çanı</t>
+          <t>İslam’ın Yayılış Tarihine Giriş</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256309500</t>
+          <t>9786256126176</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Büyük Etik Magna Moralia</t>
+          <t>Hitabet ve Belagat Üzerine Söylevler</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256495289</t>
+          <t>9786256126091</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Notlar - Sosyalizm, Toplum ve Gerçek</t>
+          <t>Gönül Dağı Neşet Ertaş’ın Dünyası</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>329</v>
+        <v>229</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256698857</t>
+          <t>9786256126206</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Günlükleri</t>
+          <t>Dört Suikast Filistin’i Sarsan Kurşunlar</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256309456</t>
+          <t>9786256126114</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Papirüs Üçlemesi</t>
+          <t>Deleuze ve Sanat</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>599</v>
+        <v>429</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256309524</t>
+          <t>9786256309838</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Özü Cevahirü’l-Kur’an</t>
+          <t>Arapçanın Serüveni - Tarihi, Lehçeleri, Dilbilim Geleneği</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>194</v>
+        <v>599</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256495302</t>
+          <t>9786256309487</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Notlar - Kitap Notları</t>
+          <t>Ali Ulvi Kurucu’nun Hatıraları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>249</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256792760</t>
+          <t>9786256309999</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Tarihin Sayfalarını Çevirmek</t>
+          <t>Ağlama Kar Yağacak</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>589</v>
+        <v>289</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256309326</t>
+          <t>9786057949400</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sömürge Döneminde Hadis ve Yorum</t>
+          <t>Mumyalar, Yamyamlar ve Vampirler</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256309449</t>
+          <t>9786256999794</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Yoksullar Gitti</t>
+          <t>El Münkız Mide'd-Dalal - Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256309678</t>
+          <t>9786257303125</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Saati</t>
+          <t>Kelebeğin Ruhu</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>4444444442777</t>
+          <t>9786058025929</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Teklif Dergisi Sayı: 16 Temmuz 2024</t>
+          <t>Gelenekten Modernliğe Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>179</v>
+        <v>599</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>4444444442737</t>
+          <t>4444444443020</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 16 Temmuz 2024</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 17 Eylül 2024</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256309272</t>
+          <t>9786256698826</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Üç Halka Dilden Dile Aktarılmış Bir Sürgün ve Kader Öyküsü</t>
+          <t>Dokuz Yüz Katlı İnsan</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>239</v>
+        <v>499</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256698895</t>
+          <t>9786256309821</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Türk Müzikolojisinin Kurucusu Rauf Yektâ Bey (3 Kitap Set)</t>
+          <t>Zağra Müftüsünün Hâtıraları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>1299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256792838</t>
+          <t>9786256309869</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’a Yeniden Yön Vermek - Doğu ile Kültürel Değişimler</t>
+          <t>Tractatus Minima Poeticus Türk ve Alman Şiiri Hakkında Düşünceler</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256309319</t>
+          <t>9786256309913</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Toplumsallığı Kentte Sosyomekansal Sistemler</t>
+          <t>Jane Jacobs’ın Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı - Bir Tahlil</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>289</v>
+        <v>189</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256309357</t>
+          <t>9786256309906</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Makrokozmos Öyküleri</t>
+          <t>Hekaton’la Son Tango (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>189</v>
+        <v>689</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256309395</t>
+          <t>9786256309548</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Beş Varlık İklimi Firdevsi, Hayyam, Mevlânâ, Sa'di ve Hafız</t>
+          <t>Milletlerin Zenginliği</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>239</v>
+        <v>699</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256698666</t>
+          <t>9786256309807</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sancısı Yüzyılların Kavşağındaki Muhabbet</t>
+          <t>Beklentileri Karşılama Teşkilatı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>329</v>
+        <v>229</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256698314</t>
+          <t>9786256698604</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz</t>
+          <t>Kalem Güzeli (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>349</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256792791</t>
+          <t>9786256309685</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Mürted Julianus</t>
+          <t>Misalli Ansiklopedik Kur’an Sözlüğü (4 Cilt - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>279</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256698673</t>
+          <t>9786256309586</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Meali</t>
+          <t>Ulysses Gramofonu Joyce’ta Evet Söylen(t)isi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>799</v>
+        <v>189</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786256309333</t>
+          <t>9786256309005</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Işık (Ciltli)</t>
+          <t>Sebeb-i Telif Osmanlı Literatüründe Açık ve Örtük Yazma Nedenleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>699</v>
+        <v>409</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786256698963</t>
+          <t>9786256792029</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Gazze’deki Işık Ateşten Doğan Yazılar</t>
+          <t>Resimde Kelimeler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>420</v>
+        <v>299</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256698758</t>
+          <t>9786256309784</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Evrene Hoş Geldin</t>
+          <t>Mülkiyetçi Bireyciliğin Siyasal Teorisi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>769</v>
+        <v>499</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256309265</t>
+          <t>9786256309777</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Deneysel ve Fantastik Öyküler</t>
+          <t>Hiper-kültürellik</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256698789</t>
+          <t>9786256309753</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali</t>
+          <t>Dün</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>599</v>
+        <v>229</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256698741</t>
+          <t>9786258159820</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
+          <t>Sükut Ayyuka Çıkar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>220</v>
+        <v>249</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256309296</t>
+          <t>9786257014533</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İktisatçıların Tutarsızlığı: Faiz Hilesi</t>
+          <t>Mişkatü’l - Envar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256309289</t>
+          <t>9786256309661</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İç - Toplu Şiirler</t>
+          <t>Yılların İzi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>389</v>
+        <v>559</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257303101</t>
+          <t>9786257303699</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa Tarihini Yeniden Düşünmek</t>
+          <t>Hz. Peygamber’in Hayatı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>274</v>
+        <v>649</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257014205</t>
+          <t>9786256309517</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Türk Makul Tarih</t>
+          <t>Yaratım ve Anarşi Sanat Eseri ve Kapitalizm Dini</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>234</v>
+        <v>259</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256698697</t>
+          <t>9786256698444</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Makine Sanatı ve Diğer Yazılar (Ciltli)</t>
+          <t>Venedik, Viyana ve Osmanlılar - Güneydoğu Avrupa’da Çalkantı (1645-1700)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>499</v>
+        <v>639</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786050676235</t>
+          <t>9786256309029</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l-Hüsna Şerhi</t>
+          <t>Yerler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>399</v>
+        <v>639</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258094589</t>
+          <t>9786256309739</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ötekini Kovmak</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256999657</t>
+          <t>9786256309463</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kütüphaneler</t>
+          <t>Kendini Arayan Adam Arkaş’ın Günlüğü</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258486940</t>
+          <t>9786256309562</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kabahat İşlemek - Doğruyu Söylemek</t>
+          <t>Japon Masalları Ejder Sarayı’nın Çanı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>429</v>
+        <v>299</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256309067</t>
+          <t>9786256309500</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Eşiğinde Öykümüz</t>
+          <t>Büyük Etik Magna Moralia</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786256698109</t>
+          <t>9786256495289</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Yüz Bin Çiçek Saksısına Bakan On Adam - Son Posta Yazı ve Röportajları 1936-1937</t>
+          <t>Notlar - Sosyalizm, Toplum ve Gerçek</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256698772</t>
+          <t>9786256698857</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Yay ve Lir</t>
+          <t>Semerkand Günlükleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>380</v>
+        <v>249</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256698710</t>
+          <t>9786256309456</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Maden</t>
+          <t>Papirüs Üçlemesi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>329</v>
+        <v>799</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256698765</t>
+          <t>9786256309524</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kurgular</t>
+          <t>Kur’an’ın Özü Cevahirü’l-Kur’an</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>399</v>
+        <v>194</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256792289</t>
+          <t>9786256495302</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kırk Bin Yılın Semeresi</t>
+          <t>Notlar - Kitap Notları</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>449</v>
+        <v>249</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256698970</t>
+          <t>9786256792760</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Krizi</t>
+          <t>Kağıt Tarihin Sayfalarını Çevirmek</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>299</v>
+        <v>589</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256698680</t>
+          <t>9786256309326</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sünniliğin Yükselişi ve İslam Sanatının Dönüşümü</t>
+          <t>Sömürge Döneminde Hadis ve Yorum</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>349</v>
+        <v>359</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256698956</t>
+          <t>9786256309449</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Beni Yemen'de İtalyana Benzetirler</t>
+          <t>Yoksullar Gitti</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256309111</t>
+          <t>9786256309678</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Romanda Hesaplaşma ve Diğer Yazılar</t>
+          <t>Türkiye Saati</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>320</v>
+        <v>199</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256495852</t>
+          <t>4444444442777</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Radikal Belirsizlik - Jean Baudrillard</t>
+          <t>Teklif Dergisi Sayı: 16 Temmuz 2024</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256698987</t>
+          <t>4444444442737</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 16 Temmuz 2024</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>209</v>
+        <v>179</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256698345</t>
+          <t>9786256309272</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kolaya Kaçmayalım - 1950 Sonrası Yazılar-Soruşturmalar-Söyleşiler</t>
+          <t>Üç Halka Dilden Dile Aktarılmış Bir Sürgün ve Kader Öyküsü</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256698994</t>
+          <t>9786256698895</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Gazzeli Bir Sufi - Niyazi-i Mısri’nin Ser Halifesi Ahmed Gazzi</t>
+          <t>Türk Müzikolojisinin Kurucusu Rauf Yektâ Bey (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>249</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256698703</t>
+          <t>9786256792838</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet</t>
+          <t>Rönesans’a Yeniden Yön Vermek - Doğu ile Kültürel Değişimler</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>264</v>
+        <v>319</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256309081</t>
+          <t>9786256309319</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Eşitlik - Endüstriyel Çağda Enerjiye Erişim ve Sosyal Adaletsizlik</t>
+          <t>Mekanın Toplumsallığı Kentte Sosyomekansal Sistemler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256309050</t>
+          <t>9786256309357</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Şairi Öldürdüler</t>
+          <t>Makrokozmos Öyküleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256309012</t>
+          <t>9786256309395</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Fetih, Haraç, İktisat Hz. Ömer Döneminde Sosyal Adalet</t>
+          <t>Beş Varlık İklimi Firdevsi, Hayyam, Mevlânâ, Sa'di ve Hafız</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256309043</t>
+          <t>9786256698666</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Ölüm Sonra</t>
+          <t>Şafak Sancısı Yüzyılların Kavşağındaki Muhabbet</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>4444444442575</t>
+          <t>9786256698314</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Teklif Dergisi Mayıs 2024</t>
+          <t>Peygamber Efendimiz</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>179</v>
+        <v>399</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256698734</t>
+          <t>9786256792791</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Zaman Hiçbir Şey</t>
+          <t>Mürted Julianus</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>179</v>
+        <v>449</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>4444444442539</t>
+          <t>9786256698673</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 15 Mayıs 2024</t>
+          <t>Kur’an Meali</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>179</v>
+        <v>799</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786256698819</t>
+          <t>9786256309333</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tükenerek Çoğalmak Denemeler, Mektuplar, Günlükler</t>
+          <t>Işık (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>299</v>
+        <v>699</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256698468</t>
+          <t>9786256698963</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Sicilyayı Anlatmak Ortaçağ Akdeniz Dünyasında Savaş ve Barış</t>
+          <t>Gazze’deki Işık Ateşten Doğan Yazılar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>289</v>
+        <v>420</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256792562</t>
+          <t>9786256698758</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi - Başlangıçtan VII/XIII. Yüzyıla Kadar</t>
+          <t>Evrene Hoş Geldin</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>899</v>
+        <v>769</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256999060</t>
+          <t>9786256309265</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Şiraz’dan Sivas’a Bir Alim-Filozof: Kutbüddin Şirazi</t>
+          <t>Deneysel ve Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256792661</t>
+          <t>9786256698789</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Siyasal Dilin İnşası - Değişen ve Dönüşen Osmanlı İmparatorluğu’nda Kavram ve Söylem</t>
+          <t>Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>289</v>
+        <v>599</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256698802</t>
+          <t>9786256698741</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Samurayın Kızı</t>
+          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>209</v>
+        <v>220</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256792265</t>
+          <t>9786256309296</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>İktisatçıların Tutarsızlığı: Faiz Hilesi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256698833</t>
+          <t>9786256309289</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kim Bulmuş Ki Yerini - Söylenmeler</t>
+          <t>İç - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>219</v>
+        <v>389</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256698659</t>
+          <t>9786257303101</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Güneş Eski Ritmini Bulana Dek</t>
+          <t>Modern Avrupa Tarihini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>189</v>
+        <v>274</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256698796</t>
+          <t>9786257014205</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Çatlak</t>
+          <t>Akıllı Türk Makul Tarih</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>179</v>
+        <v>234</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256698642</t>
+          <t>9786256698697</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaplan Haykırışı</t>
+          <t>Makine Sanatı ve Diğer Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>209</v>
+        <v>499</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256698840</t>
+          <t>9786050676235</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu ve Unkudü’z-Zevahir - Dil ile Anlam</t>
+          <t>Esmaü'l-Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256698352</t>
+          <t>9786258094589</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>O'nun Gibi</t>
+          <t>Ötekini Kovmak</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>329</v>
+        <v>219</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256698390</t>
+          <t>9786256999657</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Sanat Terimleri Ansiklopedisi (Ciltli)</t>
+          <t>Kayıp Kütüphaneler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>2500</v>
+        <v>299</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256698451</t>
+          <t>9786258486940</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Felsefedeki Güncel Temalar</t>
+          <t>Kabahat İşlemek - Doğruyu Söylemek</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>199</v>
+        <v>429</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256698550</t>
+          <t>9786256309067</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ramadan Mubarak</t>
+          <t>Yüzyılın Eşiğinde Öykümüz</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256698376</t>
+          <t>9786256698109</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Ölüm</t>
+          <t>Yüz Bin Çiçek Saksısına Bakan On Adam - Son Posta Yazı ve Röportajları 1936-1937</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>419</v>
+        <v>349</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256698369</t>
+          <t>9786256698772</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Biruni</t>
+          <t>Yay ve Lir</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>419</v>
+        <v>429</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256698260</t>
+          <t>9786256698710</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kül Ormanı</t>
+          <t>Maden</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>230</v>
+        <v>329</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256698284</t>
+          <t>9786256698765</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Eckbert</t>
+          <t>Kurgular</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256698291</t>
+          <t>9786256792289</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Kendiliği</t>
+          <t>Kırk Bin Yılın Semeresi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>229</v>
+        <v>449</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256698338</t>
+          <t>9786256698970</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Parazit</t>
+          <t>Anlatının Krizi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256698277</t>
+          <t>9786256698680</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin İyi Bir Gün Değil</t>
+          <t>Sünniliğin Yükselişi ve İslam Sanatının Dönüşümü</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256698048</t>
+          <t>9786256698956</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Mizah Penceresinden Birinci Dünya Savaşı (1914-1918)</t>
+          <t>Beni Yemen'de İtalyana Benzetirler</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256698321</t>
+          <t>9786256309111</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>“Kutsal Dil”in Yıkımı - İslam Düşüncesinde Anlam Problemi</t>
+          <t>Romanda Hesaplaşma ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256698307</t>
+          <t>9786256495852</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard’ın Korku ve Titreme’si - Bir Tahlil</t>
+          <t>Radikal Belirsizlik - Jean Baudrillard</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256698482</t>
+          <t>9786256698987</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İhtilaf Usulü - Faysalü’t-Tefrika beyne’l-İslam ve’z-Zendeka</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256792449</t>
+          <t>9786256698345</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Delilim Yok Kalbimden Başka</t>
+          <t>Kolaya Kaçmayalım - 1950 Sonrası Yazılar-Soruşturmalar-Söyleşiler</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256698017</t>
+          <t>9786256698994</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İktisadî ve İçtimaî Tarihi - I (Ciltli)</t>
+          <t>Gazzeli Bir Sufi - Niyazi-i Mısri’nin Ser Halifesi Ahmed Gazzi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>750</v>
+        <v>249</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256698253</t>
+          <t>9786256698703</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Saçlarına Çöken Her Beyazın Neşeli Bir Siyahı Vardı</t>
+          <t>Enformatik Cehalet</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>149</v>
+        <v>264</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256698093</t>
+          <t>9786256309081</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Müteferrika Matbaası ve Türk Matbaacılığı</t>
+          <t>Enerji ve Eşitlik - Endüstriyel Çağda Enerjiye Erişim ve Sosyal Adaletsizlik</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>699</v>
+        <v>199</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256698123</t>
+          <t>9786256309050</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bir Nadir Kitap Destanı - Hans Peter Kraus’un Otobiyografisi</t>
+          <t>Şairi Öldürdüler</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>899</v>
+        <v>159</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>4440000004434</t>
+          <t>9786256309012</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 14 Mart 2024</t>
+          <t>Fetih, Haraç, İktisat Hz. Ömer Döneminde Sosyal Adalet</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256495784</t>
+          <t>9786256309043</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Evrim Risalesi</t>
+          <t>Birkaç Ölüm Sonra</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786258159943</t>
+          <t>4444444442575</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aldatan İnsan</t>
+          <t>Teklif Dergisi Mayıs 2024</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786258094237</t>
+          <t>9786256698734</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hurma Risalesi</t>
+          <t>Hiçbir Zaman Hiçbir Şey</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>214</v>
+        <v>179</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257854290</t>
+          <t>4444444442539</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Kalemime</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 15 Mayıs 2024</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256698161</t>
+          <t>9786256698819</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bir Nakşibendi Ulusunun Hicaz’da Mazhar Olduğu Keşif ve Kerametler - Yevakîtü’l-Harameyn</t>
+          <t>Tükenerek Çoğalmak Denemeler, Mektuplar, Günlükler</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>229</v>
+        <v>399</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256999077</t>
+          <t>9786256698468</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Afakta ve Enfüste</t>
+          <t>Müslüman Sicilyayı Anlatmak Ortaçağ Akdeniz Dünyasında Savaş ve Barış</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256698031</t>
+          <t>9786256792562</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Ve Gelecek Geldi - Tekno-Yaşam Üzerine Ahir Düşünceler</t>
+          <t>İslam Tıp Tarihi - Başlangıçtan VII/XIII. Yüzyıla Kadar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>149</v>
+        <v>899</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256698062</t>
+          <t>9786256999060</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Taşıyacak Bizi Rüzgar</t>
+          <t>Şiraz’dan Sivas’a Bir Alim-Filozof: Kutbüddin Şirazi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>279</v>
+        <v>269</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256698000</t>
+          <t>9786256792661</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve İlyada</t>
+          <t>Osmanlı’da Siyasal Dilin İnşası - Değişen ve Dönüşen Osmanlı İmparatorluğu’nda Kavram ve Söylem</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>209</v>
+        <v>389</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256792234</t>
+          <t>9786256698802</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Romanlar ve Babalar</t>
+          <t>Samurayın Kızı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>179</v>
+        <v>399</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256792630</t>
+          <t>9786256792265</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Maarif - Kişiler, Anlatılar, Kurumlar</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>224</v>
+        <v>399</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256698079</t>
+          <t>9786256698833</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Keşfi</t>
+          <t>Kim Bulmuş Ki Yerini - Söylenmeler</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>289</v>
+        <v>219</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256792944</t>
+          <t>9786256698659</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İntifada</t>
+          <t>Güneş Eski Ritmini Bulana Dek</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>519</v>
+        <v>189</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256792999</t>
+          <t>9786256698796</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsanın Yurdudur Toplu Şiirler</t>
+          <t>Çatlak</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>414</v>
+        <v>179</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256698116</t>
+          <t>9786256698642</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Greenwich Meridyeni</t>
+          <t>Açık Kaplan Haykırışı</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256792470</t>
+          <t>9786256698840</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Fakir Sanat</t>
+          <t>Ali Kuşçu ve Unkudü’z-Zevahir - Dil ile Anlam</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256698024</t>
+          <t>9786256698352</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski: Başlangıçlar ve Yaklaşan Fırtına (Ciltli)</t>
+          <t>O'nun Gibi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>699</v>
+        <v>359</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256792913</t>
+          <t>9786256698390</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Hesabı</t>
+          <t>Bilim ve Sanat Terimleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>259</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256698055</t>
+          <t>9786256698451</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>At Sırtında Küçük Asya - Bir Alman Subayının Anadolu Notları 1905</t>
+          <t>Felsefedeki Güncel Temalar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256792890</t>
+          <t>9786256698550</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Şiddet - Dostluk, Tarih ve İman Üzerine Fragmanlar</t>
+          <t>Ramadan Mubarak</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>166</v>
+        <v>289</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256698086</t>
+          <t>9786256698376</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Alimler, Meclisler, Raviler - Bir Kitabın Serüveni</t>
+          <t>Küçük Bir Ölüm</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>259</v>
+        <v>419</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256792746</t>
+          <t>9786256698369</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Yüksel Özemre ile Son Sohbet</t>
+          <t>Biruni</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>199</v>
+        <v>419</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256792906</t>
+          <t>9786256698260</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Samuel P. Huntington’ın Asker ve Devlet’i - Bir Tahlil</t>
+          <t>Kül Ormanı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>179</v>
+        <v>230</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256495982</t>
+          <t>9786256698284</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Davud Kayserî'nin Fususu'l-Hikem Mukaddimeleri Şerhi</t>
+          <t>Sarışın Eckbert</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>849</v>
+        <v>229</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256495449</t>
+          <t>9786256698291</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Üzerine</t>
+          <t>Sanatın Kendiliği</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256792586</t>
+          <t>9786256698338</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler Işığında Kemal Tahir</t>
+          <t>Parazit</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>254</v>
+        <v>319</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256792654</t>
+          <t>9786256698277</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Terekeler Neyi Derler?</t>
+          <t>Ölmek İçin İyi Bir Gün Değil</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256792739</t>
+          <t>9786256698048</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Mertebeler - Hace Abdullah el-Ensari el-Herevi Örneği</t>
+          <t>Mizah Penceresinden Birinci Dünya Savaşı (1914-1918)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>259</v>
+        <v>499</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256792685</t>
+          <t>9786256698321</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Tabiattan Tıbba - Osmanlı’da Canlı Bilimleri</t>
+          <t>“Kutsal Dil”in Yıkımı - İslam Düşüncesinde Anlam Problemi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256792845</t>
+          <t>9786256698307</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk ve Ritmik</t>
+          <t>Soren Kierkegaard’ın Korku ve Titreme’si - Bir Tahlil</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256792272</t>
+          <t>9786256698482</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
+          <t>İhtilaf Usulü - Faysalü’t-Tefrika beyne’l-İslam ve’z-Zendeka</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256792524</t>
+          <t>9786256792449</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kant’ta Adaletin İmkanı</t>
+          <t>Delilim Yok Kalbimden Başka</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>279</v>
+        <v>239</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256792302</t>
+          <t>9786256698017</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Başyapıt - Sanattaki Modern Mitler</t>
+          <t>İstanbul’un İktisadî ve İçtimaî Tarihi - I (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>499</v>
+        <v>750</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256792807</t>
+          <t>9786256698253</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Saçlarına Çöken Her Beyazın Neşeli Bir Siyahı Vardı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>224</v>
+        <v>149</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256792883</t>
+          <t>9786256698093</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Dil ve İşgal</t>
+          <t>İbrahim Müteferrika Matbaası ve Türk Matbaacılığı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>224</v>
+        <v>699</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256792777</t>
+          <t>9786256698123</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çamur Gezegeni</t>
+          <t>Bir Nadir Kitap Destanı - Hans Peter Kraus’un Otobiyografisi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>320</v>
+        <v>899</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256792821</t>
+          <t>4440000004434</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Cumhur’un Ölüm İlanı</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 14 Mart 2024</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256792784</t>
+          <t>9786256495784</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tatlı Kalabalık</t>
+          <t>Evrim Risalesi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256792814</t>
+          <t>9786258159943</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Berlin’de Gezinirken - Başkentte Bir Flanör</t>
+          <t>Kendini Aldatan İnsan</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256792722</t>
+          <t>9786258094237</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve İnşa</t>
+          <t>Hurma Risalesi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>499</v>
+        <v>214</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256792937</t>
+          <t>9786257854290</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Anlamını Arayan İnsan - Rilke Kitabı</t>
+          <t>Kalbimden Kalemime</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>229</v>
+        <v>89</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256910430</t>
+          <t>9786256698161</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bin Hüseyin: Nam-ı Diğer Battalname</t>
+          <t>Bir Nakşibendi Ulusunun Hicaz’da Mazhar Olduğu Keşif ve Kerametler - Yevakîtü’l-Harameyn</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256792081</t>
+          <t>9786256999077</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Platon'un "İmkansız" Estetiği ve Sanat</t>
+          <t>Afakta ve Enfüste</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>240</v>
+        <v>299</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256792050</t>
+          <t>9786256698031</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Bir Kandil: Kudüs</t>
+          <t>Ve Gelecek Geldi - Tekno-Yaşam Üzerine Ahir Düşünceler</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256792609</t>
+          <t>9786256698062</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Silah Bir Kez Görünse</t>
+          <t>Taşıyacak Bizi Rüzgar</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>149</v>
+        <v>279</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256792555</t>
+          <t>9786256698000</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hızla Akan Mızrak - Bütün Şiirleri</t>
+          <t>Savaş ve İlyada</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>989</v>
+        <v>269</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256792487</t>
+          <t>9786256792234</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Walden-İki</t>
+          <t>Romanlar ve Babalar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>429</v>
+        <v>179</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256792647</t>
+          <t>9786256792630</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kalem</t>
+          <t>Osmanlı’da Maarif - Kişiler, Anlatılar, Kurumlar</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256792500</t>
+          <t>9786256698079</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Halberstadt Hava Saldırısı</t>
+          <t>Kurmacanın Keşfi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>220</v>
+        <v>289</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256792463</t>
+          <t>9786256792944</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar İçin Bourdieu</t>
+          <t>İntifada</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>229</v>
+        <v>519</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256792494</t>
+          <t>9786256792999</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Hızırla Kırk Saat’i</t>
+          <t>İnsan İnsanın Yurdudur Toplu Şiirler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>159</v>
+        <v>414</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256792456</t>
+          <t>9786256698116</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Altında</t>
+          <t>Greenwich Meridyeni</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256792616</t>
+          <t>9786256792470</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Gizli Defterler</t>
+          <t>Fakir Sanat</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256792531</t>
+          <t>9786256698024</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Dostoyevski: Başlangıçlar ve Yaklaşan Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>249</v>
+        <v>699</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256792593</t>
+          <t>9786256792913</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Zülcelal</t>
+          <t>Dillerin Hesabı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>149</v>
+        <v>259</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256792579</t>
+          <t>9786256698055</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Gazze Risalesi</t>
+          <t>At Sırtında Küçük Asya - Bir Alman Subayının Anadolu Notları 1905</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>159</v>
+        <v>299</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256792548</t>
+          <t>9786256792890</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli’den Şeyh Galib’e Aşkın Uzun Hikayesi</t>
+          <t>Arzu ve Şiddet - Dostluk, Tarih ve İman Üzerine Fragmanlar</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>239</v>
+        <v>166</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256792241</t>
+          <t>9786256698086</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey - Asker, Muharrir, Mebus</t>
+          <t>Alimler, Meclisler, Raviler - Bir Kitabın Serüveni</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256792623</t>
+          <t>9786256792746</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hekaton’la Son Tango</t>
+          <t>Ahmed Yüksel Özemre ile Son Sohbet</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256910881</t>
+          <t>9786256792906</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'ın İzinde Geometrik Desenler Atölyesi / Geometric Patterns Workshop in the Footsteps of Sinan (Ciltli)</t>
+          <t>Samuel P. Huntington’ın Asker ve Devlet’i - Bir Tahlil</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>899</v>
+        <v>179</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256792159</t>
+          <t>9786256495982</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Fikirler Kitapları</t>
+          <t>Davud Kayserî'nin Fususu'l-Hikem Mukaddimeleri Şerhi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>1400</v>
+        <v>849</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256792197</t>
+          <t>9786256495449</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Tipografi Fikirler Kitabı</t>
+          <t>Çağdaş Sanat Üzerine</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>350</v>
+        <v>169</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256792166</t>
+          <t>9786256792586</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Logo Tasarım Fikirler Kitabı</t>
+          <t>Yeni Perspektifler Işığında Kemal Tahir</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>419</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256792180</t>
+          <t>9786256792654</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İllüstrasyon Fikirler Kitabı</t>
+          <t>Terekeler Neyi Derler?</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256792173</t>
+          <t>9786256792739</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Fikirler Kitabı</t>
+          <t>Tasavvufi Mertebeler - Hace Abdullah el-Ensari el-Herevi Örneği</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256495203</t>
+          <t>9786256792685</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Yanardağın Üstündeki Kuş</t>
+          <t>Tabiattan Tıbba - Osmanlı’da Canlı Bilimleri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>749</v>
+        <v>239</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256792203</t>
+          <t>9786256792845</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Yabana Dönüş</t>
+          <t>Rengarenk ve Ritmik</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>242</v>
+        <v>189</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256792357</t>
+          <t>9786256792272</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Olan Onlar</t>
+          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>189</v>
+        <v>349</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786258159929</t>
+          <t>9786256792524</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Teolog Olarak Adam Smith</t>
+          <t>Kant’ta Adaletin İmkanı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>179</v>
+        <v>279</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256792319</t>
+          <t>9786256792302</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sınır Bölgeleri</t>
+          <t>Görünmez Başyapıt - Sanattaki Modern Mitler</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>224</v>
+        <v>499</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256792227</t>
+          <t>9786256792807</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ripostes - İlk Şiirler: 1908-1912</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>189</v>
+        <v>224</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256792326</t>
+          <t>9786256792883</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Rindlerin Sokağından</t>
+          <t>Dil ve İşgal</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>249</v>
+        <v>224</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256792067</t>
+          <t>9786256792777</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Tasfiyesi (2 Cilt)</t>
+          <t>Çamur Gezegeni</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>999</v>
+        <v>320</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256495296</t>
+          <t>9786256792821</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Mektuplar</t>
+          <t>Cumhur’un Ölüm İlanı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>359</v>
+        <v>189</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256792364</t>
+          <t>9786256792784</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Türkiye Defteri</t>
+          <t>Büyük Tatlı Kalabalık</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256792043</t>
+          <t>9786256792814</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Fikrinin Tarihi</t>
+          <t>Berlin’de Gezinirken - Başkentte Bir Flanör</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>539</v>
+        <v>299</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256910935</t>
+          <t>9786256792722</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Hattat Şefik Bey ve Eserleri (Ciltli)</t>
+          <t>Bellek ve İnşa</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>950</v>
+        <v>499</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256495937</t>
+          <t>9786256792937</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Dağ'da Zaman</t>
+          <t>Anlamını Arayan İnsan - Rilke Kitabı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256495623</t>
+          <t>9786256910430</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Buz Dağlarını Çekmek, Düşen Dominolar ve Diğer Uygulamalı Matematik Maceraları</t>
+          <t>Bin Hüseyin: Nam-ı Diğer Battalname</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>210</v>
+        <v>359</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256495807</t>
+          <t>9786256792081</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie'nin Kutusu</t>
+          <t>Platon'un "İmkansız" Estetiği ve Sanat</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>189</v>
+        <v>449</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>4440000003944</t>
+          <t>9786256792050</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 12 Kasım 2023</t>
+          <t>Fırtınada Bir Kandil: Kudüs</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256495883</t>
+          <t>9786256792609</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Yüreğe Yapılan Dövme</t>
+          <t>Silah Bir Kez Görünse</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>210</v>
+        <v>149</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256495906</t>
+          <t>9786256792555</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Gökte Maden, Yerde Ayna Aramak</t>
+          <t>Hızla Akan Mızrak - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>339</v>
+        <v>989</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256495029</t>
+          <t>9786256792487</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Şeyh-i Ekber</t>
+          <t>Walden-İki</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>399</v>
+        <v>429</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256495692</t>
+          <t>9786256792647</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Adam</t>
+          <t>Siyah Kalem</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>240</v>
+        <v>209</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256495968</t>
+          <t>9786256792500</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Şebek Romanı</t>
+          <t>Halberstadt Hava Saldırısı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>249</v>
+        <v>220</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256910980</t>
+          <t>9786256792463</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Siluet Çalışmaları</t>
+          <t>Mimarlar İçin Bourdieu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256495920</t>
+          <t>9786256792494</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Senusi'nin Son Yolculuğu</t>
+          <t>Sezai Karakoç’un Hızırla Kırk Saat’i</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256495913</t>
+          <t>9786256792456</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Prenses Kaguya Masalı</t>
+          <t>Güneşin Altında</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258094749</t>
+          <t>9786256792616</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Gizli Defterler</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256495586</t>
+          <t>9786256792531</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Lahit</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256495753</t>
+          <t>9786256792593</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ten Beyrut'a</t>
+          <t>Zülcelal</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>539</v>
+        <v>149</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256495999</t>
+          <t>9786256792579</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kimse Kalmadığında Bunu Hatırla</t>
+          <t>Gazze Risalesi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>269</v>
+        <v>159</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256495609</t>
+          <t>9786256792548</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Türk Romanı</t>
+          <t>Fuzuli’den Şeyh Galib’e Aşkın Uzun Hikayesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>159</v>
+        <v>239</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256495746</t>
+          <t>9786256792241</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yüzler</t>
+          <t>Ali Şükrü Bey - Asker, Muharrir, Mebus</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>180</v>
+        <v>229</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256495944</t>
+          <t>9786256792623</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Göz Ucu</t>
+          <t>Hekaton’la Son Tango</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>174</v>
+        <v>299</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256495975</t>
+          <t>9786256910881</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Gölge Yontusu</t>
+          <t>Mimar Sinan'ın İzinde Geometrik Desenler Atölyesi / Geometric Patterns Workshop in the Footsteps of Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>189</v>
+        <v>899</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256495470</t>
+          <t>9786256792159</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Doğru Ölçüsü</t>
+          <t>Tasarım Fikirler Kitapları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>119</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256495890</t>
+          <t>9786256792197</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan</t>
+          <t>Tipografi Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>139</v>
+        <v>445</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256792012</t>
+          <t>9786256792166</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Borges Sicilya'da</t>
+          <t>Logo Tasarım Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>229</v>
+        <v>445</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256495777</t>
+          <t>9786256792180</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Basamaklar</t>
+          <t>İllüstrasyon Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>159</v>
+        <v>445</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256495876</t>
+          <t>9786256792173</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bambu Kitabı</t>
+          <t>Grafik Tasarım Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>199</v>
+        <v>445</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256999947</t>
+          <t>9786256495203</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Anarşiden Önceki Son Çıkış</t>
+          <t>Yanardağın Üstündeki Kuş</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>199</v>
+        <v>749</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256792036</t>
+          <t>9786256792203</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Altmış Yıl</t>
+          <t>Yabana Dönüş</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>179</v>
+        <v>429</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256910690</t>
+          <t>9786256792357</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Yansımaları</t>
+          <t>Tuhaf Olan Onlar</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>88</v>
+        <v>189</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256495661</t>
+          <t>9786258159929</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yalnız İğdenin Kokusu</t>
+          <t>Teolog Olarak Adam Smith</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>204</v>
+        <v>179</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256495357</t>
+          <t>9786256792319</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein’ın Merdiveni</t>
+          <t>Sınır Bölgeleri</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256495593</t>
+          <t>9786256792227</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Tesisatın Gizemi</t>
+          <t>Ripostes - İlk Şiirler: 1908-1912</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256495425</t>
+          <t>9786256792326</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Ararken</t>
+          <t>Rindlerin Sokağından</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>499</v>
+        <v>319</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256495685</t>
+          <t>9786256792067</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Ruhu</t>
+          <t>Osmanlı'nın Tasfiyesi (2 Cilt)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>199</v>
+        <v>999</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256495616</t>
+          <t>9786256495296</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Son Hali Görenleri Şaşırttı</t>
+          <t>Notlar / Mektuplar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256495654</t>
+          <t>9786256792364</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran</t>
+          <t>Kemal Tahir ve Türkiye Defteri</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>220</v>
+        <v>229</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256495708</t>
+          <t>9786256792043</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm ve Kur’an</t>
+          <t>İlerleme Fikrinin Tarihi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>299</v>
+        <v>539</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256495739</t>
+          <t>9786256910935</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya İlmihali</t>
+          <t>Hattat Şefik Bey ve Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>299</v>
+        <v>950</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256495845</t>
+          <t>9786256495937</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kişiler ve Şeyler</t>
+          <t>Büyülü Dağ'da Zaman</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256495715</t>
+          <t>9786256495623</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Egonun İnşası</t>
+          <t>Buz Dağlarını Çekmek, Düşen Dominolar ve Diğer Uygulamalı Matematik Maceraları</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>169</v>
+        <v>210</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256495814</t>
+          <t>9786256495807</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Batı Aldatmacılığı ve Putlara Karşı Kemal Tahir</t>
+          <t>Agatha Christie'nin Kutusu</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256495722</t>
+          <t>4440000003944</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Bağdat ve Isfahan</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 12 Kasım 2023</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>449</v>
+        <v>119</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256495630</t>
+          <t>9786256495883</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>1988 Ankara İç Savaşında Üç Hainin Portresi</t>
+          <t>Yüreğe Yapılan Dövme</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>209</v>
+        <v>339</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256495494</t>
+          <t>9786256495906</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Farelerin Bilime Katkısı</t>
+          <t>Gökte Maden, Yerde Ayna Aramak</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>169</v>
+        <v>339</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256495524</t>
+          <t>9786256495029</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Rüyalara Yaslanılır</t>
+          <t>Türk Şiirinde Şeyh-i Ekber</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>129</v>
+        <v>399</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256495319</t>
+          <t>9786256495692</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Notlar - Çöküntü</t>
+          <t>Tüneldeki Adam</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>149</v>
+        <v>240</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256495395</t>
+          <t>9786256495968</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyıl Edebiyatı Üzerine</t>
+          <t>Şebek Romanı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>220</v>
+        <v>249</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256495418</t>
+          <t>9786256910980</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Terbiye-i İrade</t>
+          <t>Siluet Çalışmaları</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256495364</t>
+          <t>9786256495920</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Risaletü’n-Nushiyye ve Divan (Ciltli)</t>
+          <t>Senusi'nin Son Yolculuğu</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>329</v>
+        <v>149</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256495401</t>
+          <t>9786256495913</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Savaşırken</t>
+          <t>Prenses Kaguya Masalı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>389</v>
+        <v>149</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256495463</t>
+          <t>9786258094749</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Müzikal Bir Sungu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256495432</t>
+          <t>9786256495586</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Yedi Dokunuşu</t>
+          <t>Lahit</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256495340</t>
+          <t>9786256495753</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Efsaneler</t>
+          <t>Kudüs'ten Beyrut'a</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>449</v>
+        <v>539</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256495388</t>
+          <t>9786256495999</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Marcel Mauss’un Armağan Üzerine Deneme’si</t>
+          <t>Kimse Kalmadığında Bunu Hatırla</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>179</v>
+        <v>269</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256495517</t>
+          <t>9786256495609</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıtanın Keşfi</t>
+          <t>Kemal Tahir ve Türk Romanı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>249</v>
+        <v>159</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256495555</t>
+          <t>9786256495746</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Karanlık Yüzler</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>244</v>
+        <v>180</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256910997</t>
+          <t>9786256495944</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Şeyleri Hatırlamak</t>
+          <t>Göz Ucu</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>219</v>
+        <v>174</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256495487</t>
+          <t>9786256495975</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Divan Şairi de Okur’du</t>
+          <t>Gölge Yontusu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256495456</t>
+          <t>9786256495470</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Ben Alageyik</t>
+          <t>Düşünmenin Doğru Ölçüsü</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256495500</t>
+          <t>9786256495890</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Şarkısı</t>
+          <t>Yeni İnsan</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258094428</t>
+          <t>9786256792012</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kitabı (Ciltli)</t>
+          <t>Borges Sicilya'da</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>5500</v>
+        <v>229</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256495050</t>
+          <t>9786256495777</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılan Gezegen</t>
+          <t>Basamaklar</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>399</v>
+        <v>159</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256910959</t>
+          <t>9786256495876</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Okuma Haritası</t>
+          <t>Bambu Kitabı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256495081</t>
+          <t>9786256999947</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Sızlar</t>
+          <t>Anarşiden Önceki Son Çıkış</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258159745</t>
+          <t>9786256792036</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Türk Resminin Yüz Bir Yüzü (Ciltli)</t>
+          <t>Amerika'da Altmış Yıl</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>549</v>
+        <v>179</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256495067</t>
+          <t>9786256910690</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık’ın Alemdağ’da Var Bir Yılan’ı - Bir Tahlil</t>
+          <t>Yalnızlık Yansımaları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>209</v>
+        <v>88</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256495005</t>
+          <t>9786256495661</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Sadece Ses</t>
+          <t>Yalnız İğdenin Kokusu</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>179</v>
+        <v>279</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256999831</t>
+          <t>9786256495357</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Felsefesi</t>
+          <t>Wittgenstein’ın Merdiveni</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>159</v>
+        <v>219</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256495012</t>
+          <t>9786256495593</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Ölüm</t>
+          <t>Tesisatın Gizemi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>204</v>
+        <v>289</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256910713</t>
+          <t>9786256495425</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Müslüman’ın Diyeti</t>
+          <t>Şifayı Ararken</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>304</v>
+        <v>699</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256910966</t>
+          <t>9786256495685</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Meddahlar</t>
+          <t>Şark’ın Ruhu</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256495074</t>
+          <t>9786256495616</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Köşe Başında Suret Bulan Tek Kişilik Aşk</t>
+          <t>Son Hali Görenleri Şaşırttı</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786256999305</t>
+          <t>9786256495654</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Devlet Ana</t>
+          <t>Sahipkıran</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256910973</t>
+          <t>9786256495708</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han ve Moğol Savaş Makinesi</t>
+          <t>Oryantalizm ve Kur’an</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256910355</t>
+          <t>9786256495739</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Arapça ve Farsça’dan Osmanlı Türkçesi’ne Alıntılar Sözlüğü (2 Cilt) (Ciltli)</t>
+          <t>Modern Dünya İlmihali</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>1750</v>
+        <v>299</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786256495036</t>
+          <t>9786256495845</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Zulüm</t>
+          <t>Kişiler ve Şeyler</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258486797</t>
+          <t>9786256495715</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Tufandı Koptu</t>
+          <t>Egonun İnşası</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>4440000003438</t>
+          <t>9786256495814</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 10 Temmuz 2023</t>
+          <t>Batı Aldatmacılığı ve Putlara Karşı Kemal Tahir</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>99</v>
+        <v>169</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256910850</t>
+          <t>9786256495722</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Bağdat ve Isfahan</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>129</v>
+        <v>449</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256910805</t>
+          <t>9786256495630</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Köşe Bucak</t>
+          <t>1988 Ankara İç Savaşında Üç Hainin Portresi</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>174</v>
+        <v>209</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256910843</t>
+          <t>9786256495494</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Sizi Görmeliydim - Bütün Kurmacaları</t>
+          <t>Farelerin Bilime Katkısı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>529</v>
+        <v>169</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256910836</t>
+          <t>9786256495524</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Okuyucularla</t>
+          <t>Rüyalara Yaslanılır</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>499</v>
+        <v>129</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256910799</t>
+          <t>9786256495319</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Bir Gece</t>
+          <t>Notlar - Çöküntü</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256910775</t>
+          <t>9786256495395</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelime Daha</t>
+          <t>Yirminci Yüzyıl Edebiyatı Üzerine</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>279</v>
+        <v>599</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256910812</t>
+          <t>9786256495418</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Ben de Botanikten Hiç Anlamam - Konuşmalar</t>
+          <t>Terbiye-i İrade</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>349</v>
+        <v>409</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256910874</t>
+          <t>9786256495364</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Zaman Üzerine Bir Deney</t>
+          <t>Risaletü’n-Nushiyye ve Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>220</v>
+        <v>329</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256910744</t>
+          <t>9786256495401</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Medreseleri</t>
+          <t>Osmanlı Savaşırken</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>289</v>
+        <v>389</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256910867</t>
+          <t>9786256495463</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Felsefesi</t>
+          <t>Müzikal Bir Sungu</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258094596</t>
+          <t>9786256495432</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Sofrasında</t>
+          <t>Müziğin Yedi Dokunuşu</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>729</v>
+        <v>229</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256910751</t>
+          <t>9786256495340</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Remzi Oğuz Arık</t>
+          <t>Masallar ve Efsaneler</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>219</v>
+        <v>449</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786256910621</t>
+          <t>9786256495388</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Küresel İhvan</t>
+          <t>Marcel Mauss’un Armağan Üzerine Deneme’si</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>549</v>
+        <v>179</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786256910584</t>
+          <t>9786256495517</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İslam Klasiklerini Yeniden Keşfetmek</t>
+          <t>Kayıp Kıtanın Keşfi</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786256910768</t>
+          <t>9786256495555</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Dev</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>249</v>
+        <v>244</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786256910737</t>
+          <t>9786256910997</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Beş Romancı Tartışıyor</t>
+          <t>Geçmiş Şeyleri Hatırlamak</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786256999718</t>
+          <t>9786256495487</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>İyi İşler Ustası</t>
+          <t>Divan Şairi de Okur’du</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786256999909</t>
+          <t>9786256495456</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Hayvanlar</t>
+          <t>Ben Alageyik</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786256910652</t>
+          <t>9786256495500</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>1936 Model Gençler</t>
+          <t>Uzakların Şarkısı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786256910638</t>
+          <t>9786258094428</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Türkçe Üzerine Kurulumu</t>
+          <t>Kağıt Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>159</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258159554</t>
+          <t>9786256495050</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Antropolojisi</t>
+          <t>Yeniden Yapılan Gezegen</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>259</v>
+        <v>499</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786256999817</t>
+          <t>9786256910959</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Üç Parçalı Tablo</t>
+          <t>Yanlış Okuma Haritası</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>249</v>
+        <v>165</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786256910669</t>
+          <t>9786256495081</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolu Fiziği</t>
+          <t>Vicdan Sızlar</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786256999367</t>
+          <t>9786258159745</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault’nun Yazar Nedir’i</t>
+          <t>Türk Resminin Yüz Bir Yüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>159</v>
+        <v>649</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258486339</t>
+          <t>9786256495067</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Şa‘banîlik Metinleri</t>
+          <t>Sait Faik Abasıyanık’ın Alemdağ’da Var Bir Yılan’ı - Bir Tahlil</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>180</v>
+        <v>229</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786256910607</t>
+          <t>9786256495005</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
+          <t>Sadece Ses</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>290</v>
+        <v>179</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786256999732</t>
+          <t>9786256999831</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Modern Epik - Goethe’den Marquez’e Dünya Sistemi</t>
+          <t>Ruhun Felsefesi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>329</v>
+        <v>159</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256910591</t>
+          <t>9786256495012</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Mekke’de Güç ve Hakimiyet</t>
+          <t>Ormanda Ölüm</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256910676</t>
+          <t>9786256910713</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Korkma - 41 Dize 41 Yorum (Ciltli)</t>
+          <t>Müslüman’ın Diyeti</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>199</v>
+        <v>304</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256910645</t>
+          <t>9786256910966</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Keşke Sadece Seyircisi Olabilseydim</t>
+          <t>Meddahlar</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786258159974</t>
+          <t>9786256495074</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Olmayanın Teorisi</t>
+          <t>Köşe Başında Suret Bulan Tek Kişilik Aşk</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786256910324</t>
+          <t>9786256999305</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Hat Risalesi - Treatise of Islamic Calligraphy</t>
+          <t>Kemal Tahir ve Devlet Ana</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786256910577</t>
+          <t>9786256910973</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Delilik Ülkesinden Notlar</t>
+          <t>Cengiz Han ve Moğol Savaş Makinesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>284</v>
+        <v>259</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786256910614</t>
+          <t>9786256910355</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Rahmetini Çeken Gerçekler</t>
+          <t>Arapça ve Farsça’dan Osmanlı Türkçesi’ne Alıntılar Sözlüğü (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>209</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786256910317</t>
+          <t>9786256495036</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Önce Biraz Ağladılar</t>
+          <t>Adalet ve Zulüm</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786256910447</t>
+          <t>9786258486797</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalite</t>
+          <t>Tufandı Koptu</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786258094633</t>
+          <t>4440000003438</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Max Weber’in Protestan Ahlakı</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 10 Temmuz 2023</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256999930</t>
+          <t>9786256910850</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786256999848</t>
+          <t>9786256910805</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Paralipomena</t>
+          <t>Şehirde Köşe Bucak</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256910263</t>
+          <t>9786256910843</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Ye Diyor !</t>
+          <t>Sizi Görmeliydim - Bütün Kurmacaları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>349</v>
+        <v>649</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786256910270</t>
+          <t>9786256910836</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Alemi İslam Yazıları Set</t>
+          <t>Okuyucularla</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>799</v>
+        <v>499</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786256910256</t>
+          <t>9786256910799</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Şiir Hali Matematik</t>
+          <t>Güneşte Bir Gece</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256910348</t>
+          <t>9786256910775</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Savaşının İnşası</t>
+          <t>Bir Kelime Daha</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>169</v>
+        <v>279</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256999701</t>
+          <t>9786256910812</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Bulgar Kızı - Talas’ın Kıyısında</t>
+          <t>Ben de Botanikten Hiç Anlamam - Konuşmalar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786256999763</t>
+          <t>9786256910874</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Gece Yaman Uzundur</t>
+          <t>Zaman Üzerine Bir Deney</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786256999954</t>
+          <t>9786256910744</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Tanrı</t>
+          <t>Yunanistan Medreseleri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>499</v>
+        <v>289</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786256910454</t>
+          <t>9786256910867</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun En Uzun Günü</t>
+          <t>Teknoloji Felsefesi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>209</v>
+        <v>379</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786256910300</t>
+          <t>9786258094596</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Öykü Terimleri Sözlüğü</t>
+          <t>Kurtlar Sofrasında</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>320</v>
+        <v>729</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786256910461</t>
+          <t>9786256910751</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi - (8 Cilt, Kutulu Set) (Ciltli)</t>
+          <t>Remzi Oğuz Arık</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>5999</v>
+        <v>249</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786258159936</t>
+          <t>9786256910621</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Tarifse Yaz Deftere! (Tarif Kitabı ve Defteri) (Ciltli)</t>
+          <t>Küresel İhvan</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>299</v>
+        <v>549</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786258094114</t>
+          <t>9786256910584</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ya</t>
+          <t>İslam Klasiklerini Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>119</v>
+        <v>499</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786256999961</t>
+          <t>9786256910768</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Düşüncesi Sözlüğü (Ciltli)</t>
+          <t>Dev</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>999</v>
+        <v>249</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9772149467953</t>
+          <t>9786256910737</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzetbegoviç Kutulu Set (8 Kitap)</t>
+          <t>Beş Romancı Tartışıyor</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>2192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786256999862</t>
+          <t>9786256999718</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Derviş Lokması</t>
+          <t>İyi İşler Ustası</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>349</v>
+        <v>129</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786256999695</t>
+          <t>9786256999909</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Yol Deriz Ona</t>
+          <t>Akışkan Hayvanlar</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>156</v>
+        <v>129</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786256999015</t>
+          <t>9786256910652</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Venedik ve Bab-ı Ali</t>
+          <t>1936 Model Gençler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>269</v>
+        <v>159</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786256999411</t>
+          <t>9786256910638</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Karakteri - Şirki Görmek</t>
+          <t>Yapay Zekanın Türkçe Üzerine Kurulumu</t>
         </is>
       </c>
       <c r="C905" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256999404</t>
+          <t>9786258159554</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Blues</t>
+          <t>Yalanın Antropolojisi</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>239</v>
+        <v>304</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256999725</t>
+          <t>9786256999817</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Me’med, Kırmızı Bandana ve Kar Tanesi</t>
+          <t>Üç Parçalı Tablo</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>160</v>
+        <v>319</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256999756</t>
+          <t>9786256910669</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Sözler ve İzler</t>
+          <t>Uzay Yolu Fiziği</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256999978</t>
+          <t>9786256999367</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Size Paydos Bize Marş Marş</t>
+          <t>Michel Foucault’nun Yazar Nedir’i</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>299</v>
+        <v>159</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256999572</t>
+          <t>9786258486339</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Selçuklulardan Osmanlılara Türk Sanatı</t>
+          <t>Şa‘banîlik Metinleri</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>1499</v>
+        <v>180</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256999800</t>
+          <t>9786256910607</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Panenka</t>
+          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256999923</t>
+          <t>9786256999732</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat - Hayata Merhaba</t>
+          <t>Modern Epik - Goethe’den Marquez’e Dünya Sistemi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>204</v>
+        <v>329</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256999688</t>
+          <t>9786256910591</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Mihne Sufilerin Zulümle İmtihanı</t>
+          <t>Mekke’de Güç ve Hakimiyet</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256999893</t>
+          <t>9786256910676</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kılağı (Ciltli)</t>
+          <t>Korkma - 41 Dize 41 Yorum (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>450</v>
+        <v>199</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786258159615</t>
+          <t>9786256910645</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Günlükler (1898-1918)</t>
+          <t>Keşke Sadece Seyircisi Olabilseydim</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>449</v>
+        <v>349</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786256999770</t>
+          <t>9786258159974</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Ne İşe Yarar?</t>
+          <t>Kavramsal Olmayanın Teorisi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>329</v>
+        <v>169</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256999916</t>
+          <t>9786256910324</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Yana ve Diğer Yazılar</t>
+          <t>Hüsn-i Hat Risalesi - Treatise of Islamic Calligraphy</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>240</v>
+        <v>329</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786256999008</t>
+          <t>9786256910577</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Edebî Bir Metin Olarak İstiklal Marşı</t>
+          <t>Delilik Ülkesinden Notlar</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786256999749</t>
+          <t>9786256910614</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Sular Üstünde Gökler Altında</t>
+          <t>Allah’ın Rahmetini Çeken Gerçekler</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>4440000002972</t>
+          <t>9786256910317</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 8 Mart 2023</t>
+          <t>Önce Biraz Ağladılar</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>99</v>
+        <v>169</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786256999565</t>
+          <t>9786256910447</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Su ve Düşler</t>
+          <t>Rasyonalite</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>349</v>
+        <v>179</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786256999824</t>
+          <t>9786258094633</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gitti Bu Entelektüeller? - Furedi’nin Eleştirilere Cevabıyla Birlikte</t>
+          <t>Max Weber’in Protestan Ahlakı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786258159646</t>
+          <t>9786256999930</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Karanlık - Kötülük Felsefelerine Giriş</t>
+          <t>Muhafazakarlık</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786256999343</t>
+          <t>9786256999848</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir’i Okuma Kılavuzu</t>
+          <t>Paralipomena</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>209</v>
+        <v>129</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786258159868</t>
+          <t>9786256910263</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Barut, Top ve Tüfek - Osmanlı İmparatorluğu’nda Askerî Güç ve Silah Sanayisi</t>
+          <t>Şeytan Ye Diyor !</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>479</v>
+        <v>349</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256999510</t>
+          <t>9786256910270</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Alemi İslam Yazıları Set</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>149</v>
+        <v>799</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256999442</t>
+          <t>9786256910256</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Olaylar</t>
+          <t>Bilimin Şiir Hali Matematik</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256999350</t>
+          <t>9786256910348</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl İnsan Oldu?</t>
+          <t>Bir Dünya Savaşının İnşası</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786258486827</t>
+          <t>9786256999701</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Simetri</t>
+          <t>Bulgar Kızı - Talas’ın Kıyısında</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>196</v>
+        <v>99</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256999398</t>
+          <t>9786256999763</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir’in Entelektüel Portresi</t>
+          <t>Gece Yaman Uzundur</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>349</v>
+        <v>179</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786258159769</t>
+          <t>9786256999954</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Haziran 1941</t>
+          <t>İktisat ve Tanrı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>249</v>
+        <v>499</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786256999381</t>
+          <t>9786256910454</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Teoriye Direnç</t>
+          <t>Ortadoğu’nun En Uzun Günü</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>195</v>
+        <v>239</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256999503</t>
+          <t>9786256910300</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Taşı Taşırmak</t>
+          <t>Öykü Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>169</v>
+        <v>549</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256999619</t>
+          <t>9786256910461</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Fususu’l Hikem Şerhi</t>
+          <t>İslam Tarihi - (8 Cilt, Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>1399</v>
+        <v>6499</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256999473</t>
+          <t>9786258159936</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Cherokee</t>
+          <t>Tarifse Yaz Deftere! (Tarif Kitabı ve Defteri) (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>156</v>
+        <v>299</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256999497</t>
+          <t>9786258094114</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay’ın Tehlikeli Oyunlar’ı</t>
+          <t>Dünya Ya</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256999428</t>
+          <t>9786256999961</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Medine’den Kudüs’e</t>
+          <t>İslam Ahlak Düşüncesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>160</v>
+        <v>999</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786258486520</t>
+          <t>9772149467953</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Müzik, Ses ve Mimari</t>
+          <t>Aliya İzetbegoviç Kutulu Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>549</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256999374</t>
+          <t>9786256999862</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İmajların Yazgısı</t>
+          <t>Derviş Lokması</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256999091</t>
+          <t>9786256999695</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Estetik Nedir ?</t>
+          <t>Yol Deriz Ona</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>399</v>
+        <v>156</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786258159981</t>
+          <t>9786256999015</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Medreseleri</t>
+          <t>Venedik ve Bab-ı Ali</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>195</v>
+        <v>269</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256999435</t>
+          <t>9786256999411</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Biz Savaşı Görmedik</t>
+          <t>Tevhidin Karakteri - Şirki Görmek</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256999299</t>
+          <t>9786256999404</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlambilim Denemesi</t>
+          <t>Saraybosna Blues</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>179</v>
+        <v>269</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256999466</t>
+          <t>9786256999725</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Belki de Yanlış Bir Leyla</t>
+          <t>Me’med, Kırmızı Bandana ve Kar Tanesi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>209</v>
+        <v>160</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256999459</t>
+          <t>9786256999756</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Sözler ve İzler</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>159</v>
+        <v>429</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256999220</t>
+          <t>9786256999978</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımı</t>
+          <t>Size Paydos Bize Marş Marş</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786258159912</t>
+          <t>9786256999572</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Savaşçı</t>
+          <t>Selçuklulardan Osmanlılara Türk Sanatı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>399</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256999152</t>
+          <t>9786256999800</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sağırdere</t>
+          <t>Panenka</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256999206</t>
+          <t>9786256999923</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Yolları Kesti</t>
+          <t>Müşahedat - Hayata Merhaba</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>299</v>
+        <v>204</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256999183</t>
+          <t>9786256999688</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Göl İnsanları</t>
+          <t>Mihne Sufilerin Zulümle İmtihanı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>440</v>
+        <v>199</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256999138</t>
+          <t>9786256999893</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kanunu</t>
+          <t>Kılağı (Ciltli)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>399</v>
+        <v>450</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256999176</t>
+          <t>9786258159615</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kelleci Memet</t>
+          <t>Günlükler (1898-1918)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256999251</t>
+          <t>9786256999770</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Mahpusu</t>
+          <t>Filozoflar Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256999190</t>
+          <t>9786256999916</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin İnsanları</t>
+          <t>Edebiyattan Yana ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>399</v>
+        <v>240</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256999244</t>
+          <t>9786256999008</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Çekirdek</t>
+          <t>Edebî Bir Metin Olarak İstiklal Marşı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>549</v>
+        <v>179</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786258159844</t>
+          <t>9786256999749</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bir Mülkiyet Kalesi</t>
+          <t>Sular Üstünde Gökler Altında</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>420</v>
+        <v>349</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256999329</t>
+          <t>4440000002972</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Günlüğü</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 8 Mart 2023</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256999312</t>
+          <t>9786256999565</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh Macerası</t>
+          <t>Su ve Düşler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256999022</t>
+          <t>9786256999824</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Dünya (Kutulu - 2 Cilt)</t>
+          <t>Nereye Gitti Bu Entelektüeller? - Furedi’nin Eleştirilere Cevabıyla Birlikte</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>999</v>
+        <v>289</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786258159776</t>
+          <t>9786258159646</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Devlet Ana</t>
+          <t>Küreselleşen Karanlık - Kötülük Felsefelerine Giriş</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>499</v>
+        <v>150</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786258159639</t>
+          <t>9786256999343</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>İslam Dışı Fırkalar</t>
+          <t>Kemal Tahir’i Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>719</v>
+        <v>209</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786258159905</t>
+          <t>9786258159868</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - Hızla Akan Mızrak</t>
+          <t>Barut, Top ve Tüfek - Osmanlı İmparatorluğu’nda Askerî Güç ve Silah Sanayisi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>499</v>
+        <v>479</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786258159783</t>
+          <t>9786256999510</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Zihni Varlık</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>176</v>
+        <v>149</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786258159837</t>
+          <t>9786256999442</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yumruk Yahut Yürek</t>
+          <t>Ufak Tefek Olaylar</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786258159967</t>
+          <t>9786256999350</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyası</t>
+          <t>İnsan Nasıl İnsan Oldu?</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786258159752</t>
+          <t>9786258486827</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Tıbba İman Çağı</t>
+          <t>Korkunç Simetri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>159</v>
+        <v>196</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786258159875</t>
+          <t>9786256999398</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Evinde</t>
+          <t>Kemal Tahir’in Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786258159998</t>
+          <t>9786258159769</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'la Konuşmak</t>
+          <t>Haziran 1941</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>167</v>
+        <v>249</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786258159387</t>
+          <t>9786256999381</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Müzik</t>
+          <t>Teoriye Direnç</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786258159882</t>
+          <t>9786256999503</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Janus'un Yüzü</t>
+          <t>Taşı Taşırmak</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786258159899</t>
+          <t>9786256999619</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İdrisilerin Evi</t>
+          <t>Fususu’l Hikem Şerhi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>539</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786258159806</t>
+          <t>9786256999473</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Hep Peşinden</t>
+          <t>Cherokee</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786258159950</t>
+          <t>9786256999497</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Goncanın Üçüncü Günü</t>
+          <t>Oğuz Atay’ın Tehlikeli Oyunlar’ı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786258159684</t>
+          <t>9786256999428</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Dönüşen Avrupa</t>
+          <t>Medine’den Kudüs’e</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>449</v>
+        <v>319</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786258159851</t>
+          <t>9786258486520</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Yıkıldığında</t>
+          <t>İslam Kültüründe Müzik, Ses ve Mimari</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>209</v>
+        <v>549</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786258159271</t>
+          <t>9786256999374</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan İşaretler</t>
+          <t>İmajların Yazgısı</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786258159790</t>
+          <t>9786256999091</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Blucin Devrinin Çocukları</t>
+          <t>Estetik Nedir ?</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786258159714</t>
+          <t>9786258159981</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Risaleleri</t>
+          <t>Bulgaristan Medreseleri</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>599</v>
+        <v>195</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786258159622</t>
+          <t>9786256999435</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kediye Dikkat</t>
+          <t>Biz Savaşı Görmedik</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786258159660</t>
+          <t>9786256999299</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>William Shakespeare</t>
+          <t>Bir Anlambilim Denemesi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786258159516</t>
+          <t>9786256999466</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ülkesinde Sarsıntı</t>
+          <t>Belki de Yanlış Bir Leyla</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>500</v>
+        <v>209</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786258159653</t>
+          <t>9786256999459</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisinde Tarikat Yapıları (Ciltli)</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>499</v>
+        <v>159</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786258159561</t>
+          <t>9786256999220</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Wittgenstein'ın Felsefi Soruşturmalar'ı</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>151</v>
+        <v>389</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786258159738</t>
+          <t>9786258159912</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Jeneratörler</t>
+          <t>Yorgun Savaşçı</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786258159394</t>
+          <t>9786256999152</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Kıssalar</t>
+          <t>Sağırdere</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>219</v>
+        <v>499</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786258159585</t>
+          <t>9786256999206</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yatışmaz Yapısı ve Diğer Öyküler</t>
+          <t>Rahmet Yolları Kesti</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>149</v>
+        <v>449</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786258159257</t>
+          <t>9786256999183</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Enfokrasi</t>
+          <t>Göl İnsanları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>199</v>
+        <v>440</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786258159721</t>
+          <t>9786256999138</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Büyük Irmaklardan Bile</t>
+          <t>Kurt Kanunu</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786258159578</t>
+          <t>9786256999176</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Bostanda, Kırlangıçlar</t>
+          <t>Kelleci Memet</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786258159608</t>
+          <t>9786256999251</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Armağan Zamanlar</t>
+          <t>Esir Şehrin Mahpusu</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786258159592</t>
+          <t>9786256999190</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Althusser'e Mektup</t>
+          <t>Esir Şehrin İnsanları</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786258159479</t>
+          <t>9786256999244</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Süvariler</t>
+          <t>Bozkırdaki Çekirdek</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>799</v>
+        <v>549</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786258159363</t>
+          <t>9786258159844</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar için Benjamin</t>
+          <t>Bir Mülkiyet Kalesi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>229</v>
+        <v>420</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786258094718</t>
+          <t>9786256999329</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Kengo Kuma Bütün Eserleri</t>
+          <t>Yeşilçam Günlüğü</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>999</v>
+        <v>299</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786258159431</t>
+          <t>9786256999312</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Obasan</t>
+          <t>Bir Ruh Macerası</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786258159424</t>
+          <t>9786256999022</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Suç Şiir</t>
+          <t>Bir Avuç Dünya (Kutulu - 2 Cilt)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>179</v>
+        <v>999</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786258159448</t>
+          <t>9786258159776</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Heidegger’ın ‘Dünya’sı</t>
+          <t>Devlet Ana</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>189</v>
+        <v>499</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786258094923</t>
+          <t>9786258159639</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Sükunet - Still (Ciltli)</t>
+          <t>İslam Dışı Fırkalar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>399</v>
+        <v>719</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786258159486</t>
+          <t>9786258159905</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zaman</t>
+          <t>Bütün Şiirleri - Hızla Akan Mızrak</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>179</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786258159455</t>
+          <t>9786258159783</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler</t>
+          <t>Zihni Varlık</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>189</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786258159417</t>
+          <t>9786258159837</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Tren Rayları</t>
+          <t>Yumruk Yahut Yürek</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>168</v>
+        <v>309</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786258159462</t>
+          <t>9786258159967</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Butimar</t>
+          <t>Yarının Dünyası</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786258159509</t>
+          <t>9786258159752</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ülkesinde Gezinti</t>
+          <t>Tıbba İman Çağı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>500</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786258094121</t>
+          <t>9786258159875</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Bir Düğün İki Cenaze</t>
+          <t>Peygamber'in Evinde</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786258159318</t>
+          <t>9786258159998</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Mantığı</t>
+          <t>Kur'an'la Konuşmak</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>159</v>
+        <v>167</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786258159202</t>
+          <t>9786258159387</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Gizemi</t>
+          <t>Kozmik Müzik</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786258159332</t>
+          <t>9786258159882</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal Kitabı</t>
+          <t>Janus'un Yüzü</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786258159356</t>
+          <t>9786258159899</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Yeniden Yaratma</t>
+          <t>İdrisilerin Evi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>199</v>
+        <v>539</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>4440000002011</t>
+          <t>9786258159806</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 5 Eylül 2022</t>
+          <t>Hep Peşinden</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>69</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786258094992</t>
+          <t>9786258159950</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılın Kısa Tarihi</t>
+          <t>Goncanın Üçüncü Günü</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>279</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786258486469</t>
+          <t>9786258159684</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Ve Allah Kalpleri Döndürür</t>
+          <t>Dönüşen Avrupa</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>499</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786258159004</t>
+          <t>9786258159851</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Üç İsim Dört Mevsim</t>
+          <t>Dağlar Yıkıldığında</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>158</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786258159196</t>
+          <t>9786258159271</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Tarafsızlık</t>
+          <t>Bozkırdan İşaretler</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786258159141</t>
+          <t>9786258159790</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Sevgisi ve Bahtsızlık</t>
+          <t>Blucin Devrinin Çocukları</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>159</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786258159066</t>
+          <t>9786258159714</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Karşıya Geçebilirsiniz</t>
+          <t>Ayasofya Risaleleri</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>189</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786258159264</t>
+          <t>9786258159622</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'un Kavram Haritası</t>
+          <t>Kediye Dikkat</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786258159189</t>
+          <t>9786258159660</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Piramit</t>
+          <t>William Shakespeare</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786258159059</t>
+          <t>9786258159516</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Ölümlünün Yaşam Fragmanları</t>
+          <t>Türkçe Ülkesinde Sarsıntı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>139</v>
+        <v>629</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786258159301</t>
+          <t>9786258159653</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Müze Bekçisi</t>
+          <t>Osmanlı Mimarisinde Tarikat Yapıları (Ciltli)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>229</v>
+        <v>749</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786258159233</t>
+          <t>9786258159561</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Konovalov</t>
+          <t>Ludwig Wittgenstein'ın Felsefi Soruşturmalar'ı</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>179</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786258159028</t>
+          <t>9786258159738</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel'in Mazot'u</t>
+          <t>Kutsal Jeneratörler</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786258159240</t>
+          <t>9786258159394</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Gövdesi Hakkında Konuşan Kelebek</t>
+          <t>Hikmetli Kıssalar</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>119</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786258159110</t>
+          <t>9786258159585</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve El</t>
+          <t>Evrenin Yatışmaz Yapısı ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786258159158</t>
+          <t>9786258159257</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Chiquenaude (Fiske)</t>
+          <t>Enfokrasi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786258094886</t>
+          <t>9786258159721</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Azerbaycan Öyküsü</t>
+          <t>Büyük Irmaklardan Bile</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786258159165</t>
+          <t>9786258159578</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Buyruk Nedir?</t>
+          <t>Bostanda, Kırlangıçlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>209</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786258094640</t>
+          <t>9786258159608</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Az Kalan Gölge</t>
+          <t>Armağan Zamanlar</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786258094985</t>
+          <t>9786258159592</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Tuşların Kardeşliği</t>
+          <t>Althusser'e Mektup</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786258159134</t>
+          <t>9786258159479</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Poe'nun Marginalia'sından Bazı Fragmanlar</t>
+          <t>Kızıl Süvariler</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>149</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786258094657</t>
+          <t>9786258159363</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Kaybettiğini Bulmasıdır</t>
+          <t>Mimarlar için Benjamin</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786258159127</t>
+          <t>9786258094718</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yuvarlaktır</t>
+          <t>Kengo Kuma Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>159</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>4440000001700</t>
+          <t>9786258159431</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 4 Temmuz 2022</t>
+          <t>Obasan</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>69</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786258486872</t>
+          <t>9786258159424</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Suç Şiir</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>999</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786258094787</t>
+          <t>9786258159448</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel Adam</t>
+          <t>Heidegger’ın ‘Dünya’sı</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786258094831</t>
+          <t>9786258094923</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Sükunet - Still (Ciltli)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>250</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786258094756</t>
+          <t>9786258159486</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ritimleri</t>
+          <t>Şimdiki Zaman</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786258094794</t>
+          <t>9786258159455</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Menziller</t>
+          <t>En Güzel İsimler</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786258094770</t>
+          <t>9786258159417</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Yakarış</t>
+          <t>Tren Rayları</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>244</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786258094763</t>
+          <t>9786258159462</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>İşaret Çocukları</t>
+          <t>Butimar</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786258094732</t>
+          <t>9786258159509</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>İns</t>
+          <t>Türkçe Ülkesinde Gezinti</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>180</v>
+        <v>629</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786258094725</t>
+          <t>9786258094121</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bir Değirmendir Bu Dünya</t>
+          <t>Bir Düğün İki Cenaze</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786258159011</t>
+          <t>9786258159318</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğa Övgü</t>
+          <t>Türkçenin Mantığı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786258094626</t>
+          <t>9786258159202</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Saldırısı</t>
+          <t>Van Gogh Gizemi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>204</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786258094695</t>
+          <t>9786258159332</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Türk Edebiyatında Diliçi Çeviri</t>
+          <t>A’mak-ı Hayal Kitabı</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>399</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786258094909</t>
+          <t>9786258159356</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Ölü Brugge</t>
+          <t>Yaratma Yeniden Yaratma</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786258094947</t>
+          <t>4440000002011</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Metatarih</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 5 Eylül 2022</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>499</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786258094688</t>
+          <t>9786258094992</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kökses Teorisi</t>
+          <t>Yirminci Yüzyılın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>159</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786258094893</t>
+          <t>9786258486469</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Korku Haftası</t>
+          <t>Ve Allah Kalpleri Döndürür</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786258094916</t>
+          <t>9786258159004</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı Değil Silahşor</t>
+          <t>Üç İsim Dört Mevsim</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>151</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786258094954</t>
+          <t>9786258159196</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hölderlin'in Deliliği</t>
+          <t>Tarih İçinde Tarafsızlık</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>168</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786258094855</t>
+          <t>9786258159141</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyon, Kavram, Anlam</t>
+          <t>Tanrı Sevgisi ve Bahtsızlık</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786258094602</t>
+          <t>9786258159066</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Estetik Geçerliliği</t>
+          <t>Şimdi Karşıya Geçebilirsiniz</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786258094961</t>
+          <t>9786258159264</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Yağmurda Dans Etti</t>
+          <t>Sezai Karakoç'un Kavram Haritası</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786258094848</t>
+          <t>9786258159189</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Bosna Büyük Bir Sır</t>
+          <t>Piramit</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>349</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786258094978</t>
+          <t>9786258159059</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sınırları</t>
+          <t>Ölümlünün Yaşam Fragmanları</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786258094930</t>
+          <t>9786258159301</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Anlamın İlk İzleri</t>
+          <t>Müze Bekçisi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>269</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>4440000003002</t>
+          <t>9786258159233</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 1 Ocak 2022</t>
+          <t>Konovalov</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>69</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786258094107</t>
+          <t>9786258159028</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Mayıs 1940</t>
+          <t>İsmet Özel'in Mazot'u</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786258094527</t>
+          <t>9786258159240</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>İşitme Mesafesinde Öteki Dil</t>
+          <t>Gövdesi Hakkında Konuşan Kelebek</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>339</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786258094459</t>
+          <t>9786258159110</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Orman Sakinleri</t>
+          <t>Bellek ve El</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>360</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786258094374</t>
+          <t>9786258159158</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Muhtelif Merhaleleri</t>
+          <t>Chiquenaude (Fiske)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786258094503</t>
+          <t>9786258094886</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Hiddetli Saatler</t>
+          <t>Çağdaş Azerbaycan Öyküsü</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786258094510</t>
+          <t>9786258159165</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Hatıra-i Atıf</t>
+          <t>Buyruk Nedir?</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>168</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786258094480</t>
+          <t>9786258094640</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Anlatıyı Yapıdan Okumak</t>
+          <t>Az Kalan Gölge</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786258094299</t>
+          <t>9786258094985</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi</t>
+          <t>Tuşların Kardeşliği</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>849</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786258094619</t>
+          <t>9786258159134</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Kaprisi</t>
+          <t>Poe'nun Marginalia'sından Bazı Fragmanlar</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786258094497</t>
+          <t>9786258094657</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Saldıran Şair</t>
+          <t>İbrahim'in Kaybettiğini Bulmasıdır</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786258094442</t>
+          <t>9786258159127</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Dünya Yuvarlaktır</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>219</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786258094466</t>
+          <t>4440000001700</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Bir Melek Çağırmak ve Dualar</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 4 Temmuz 2022</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>249</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786258094565</t>
+          <t>9786258486872</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Paris'teki Son Simyacı</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>329</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786258094541</t>
+          <t>9786258094787</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İslam, Bilim, Müslümanlar ve Teknoloji</t>
+          <t>Yedi Güzel Adam</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786258094558</t>
+          <t>9786258094831</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kış Algını</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>129</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786258094312</t>
+          <t>9786258094756</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler Üçlemesi</t>
+          <t>Savaş Ritimleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>999</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786258094572</t>
+          <t>9786258094794</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Son Blues Bir Gün Okunacak Olan</t>
+          <t>Menziller</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786258094534</t>
+          <t>9786258094770</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Soğuk ve Acı Barış Günleri</t>
+          <t>Korku ve Yakarış</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>219</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9782149467944</t>
+          <t>9786258094763</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 2 Mart 2022</t>
+          <t>İşaret Çocukları</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>49</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786258486315</t>
+          <t>9786258094732</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Atlası</t>
+          <t>İns</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>599</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257014588</t>
+          <t>9786258094725</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çiçek</t>
+          <t>Bir Değirmendir Bu Dünya</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786258094404</t>
+          <t>9786258159011</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Nazari Ufuk</t>
+          <t>Yolculuğa Övgü</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>279</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786258094701</t>
+          <t>9786258094626</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Yaprakları</t>
+          <t>Uzakların Saldırısı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>799</v>
+        <v>204</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786258094664</t>
+          <t>9786258094695</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Gastronomi Atlası</t>
+          <t>Teoriden Pratiğe Türk Edebiyatında Diliçi Çeviri</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>499</v>
+        <v>639</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786258486711</t>
+          <t>9786258094909</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Şairaneliğin Karanlığından - Paul Celan'ın Şiir Estetiği</t>
+          <t>Ölü Brugge</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786258486735</t>
+          <t>9786258094947</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Shirley</t>
+          <t>Metatarih</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257587402</t>
+          <t>9786258094688</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Kökses Teorisi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>299</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786258486780</t>
+          <t>9786258094893</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Karlı Bir Gece Vakti</t>
+          <t>Korku Haftası</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786258486803</t>
+          <t>9786258094916</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Gerçeklikten Koparılmış İmge</t>
+          <t>İp Cambazı Değil Silahşor</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>249</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786258486698</t>
+          <t>9786258094954</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Hölderlin'in Deliliği</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>109</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786258486049</t>
+          <t>9786258094855</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ile Kanun Arasında Ebussuud Efendi - Osmanlı’da İslami Hukuk</t>
+          <t>Fonksiyon, Kavram, Anlam</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>479</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258486766</t>
+          <t>9786258094602</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Bu Romanda Herkes Ölüyor</t>
+          <t>Evliliğin Estetik Geçerliliği</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>279</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786258486612</t>
+          <t>9786258094961</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Eylemin Yapısı (2 Cilt Takım)</t>
+          <t>Büyükanne Yağmurda Dans Etti</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>799</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786258094190</t>
+          <t>9786258094848</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçerisinde</t>
+          <t>Bosna Büyük Bir Sır</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786258094145</t>
+          <t>9786258094978</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Başka Zaman Kütüphaneleri</t>
+          <t>Bilimin Sınırları</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786258094275</t>
+          <t>9786258094930</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'ın Anti-Felsefesi</t>
+          <t>Anlamın İlk İzleri</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786258094305</t>
+          <t>4440000003002</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Geleceği</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 1 Ocak 2022</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>249</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786258094398</t>
+          <t>9786258094107</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Zaman</t>
+          <t>Mayıs 1940</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>439</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786258094169</t>
+          <t>9786258094527</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Sözdizim Değeri Üzerine</t>
+          <t>İşitme Mesafesinde Öteki Dil</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>229</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786258094206</t>
+          <t>9786258094459</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Rölyefteki Aslan</t>
+          <t>Orman Sakinleri</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786258094381</t>
+          <t>9786258094374</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Makinedeki Cin</t>
+          <t>Varlığın Muhtelif Merhaleleri</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786258094367</t>
+          <t>9786258094503</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Hiddetli Saatler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786258094282</t>
+          <t>9786258094510</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kıl Şefaat Ya Resulallah Huda Affeylesin</t>
+          <t>Hatıra-i Atıf</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>259</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786258094244</t>
+          <t>9786258094480</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Kitaplar</t>
+          <t>Anlatıyı Yapıdan Okumak</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>549</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258094220</t>
+          <t>9786258094299</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>İkili Görüş</t>
+          <t>Hikem-i Ataiyye Şerhi</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>239</v>
+        <v>849</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786258094008</t>
+          <t>9786258094619</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Divan Mukaddimeleri</t>
+          <t>Kraliçenin Kaprisi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786258094060</t>
+          <t>9786258094497</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Kilise ve Cami</t>
+          <t>Dünyaya Saldıran Şair</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>389</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786258094183</t>
+          <t>9786258094442</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hasreti</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786258094350</t>
+          <t>9786258094466</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Gök Onları Yanıltmaz</t>
+          <t>Bir Melek Çağırmak ve Dualar</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786258486476</t>
+          <t>9786258094565</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Muhayyer</t>
+          <t>Paris'teki Son Simyacı</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>599</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257587990</t>
+          <t>9786258094541</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Fabl</t>
+          <t>İslam, Bilim, Müslümanlar ve Teknoloji</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>899</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258094343</t>
+          <t>9786258094558</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Virgülün Başından Geçenler</t>
+          <t>Kış Algını</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258094152</t>
+          <t>9786258094312</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Mutfak Sanatı ve Kültürü</t>
+          <t>Uyurgezerler Üçlemesi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>1499</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786258094039</t>
+          <t>9786258094572</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Aircraft (Ciltli)</t>
+          <t>Son Blues Bir Gün Okunacak Olan</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>599</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786258094053</t>
+          <t>9786258094534</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’dan Önce Felsefe</t>
+          <t>Soğuk ve Acı Barış Günleri</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>449</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258486995</t>
+          <t>9782149467944</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Vakit ve Ebediyet</t>
+          <t>Teklif 2 Aylık Düşünce Dergisi Sayı: 2 Mart 2022</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786258486957</t>
+          <t>9786258486315</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Teolojik Hermenötik</t>
+          <t>İmgeler Atlası</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>168</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258486858</t>
+          <t>9786257014588</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Taş Kentin Düşüşü</t>
+          <t>Kızıl Çiçek</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>163</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258486834</t>
+          <t>9786258094404</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Sesi - Sesin Şiiri</t>
+          <t>Nazari Ufuk</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>201</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786258094022</t>
+          <t>9786258094701</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Alışkanlığı</t>
+          <t>Zeytin Yaprakları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>139</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258486988</t>
+          <t>9786258094664</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes İlmin Sembolleri</t>
+          <t>Balıkesir Gastronomi Atlası</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>209</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258486773</t>
+          <t>9786258486711</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>İkbal’e Dair</t>
+          <t>Şairaneliğin Karanlığından - Paul Celan'ın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258094046</t>
+          <t>9786258486735</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Hak Aşıklarının Azığı</t>
+          <t>Shirley</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>180</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258094091</t>
+          <t>9786257587402</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Feynman’ın Gökkuşağı</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258486971</t>
+          <t>9786258486780</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Ey İskoçlar</t>
+          <t>Karlı Bir Gece Vakti</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>149</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258486896</t>
+          <t>9786258486803</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Epik Damar</t>
+          <t>Fragmanlar - Gerçeklikten Koparılmış İmge</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258094084</t>
+          <t>9786258486698</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Adanmış Bir Ömür Mahir İz</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>239</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258486490</t>
+          <t>9786258486049</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Edebi Mekanın Poetikası</t>
+          <t>Şeriat ile Kanun Arasında Ebussuud Efendi - Osmanlı’da İslami Hukuk</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>239</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258486889</t>
+          <t>9786258486766</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Dostun Evi</t>
+          <t>Bu Romanda Herkes Ölüyor</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>279</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258486865</t>
+          <t>9786258486612</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Toplumsal Eylemin Yapısı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>229</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258094077</t>
+          <t>9786258094190</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Benim Meselem</t>
+          <t>Dehşetler İçerisinde</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>153</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258486964</t>
+          <t>9786258094145</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Dost, Mevlana</t>
+          <t>Başka Zaman Kütüphaneleri</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258486919</t>
+          <t>9786258094275</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Göl</t>
+          <t>Wittgenstein'ın Anti-Felsefesi</t>
         </is>
       </c>
       <c r="C1130" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257587075</t>
+          <t>9786258094305</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesi Tarihi</t>
+          <t>Tarihin Geleceği</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258486810</t>
+          <t>9786258094398</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Tarih İçinde Zaman</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258486582</t>
+          <t>9786258094169</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt’ün Gataları</t>
+          <t>Sözdizim Değeri Üzerine</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>139</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258486537</t>
+          <t>9786258094206</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin El Kitabı</t>
+          <t>Rölyefteki Aslan</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786258486568</t>
+          <t>9786258094381</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Ravel</t>
+          <t>Makinedeki Cin</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>169</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786258486445</t>
+          <t>9786258094367</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Estetiği</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>219</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786258486438</t>
+          <t>9786258094282</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Beyaz Kuşlar - Bütün Şiirleri</t>
+          <t>Kıl Şefaat Ya Resulallah Huda Affeylesin</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786258486667</t>
+          <t>9786258094244</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kanonun Estetiği - Haz ve Değişim</t>
+          <t>Kediler ve Kitaplar</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>151</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786258486544</t>
+          <t>9786258094220</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İşrakiliğe Giriş</t>
+          <t>İkili Görüş</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>699</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258486513</t>
+          <t>9786258094008</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>İkisi</t>
+          <t>Divan Mukaddimeleri</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>95</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258486506</t>
+          <t>9786258094060</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimiz Kamaşırdı Dehşetten</t>
+          <t>Devlet, Kilise ve Cami</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>339</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258486575</t>
+          <t>9786258094183</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Erwin Panofsky’nin Görsel Sanatlarda Anlam’ı - Bir Tahlil</t>
+          <t>Deniz Hasreti</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>159</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258486551</t>
+          <t>9786258094350</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Molekülleri</t>
+          <t>Gök Onları Yanıltmaz</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>369</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786258486605</t>
+          <t>9786258486476</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Bilim ile Bilim Tarihi Arasında Salih Zeki</t>
+          <t>Muhayyer</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>279</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257587785</t>
+          <t>9786257587990</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit Yıldız Hatıraları</t>
+          <t>Vahşi Fabl</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>349</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258486452</t>
+          <t>9786258094343</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Klasik Türk Edebiyatı</t>
+          <t>Virgülün Başından Geçenler</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258486278</t>
+          <t>9786258094152</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Cemile (Kutulu Özel Baskı) (Ciltli)</t>
+          <t>Erken Dönem İslam Mutfak Sanatı ve Kültürü</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>999</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257587952</t>
+          <t>9786258094039</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Bayram Düğünleri</t>
+          <t>Aircraft (Ciltli)</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>199</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258486230</t>
+          <t>9786258094053</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Antik Yunan’dan Önce Felsefe</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>159</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257587938</t>
+          <t>9786258486995</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Antropoloji Sıfır</t>
+          <t>Vakit ve Ebediyet</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786258486322</t>
+          <t>9786258486957</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Bilim</t>
+          <t>Teolojik Hermenötik</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258486179</t>
+          <t>9786258486858</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Şerhü'l-Esma'i'l-Hüsna</t>
+          <t>Taş Kentin Düşüşü</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>204</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258486391</t>
+          <t>9786258486834</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Şarkıyı Kes</t>
+          <t>Şiirin Sesi - Sesin Şiiri</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>129</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258486025</t>
+          <t>9786258094022</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Şam Havzası: 10. Yüzyılda Dımaşk'ta Ulema ve İlmi Hayat</t>
+          <t>Ölüm Alışkanlığı</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>202</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258486292</t>
+          <t>9786258486988</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Durmak</t>
+          <t>Mukaddes İlmin Sembolleri</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258486308</t>
+          <t>9786258486773</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Rüya Oyunu</t>
+          <t>İkbal’e Dair</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>199</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258486346</t>
+          <t>9786258094046</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Önsözler Kitabı</t>
+          <t>Hak Aşıklarının Azığı</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>299</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257587297</t>
+          <t>9786258094091</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Otuz Kuş</t>
+          <t>Feynman’ın Gökkuşağı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>259</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257587884</t>
+          <t>9786258486971</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Alfabesi (Ciltli)</t>
+          <t>Ey İskoçlar</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>499</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258486285</t>
+          <t>9786258486896</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Hajar Towers</t>
+          <t>Epik Damar</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258486353</t>
+          <t>9786258094084</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Derin Yapı: İslam-Türk Felsefe-Bilim Tarihinin Kavram Çerçevesi</t>
+          <t>Eğitime Adanmış Bir Ömür Mahir İz</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258486377</t>
+          <t>9786258486490</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Eşlik Etme Sanatı</t>
+          <t>Edebi Mekanın Poetikası</t>
         </is>
       </c>
       <c r="C1162" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786258486414</t>
+          <t>9786258486889</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kurucu Düşünürleri ve Meseleleriyle Kelam</t>
+          <t>Dostun Evi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>499</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257587624</t>
+          <t>9786258486865</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Avcı Siperinde Harp Sinematografı (Ciltli)</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>649</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258486162</t>
+          <t>9786258094077</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyayı Hatırlar Gibi: Savaştan Önce Suriye</t>
+          <t>Benim Meselem</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>489</v>
+        <v>153</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257587983</t>
+          <t>9786258486964</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Gölge</t>
+          <t>Dost, Mevlana</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>229</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258486070</t>
+          <t>9786258486919</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Tütmeye Devam Eden Buhurdan: Yahya Kemal</t>
+          <t>Göl</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258486124</t>
+          <t>9786257587075</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Tanım veya Hakikat</t>
+          <t>Batı Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>329</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258486056</t>
+          <t>9786258486810</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Sokakta</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>151</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258486216</t>
+          <t>9786258486582</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme Karşısında İslam: Tacikistan'ın Dönüşümü</t>
+          <t>Zerdüşt’ün Gataları</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257587976</t>
+          <t>9786258486537</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Nasıl ve Neden Okumalıyız?</t>
+          <t>Sufilerin El Kitabı</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>250</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258486131</t>
+          <t>9786258486568</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Mehmet'i Sakatlayan Serçe Parmağı</t>
+          <t>Ravel</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258486063</t>
+          <t>9786258486445</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Grameri</t>
+          <t>Kötülük Estetiği</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786258486087</t>
+          <t>9786258486438</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kassandra Damgası</t>
+          <t>Karanlıkta Beyaz Kuşlar - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258486209</t>
+          <t>9786258486667</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Hasta Değil Susuzsunuz</t>
+          <t>Kanonun Estetiği - Haz ve Değişim</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>399</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257587969</t>
+          <t>9786258486544</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Gidilmemiş Yerlerin Türküsü</t>
+          <t>İşrakiliğe Giriş</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>209</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257587921</t>
+          <t>9786258486513</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Eski ile Yeniye Bakmak</t>
+          <t>İkisi</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>231</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258486148</t>
+          <t>9786258486506</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Coğrafyası</t>
+          <t>Gözlerimiz Kamaşırdı Dehşetten</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>269</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786258486032</t>
+          <t>9786258486575</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Çok Üzgünüm</t>
+          <t>Erwin Panofsky’nin Görsel Sanatlarda Anlam’ı - Bir Tahlil</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>379</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257587464</t>
+          <t>9786258486551</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Celvetilik Metinleri</t>
+          <t>Cinayet Molekülleri</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>231</v>
+        <v>369</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258486155</t>
+          <t>9786258486605</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Baden-Baden'de Yaz</t>
+          <t>Bilim ile Bilim Tarihi Arasında Salih Zeki</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786258486001</t>
+          <t>9786257587785</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Ben: Altı Konferans-Olmayan</t>
+          <t>Abdülhamit Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>148</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257587761</t>
+          <t>9786258486452</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Ahlakla Varolmak</t>
+          <t>40 Soruda Klasik Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>219</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257303934</t>
+          <t>9786258486278</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Fuji-Yama</t>
+          <t>Cemile (Kutulu Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>129</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257587891</t>
+          <t>9786257587952</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Halka</t>
+          <t>Bayram Düğünleri</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257587518</t>
+          <t>9786258486230</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kadızadeliler Hareketi</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>539</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257587815</t>
+          <t>9786257587938</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>İyiler Büyükler Modernler (Ciltli)</t>
+          <t>Yapısal Antropoloji Sıfır</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>699</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257587860</t>
+          <t>9786258486322</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Zaha Hadid: Bütün Eserleri (Ciltli)</t>
+          <t>Tarih İçinde Bilim</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>899</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257587006</t>
+          <t>9786258486179</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Duru Göğün Fısıltısı</t>
+          <t>Şerhü'l-Esma'i'l-Hüsna</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257587778</t>
+          <t>9786258486391</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sesi</t>
+          <t>Şarkıyı Kes</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>163</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257587907</t>
+          <t>9786258486025</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kültürel Tarihi</t>
+          <t>Şam Havzası: 10. Yüzyılda Dımaşk'ta Ulema ve İlmi Hayat</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>252</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257587792</t>
+          <t>9786258486292</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Üstad Dedi ki</t>
+          <t>Sınırda Durmak</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257587822</t>
+          <t>9786258486308</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Üç Elma</t>
+          <t>Rüya Oyunu</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>201</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257587853</t>
+          <t>9786258486346</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Halleri</t>
+          <t>Önsözler Kitabı</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257587877</t>
+          <t>9786257587297</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Ravi</t>
+          <t>Otuz Kuş</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257587846</t>
+          <t>9786257587884</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Öteki Aynasında Kendini İzlemek</t>
+          <t>Okumanın Alfabesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>209</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257587914</t>
+          <t>9786258486285</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Nefis Mertebeleri</t>
+          <t>Hajar Towers</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>168</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257587808</t>
+          <t>9786258486353</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Aslan</t>
+          <t>Derin Yapı: İslam-Türk Felsefe-Bilim Tarihinin Kavram Çerçevesi</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257587945</t>
+          <t>9786258486377</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar Neden Bachelard Okur?</t>
+          <t>Çocuklara Eşlik Etme Sanatı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257587839</t>
+          <t>9786258486414</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Gecesi</t>
+          <t>Kurucu Düşünürleri ve Meseleleriyle Kelam</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257587747</t>
+          <t>9786257587624</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü’l-İşrak (Ciltli)</t>
+          <t>Avcı Siperinde Harp Sinematografı (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>699</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257587358</t>
+          <t>9786258486162</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Ol-An (Ciltli)</t>
+          <t>Bir Rüyayı Hatırlar Gibi: Savaştan Önce Suriye</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>499</v>
+        <v>489</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257587693</t>
+          <t>9786257587983</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Genişlerdi</t>
+          <t>Yoldaki Gölge</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257587686</t>
+          <t>9786258486070</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilginin Dolaşım Araçları</t>
+          <t>Tütmeye Devam Eden Buhurdan: Yahya Kemal</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>168</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257587730</t>
+          <t>9786258486124</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin’in Mekanik Yeniden Üretim Çağında Sanat Eseri</t>
+          <t>Tanım veya Hakikat</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>179</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257587662</t>
+          <t>9786258486056</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Roman Nasıl Oluşturulur</t>
+          <t>Sokakta</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>168</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257014434</t>
+          <t>9786258486216</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Radyodan Bütün Gün Saçlarının Dağınıklığını Söylediler</t>
+          <t>Sekülerleşme Karşısında İslam: Tacikistan'ın Dönüşümü</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257587655</t>
+          <t>9786257587976</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Pisagor’un Mirası</t>
+          <t>Nasıl ve Neden Okumalıyız?</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>279</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257587617</t>
+          <t>9786258486131</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Avrupa Tarihi Üzerine</t>
+          <t>Mehmet'i Sakatlayan Serçe Parmağı</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257587723</t>
+          <t>9786258486063</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kültür Rehberi</t>
+          <t>Kurmacanın Grameri</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>649</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257587754</t>
+          <t>9786258486087</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlar İçin Altı Derste Tabii Yazmak Sanatı (Ciltli)</t>
+          <t>Kassandra Damgası</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257854313</t>
+          <t>9786258486209</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Dışbükey - Bir Aynada Otoportre</t>
+          <t>Hasta Değil Susuzsunuz</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>179</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257587716</t>
+          <t>9786257587969</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şeytan Kör Talih</t>
+          <t>Gidilmemiş Yerlerin Türküsü</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>339</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257587495</t>
+          <t>9786257587921</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Alman Oryantalizmi</t>
+          <t>Eski ile Yeniye Bakmak</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>189</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257587532</t>
+          <t>9786258486148</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Dişi Kurdun Rüyaları</t>
+          <t>Düşüncenin Coğrafyası</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>130</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257587334</t>
+          <t>9786258486032</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Bozdünya</t>
+          <t>Çok Üzgünüm</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>149</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257587372</t>
+          <t>9786257587464</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Yazgımı Öğrenmeliyim</t>
+          <t>Celvetilik Metinleri</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>209</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257587501</t>
+          <t>9786258486155</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Ne - Varlık ve Ahlak</t>
+          <t>Baden-Baden'de Yaz</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>159</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257587099</t>
+          <t>9786258486001</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Yavana - İslam Medeniyetinin Büyük Havzası - Hint</t>
+          <t>Ben: Altı Konferans-Olmayan</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>201</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257587549</t>
+          <t>9786257587761</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Roman</t>
+          <t>Ahlakla Varolmak</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>600</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257587426</t>
+          <t>9786257303934</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Sisten Sonra İstanbul</t>
+          <t>Fuji-Yama</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257587419</t>
+          <t>9786257587891</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Dilinden Dünya Şehirleri (Ciltli)</t>
+          <t>Kayıp Halka</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>549</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257587471</t>
+          <t>9786257587518</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Menba‘u’l-Ebhar Fi Riyazi’l-Ebrar (Ciltli)</t>
+          <t>Kadızadeliler Hareketi</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>499</v>
+        <v>539</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257587433</t>
+          <t>9786257587815</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt Günlükleri</t>
+          <t>İyiler Büyükler Modernler (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>399</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257587396</t>
+          <t>9786257587860</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>John Berger’in Görme Biçimleri</t>
+          <t>Zaha Hadid: Bütün Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>179</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257587457</t>
+          <t>9786257587006</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık</t>
+          <t>Duru Göğün Fısıltısı</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>599</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257587266</t>
+          <t>9786257587778</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Sur-Name (Ciltli)</t>
+          <t>Cennetin Sesi</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>699</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257854795</t>
+          <t>9786257587907</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Sa'dilik Metinleri</t>
+          <t>Zamanın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>209</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257587280</t>
+          <t>9786257587792</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yaklaş ve Dinle</t>
+          <t>Üstad Dedi ki</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257587341</t>
+          <t>9786257587822</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak ve Yazmak</t>
+          <t>Üç Elma</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257587303</t>
+          <t>9786257587853</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modern Bilincin Oluşumu</t>
+          <t>Şehrin Halleri</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257587310</t>
+          <t>9786257587877</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Yaşanmamış Olaylar</t>
+          <t>Ravi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>179</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257587365</t>
+          <t>9786257587846</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Gizemli Serüveni</t>
+          <t>Öteki Aynasında Kendini İzlemek</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>320</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257587044</t>
+          <t>9786257587914</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Uzayı</t>
+          <t>Nefis Mertebeleri</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>489</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257587327</t>
+          <t>9786257587808</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Mutlak Aslan</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257587273</t>
+          <t>9786257587945</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Dirilen İskelet</t>
+          <t>Mimarlar Neden Bachelard Okur?</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257587242</t>
+          <t>9786257587839</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Hürriyet Gecesi</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257587228</t>
+          <t>9786257587747</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’a Küsen Bulut</t>
+          <t>Hikmetü’l-İşrak (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>78</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257587211</t>
+          <t>9786257587358</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gastronomi Atlası</t>
+          <t>Ol-An (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>749</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257587136</t>
+          <t>9786257587693</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Hint Yıldızı</t>
+          <t>Yeryüzü Genişlerdi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257587143</t>
+          <t>9786257587686</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Batık Liman</t>
+          <t>Yeni Bilginin Dolaşım Araçları</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>159</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257587013</t>
+          <t>9786257587730</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Büyük Akıl</t>
+          <t>Walter Benjamin’in Mekanik Yeniden Üretim Çağında Sanat Eseri</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257587068</t>
+          <t>9786257587662</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Hat(t) ve Had(d)</t>
+          <t>Roman Nasıl Oluşturulur</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>289</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257587051</t>
+          <t>9786257014434</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Parça / Mavi Kitap</t>
+          <t>Radyodan Bütün Gün Saçlarının Dağınıklığını Söylediler</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>329</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257587037</t>
+          <t>9786257587655</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hüseyin ve Kerbela Faciası</t>
+          <t>Pisagor’un Mirası</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>539</v>
+        <v>309</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257303880</t>
+          <t>9786257587617</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gemi</t>
+          <t>Ortaçağ Avrupa Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>70</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257303958</t>
+          <t>9786257587723</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze</t>
+          <t>Kültür Rehberi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>55</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257303965</t>
+          <t>9786257587754</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Sesli Manasçı</t>
+          <t>Genç Kızlar İçin Altı Derste Tabii Yazmak Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>52</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257303897</t>
+          <t>9786257854313</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana</t>
+          <t>Dışbükey - Bir Aynada Otoportre</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>68</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257303941</t>
+          <t>9786257587716</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Aşık Şeytan Kör Talih</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>50</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257303866</t>
+          <t>9786257587495</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur Asra Bedel</t>
+          <t>Alman Oryantalizmi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>135</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257303972</t>
+          <t>9786257587532</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Erken Gelen Turnalar</t>
+          <t>Dişi Kurdun Rüyaları</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>82</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257303873</t>
+          <t>9786257587334</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Elveda Gülsarı</t>
+          <t>Bozdünya</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>95</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257303989</t>
+          <t>9786257587372</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Deve Gözü</t>
+          <t>Yazgımı Öğrenmeliyim</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>64</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257303910</t>
+          <t>9786257587501</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında Koşan Ala Köpek</t>
+          <t>Ne - Varlık ve Ahlak</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>78</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257303927</t>
+          <t>9786257587099</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Cemile</t>
+          <t>Yavana - İslam Medeniyetinin Büyük Havzası - Hint</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>55</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257303453</t>
+          <t>9786257587549</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Teoriler 1: Metafizik (3 Cilt Takım - Kutulu)</t>
+          <t>Siyaset ve Roman</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>2200</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257303552</t>
+          <t>9786257587426</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Hugh Selwyn Mauberley</t>
+          <t>Sisten Sonra İstanbul</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>149</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257303798</t>
+          <t>9786257587419</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Eskittiğim Çantalar</t>
+          <t>Seyyahların Dilinden Dünya Şehirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>289</v>
+        <v>789</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257303644</t>
+          <t>9786257587471</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bizi Nasıl Özgür Kılar?</t>
+          <t>Menba‘u’l-Ebhar Fi Riyazi’l-Ebrar (Ciltli)</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257303750</t>
+          <t>9786257587433</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Taş Kentin Kroniği</t>
+          <t>Malazgirt Günlükleri</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257303842</t>
+          <t>9786257587396</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Sıralı Sırasız</t>
+          <t>John Berger’in Görme Biçimleri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257303781</t>
+          <t>9786257587457</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Hristiyanlık</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>199</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257303804</t>
+          <t>9786257587266</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Dilde Kesinlik Sorunu</t>
+          <t>Sur-Name (Ciltli)</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>168</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257303743</t>
+          <t>9786257854795</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Konuşması</t>
+          <t>Sa'dilik Metinleri</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>92</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257303620</t>
+          <t>9786257587280</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Matematik</t>
+          <t>Yaklaş ve Dinle</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>249</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257303835</t>
+          <t>9786257587341</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Maske, Sahne ve Oyun</t>
+          <t>Yaşamak ve Yazmak</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257303767</t>
+          <t>9786257587303</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Köle Olmayacağız</t>
+          <t>Türkiye’de Modern Bilincin Oluşumu</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257303828</t>
+          <t>9786257587310</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Tarihte Yaşanmamış Olaylar</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>168</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257303736</t>
+          <t>9786257587365</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Münferit Bir Olay</t>
+          <t>Şifrelerin Gizemli Serüveni</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>209</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257303590</t>
+          <t>9786257587044</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Mehasin-i Ahlak</t>
+          <t>Kuantum Uzayı</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>199</v>
+        <v>489</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257303538</t>
+          <t>9786257587327</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>449</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257303606</t>
+          <t>9786257587273</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’t-Tevhid (Ciltli)</t>
+          <t>Dirilen İskelet</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>599</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257303491</t>
+          <t>9786257587242</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Yakin ve İrfan Ehli İçin İman Hakikatleri (Ciltli)</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>449</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257303651</t>
+          <t>9786257587228</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Tercümetü’ş-Şemail - Eş-Şemailü’n-Nebeviyye (Ciltli)</t>
+          <t>Cengiz Han’a Küsen Bulut</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>599</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257303521</t>
+          <t>9786257587211</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Kaybolduğun Sularda Yüzüyorum</t>
+          <t>Türkiye Gastronomi Atlası</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>159</v>
+        <v>749</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257303514</t>
+          <t>9786257587136</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Leydi Susan</t>
+          <t>Hint Yıldızı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257303545</t>
+          <t>9786257587143</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>İki Dünyanın Ustası</t>
+          <t>Batık Liman</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257303613</t>
+          <t>9786257587013</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Kurucu Öteki</t>
+          <t>Büyük Akıl</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>289</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257303422</t>
+          <t>9786257587068</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Hat(t) ve Had(d)</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>149</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257303576</t>
+          <t>9786257587051</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Bangladesh Blues</t>
+          <t>Eşsiz Parça / Mavi Kitap</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>169</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257303583</t>
+          <t>9786257587037</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Nesnesiz Dünya</t>
+          <t>Hazret-i Hüseyin ve Kerbela Faciası</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>249</v>
+        <v>539</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257303330</t>
+          <t>9786257303880</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Beyaz Gemi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>529</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257303217</t>
+          <t>9786257303958</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Hamzaname</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>169</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257303347</t>
+          <t>9786257303965</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Otoritesi</t>
+          <t>Yıldırım Sesli Manasçı</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>209</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257854948</t>
+          <t>9786257303897</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Ev</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>169</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257303316</t>
+          <t>9786257303941</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Uykunun Şifalı Gücü</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>189</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257303200</t>
+          <t>9786257303866</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Temel Tasavvufi Kavramlar</t>
+          <t>Gün Olur Asra Bedel</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>599</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257303361</t>
+          <t>9786257303972</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Fısıltısı</t>
+          <t>Erken Gelen Turnalar</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>319</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257303378</t>
+          <t>9786257303873</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yolculukları</t>
+          <t>Elveda Gülsarı</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257303323</t>
+          <t>9786257303989</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Partisi</t>
+          <t>Deve Gözü</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>129</v>
+        <v>164</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257303385</t>
+          <t>9786257303910</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Şiddet</t>
+          <t>Deniz Kıyısında Koşan Ala Köpek</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257303392</t>
+          <t>9786257303927</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Ölü Piksele Ağıt</t>
+          <t>Cemile</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>179</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257303408</t>
+          <t>9786257303453</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>İmrenilecek Bir Ölüm</t>
+          <t>İslam Düşüncesinde Teoriler 1: Metafizik (3 Cilt Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>129</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257854399</t>
+          <t>9786257303552</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Demirin Demiri Kesme Sesi</t>
+          <t>Hugh Selwyn Mauberley</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257854405</t>
+          <t>9786257303798</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Halkın Mutsuzluk Lekeleri</t>
+          <t>Eskittiğim Çantalar</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>149</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257303194</t>
+          <t>9786257303644</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Sanatın ve Edebiyatın Dayanılmaz Hafifliği</t>
+          <t>Fizik Bizi Nasıl Özgür Kılar?</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257303149</t>
+          <t>9786257303750</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Bilim Tartışmaları</t>
+          <t>Taş Kentin Kroniği</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>304</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257303262</t>
+          <t>9786257303842</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Bahçesi</t>
+          <t>Sıralı Sırasız</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257854382</t>
+          <t>9786257303781</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Neden Bıçkın Bir Delikanlı Olamadım</t>
+          <t>Dublinliler</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257303309</t>
+          <t>9786257303804</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Ukletül’l Müstevfiz - Ali Salahaddin Efendi Kitaplığı 4</t>
+          <t>Dilde Kesinlik Sorunu</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>209</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257014595</t>
+          <t>9786257303743</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Yasak Ağacın Altında</t>
+          <t>Aşıkların Konuşması</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>199</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257854122</t>
+          <t>9786257303620</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Trajik Duygusu</t>
+          <t>Olağanüstü Matematik</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257014946</t>
+          <t>9786257303835</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Ben Denizlerden Hangisiyim?</t>
+          <t>Maske, Sahne ve Oyun</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257014892</t>
+          <t>9786257303767</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Bir Hudut Oyunu</t>
+          <t>Köle Olmayacağız</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257303279</t>
+          <t>9786257303828</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç - İrfana Açılan Gözler</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>151</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257303088</t>
+          <t>9786257303736</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Okçular Kitabı - Tezkire-i Rumat (Ciltli)</t>
+          <t>Münferit Bir Olay</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>549</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257854955</t>
+          <t>9786257303590</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Hutüt-i Meşahir (1920-1923)</t>
+          <t>Mehasin-i Ahlak</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>1299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786050676228</t>
+          <t>9786257303538</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Son Hattatlar (Ciltli)</t>
+          <t>İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>4000</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257303071</t>
+          <t>9786257303606</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ülkesinin Fethi</t>
+          <t>Kitabü’t-Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>249</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257303064</t>
+          <t>9786257303491</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Seyyahlar ve Kaşifler Kitabı</t>
+          <t>Yakin ve İrfan Ehli İçin İman Hakikatleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>259</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257854740</t>
+          <t>9786257303651</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Teşekkül Dönemi</t>
+          <t>Tercümetü’ş-Şemail - Eş-Şemailü’n-Nebeviyye (Ciltli)</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>489</v>
+        <v>679</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257303156</t>
+          <t>9786257303521</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Acayip Kısa Tarihi</t>
+          <t>Kaybolduğun Sularda Yüzüyorum</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257854641</t>
+          <t>9786257303514</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot’un Dönüşü</t>
+          <t>Leydi Susan</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257303118</t>
+          <t>9786257303545</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Kemik Kitabesi</t>
+          <t>İki Dünyanın Ustası</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257303163</t>
+          <t>9786257303613</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Deli Gömleği</t>
+          <t>Kurucu Öteki</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257014939</t>
+          <t>9786257303422</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlığın Dağlarında</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786257303187</t>
+          <t>9786257303576</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Bir Cep Mendilinin Otobiyografisi</t>
+          <t>Bangladesh Blues</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257303057</t>
+          <t>9786257303583</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Ahlakiliğin Doğası</t>
+          <t>Nesnesiz Dünya</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786257854832</t>
+          <t>9786257303330</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Celvetilik</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>201</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257854894</t>
+          <t>9786257303217</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Sarkacı</t>
+          <t>Hamzaname</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>194</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786257854757</t>
+          <t>9786257303347</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Ne Demek İstedi?</t>
+          <t>Edebiyatın Otoritesi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>234</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786257854931</t>
+          <t>9786257854948</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı</t>
+          <t>Doğduğum Ev</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>100</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786257854986</t>
+          <t>9786257303316</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Uykunun Şifalı Gücü</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>229</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786257854870</t>
+          <t>9786257303200</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal - Bir Roman Kahramanı</t>
+          <t>Temel Tasavvufi Kavramlar</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>189</v>
+        <v>679</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257854924</t>
+          <t>9786257303361</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Tacirleri</t>
+          <t>Sıradan Şeylerin Fısıltısı</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786257014915</t>
+          <t>9786257303378</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Dış Politika</t>
+          <t>Sanat Yolculukları</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786257854054</t>
+          <t>9786257303323</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Herşeyin Kısaca İzahı</t>
+          <t>Sessizlik Partisi</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786257854979</t>
+          <t>9786257303385</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Arabistanlı Philby</t>
+          <t>Ölümcül Şiddet</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786257854962</t>
+          <t>9786257303392</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyolojinin Yüz Yıllık Birikimi</t>
+          <t>Ölü Piksele Ağıt</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>599</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786257854689</t>
+          <t>9786257303408</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sanatları</t>
+          <t>İmrenilecek Bir Ölüm</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>169</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786257854580</t>
+          <t>9786257854399</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Cathay (Ciltli)</t>
+          <t>Demirin Demiri Kesme Sesi</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>399</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257854665</t>
+          <t>9786257854405</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Ben Hayal Gücünden Yanayım</t>
+          <t>Halkın Mutsuzluk Lekeleri</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257854825</t>
+          <t>9786257303194</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Edimleri</t>
+          <t>Sanatın ve Edebiyatın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>639</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257854146</t>
+          <t>9786257303149</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Hatırlamaktır</t>
+          <t>İslam ve Bilim Tartışmaları</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>399</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257854658</t>
+          <t>9786257303262</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Peri Palas</t>
+          <t>Kırık Kalpler Bahçesi</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257854801</t>
+          <t>9786257854382</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Utanç</t>
+          <t>Neden Bıçkın Bir Delikanlı Olamadım</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257854696</t>
+          <t>9786257303309</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Kanunu</t>
+          <t>Ukletül’l Müstevfiz - Ali Salahaddin Efendi Kitaplığı 4</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257854818</t>
+          <t>9786257014595</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Transhümanizm - İnsansız Dünya</t>
+          <t>Yasak Ağacın Altında</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257854702</t>
+          <t>9786257854122</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Yaz Vakti İçin Mektuplar</t>
+          <t>Yaşamın Trajik Duygusu</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>199</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257854672</t>
+          <t>9786257014946</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Kayıp Mücevheri</t>
+          <t>Ben Denizlerden Hangisiyim?</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257854726</t>
+          <t>9786257014892</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir Genç Olmak</t>
+          <t>Bir Hudut Oyunu</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257854764</t>
+          <t>9786257303279</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve Safahat</t>
+          <t>Cemil Meriç - İrfana Açılan Gözler</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>163</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257854306</t>
+          <t>9786257303088</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Kurum, Kavram ve Zihniyet</t>
+          <t>Okçular Kitabı - Tezkire-i Rumat (Ciltli)</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>197</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257854283</t>
+          <t>9786257854955</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Bekir Sıdkı Sezgin</t>
+          <t>Hutüt-i Meşahir (1920-1923)</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>899</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257854597</t>
+          <t>9786050676228</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sesi</t>
+          <t>Son Hattatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>199</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257854504</t>
+          <t>9786257303071</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Hakikat Kaygısı</t>
+          <t>Ölüm Ülkesinin Fethi</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257854542</t>
+          <t>9786257303064</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Hayaletlere Duyulan Sevgi</t>
+          <t>Seyyahlar ve Kaşifler Kitabı</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>399</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257854276</t>
+          <t>9786257854740</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Cioran'ın İzinde</t>
+          <t>İslam Düşüncesinin Teşekkül Dönemi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>479</v>
+        <v>489</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257854481</t>
+          <t>9786257303156</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Dünyada</t>
+          <t>İnsanın Acayip Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1350" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257854474</t>
+          <t>9786257854641</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Amerika Sen Busun</t>
+          <t>Don Kişot’un Dönüşü</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>126</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257854559</t>
+          <t>9786257303118</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Dünyası</t>
+          <t>Kemik Kitabesi</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257854467</t>
+          <t>9786257303163</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Pencereden</t>
+          <t>Deli Gömleği</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257854535</t>
+          <t>9786257014939</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülkenin İzinde</t>
+          <t>Çılgınlığın Dağlarında</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257854450</t>
+          <t>9786257303187</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatlarında Estetik</t>
+          <t>Bir Cep Mendilinin Otobiyografisi</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257854573</t>
+          <t>9786257303057</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünü Eğitmek</t>
+          <t>Ahlakiliğin Doğası</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257854498</t>
+          <t>9786257854832</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Ferhat Notları</t>
+          <t>Celvetilik</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257854269</t>
+          <t>9786257854894</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Çamurdan Doğanlar</t>
+          <t>Heidegger Sarkacı</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>329</v>
+        <v>194</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257854344</t>
+          <t>9786257854757</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Çaputların Yakılışı</t>
+          <t>Fuzuli Ne Demek İstedi?</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>159</v>
+        <v>234</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257854191</t>
+          <t>9786257854931</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Alleben Öyküleri</t>
+          <t>Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>204</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257854214</t>
+          <t>9786257854986</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Yankı Ustası</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257854320</t>
+          <t>9786257854870</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam’ın Kelamı</t>
+          <t>Namık Kemal - Bir Roman Kahramanı</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>259</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257854245</t>
+          <t>9786257854924</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil Efsanesi</t>
+          <t>Ölüm Tacirleri</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>262</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257854252</t>
+          <t>9786257014915</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Narrative Terapi Uygulamaları</t>
+          <t>Osmanlı’dan Cumhuriyet’e Dış Politika</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>202</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257854238</t>
+          <t>9786257854054</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kara Hikaye</t>
+          <t>Herşeyin Kısaca İzahı</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257854221</t>
+          <t>9786257854979</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Felgu</t>
+          <t>Arabistanlı Philby</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257854375</t>
+          <t>9786257854962</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Tarafta</t>
+          <t>Türkiye’de Sosyolojinin Yüz Yıllık Birikimi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>289</v>
+        <v>669</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257854351</t>
+          <t>9786257854689</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın İyileştirici Gücü</t>
+          <t>Savunma Sanatları</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>244</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257854108</t>
+          <t>9786257854580</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Zekası</t>
+          <t>Cathay (Ciltli)</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>229</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786050676211</t>
+          <t>9786257854665</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Soruların Peşinde</t>
+          <t>Ben Hayal Gücünden Yanayım</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>289</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257854030</t>
+          <t>9786257854825</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Bütün Olup Bitenler Hakkında</t>
+          <t>Edebiyat Edimleri</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>249</v>
+        <v>639</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257854047</t>
+          <t>9786257854146</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Bütün Nehirler Bizimdir</t>
+          <t>Yaşamak Hatırlamaktır</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257014960</t>
+          <t>9786257854658</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Şehrinden İnsan Manzaraları</t>
+          <t>Peri Palas</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>185</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257854009</t>
+          <t>9786257854801</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Hayat</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257854092</t>
+          <t>9786257854696</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Müteahhir Dönem Maturidi Kelamı</t>
+          <t>Kabahatler Kanunu</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257854115</t>
+          <t>9786257854818</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Gelenekleri</t>
+          <t>Transhümanizm - İnsansız Dünya</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>204</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257854016</t>
+          <t>9786257854702</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>I Harfinin Durumu</t>
+          <t>Eski Bir Yaz Vakti İçin Mektuplar</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257854085</t>
+          <t>9786257854672</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Halk İçre Bir Ayine</t>
+          <t>Sultanın Kayıp Mücevheri</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>168</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257854061</t>
+          <t>9786257854726</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Gen Ötesi - İnsan Sonrası</t>
+          <t>Örnek Bir Genç Olmak</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>399</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257854023</t>
+          <t>9786257854764</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Evliler İçin Kafa Kağıdı Sureti</t>
+          <t>Mehmet Akif ve Safahat</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>139</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257014984</t>
+          <t>9786257854306</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir At</t>
+          <t>Kurum, Kavram ve Zihniyet</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>149</v>
+        <v>197</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786050676204</t>
+          <t>9786257854283</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Şu Şiir İşçiliği</t>
+          <t>Bekir Sıdkı Sezgin</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>168</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257014922</t>
+          <t>9786257854597</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Mekandan Taşan Edebiyat</t>
+          <t>Aşkın Sesi</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>599</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257014977</t>
+          <t>9786257854504</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sisteminin Doğası</t>
+          <t>Öznenin Hakikat Kaygısı</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786050676273</t>
+          <t>9786257854542</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Fatih Sultan Mehmed</t>
+          <t>Hayaletlere Duyulan Sevgi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257014885</t>
+          <t>9786257854276</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Ramazan</t>
+          <t>Cioran'ın İzinde</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>339</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257014779</t>
+          <t>9786257854481</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Kış Bahçesi</t>
+          <t>Bir Zamanlar Dünyada</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257014724</t>
+          <t>9786257854474</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Blues</t>
+          <t>Amerika Sen Busun</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>199</v>
+        <v>126</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257014458</t>
+          <t>9786257854559</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Sözün Eşiğinde</t>
+          <t>Yabancıların Dünyası</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>244</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257014878</t>
+          <t>9786257854467</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Ruhsallık Üzerine</t>
+          <t>Pencereden</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>229</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257014731</t>
+          <t>9786257854535</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Ne - Varlık ve Hiçlik</t>
+          <t>Kayıp Ülkenin İzinde</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>159</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257014786</t>
+          <t>9786257854450</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Modernitenin Reformu</t>
+          <t>İslam Sanatlarında Estetik</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257014823</t>
+          <t>9786257854573</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>İngilizler</t>
+          <t>Hayal Gücünü Eğitmek</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>349</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257014816</t>
+          <t>9786257854498</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Hemingway İtalya’da</t>
+          <t>Ferhat Notları</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257014830</t>
+          <t>9786257854269</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Peşinde: 50 Portre</t>
+          <t>Çamurdan Doğanlar</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>319</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257014793</t>
+          <t>9786257854344</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Copernicus Kant ve Düşüncenin Modernliği</t>
+          <t>Çaputların Yakılışı</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257014748</t>
+          <t>9786257854191</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş İnşa - Postmodernizm</t>
+          <t>Alleben Öyküleri</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>168</v>
+        <v>204</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257014762</t>
+          <t>9786257854214</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve Başka Tuzaklar</t>
+          <t>Yankı Ustası</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257014847</t>
+          <t>9786257854320</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Alerji İçin Çözüm</t>
+          <t>Şeyhülislam’ın Kelamı</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>399</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257014656</t>
+          <t>9786257854245</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz’ten Sonra Yazmak</t>
+          <t>Şeyh Şamil Efsanesi</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>199</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257014625</t>
+          <t>9786257854252</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Tedbirat-ı İlahiyye</t>
+          <t>Narrative Terapi Uygulamaları</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257014670</t>
+          <t>9786257854238</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+          <t>Kara Hikaye</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>449</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257014618</t>
+          <t>9786257854221</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çağrısı</t>
+          <t>Felgu</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>118</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257014649</t>
+          <t>9786257854375</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Balkan Defteri</t>
+          <t>Güneşli Tarafta</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>163</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257014557</t>
+          <t>9786257854351</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>İnce Ayar Hassas Mi’yar</t>
+          <t>Edebiyatın İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>219</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257014519</t>
+          <t>9786257854108</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Avarelik Görgüsü</t>
+          <t>Çiçeklerin Zekası</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257014502</t>
+          <t>9786050676211</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Soruların Peşinde</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257014571</t>
+          <t>9786257854030</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Yön ve Yol</t>
+          <t>Bütün Olup Bitenler Hakkında</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257014496</t>
+          <t>9786257854047</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Bütün Nehirler Bizimdir</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257014540</t>
+          <t>9786257014960</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Metro’da Cuma Namazı</t>
+          <t>Bir Taşra Şehrinden İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257014632</t>
+          <t>9786257854009</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Hitler Problemi</t>
+          <t>Roman ve Hayat</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>339</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257014564</t>
+          <t>9786257854092</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyetsizm</t>
+          <t>Müteahhir Dönem Maturidi Kelamı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>199</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257014663</t>
+          <t>9786257854115</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Düş Kesiği</t>
+          <t>İslam Düşünce Gelenekleri</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>449</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257014472</t>
+          <t>9786257854016</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Tamamlamak</t>
+          <t>I Harfinin Durumu</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257014526</t>
+          <t>9786257854085</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Rus Tazısı</t>
+          <t>Halk İçre Bir Ayine</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>229</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257014465</t>
+          <t>9786257854061</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni (3. Cilt)</t>
+          <t>Gen Ötesi - İnsan Sonrası</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>272</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257014397</t>
+          <t>9786257854023</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Şarklısı</t>
+          <t>Evliler İçin Kafa Kağıdı Sureti</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257014403</t>
+          <t>9786257014984</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtmanın Felsefesi</t>
+          <t>Yaralı Bir At</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257014359</t>
+          <t>9786050676204</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Hak Aşıklarına Rehber Hediyyetü'l-Müştak</t>
+          <t>Şu Şiir İşçiliği</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257014380</t>
+          <t>9786257014922</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dervişin Kamburu</t>
+          <t>Mekandan Taşan Edebiyat</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>149</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257014427</t>
+          <t>9786257014977</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İncisi: Endülüs</t>
+          <t>Dünya Sisteminin Doğası</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>409</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257014410</t>
+          <t>9786050676273</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bilim ve Teknoloji</t>
+          <t>Gençler İçin Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257014489</t>
+          <t>9786257014885</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Patlama</t>
+          <t>Bir Ömür Ramazan</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>148</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257014328</t>
+          <t>9786257014779</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida</t>
+          <t>Kış Bahçesi</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257014106</t>
+          <t>9786257014724</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Liberal Devlette Güç ve Adalet Problemi</t>
+          <t>Yeryüzü Blues</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257014342</t>
+          <t>9786257014458</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulmak</t>
+          <t>Sözün Eşiğinde</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>249</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257014274</t>
+          <t>9786257014878</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Wittgenstein</t>
+          <t>Sanatta Ruhsallık Üzerine</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>168</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257014335</t>
+          <t>9786257014731</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aramak</t>
+          <t>Ne - Varlık ve Hiçlik</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257014113</t>
+          <t>9786257014786</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Kalü Bela’dan Sonraki Günler</t>
+          <t>Modernitenin Reformu</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>129</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257014236</t>
+          <t>9786257014823</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Aded ile Mikdar</t>
+          <t>İngilizler</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257014281</t>
+          <t>9786257014816</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Acar Süvari Tutuk Arbalet</t>
+          <t>Hemingway İtalya’da</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257014120</t>
+          <t>9786257014830</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Uyuyana Kar Yağar</t>
+          <t>Gölgelerin Peşinde: 50 Portre</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>129</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257014298</t>
+          <t>9786257014793</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Ayrılalı</t>
+          <t>Copernicus Kant ve Düşüncenin Modernliği</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257014243</t>
+          <t>9786257014748</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Tematik Selçuklu Tarihi</t>
+          <t>Bitmemiş İnşa - Postmodernizm</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>279</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257014267</t>
+          <t>9786257014762</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant’ın Son Günleri</t>
+          <t>Bellek ve Başka Tuzaklar</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257014311</t>
+          <t>9786257014847</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Har-Name (Ciltli)</t>
+          <t>Alerji İçin Çözüm</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>799</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257014304</t>
+          <t>9786257014656</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Son Günü</t>
+          <t>Auschwitz’ten Sonra Yazmak</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257014250</t>
+          <t>9786257014625</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Derin Rusya</t>
+          <t>Tedbirat-ı İlahiyye</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>399</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257014090</t>
+          <t>9786257014670</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Her Yanı ve Her Şeyiyle 18. Yüzyıl İstanbul’u</t>
+          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>789</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257014151</t>
+          <t>9786257014618</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Natık</t>
+          <t>Hakikat Çağrısı</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>299</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257014083</t>
+          <t>9786257014649</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sanatı</t>
+          <t>Balkan Defteri</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>229</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257014199</t>
+          <t>9786257014557</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Sayıklar Bir Dilde</t>
+          <t>İnce Ayar Hassas Mi’yar</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257014182</t>
+          <t>9786257014519</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Avarelik Görgüsü</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257014076</t>
+          <t>9786257014502</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>İslami Yeniden Doğuşun Meseleleri</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257014137</t>
+          <t>9786257014571</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Hepimizden Çok Korkuyorum</t>
+          <t>Yön ve Yol</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>169</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257014175</t>
+          <t>9786257014496</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Görünüşleri Kurtarmak</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257014212</t>
+          <t>9786257014540</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Metro’da Cuma Namazı</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257014144</t>
+          <t>9786257014632</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Akira Kurosava</t>
+          <t>Hitler Problemi</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>229</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257014052</t>
+          <t>9786257014564</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Mülkiyetsizm</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>699</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257014007</t>
+          <t>9786257014663</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının 3 Sütunu: Şiir Hikaye Eleştiri</t>
+          <t>Düş Kesiği</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>209</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786058025950</t>
+          <t>9786257014472</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kaçışım - Hapishaneden Notlar</t>
+          <t>Anlamı Tamamlamak</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786058025967</t>
+          <t>9786257014526</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Neden Fransa'yı Sever Ama Fransızları Sevmeyiz?</t>
+          <t>Rus Tazısı</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>329</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257014014</t>
+          <t>9786257014465</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Kuşağı: İkinci Yeni</t>
+          <t>İslam Dünyasında Felsefi Düşüncenin Serüveni (3. Cilt)</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>249</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786058025981</t>
+          <t>9786257014397</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Serbest Cumhuriyet Fırkası</t>
+          <t>Şehrin Şarklısı</t>
         </is>
       </c>
       <c r="C1454" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257014038</t>
+          <t>9786257014403</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Şaşırtmanın Felsefesi</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257014021</t>
+          <t>9786257014359</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Öykülerin En İyisi</t>
+          <t>Hak Aşıklarına Rehber Hediyyetü'l-Müştak</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786058030039</t>
+          <t>9786257014380</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah</t>
+          <t>Gezgin Dervişin Kamburu</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>158</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786058025998</t>
+          <t>9786257014427</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Kvaidan - Tuhaf Şeylere Dair Hikayeler</t>
+          <t>Dünyanın İncisi: Endülüs</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>189</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257014045</t>
+          <t>9786257014410</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Osmanlı’da Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>219</v>
+        <v>419</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786058025936</t>
+          <t>9786257014489</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları Albümü</t>
+          <t>Karanlıkta Patlama</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786058030046</t>
+          <t>9786257014328</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Mahalledeki Hayalet</t>
+          <t>Jacques Derrida</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>149</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786058030022</t>
+          <t>9786257014106</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Dört Hali</t>
+          <t>Çağdaş Liberal Devlette Güç ve Adalet Problemi</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>179</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786058030053</t>
+          <t>9786257014342</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>İlk Defa Yayınlanan Belgelerle Hasan Tahsin Gerçeği</t>
+          <t>Kendini Bulmak</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786058030060</t>
+          <t>9786257014274</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı</t>
+          <t>Ludwig Wittgenstein</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>299</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786058025912</t>
+          <t>9786257014335</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Neoliberalizm</t>
+          <t>Kendini Aramak</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786058025943</t>
+          <t>9786257014113</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyamızı Adımlarken Hatırda Kalanlar</t>
+          <t>Kalü Bela’dan Sonraki Günler</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>229</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786058025905</t>
+          <t>9786257014236</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Kitabı</t>
+          <t>Aded ile Mikdar</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786057949967</t>
+          <t>9786257014281</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Hitler ve Churchill Düellosu</t>
+          <t>Acar Süvari Tutuk Arbalet</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>289</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786057949899</t>
+          <t>9786257014120</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Alimleri</t>
+          <t>Uyuyana Kar Yağar</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786057949936</t>
+          <t>9786257014298</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Azizler ve Haydutlar</t>
+          <t>Topraktan Ayrılalı</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>163</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786057949905</t>
+          <t>9786257014243</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>40 Makam 40 Anlam</t>
+          <t>Tematik Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786057949998</t>
+          <t>9786257014267</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sada (Ciltli)</t>
+          <t>Immanuel Kant’ın Son Günleri</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>649</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786057949974</t>
+          <t>9786257014311</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>X</t>
+          <t>Har-Name (Ciltli)</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>162</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786057949943</t>
+          <t>9786257014304</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Tanturalı Kadın</t>
+          <t>Dinozorların Son Günü</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>339</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786057949929</t>
+          <t>9786257014250</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Meslekler Atlası</t>
+          <t>Derin Rusya</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>92</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786057949950</t>
+          <t>9786257014090</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>İşgal Feryad ve Direniş</t>
+          <t>Her Yanı ve Her Şeyiyle 18. Yüzyıl İstanbul’u</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>499</v>
+        <v>789</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786057949530</t>
+          <t>9786257014151</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>İmkansızın İhlali</t>
+          <t>Tuhfe-i Natık</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>199</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786057949981</t>
+          <t>9786257014083</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Alexis de Tocqueville</t>
+          <t>Şiir Sanatı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786057949875</t>
+          <t>9786257014199</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Süleyman'ın Kitabı</t>
+          <t>Sayıklar Bir Dilde</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786057949790</t>
+          <t>9786257014182</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Utanç</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786057949844</t>
+          <t>9786257014076</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Çizgiyi Okumak</t>
+          <t>İslami Yeniden Doğuşun Meseleleri</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786057949806</t>
+          <t>9786257014137</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Haliliyye</t>
+          <t>Hepimizden Çok Korkuyorum</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786057949837</t>
+          <t>9786257014175</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Postacısı</t>
+          <t>Görünüşleri Kurtarmak</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>179</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786057949868</t>
+          <t>9786257014212</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlı Kız</t>
+          <t>Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786057949769</t>
+          <t>9786257014144</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hafıza</t>
+          <t>Akira Kurosava</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>209</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786057949677</t>
+          <t>9786257014052</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Dehşeti</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>209</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786057949776</t>
+          <t>9786257014007</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Hayata Edebiyatla Bakmak</t>
+          <t>Türk Edebiyatının 3 Sütunu: Şiir Hikaye Eleştiri</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>168</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786057949783</t>
+          <t>9786058025950</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Borges mi Ben mi?</t>
+          <t>Özgürlüğe Kaçışım - Hapishaneden Notlar</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>149</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786057949745</t>
+          <t>9786058025967</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Amacı Olarak Yaşam</t>
+          <t>Neden Fransa'yı Sever Ama Fransızları Sevmeyiz?</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>194</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786057949479</t>
+          <t>9786257014014</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Adam Smith</t>
+          <t>Sezai Karakoç Kuşağı: İkinci Yeni</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>192</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786057949738</t>
+          <t>9786058025981</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>İnsansın ve Akşam</t>
+          <t>Serbest Cumhuriyet Fırkası</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786057949691</t>
+          <t>9786257014038</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Divan Şairi Diyor ki</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>192</v>
+        <v>749</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786057949721</t>
+          <t>9786257014021</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ölümlerimle Aynı Arabada</t>
+          <t>Mümkün Öykülerin En İyisi</t>
         </is>
       </c>
       <c r="C1493" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786057949646</t>
+          <t>9786058030039</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatında Tevhidler ve Muamma</t>
+          <t>Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>320</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786057949707</t>
+          <t>9786058025998</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Yüzleri</t>
+          <t>Kvaidan - Tuhaf Şeylere Dair Hikayeler</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786057949516</t>
+          <t>9786257014045</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Radikal Zanaat</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786057949714</t>
+          <t>9786058025936</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Ölçekler</t>
+          <t>Osmanlı Sultanları Albümü</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786057949493</t>
+          <t>9786058030046</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İkbal Yıldızının Resmini Çizmek (Ciltli)</t>
+          <t>Mahalledeki Hayalet</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>699</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786057949523</t>
+          <t>9786058030022</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Rüya</t>
+          <t>İnsanın Dört Hali</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>209</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786057949578</t>
+          <t>9786058030053</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Simone Weil</t>
+          <t>İlk Defa Yayınlanan Belgelerle Hasan Tahsin Gerçeği</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>219</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786057949615</t>
+          <t>9786058030060</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Yeniden Keşfi</t>
+          <t>İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786057949547</t>
+          <t>9786058025912</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Başlarına Yıkacağız</t>
+          <t>Dünyada ve Türkiye’de Neoliberalizm</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>269</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786057949561</t>
+          <t>9786058025943</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Yasa Fikri</t>
+          <t>Coğrafyamızı Adımlarken Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>158</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786057949592</t>
+          <t>9786058025905</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - İnsanlığın Son Adası</t>
+          <t>Anneliğin Kitabı</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>162</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786057949554</t>
+          <t>9786057949967</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Egoistler</t>
+          <t>Hitler ve Churchill Düellosu</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786057949639</t>
+          <t>9786057949899</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur?</t>
+          <t>Endülüs Alimleri</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786057949417</t>
+          <t>9786057949936</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Çağrılan</t>
+          <t>Azizler ve Haydutlar</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>259</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789752482425</t>
+          <t>9786057949905</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>E. E. Cummings Şiirleri, Yazıları ve Çizimleri (1913-1962)</t>
+          <t>40 Makam 40 Anlam</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>168</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789752482043</t>
+          <t>9786057949998</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Başka Masallar</t>
+          <t>Hoş Sada (Ciltli)</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>163</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786057949370</t>
+          <t>9786057949974</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>24 Denklemde Matematiğin Hikayesi</t>
+          <t>X</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>299</v>
+        <v>162</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786057949448</t>
+          <t>9786057949943</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>(Küçük) Mehmed Sa'id Paşa'nın Hatıratı 2.-3. Cilt</t>
+          <t>Tanturalı Kadın</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>700</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786057949509</t>
+          <t>9786057949929</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Abbara</t>
+          <t>Ortaçağ Meslekler Atlası</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>249</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786057949455</t>
+          <t>9786057949950</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Varlık Nedir?</t>
+          <t>İşgal Feryad ve Direniş</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786057949462</t>
+          <t>9786057949530</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Keyfekader Kahvesi</t>
+          <t>İmkansızın İhlali</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786057949356</t>
+          <t>9786057949981</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Esbab-ı Nüzul: Kur'an Ayetlerinin İniş Sebepleri</t>
+          <t>Alexis de Tocqueville</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>489</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786057949332</t>
+          <t>9786057949875</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>İdris'in İdris</t>
+          <t>Süleyman'ın Kitabı</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>229</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786057949295</t>
+          <t>9786057949790</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Misak'ın Aynaları</t>
+          <t>Edebiyat ve Utanç</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786057949349</t>
+          <t>9786057949844</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Ufku: Hz. Peygamber'i Şiirle Sevmek</t>
+          <t>Çizgiyi Okumak</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>269</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786057949318</t>
+          <t>9786057949806</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Tudorların Karanlık Tarihi</t>
+          <t>Tuhfe-i Haliliyye</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>449</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786057949325</t>
+          <t>9786057949837</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Arasında İslam</t>
+          <t>Aşkın Postacısı</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>399</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789752482449</t>
+          <t>9786057949868</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Ufuklardaki Ayetler</t>
+          <t>Kızıl Saçlı Kız</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>223</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786057949257</t>
+          <t>9786057949769</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Kişi ve Kutsal</t>
+          <t>Toplumsal Hafıza</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789752482470</t>
+          <t>9786057949677</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlmine Giriş</t>
+          <t>Tarihin Dehşeti</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>320</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786057949288</t>
+          <t>9786057949776</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı</t>
+          <t>Hayata Edebiyatla Bakmak</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786057949271</t>
+          <t>9786057949783</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>İslam Deklarasyonu ve Tarihi Savunma</t>
+          <t>Borges mi Ben mi?</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789752482463</t>
+          <t>9786057949745</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Herkesten Sonra Gelen</t>
+          <t>Yaşamın Amacı Olarak Yaşam</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>185</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789752482494</t>
+          <t>9786057949479</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Dönemeçler</t>
+          <t>Adam Smith</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>229</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786057949233</t>
+          <t>9786057949738</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat’ın Bin İkinci Gece Masalı</t>
+          <t>İnsansın ve Akşam</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>189</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786057949202</t>
+          <t>9786057949691</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Cerrahilik Metinleri</t>
+          <t>Divan Şairi Diyor ki</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>168</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786057949172</t>
+          <t>9786057949721</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılın Sonu</t>
+          <t>Bütün Ölümlerimle Aynı Arabada</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>320</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786057949165</t>
+          <t>9786057949646</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Tutulan Ayna</t>
+          <t>Divan Edebiyatında Tevhidler ve Muamma</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>259</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786057949127</t>
+          <t>9786057949707</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'in Doğusu</t>
+          <t>Sonsuzluğun Yüzleri</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>148</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786057949097</t>
+          <t>9786057949516</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’ya Dair Yirmi Tez</t>
+          <t>Radikal Zanaat</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786057949134</t>
+          <t>9786057949714</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Vilayetine Yolculuk</t>
+          <t>Ölçekler</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786057949141</t>
+          <t>9786057949493</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Kara Dursun ve Diğer Ankara Söylenceleri</t>
+          <t>İkbal Yıldızının Resmini Çizmek (Ciltli)</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>143</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786057949080</t>
+          <t>9786057949523</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Başkanlarının Karanlık Tarihi</t>
+          <t>Kusurlu Rüya</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>439</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786056862434</t>
+          <t>9786057949578</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kan: Bir Hristiyanlık Eleştirisi</t>
+          <t>Simone Weil</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>499</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786058127883</t>
+          <t>9786057949615</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Anlamın Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>139</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786057949042</t>
+          <t>9786057949547</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Bosna'da Dervişler ve İslam</t>
+          <t>Dünyayı Başlarına Yıkacağız</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>289</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786057949011</t>
+          <t>9786057949561</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Hamzaname - Hamzazade Rüstem ile Said-i Nebire’nin Maceraları</t>
+          <t>Sosyolojide Yasa Fikri</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>139</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789752482678</t>
+          <t>9786057949592</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Hedef: Patton</t>
+          <t>Osmanlı - İnsanlığın Son Adası</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>449</v>
+        <v>162</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786058127869</t>
+          <t>9786057949554</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Kalbi</t>
+          <t>Egoistler</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786058127890</t>
+          <t>9786057949639</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Sinan-ı Ümmi</t>
+          <t>Nasıl Mutlu Olunur?</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786057949073</t>
+          <t>9786057949417</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Zylo'nun Yükselişi ve Düşüşü</t>
+          <t>Çağrılan</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>201</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786058127845</t>
+          <t>9789752482425</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Yasakçılar</t>
+          <t>E. E. Cummings Şiirleri, Yazıları ve Çizimleri (1913-1962)</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786058127852</t>
+          <t>9789752482043</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Tükenişi</t>
+          <t>Başka Masallar</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>229</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786056862465</t>
+          <t>9786057949370</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan</t>
+          <t>24 Denklemde Matematiğin Hikayesi</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>139</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786058127838</t>
+          <t>9786057949448</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Akrebi Kuyruğundan Tutmak</t>
+          <t>(Küçük) Mehmed Sa'id Paşa'nın Hatıratı 2.-3. Cilt</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>279</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786056862489</t>
+          <t>9786057949509</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Kuşlarla Sohbetin Şartları</t>
+          <t>Abbara</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786056862496</t>
+          <t>9786057949455</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kapısı</t>
+          <t>Varlık Nedir?</t>
         </is>
       </c>
       <c r="C1550" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786056862472</t>
+          <t>9786057949462</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah</t>
+          <t>Keyfekader Kahvesi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786056862427</t>
+          <t>9786057949356</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Beyinde Başlar</t>
+          <t>Esbab-ı Nüzul: Kur'an Ayetlerinin İniş Sebepleri</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>202</v>
+        <v>489</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789752482975</t>
+          <t>9786057949332</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi</t>
+          <t>İdris'in İdris</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786056862441</t>
+          <t>9786057949295</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı ve Rusya Türklerinde Milli Uyanış</t>
+          <t>Misak'ın Aynaları</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789752482982</t>
+          <t>9786057949349</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ruhsati</t>
+          <t>Şiirin Ufku: Hz. Peygamber'i Şiirle Sevmek</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789752482999</t>
+          <t>9786057949318</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ömer</t>
+          <t>Tudorların Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>159</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789752482906</t>
+          <t>9786057949325</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Doğu Batı Arasında İslam</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>139</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789752482944</t>
+          <t>9789752482449</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa'nın Türkistan Kurtuluş Savaşı</t>
+          <t>Ufuklardaki Ayetler</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789752482951</t>
+          <t>9786057949257</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Dilencileri</t>
+          <t>Kişi ve Kutsal</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>163</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789752482739</t>
+          <t>9789752482470</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Sivasilerin Piri Şemseddin Sivasi</t>
+          <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789752482913</t>
+          <t>9786057949288</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Sefil Selimi</t>
+          <t>Birinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>159</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789752482722</t>
+          <t>9786057949271</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi</t>
+          <t>İslam Deklarasyonu ve Tarihi Savunma</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789752482852</t>
+          <t>9789752482463</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Bahriyye</t>
+          <t>Herkesten Sonra Gelen</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>209</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789752482845</t>
+          <t>9789752482494</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Hamzaname</t>
+          <t>Dönemeçler</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789752482777</t>
+          <t>9786057949233</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Gelecek ve Diğer Meseleler</t>
+          <t>Şehrazat’ın Bin İkinci Gece Masalı</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>131</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789752482715</t>
+          <t>9786057949202</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri</t>
+          <t>Cerrahilik Metinleri</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>209</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789752482753</t>
+          <t>9786057949172</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Bilge İmam Muhammed Lutfi Efendi</t>
+          <t>Yirminci Yüzyılın Sonu</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>169</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789752482746</t>
+          <t>9786057949165</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Ruh Dememi Bağışlayın</t>
+          <t>Güneşe Tutulan Ayna</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>209</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789752482821</t>
+          <t>9786057949127</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Başka</t>
+          <t>Akdeniz'in Doğusu</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>167</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789752482760</t>
+          <t>9786057949097</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Düşünsene Hızır Bendim</t>
+          <t>Ortadoğu’ya Dair Yirmi Tez</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>199</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789752482807</t>
+          <t>9786057949134</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkı Üzerine Düzensiz Düşünceler</t>
+          <t>Azrail’in Vilayetine Yolculuk</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789752482708</t>
+          <t>9786057949141</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Kuloğlu Mustafa</t>
+          <t>Kara Dursun ve Diğer Ankara Söylenceleri</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>179</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789752482692</t>
+          <t>9786057949080</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>İznikli Büyük Bilge Eşrefoğlu Rumi</t>
+          <t>Amerikan Başkanlarının Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>169</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789752482609</t>
+          <t>9786056862434</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Acaibü'l Mahlukat</t>
+          <t>Kan: Bir Hristiyanlık Eleştirisi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>209</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789752482050</t>
+          <t>9786058127883</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Milyon Sesli Mızıka</t>
+          <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789752482784</t>
+          <t>9786057949042</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Türk Kartallarının Doğuşu</t>
+          <t>Bosna'da Dervişler ve İslam</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>219</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789752482586</t>
+          <t>9786057949011</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Postmodern Edebiyat</t>
+          <t>Hamzaname - Hamzazade Rüstem ile Said-i Nebire’nin Maceraları</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789752482548</t>
+          <t>9789752482678</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e İktidar Oyunu</t>
+          <t>Hedef: Patton</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>209</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789752482531</t>
+          <t>9786058127869</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçine Düşmek</t>
+          <t>Köpeklerin Kalbi</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789752482562</t>
+          <t>9786058127890</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Sacit Kalamar</t>
+          <t>Sinan-ı Ümmi</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>149</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789752482647</t>
+          <t>9786057949073</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan</t>
+          <t>Yoldaş Zylo'nun Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>146</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789752482555</t>
+          <t>9786058127845</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Oyunları</t>
+          <t>Yasakçılar</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789752482661</t>
+          <t>9786058127852</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Narmanlı Aşık Sümmani</t>
+          <t>Türlerin Tükenişi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>209</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789752482616</t>
+          <t>9786056862465</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>59 Yüz</t>
+          <t>Pir Sultan</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>229</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789752482142</t>
+          <t>9786058127838</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda Türk Öyküsü (Ciltli)</t>
+          <t>Akrebi Kuyruğundan Tutmak</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>209</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789752482258</t>
+          <t>9786056862489</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi ve Mevlid (Ciltli)</t>
+          <t>Kuşlarla Sohbetin Şartları</t>
         </is>
       </c>
       <c r="C1586" s="1">
         <v>209</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789752482210</t>
+          <t>9786056862496</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Mevsimleri (Ciltli)</t>
+          <t>Hayalet Kapısı</t>
         </is>
       </c>
       <c r="C1587" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789752482227</t>
+          <t>9786056862472</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Monsieur Teste (Ciltli)</t>
+          <t>Erzurumlu Emrah</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>199</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789752482159</t>
+          <t>9786056862427</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Lozan (Ciltli)</t>
+          <t>Mutluluk Beyinde Başlar</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>209</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789752482197</t>
+          <t>9789752482975</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç Konuşuyor (Ciltli)</t>
+          <t>İsmail Hakkı Bursevi</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789752482203</t>
+          <t>9786056862441</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Din Ekranda Nasıl Durur ? (Ciltli)</t>
+          <t>İsmail Gaspıralı ve Rusya Türklerinde Milli Uyanış</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>349</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789752482180</t>
+          <t>9789752482982</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Böyle Şeyler Filmlerde Olur (Ciltli)</t>
+          <t>Aşık Ruhsati</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>168</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789752482272</t>
+          <t>9789752482999</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Tanklar Kabe’ye Dayanmadan (Ciltli)</t>
+          <t>Aşık Ömer</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>239</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789752482296</t>
+          <t>9789752482906</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Irak Cephesi Hatıraları (Ciltli)</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789752482241</t>
+          <t>9789752482944</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Son İbn Sirac’ın Başından Geçenler (Ciltli)</t>
+          <t>Enver Paşa'nın Türkistan Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789752482333</t>
+          <t>9789752482951</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Batı Aklına Karşı Türkiye (Ciltli)</t>
+          <t>Üsküp Dilencileri</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>499</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789752482326</t>
+          <t>9789752482739</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Batı Aklına Karşı Türkiye</t>
+          <t>Sivasilerin Piri Şemseddin Sivasi</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>368</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789752482302</t>
+          <t>9789752482913</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Sermayem Yok Derdimden Başka</t>
+          <t>Sefil Selimi</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>199.9</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789752482012</t>
+          <t>9789752482722</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçların Sonsuz Mutluluğu</t>
+          <t>Seyyid Nesimi</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789752482074</t>
+          <t>9789752482852</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç Konuşuyor</t>
+          <t>Tuhfe-i Bahriyye</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789752482029</t>
+          <t>9789752482845</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Böyle Şeyler Filmlerde Olur</t>
+          <t>Hamzaname</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>151</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
+          <t>9789752482777</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek ve Diğer Meseleler</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9789752482715</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Niyazi-i Mısri</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9789752482753</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu Bilge İmam Muhammed Lutfi Efendi</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9789752482746</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Dememi Bağışlayın</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9789752482821</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Varlıktan Başka</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9789752482760</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Düşünsene Hızır Bendim</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9789752482807</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>Allah Aşkı Üzerine Düzensiz Düşünceler</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>9789752482708</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Kuloğlu Mustafa</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9789752482692</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>İznikli Büyük Bilge Eşrefoğlu Rumi</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9789752482609</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Acaibü'l Mahlukat</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9789752482050</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Milyon Sesli Mızıka</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9789752482784</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kartallarının Doğuşu</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9789752482586</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>40 Soruda Postmodern Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9789752482548</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e İktidar Oyunu</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9789752482531</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Kendi İçine Düşmek</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9789752482562</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Sacit Kalamar</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9789752482647</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Pir-i Türkistan</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9789752482555</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Oyunları</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9789752482661</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>Narmanlı Aşık Sümmani</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9789752482616</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>59 Yüz</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9789752482142</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>40 Soruda Türk Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9789752482258</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>Süleyman Çelebi ve Mevlid (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9789752482210</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Mevsimleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9789752482227</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>Monsieur Teste (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>9789752482159</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>99 Soruda Lozan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9789752482197</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Meriç Konuşuyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9789752482203</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Din Ekranda Nasıl Durur ? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9789752482180</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Şeyler Filmlerde Olur (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9789752482272</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>Tanklar Kabe’ye Dayanmadan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
+          <t>9789752482296</t>
+        </is>
+      </c>
+      <c r="B1631" s="1" t="inlineStr">
+        <is>
+          <t>Irak Cephesi Hatıraları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1631" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" s="1" t="inlineStr">
+        <is>
+          <t>9789752482241</t>
+        </is>
+      </c>
+      <c r="B1632" s="1" t="inlineStr">
+        <is>
+          <t>Son İbn Sirac’ın Başından Geçenler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1632" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" s="1" t="inlineStr">
+        <is>
+          <t>9789752482333</t>
+        </is>
+      </c>
+      <c r="B1633" s="1" t="inlineStr">
+        <is>
+          <t>Batı Aklına Karşı Türkiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1633" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" s="1" t="inlineStr">
+        <is>
+          <t>9789752482326</t>
+        </is>
+      </c>
+      <c r="B1634" s="1" t="inlineStr">
+        <is>
+          <t>Batı Aklına Karşı Türkiye</t>
+        </is>
+      </c>
+      <c r="C1634" s="1">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" s="1" t="inlineStr">
+        <is>
+          <t>9789752482302</t>
+        </is>
+      </c>
+      <c r="B1635" s="1" t="inlineStr">
+        <is>
+          <t>Sermayem Yok Derdimden Başka</t>
+        </is>
+      </c>
+      <c r="C1635" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" s="1" t="inlineStr">
+        <is>
+          <t>9789752482012</t>
+        </is>
+      </c>
+      <c r="B1636" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçların Sonsuz Mutluluğu</t>
+        </is>
+      </c>
+      <c r="C1636" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" s="1" t="inlineStr">
+        <is>
+          <t>9789752482074</t>
+        </is>
+      </c>
+      <c r="B1637" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Meriç Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C1637" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" s="1" t="inlineStr">
+        <is>
+          <t>9789752482029</t>
+        </is>
+      </c>
+      <c r="B1638" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Şeyler Filmlerde Olur</t>
+        </is>
+      </c>
+      <c r="C1638" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" s="1" t="inlineStr">
+        <is>
           <t>9789752482135</t>
         </is>
       </c>
-      <c r="B1602" s="1" t="inlineStr">
+      <c r="B1639" s="1" t="inlineStr">
         <is>
           <t>Tanklar Kabe’ye Dayanmadan</t>
         </is>
       </c>
-      <c r="C1602" s="1">
+      <c r="C1639" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>