--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,3520 +85,3595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256102361</t>
+          <t>9786256102392</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Die Propheten Im Qur'an Alten Und Neuen Testament</t>
+          <t>Gençler İçin Akaid Dersleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256102378</t>
+          <t>9786256102330</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Das Leben Der Imame</t>
+          <t>Namazla Edeplenmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054792696</t>
+          <t>9789944709941</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tecvide Giriş</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257910958</t>
+          <t>9789756640364</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Meali (Rahle Boy) (Ciltli)</t>
+          <t>Peşaver Geceleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257910590</t>
+          <t>9789756640494</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi</t>
+          <t>Doğruya Doğru</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259704302</t>
+          <t>9786256102361</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya Mesnevisi</t>
+          <t>Die Propheten Im Qur'an Alten Und Neuen Testament</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944709668</t>
+          <t>9786256102378</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Ehlibeyt'in Ashabı</t>
+          <t>Das Leben Der Imame</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256102309</t>
+          <t>9786054792696</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mart Doğumlu</t>
+          <t>Tecvide Giriş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054792436</t>
+          <t>9786257910958</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ehl-i Beyt?</t>
+          <t>Kur'an-ı Kerim ve Meali (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054792672</t>
+          <t>9786257910590</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Elifba 2</t>
+          <t>İmam Mehdi</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054792825</t>
+          <t>9786259704302</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi Bizi Bekliyor</t>
+          <t>Kısas-ı Enbiya Mesnevisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054792733</t>
+          <t>9789944709668</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kıyamet - Cennet - Cehennem Tasvirleri</t>
+          <t>Hz. Peygamber ve Ehlibeyt'in Ashabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257910194</t>
+          <t>9786256102309</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin (A.S) (40 Hadis Serisi 6)</t>
+          <t>Mart Doğumlu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256102149</t>
+          <t>9786054792436</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben Ehlibeyti Seviyorum 14 Kitap Takım</t>
+          <t>Niçin Ehl-i Beyt?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256102040</t>
+          <t>9786054792672</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum İslami Eğitim ve Öğretim Seti 9 Kitap</t>
+          <t>Elifba 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756640487</t>
+          <t>9786054792825</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sahife-i Seccadiye (Ciltli)</t>
+          <t>İmam Mehdi Bizi Bekliyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756640159</t>
+          <t>9786054792733</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Beyt Kaynaklı Dualar</t>
+          <t>Kur'an'da Kıyamet - Cennet - Cehennem Tasvirleri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256102033</t>
+          <t>9786257910194</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Linaluna</t>
+          <t>İmam Hüseyin (A.S) (40 Hadis Serisi 6)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054792405</t>
+          <t>9786256102149</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Üniversitesi</t>
+          <t>Ben Ehlibeyti Seviyorum 14 Kitap Takım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257910965</t>
+          <t>9786256102040</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Medine’den Kerbela’ya Sözleriyle İmam Hüseyin</t>
+          <t>Dinimi Öğreniyorum İslami Eğitim ve Öğretim Seti 9 Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>5670000000060</t>
+          <t>9789756640487</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar (Ciltli)</t>
+          <t>Sahife-i Seccadiye (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944709231</t>
+          <t>9789756640159</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutahhari’den 20 Konuşma</t>
+          <t>Kur'an ve Ehl-i Beyt Kaynaklı Dualar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257910927</t>
+          <t>9786256102033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Seyrü Sülük</t>
+          <t>Linaluna</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257910064</t>
+          <t>9786054792405</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Ayı Ramazan ve Orucun Sırları</t>
+          <t>Kerbela Üniversitesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944709743</t>
+          <t>9786257910965</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Güzelliği veya Güzelliğin Yusufu</t>
+          <t>Medine’den Kerbela’ya Sözleriyle İmam Hüseyin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944709637</t>
+          <t>5670000000060</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Vela ve Velayet Üzerine</t>
+          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944709422</t>
+          <t>9789944709231</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vahhabilik</t>
+          <t>Mutahhari’den 20 Konuşma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944709484</t>
+          <t>9786257910927</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Güneşinin Esareti</t>
+          <t>Seyrü Sülük</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756640456</t>
+          <t>9786257910064</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tüm Boyutlarıyla İslam’da Şia</t>
+          <t>Allah'ın Ayı Ramazan ve Orucun Sırları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944709729</t>
+          <t>9789944709743</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tuhefu’l-Ukul an Ali’r-Resul</t>
+          <t>Yusuf’un Güzelliği veya Güzelliğin Yusufu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944709385</t>
+          <t>9789944709637</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Çalılar Arasında Bir Kızıl Gül</t>
+          <t>Vela ve Velayet Üzerine</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756640692</t>
+          <t>9789944709422</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Resulullah ve Ehl-i Beyt’i</t>
+          <t>Vahhabilik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944709750</t>
+          <t>9789944709484</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldi</t>
+          <t>Vahdet Güneşinin Esareti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944709767</t>
+          <t>9789756640456</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayı Dersleri Fatiha Suresi’nin Tefsiri</t>
+          <t>Tüm Boyutlarıyla İslam’da Şia</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756640210</t>
+          <t>9789944709729</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Hz. Ali (Ciltli)</t>
+          <t>Tuhefu’l-Ukul an Ali’r-Resul</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944709354</t>
+          <t>9789944709385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Namazda 114 Hikmet</t>
+          <t>Tozlu Çalılar Arasında Bir Kızıl Gül</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000005065</t>
+          <t>9789756640692</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Halk Hareketleri</t>
+          <t>Resulullah ve Ehl-i Beyt’i</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944709569</t>
+          <t>9789944709750</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Savaşçı</t>
+          <t>Ramazan Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944709408</t>
+          <t>9789944709767</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Meali (Hafız Boy)</t>
+          <t>Ramazan Ayı Dersleri Fatiha Suresi’nin Tefsiri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944709255</t>
+          <t>9789756640210</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnsan Tanımı</t>
+          <t>Peygamberimizin Dilinden Hz. Ali (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944709590</t>
+          <t>9789944709354</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tebliğ</t>
+          <t>Namazda 114 Hikmet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944709910</t>
+          <t>3990000005065</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Sünnet Işığında Müt’a Nikahı</t>
+          <t>Müslüman Halk Hareketleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944709293</t>
+          <t>9789944709569</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gül Olmayaydı</t>
+          <t>Küçük Savaşçı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756640005</t>
+          <t>9789944709408</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kerbela’da Peygamber’in Atı</t>
+          <t>Kuran-ı Kerim ve Meali (Hafız Boy)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944709675</t>
+          <t>9789944709255</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Vakıası</t>
+          <t>Kur’an’da İnsan Tanımı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944709415</t>
+          <t>9789944709590</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yetiştirmek</t>
+          <t>Kur’an ve Tebliğ</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944709187</t>
+          <t>9789944709910</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin Temel İlkeleri</t>
+          <t>Kitap ve Sünnet Işığında Müt’a Nikahı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944709286</t>
+          <t>9789944709293</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İrmiya</t>
+          <t>Kızıl Gül Olmayaydı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756640876</t>
+          <t>9789756640005</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İran Ziyaretleri</t>
+          <t>Kerbela’da Peygamber’in Atı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756640715</t>
+          <t>9789944709675</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mehdi Son Vasi</t>
+          <t>Kerbela Vakıası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756640845</t>
+          <t>9789944709415</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 8 - İmam Cafer Sadık (Ciltli)</t>
+          <t>Kendini Yetiştirmek</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756640807</t>
+          <t>9789944709187</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 6 - İmam Zeynelabidin (Ciltli)</t>
+          <t>İslami Düşüncenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756640760</t>
+          <t>9789944709286</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 5 - İmam Hüseyin (Ciltli)</t>
+          <t>İrmiya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756640746</t>
+          <t>9789756640876</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 2 (Ciltli)</t>
+          <t>İran Ziyaretleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944709552</t>
+          <t>9789756640715</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 12 - İmam Hadi (Ciltli)</t>
+          <t>Hz. Mehdi Son Vasi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944709491</t>
+          <t>9789756640845</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 11 İmam Cevad (Ciltli)</t>
+          <t>Hidayet Önderleri 8 - İmam Cafer Sadık (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756640739</t>
+          <t>9789756640807</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 1 - Hz. Muhammed Mustafa (Ciltli)</t>
+          <t>Hidayet Önderleri 6 - İmam Zeynelabidin (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944709064</t>
+          <t>9789756640760</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 9. Cilt (Ciltli)</t>
+          <t>Hidayet Önderleri 5 - İmam Hüseyin (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944709828</t>
+          <t>9789756640746</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi 2 - Ülke Yönetimi (Ciltli)</t>
+          <t>Hidayet Önderleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944709811</t>
+          <t>9789944709552</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi 1 - Yasama (Ciltli)</t>
+          <t>Hidayet Önderleri 12 - İmam Hadi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944709200</t>
+          <t>9789944709491</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 4. Cilt (Ciltli)</t>
+          <t>Hidayet Önderleri 11 İmam Cevad (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944709705</t>
+          <t>9789756640739</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 11. Cilt (Ciltli)</t>
+          <t>Hidayet Önderleri 1 - Hz. Muhammed Mustafa (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000002859</t>
+          <t>9789944709064</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve Ehl-i Sünnet Ekolleri Cilt 3 (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756640821</t>
+          <t>9789944709828</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Akaid Dersleri</t>
+          <t>İslam Siyaset Düşüncesi 2 - Ülke Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944709682</t>
+          <t>9789944709811</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hüseyni Kıyam ve Akıl</t>
+          <t>İslam Siyaset Düşüncesi 1 - Yasama (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756640883</t>
+          <t>9789944709200</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt İmamları’nın Siyasi Tutumları</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8697880840103</t>
+          <t>9789944709705</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah İsrail Savaşı</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944709378</t>
+          <t>3990000002859</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 9 - İmam Musa Kazım (Ciltli)</t>
+          <t>Ehl-i Beyt ve Ehl-i Sünnet Ekolleri Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944709279</t>
+          <t>9789756640821</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>Ehl-i Beyt Mektebine Göre Akaid Dersleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944709798</t>
+          <t>9789944709682</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>On Binlerin İhaneti</t>
+          <t>Hüseyni Kıyam ve Akıl</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799756640196</t>
+          <t>9789756640883</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ehl- Beyt Fıkhına Göre Sorular ve Fetvalar 2 (2. Hamur)</t>
+          <t>Ehl-i Beyt İmamları’nın Siyasi Tutumları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756640401</t>
+          <t>8697880840103</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Duanın Anlamı</t>
+          <t>Hizbullah İsrail Savaşı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944709309</t>
+          <t>9789944709378</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Kerbela Ağıtları</t>
+          <t>Hidayet Önderleri 9 - İmam Musa Kazım (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799756640370</t>
+          <t>9789944709279</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cevaplıyoruz</t>
+          <t>İslam Sosyolojisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756640708</t>
+          <t>9789944709798</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Caferi Şiileri Tanıyalım</t>
+          <t>On Binlerin İhaneti</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944709576</t>
+          <t>9799756640196</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Direnişten Öyküler</t>
+          <t>Ehl- Beyt Fıkhına Göre Sorular ve Fetvalar 2 (2. Hamur)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756640517</t>
+          <t>9789756640401</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şehrinde Bir Gezinti</t>
+          <t>Duanın Anlamı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944709781</t>
+          <t>9789944709309</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hazineleri Makalid-i Aşk</t>
+          <t>Divan Şiirinde Kerbela Ağıtları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944709262</t>
+          <t>9799756640370</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Tanımak</t>
+          <t>Cevaplıyoruz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944709361</t>
+          <t>9789756640708</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Rabbimizle, Kendimizle, Dış Dünyamızla İlişkilerimiz</t>
+          <t>Caferi Şiileri Tanıyalım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>8697880840172</t>
+          <t>9789944709576</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve İrfan</t>
+          <t>Bir Direnişten Öyküler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756640166</t>
+          <t>9789756640517</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Menzilleri</t>
+          <t>Aşkın Şehrinde Bir Gezinti</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756640784</t>
+          <t>9789944709781</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>40 Derste Ehl-i Beyt İnançları (2. Hamur)</t>
+          <t>Aşkın Hazineleri Makalid-i Aşk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756640418</t>
+          <t>9789944709262</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>1001 Hadis Işığında İmam Ali (Ciltli)</t>
+          <t>Allah’ı Tanımak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944709316</t>
+          <t>9789944709361</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>10 Konuşma</t>
+          <t>Ahlak ve Rabbimizle, Kendimizle, Dış Dünyamızla İlişkilerimiz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756640913</t>
+          <t>8697880840172</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Serisi (14 Kitap)</t>
+          <t>Ahlak ve İrfan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257910859</t>
+          <t>9789756640166</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Ehl-i Beyt Kaynaklı Dualar (Orta Boy)</t>
+          <t>Ahiret Menzilleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>540</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257910842</t>
+          <t>9789756640784</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Elçileri Peygamberler Tarihi</t>
+          <t>40 Derste Ehl-i Beyt İnançları (2. Hamur)</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257910804</t>
+          <t>9789756640418</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aşura Makaleleri</t>
+          <t>1001 Hadis Işığında İmam Ali (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756640241</t>
+          <t>9789944709316</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Üç Aylar</t>
+          <t>10 Konuşma</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257910682</t>
+          <t>9789756640913</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin'den (A.S) Arefe Duası</t>
+          <t>Ehlibeyt Serisi (14 Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>800</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257910699</t>
+          <t>9786257910859</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed İn Hayatı</t>
+          <t>Kuran ve Ehl-i Beyt Kaynaklı Dualar (Orta Boy)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4440000002077</t>
+          <t>9786257910842</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l-Cinan</t>
+          <t>Hidayet Elçileri Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>4440000002076</t>
+          <t>9786257910804</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler 2 Kitap</t>
+          <t>Aşura Makaleleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257910545</t>
+          <t>9789756640241</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Tevhid ve İbadet</t>
+          <t>Mübarek Üç Aylar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054792917</t>
+          <t>9786257910682</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Resimli Aşura Olayı</t>
+          <t>İmam Hüseyin'den (A.S) Arefe Duası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257910521</t>
+          <t>9786257910699</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali Ekber</t>
+          <t>Hz. Muhammed İn Hayatı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257910255</t>
+          <t>4440000002077</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan'ın Sulhu</t>
+          <t>Mefatihu'l-Cinan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054792900</t>
+          <t>4440000002076</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Matemin Hakikati</t>
+          <t>Temel Dini Bilgiler 2 Kitap</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257910514</t>
+          <t>9786257910545</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Özel Ahkam Dersleri</t>
+          <t>Alevilikte Tevhid ve İbadet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054792474</t>
+          <t>9786054792917</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İnsan Hakları</t>
+          <t>Resimli Aşura Olayı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257910552</t>
+          <t>9786257910521</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Koşunuz</t>
+          <t>Hazreti Ali Ekber</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056014505</t>
+          <t>9786257910255</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Sevdası</t>
+          <t>İmam Hasan'ın Sulhu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257910361</t>
+          <t>9786054792900</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Caferi İlmihali (Ciltli)</t>
+          <t>Matemin Hakikati</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257910026</t>
+          <t>9786257910514</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt'ten Korunma Duaları</t>
+          <t>Kadınlara Özel Ahkam Dersleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756640326</t>
+          <t>9786054792474</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
+          <t>Evrensel İnsan Hakları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756640838</t>
+          <t>9786257910552</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 4 - İmam Hasan (Ciltli)</t>
+          <t>Allah'a Koşunuz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054792184</t>
+          <t>9786056014505</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.a.a) Gadir-i Hum Hutbesi</t>
+          <t>Ehlibeyt Sevdası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054792351</t>
+          <t>9786257910361</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İki Yüz Elli Yaşında Bir İnsan</t>
+          <t>Alevi - Caferi İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054792429</t>
+          <t>9786257910026</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İslami Değer Ölçütleri</t>
+          <t>Ehlibeyt'ten Korunma Duaları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257910088</t>
+          <t>9789756640326</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı (1-2 Cilt Tek Kitap) (Ciltli)</t>
+          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257910033</t>
+          <t>9789756640838</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı - 2 Cilt Takım (Ciltli)</t>
+          <t>Hidayet Önderleri 4 - İmam Hasan (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054792559</t>
+          <t>9786054792184</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Öğreniyorum Cilt 1</t>
+          <t>Hz. Peygamber'in (s.a.a) Gadir-i Hum Hutbesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257910231</t>
+          <t>9786054792351</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Vahdet / 40 Hadis Serisi 8</t>
+          <t>İki Yüz Elli Yaşında Bir İnsan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051792245</t>
+          <t>9786054792429</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ya Zillet Ya Hürriyet - Kerbela Şiirleri</t>
+          <t>İslami Değer Ölçütleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054792443</t>
+          <t>9786257910088</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zuhur Asrı (Ciltli)</t>
+          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı (1-2 Cilt Tek Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054792634</t>
+          <t>9786257910033</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar</t>
+          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>440</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944709712</t>
+          <t>9786054792559</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 5. Cilt (Ciltli)</t>
+          <t>Tecvid Öğreniyorum Cilt 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257910613</t>
+          <t>9786257910231</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Mukadderatında İnsanın Rolü</t>
+          <t>Vahdet / 40 Hadis Serisi 8</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257910446</t>
+          <t>9786051792245</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Hükümleri</t>
+          <t>Ya Zillet Ya Hürriyet - Kerbela Şiirleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257910620</t>
+          <t>9786054792443</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi’den (A.S) 40 Hadis ve Şerhi</t>
+          <t>Zuhur Asrı (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257910606</t>
+          <t>9786054792634</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alevilik ve Aleviler</t>
+          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257910569</t>
+          <t>9789944709712</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti Arayışları</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257910538</t>
+          <t>9786257910613</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnkılabın Hatice'si</t>
+          <t>Kadir Gecesi Mukadderatında İnsanın Rolü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257910484</t>
+          <t>9786257910446</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Lem’atun Min Belağati’l- Hüseyn (a.s) (Ciltli)</t>
+          <t>Oruç ve Hükümleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257910460</t>
+          <t>9786257910620</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Emirü'l-Müminin İmam Ali'nin (a.s) Faziletleri (Ciltli)</t>
+          <t>İmam Mehdi’den (A.S) 40 Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257910477</t>
+          <t>9786257910606</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'den (A.S) Hayat Dersleri</t>
+          <t>Alevilik ve Aleviler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>60</v>
+        <v>440</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257910453</t>
+          <t>9786257910569</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaydının Yasaklanması (Ciltli)</t>
+          <t>Hukuk Devleti Arayışları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9799756640325</t>
+          <t>9786257910538</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
+          <t>İnkılabın Hatice'si</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257910422</t>
+          <t>9786257910484</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi - 40 Hadis Serisi 17</t>
+          <t>Lem’atun Min Belağati’l- Hüseyn (a.s) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257910439</t>
+          <t>9786257910460</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğretileri ve Örnek Ayetler</t>
+          <t>Emirü'l-Müminin İmam Ali'nin (a.s) Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257910415</t>
+          <t>9786257910477</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Oruç - 40 Hadis Serisi 16</t>
+          <t>İmam Ali'den (A.S) Hayat Dersleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257910408</t>
+          <t>9786257910453</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Hayat (Ciltli)</t>
+          <t>Hadis Kaydının Yasaklanması (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257910392</t>
+          <t>9799756640325</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Hayat (Arapça Kaynaklı) (Ciltli)</t>
+          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257910378</t>
+          <t>9786257910422</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin (a.s) Faziletleri</t>
+          <t>Kadir Gecesi - 40 Hadis Serisi 17</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257910323</t>
+          <t>9786257910439</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Kaygıları ve Uyarıları</t>
+          <t>Kur'an Öğretileri ve Örnek Ayetler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257910262</t>
+          <t>9786257910415</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Faziletleri</t>
+          <t>Oruç - 40 Hadis Serisi 16</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257910316</t>
+          <t>9786257910408</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Ahlakı ve Sireti</t>
+          <t>Mefatihu'l Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>50</v>
+        <v>800</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257910309</t>
+          <t>9786257910392</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Mefatihu'l Hayat (Arapça Kaynaklı) (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>900</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257910347</t>
+          <t>9786257910378</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba</t>
+          <t>İmam Ali'nin (a.s) Faziletleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257910019</t>
+          <t>9786257910323</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şaban Ayı (40 Hadis Serisi 2)</t>
+          <t>Hz. Resulullah'ın Kaygıları ve Uyarıları</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257910002</t>
+          <t>9786257910262</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayı (40 Hadis Serisi 3)</t>
+          <t>Hz. Resulullah'ın Faziletleri</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257910071</t>
+          <t>9786257910316</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (40 Hadis Serisi 4)</t>
+          <t>Hz. Resulullah'ın Ahlakı ve Sireti</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257910224</t>
+          <t>9786257910309</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan (A.S) (40 Hadis Serisi 7)</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257910118</t>
+          <t>9786257910347</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum Bayramı 40 Hadis Serisi - 5</t>
+          <t>Anne - Baba</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257910385</t>
+          <t>9786257910019</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi</t>
+          <t>Şaban Ayı (40 Hadis Serisi 2)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257910330</t>
+          <t>9786257910002</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Risalet Gülü</t>
+          <t>Ramazan Ayı (40 Hadis Serisi 3)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257910286</t>
+          <t>9786257910071</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tevhid (Ciltli)</t>
+          <t>Kur'an-ı Kerim (40 Hadis Serisi 4)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257910293</t>
+          <t>9786257910224</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Kaybolunca</t>
+          <t>İmam Hasan (A.S) (40 Hadis Serisi 7)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>4440000000229</t>
+          <t>9786257910118</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Doğru Anlamak</t>
+          <t>Gadir-i Hum Bayramı 40 Hadis Serisi - 5</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257910132</t>
+          <t>9786257910385</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kur'an-ı Mecid (5 Cilt Takım) (Ciltli)</t>
+          <t>Velayet Risalesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>3200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257910217</t>
+          <t>9786257910330</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kıyamette Üç Dakika</t>
+          <t>Risalet Gülü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257910095</t>
+          <t>9786257910286</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nakkaşlar Sokağı</t>
+          <t>Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054792986</t>
+          <t>9786257910293</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiircemde</t>
+          <t>Ay Işığı Kaybolunca</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054792993</t>
+          <t>4440000000229</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Recep Ayı - 40 Hadis Serisi 1</t>
+          <t>İslam'ı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756640951</t>
+          <t>9786257910132</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali</t>
+          <t>Tefsir-i Kur'an-ı Mecid (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>60</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054792962</t>
+          <t>9786257910217</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi'nin (a.s) Zuhur Öyküsü</t>
+          <t>Kıyamette Üç Dakika</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054792979</t>
+          <t>9786257910095</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Gülümseyin</t>
+          <t>Nakkaşlar Sokağı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054792955</t>
+          <t>9786054792986</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 15. Cilt (Ciltli)</t>
+          <t>Şiircemde</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054792948</t>
+          <t>9786054792993</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 14. Cilt (Ciltli)</t>
+          <t>Recep Ayı - 40 Hadis Serisi 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054792931</t>
+          <t>9789756640951</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık'ın (A.s) Ehlisünnet'le Yaşam Biçimi</t>
+          <t>İmam Ali</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054792870</t>
+          <t>9786054792962</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim (Ciltli)</t>
+          <t>İmam Mehdi'nin (a.s) Zuhur Öyküsü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054792306</t>
+          <t>9786054792979</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>El-Müracaat</t>
+          <t>Lütfen Gülümseyin</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>700</v>
+        <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054792887</t>
+          <t>9786054792955</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hikmetname-i Lokman (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054792580</t>
+          <t>9786054792948</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İki İslam</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054792863</t>
+          <t>9786054792931</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İlmihal</t>
+          <t>İmam Cafer Sadık'ın (A.s) Ehlisünnet'le Yaşam Biçimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054792344</t>
+          <t>9786054792870</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beyrut'tan Hakikate Yolculuk (Ciltli)</t>
+          <t>Tecvidli Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054792573</t>
+          <t>9786054792306</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hadis-i Şibli</t>
+          <t>El-Müracaat</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>60</v>
+        <v>700</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054792238</t>
+          <t>9786054792887</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Şehitlerine Ağlamak</t>
+          <t>Hikmetname-i Lokman (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054792481</t>
+          <t>9786054792580</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sevgi</t>
+          <t>İki İslam</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054792597</t>
+          <t>9786054792863</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Gerçeği ve Gerçek Ziyaret</t>
+          <t>İlmihal</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>50</v>
+        <v>440</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000069782</t>
+          <t>9786054792344</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Sosyal Hayat</t>
+          <t>Beyrut'tan Hakikate Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756640548</t>
+          <t>9786054792573</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mead</t>
+          <t>Hadis-i Şibli</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054792320</t>
+          <t>9786054792238</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>313 Derste Dini Bilgiler</t>
+          <t>Kerbela Şehitlerine Ağlamak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054792368</t>
+          <t>9786054792481</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Peygamber-i A'zam'dan Dersler (Ciltli)</t>
+          <t>İslam'da Sevgi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054792375</t>
+          <t>9786054792597</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mutearefe (Ciltli)</t>
+          <t>Ziyaret Gerçeği ve Gerçek Ziyaret</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054792283</t>
+          <t>3990000069782</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Seyyidi</t>
+          <t>Kur'an'da Sosyal Hayat</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054792689</t>
+          <t>9789756640548</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ahlakından Esintiler</t>
+          <t>Mead</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054792740</t>
+          <t>9786054792320</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklar ve Gençlerle İlişkileri</t>
+          <t>313 Derste Dini Bilgiler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000089327</t>
+          <t>9786054792368</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Gadir-i Hum</t>
+          <t>Peygamber-i A'zam'dan Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054792207</t>
+          <t>9786054792375</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'den Son Vasiyet</t>
+          <t>Mutearefe (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944709545</t>
+          <t>9786054792283</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Berzah Alemi</t>
+          <t>Bağdat Seyyidi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789756640319</t>
+          <t>9786054792689</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adl-i İlahi (2. Hamur) (Ciltli)</t>
+          <t>Peygamberimizin Ahlakından Esintiler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054792856</t>
+          <t>9786054792740</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Cinan (Ciltli)</t>
+          <t>Peygamberimizin Çocuklar ve Gençlerle İlişkileri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054792153</t>
+          <t>3990000089327</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beytin Dilinden Kur'an-ı Kerim (2 Kitap)</t>
+          <t>110 Soruda Gadir-i Hum</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054792849</t>
+          <t>9786054792207</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin'in (a.s) Ziyareti</t>
+          <t>İmam Ali'den Son Vasiyet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054792832</t>
+          <t>9789944709545</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Da</t>
+          <t>Berzah Alemi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054792795</t>
+          <t>9789756640319</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları</t>
+          <t>Adl-i İlahi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054792788</t>
+          <t>9786054792856</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İmam Humeyni’den İrfani Öğütler</t>
+          <t>Mefatihu'l Cinan (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054792719</t>
+          <t>9786054792153</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Velinin Diliyle Nebi</t>
+          <t>Ehl-i Beytin Dilinden Kur'an-ı Kerim (2 Kitap)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054792757</t>
+          <t>9786054792849</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyaset</t>
+          <t>İmam Hüseyin'in (a.s) Ziyareti</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054792764</t>
+          <t>9786054792832</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş İnsan</t>
+          <t>Da</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944709071</t>
+          <t>9786054792795</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Simasıyla Hz. Ali</t>
+          <t>Haccın Sırları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054792726</t>
+          <t>9786054792788</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın</t>
+          <t>İmam Humeyni’den İrfani Öğütler</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054792702</t>
+          <t>9786054792719</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Medine'deki İslami Yapıların ve Baki Mezarlığındaki Ehlibeyt İmamları'nın Türbelerinin Tarihi</t>
+          <t>Velinin Diliyle Nebi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054792658</t>
+          <t>9786054792757</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda Münazara</t>
+          <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054792382</t>
+          <t>9786054792764</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i İsim (Ciltli)</t>
+          <t>İslam ve Çağdaş İnsan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054792641</t>
+          <t>9789944709071</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Name</t>
+          <t>Bilinmeyen Simasıyla Hz. Ali</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054792627</t>
+          <t>9786054792726</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir'il-Kur'an Cilt 13 (Ciltli)</t>
+          <t>İslam’da Kadın</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054792603</t>
+          <t>9786054792702</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ben Hayattayım</t>
+          <t>Medine'deki İslami Yapıların ve Baki Mezarlığındaki Ehlibeyt İmamları'nın Türbelerinin Tarihi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944709927</t>
+          <t>9786054792658</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şia ve İmamet</t>
+          <t>Kutsal Topraklarda Münazara</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944709996</t>
+          <t>9786054792382</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Nahid</t>
+          <t>Şerh-i İsim (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054792276</t>
+          <t>9786054792641</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 12. Cilt (Ciltli)</t>
+          <t>Şerh-i Name</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944709897</t>
+          <t>9786054792627</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Matem-Name ve Vaveyla</t>
+          <t>El-Mizan Fi Tefsir'il-Kur'an Cilt 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054792085</t>
+          <t>9786054792603</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Son Şafak Yazıları</t>
+          <t>Ben Hayattayım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944709972</t>
+          <t>9789944709927</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i Al-i Resul</t>
+          <t>Şia ve İmamet</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054792023</t>
+          <t>9789944709996</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı Gözde Yetim</t>
+          <t>Nahid</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054792078</t>
+          <t>9786054792276</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Benzer ve Farklı Yönleriyle Manevi Mukayeseler</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000003107</t>
+          <t>9789944709897</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sakife Toplantısı</t>
+          <t>Matem-Name ve Vaveyla</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756640463</t>
+          <t>9786054792085</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 8. Cilt (Ciltli)</t>
+          <t>Son Şafak Yazıları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3990000027235</t>
+          <t>9789944709972</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 10. Cilt (Ciltli)</t>
+          <t>Maktel-i Al-i Resul</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756640104</t>
+          <t>9786054792023</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 6. Cilt (Ciltli)</t>
+          <t>Peygamberimizin Hayatı Gözde Yetim</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944709194</t>
+          <t>9786054792078</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 3. Cilt (Ciltli)</t>
+          <t>Benzer ve Farklı Yönleriyle Manevi Mukayeseler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000016997</t>
+          <t>3990000003107</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Serisi (14 Kitap Takım)</t>
+          <t>Sakife Toplantısı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054792092</t>
+          <t>9789756640463</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Doğru Ticaret ve Helal Kazanç</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944709903</t>
+          <t>3990000027235</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Adaleti ve Ebu Hüreyre</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756640470</t>
+          <t>9789756640104</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 2. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756640098</t>
+          <t>9789944709194</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 1. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756640265</t>
+          <t>3990000016997</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 7. Cilt (Ciltli)</t>
+          <t>Ehl-i Beyt Serisi (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000016999</t>
+          <t>9786054792092</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Nüdbe Duası</t>
+          <t>Doğru Ticaret ve Helal Kazanç</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944709880</t>
+          <t>9789944709903</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l Belağa (Ciltli)</t>
+          <t>Sahabenin Adaleti ve Ebu Hüreyre</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756640791</t>
+          <t>9789756640470</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şam Ziyaretleri (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944709460</t>
+          <t>9789756640098</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000009146</t>
+          <t>9789756640265</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi Hz. Muhammed</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756640029</t>
+          <t>3990000016999</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Başlayan Yolculuk</t>
+          <t>Nüdbe Duası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9799756640172</t>
+          <t>9789944709880</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Namazın Hikmeti</t>
+          <t>Nehcü'l Belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756640067</t>
+          <t>9789756640791</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Mektebine Göre Namaz Rehberi</t>
+          <t>Şam Ziyaretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756640074</t>
+          <t>9789944709460</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Usul-u Din</t>
+          <t>Şafak Yazıları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756640425</t>
+          <t>3990000009146</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Hac Rehberi</t>
+          <t>Son Elçi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944709347</t>
+          <t>9789756640029</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Masumların Peygamberler ve Ehlibeyt’in Çehresi</t>
+          <t>Ölümle Başlayan Yolculuk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756640234</t>
+          <t>9799756640172</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan’ın Barışı (Ciltli)</t>
+          <t>Namazın Hikmeti</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
+          <t>9789756640067</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Ehlibeyt Mektebine Göre Namaz Rehberi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789756640074</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt Mektebine Göre Usul-u Din</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789756640425</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt Mektebine Göre Hac Rehberi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789944709347</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Masumların Peygamberler ve Ehlibeyt’in Çehresi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789756640234</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hasan’ın Barışı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
           <t>9789944709699</t>
         </is>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B238" s="1" t="inlineStr">
         <is>
           <t>İmam Cafer-i Sadık</t>
         </is>
       </c>
-      <c r="C233" s="1">
+      <c r="C238" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>