--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3595 +85,3610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256102392</t>
+          <t>9789756640388</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Akaid Dersleri</t>
+          <t>Kur’an ve Sünnet Işığında Ehlibeyt Mektebi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256102330</t>
+          <t>9786256102392</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Namazla Edeplenmek</t>
+          <t>Gençler İçin Akaid Dersleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944709941</t>
+          <t>9786256102330</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil</t>
+          <t>Namazla Edeplenmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756640364</t>
+          <t>9789944709941</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Peşaver Geceleri</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756640494</t>
+          <t>9789756640364</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğruya Doğru</t>
+          <t>Peşaver Geceleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256102361</t>
+          <t>9789756640494</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Die Propheten Im Qur'an Alten Und Neuen Testament</t>
+          <t>Doğruya Doğru</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256102378</t>
+          <t>9786256102361</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Das Leben Der Imame</t>
+          <t>Die Propheten Im Qur'an Alten Und Neuen Testament</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054792696</t>
+          <t>9786256102378</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tecvide Giriş</t>
+          <t>Das Leben Der Imame</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257910958</t>
+          <t>9786054792696</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Meali (Rahle Boy) (Ciltli)</t>
+          <t>Tecvide Giriş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1000</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257910590</t>
+          <t>9786257910958</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi</t>
+          <t>Kur'an-ı Kerim ve Meali (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259704302</t>
+          <t>9786257910590</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya Mesnevisi</t>
+          <t>İmam Mehdi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944709668</t>
+          <t>9786259704302</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Ehlibeyt'in Ashabı</t>
+          <t>Kısas-ı Enbiya Mesnevisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256102309</t>
+          <t>9789944709668</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mart Doğumlu</t>
+          <t>Hz. Peygamber ve Ehlibeyt'in Ashabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054792436</t>
+          <t>9786256102309</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ehl-i Beyt?</t>
+          <t>Mart Doğumlu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054792672</t>
+          <t>9786054792436</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Elifba 2</t>
+          <t>Niçin Ehl-i Beyt?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054792825</t>
+          <t>9786054792672</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi Bizi Bekliyor</t>
+          <t>Elifba 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054792733</t>
+          <t>9786054792825</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kıyamet - Cennet - Cehennem Tasvirleri</t>
+          <t>İmam Mehdi Bizi Bekliyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257910194</t>
+          <t>9786054792733</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin (A.S) (40 Hadis Serisi 6)</t>
+          <t>Kur'an'da Kıyamet - Cennet - Cehennem Tasvirleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256102149</t>
+          <t>9786257910194</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Ehlibeyti Seviyorum 14 Kitap Takım</t>
+          <t>İmam Hüseyin (A.S) (40 Hadis Serisi 6)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256102040</t>
+          <t>9786256102149</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum İslami Eğitim ve Öğretim Seti 9 Kitap</t>
+          <t>Ben Ehlibeyti Seviyorum 14 Kitap Takım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756640487</t>
+          <t>9786256102040</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sahife-i Seccadiye (Ciltli)</t>
+          <t>Dinimi Öğreniyorum İslami Eğitim ve Öğretim Seti 9 Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>460</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756640159</t>
+          <t>9789756640487</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Beyt Kaynaklı Dualar</t>
+          <t>Sahife-i Seccadiye (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256102033</t>
+          <t>9789756640159</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Linaluna</t>
+          <t>Kur'an ve Ehl-i Beyt Kaynaklı Dualar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054792405</t>
+          <t>9786256102033</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Üniversitesi</t>
+          <t>Linaluna</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257910965</t>
+          <t>9786054792405</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Medine’den Kerbela’ya Sözleriyle İmam Hüseyin</t>
+          <t>Kerbela Üniversitesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>5670000000060</t>
+          <t>9786257910965</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar (Ciltli)</t>
+          <t>Medine’den Kerbela’ya Sözleriyle İmam Hüseyin</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944709231</t>
+          <t>5670000000060</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mutahhari’den 20 Konuşma</t>
+          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257910927</t>
+          <t>9789944709231</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Seyrü Sülük</t>
+          <t>Mutahhari’den 20 Konuşma</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257910064</t>
+          <t>9786257910927</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Ayı Ramazan ve Orucun Sırları</t>
+          <t>Seyrü Sülük</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944709743</t>
+          <t>9786257910064</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Güzelliği veya Güzelliğin Yusufu</t>
+          <t>Allah'ın Ayı Ramazan ve Orucun Sırları</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944709637</t>
+          <t>9789944709743</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vela ve Velayet Üzerine</t>
+          <t>Yusuf’un Güzelliği veya Güzelliğin Yusufu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944709422</t>
+          <t>9789944709637</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Vahhabilik</t>
+          <t>Vela ve Velayet Üzerine</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944709484</t>
+          <t>9789944709422</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Güneşinin Esareti</t>
+          <t>Vahhabilik</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756640456</t>
+          <t>9789944709484</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tüm Boyutlarıyla İslam’da Şia</t>
+          <t>Vahdet Güneşinin Esareti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944709729</t>
+          <t>9789756640456</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tuhefu’l-Ukul an Ali’r-Resul</t>
+          <t>Tüm Boyutlarıyla İslam’da Şia</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944709385</t>
+          <t>9789944709729</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Çalılar Arasında Bir Kızıl Gül</t>
+          <t>Tuhefu’l-Ukul an Ali’r-Resul</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756640692</t>
+          <t>9789944709385</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Resulullah ve Ehl-i Beyt’i</t>
+          <t>Tozlu Çalılar Arasında Bir Kızıl Gül</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944709750</t>
+          <t>9789756640692</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldi</t>
+          <t>Resulullah ve Ehl-i Beyt’i</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944709767</t>
+          <t>9789944709750</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayı Dersleri Fatiha Suresi’nin Tefsiri</t>
+          <t>Ramazan Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756640210</t>
+          <t>9789944709767</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Hz. Ali (Ciltli)</t>
+          <t>Ramazan Ayı Dersleri Fatiha Suresi’nin Tefsiri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944709354</t>
+          <t>9789756640210</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Namazda 114 Hikmet</t>
+          <t>Peygamberimizin Dilinden Hz. Ali (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000005065</t>
+          <t>9789944709354</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Halk Hareketleri</t>
+          <t>Namazda 114 Hikmet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944709569</t>
+          <t>3990000005065</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Savaşçı</t>
+          <t>Müslüman Halk Hareketleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944709408</t>
+          <t>9789944709569</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Meali (Hafız Boy)</t>
+          <t>Küçük Savaşçı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944709255</t>
+          <t>9789944709408</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnsan Tanımı</t>
+          <t>Kuran-ı Kerim ve Meali (Hafız Boy)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944709590</t>
+          <t>9789944709255</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tebliğ</t>
+          <t>Kur’an’da İnsan Tanımı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944709910</t>
+          <t>9789944709590</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Sünnet Işığında Müt’a Nikahı</t>
+          <t>Kur’an ve Tebliğ</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944709293</t>
+          <t>9789944709910</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gül Olmayaydı</t>
+          <t>Kitap ve Sünnet Işığında Müt’a Nikahı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756640005</t>
+          <t>9789944709293</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kerbela’da Peygamber’in Atı</t>
+          <t>Kızıl Gül Olmayaydı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944709675</t>
+          <t>9789756640005</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Vakıası</t>
+          <t>Kerbela’da Peygamber’in Atı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944709415</t>
+          <t>9789944709675</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yetiştirmek</t>
+          <t>Kerbela Vakıası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944709187</t>
+          <t>9789944709415</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin Temel İlkeleri</t>
+          <t>Kendini Yetiştirmek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944709286</t>
+          <t>9789944709187</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İrmiya</t>
+          <t>İslami Düşüncenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756640876</t>
+          <t>9789944709286</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İran Ziyaretleri</t>
+          <t>İrmiya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756640715</t>
+          <t>9789756640876</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mehdi Son Vasi</t>
+          <t>İran Ziyaretleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756640845</t>
+          <t>9789756640715</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 8 - İmam Cafer Sadık (Ciltli)</t>
+          <t>Hz. Mehdi Son Vasi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756640807</t>
+          <t>9789756640845</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 6 - İmam Zeynelabidin (Ciltli)</t>
+          <t>Hidayet Önderleri 8 - İmam Cafer Sadık (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756640760</t>
+          <t>9789756640807</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 5 - İmam Hüseyin (Ciltli)</t>
+          <t>Hidayet Önderleri 6 - İmam Zeynelabidin (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756640746</t>
+          <t>9789756640760</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 2 (Ciltli)</t>
+          <t>Hidayet Önderleri 5 - İmam Hüseyin (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944709552</t>
+          <t>9789756640746</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 12 - İmam Hadi (Ciltli)</t>
+          <t>Hidayet Önderleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944709491</t>
+          <t>9789944709552</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 11 İmam Cevad (Ciltli)</t>
+          <t>Hidayet Önderleri 12 - İmam Hadi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756640739</t>
+          <t>9789944709491</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 1 - Hz. Muhammed Mustafa (Ciltli)</t>
+          <t>Hidayet Önderleri 11 İmam Cevad (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944709064</t>
+          <t>9789756640739</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 9. Cilt (Ciltli)</t>
+          <t>Hidayet Önderleri 1 - Hz. Muhammed Mustafa (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944709828</t>
+          <t>9789944709064</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi 2 - Ülke Yönetimi (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944709811</t>
+          <t>9789944709828</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi 1 - Yasama (Ciltli)</t>
+          <t>İslam Siyaset Düşüncesi 2 - Ülke Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944709200</t>
+          <t>9789944709811</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 4. Cilt (Ciltli)</t>
+          <t>İslam Siyaset Düşüncesi 1 - Yasama (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944709705</t>
+          <t>9789944709200</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 11. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000002859</t>
+          <t>9789944709705</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve Ehl-i Sünnet Ekolleri Cilt 3 (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756640821</t>
+          <t>3990000002859</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Akaid Dersleri</t>
+          <t>Ehl-i Beyt ve Ehl-i Sünnet Ekolleri Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944709682</t>
+          <t>9789756640821</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hüseyni Kıyam ve Akıl</t>
+          <t>Ehl-i Beyt Mektebine Göre Akaid Dersleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756640883</t>
+          <t>9789944709682</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt İmamları’nın Siyasi Tutumları</t>
+          <t>Hüseyni Kıyam ve Akıl</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8697880840103</t>
+          <t>9789756640883</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah İsrail Savaşı</t>
+          <t>Ehl-i Beyt İmamları’nın Siyasi Tutumları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944709378</t>
+          <t>8697880840103</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 9 - İmam Musa Kazım (Ciltli)</t>
+          <t>Hizbullah İsrail Savaşı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944709279</t>
+          <t>9789944709378</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>Hidayet Önderleri 9 - İmam Musa Kazım (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944709798</t>
+          <t>9789944709279</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>On Binlerin İhaneti</t>
+          <t>İslam Sosyolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9799756640196</t>
+          <t>9789944709798</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ehl- Beyt Fıkhına Göre Sorular ve Fetvalar 2 (2. Hamur)</t>
+          <t>On Binlerin İhaneti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756640401</t>
+          <t>9799756640196</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Duanın Anlamı</t>
+          <t>Ehl- Beyt Fıkhına Göre Sorular ve Fetvalar 2 (2. Hamur)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944709309</t>
+          <t>9789756640401</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Kerbela Ağıtları</t>
+          <t>Duanın Anlamı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>440</v>
+        <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9799756640370</t>
+          <t>9789944709309</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cevaplıyoruz</t>
+          <t>Divan Şiirinde Kerbela Ağıtları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756640708</t>
+          <t>9799756640370</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Caferi Şiileri Tanıyalım</t>
+          <t>Cevaplıyoruz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944709576</t>
+          <t>9789756640708</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Direnişten Öyküler</t>
+          <t>Caferi Şiileri Tanıyalım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756640517</t>
+          <t>9789944709576</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şehrinde Bir Gezinti</t>
+          <t>Bir Direnişten Öyküler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944709781</t>
+          <t>9789756640517</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hazineleri Makalid-i Aşk</t>
+          <t>Aşkın Şehrinde Bir Gezinti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944709262</t>
+          <t>9789944709781</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Tanımak</t>
+          <t>Aşkın Hazineleri Makalid-i Aşk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944709361</t>
+          <t>9789944709262</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Rabbimizle, Kendimizle, Dış Dünyamızla İlişkilerimiz</t>
+          <t>Allah’ı Tanımak</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>8697880840172</t>
+          <t>9789944709361</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve İrfan</t>
+          <t>Ahlak ve Rabbimizle, Kendimizle, Dış Dünyamızla İlişkilerimiz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756640166</t>
+          <t>8697880840172</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Menzilleri</t>
+          <t>Ahlak ve İrfan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756640784</t>
+          <t>9789756640166</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>40 Derste Ehl-i Beyt İnançları (2. Hamur)</t>
+          <t>Ahiret Menzilleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756640418</t>
+          <t>9789756640784</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>1001 Hadis Işığında İmam Ali (Ciltli)</t>
+          <t>40 Derste Ehl-i Beyt İnançları (2. Hamur)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944709316</t>
+          <t>9789756640418</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>10 Konuşma</t>
+          <t>1001 Hadis Işığında İmam Ali (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756640913</t>
+          <t>9789944709316</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Serisi (14 Kitap)</t>
+          <t>10 Konuşma</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257910859</t>
+          <t>9789756640913</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Ehl-i Beyt Kaynaklı Dualar (Orta Boy)</t>
+          <t>Ehlibeyt Serisi (14 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>540</v>
+        <v>800</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257910842</t>
+          <t>9786257910859</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Elçileri Peygamberler Tarihi</t>
+          <t>Kuran ve Ehl-i Beyt Kaynaklı Dualar (Orta Boy)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257910804</t>
+          <t>9786257910842</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aşura Makaleleri</t>
+          <t>Hidayet Elçileri Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756640241</t>
+          <t>9786257910804</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Üç Aylar</t>
+          <t>Aşura Makaleleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257910682</t>
+          <t>9789756640241</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin'den (A.S) Arefe Duası</t>
+          <t>Mübarek Üç Aylar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257910699</t>
+          <t>9786257910682</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed İn Hayatı</t>
+          <t>İmam Hüseyin'den (A.S) Arefe Duası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>4440000002077</t>
+          <t>9786257910699</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l-Cinan</t>
+          <t>Hz. Muhammed İn Hayatı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>4440000002076</t>
+          <t>4440000002077</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler 2 Kitap</t>
+          <t>Mefatihu'l-Cinan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257910545</t>
+          <t>4440000002076</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Tevhid ve İbadet</t>
+          <t>Temel Dini Bilgiler 2 Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054792917</t>
+          <t>9786257910545</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Resimli Aşura Olayı</t>
+          <t>Alevilikte Tevhid ve İbadet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257910521</t>
+          <t>9786054792917</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali Ekber</t>
+          <t>Resimli Aşura Olayı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257910255</t>
+          <t>9786257910521</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan'ın Sulhu</t>
+          <t>Hazreti Ali Ekber</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054792900</t>
+          <t>9786257910255</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Matemin Hakikati</t>
+          <t>İmam Hasan'ın Sulhu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257910514</t>
+          <t>9786054792900</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Özel Ahkam Dersleri</t>
+          <t>Matemin Hakikati</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054792474</t>
+          <t>9786257910514</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İnsan Hakları</t>
+          <t>Kadınlara Özel Ahkam Dersleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257910552</t>
+          <t>9786054792474</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Koşunuz</t>
+          <t>Evrensel İnsan Hakları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056014505</t>
+          <t>9786257910552</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Sevdası</t>
+          <t>Allah'a Koşunuz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257910361</t>
+          <t>9786056014505</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Caferi İlmihali (Ciltli)</t>
+          <t>Ehlibeyt Sevdası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257910026</t>
+          <t>9786257910361</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt'ten Korunma Duaları</t>
+          <t>Alevi - Caferi İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756640326</t>
+          <t>9786257910026</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
+          <t>Ehlibeyt'ten Korunma Duaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756640838</t>
+          <t>9789756640326</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Önderleri 4 - İmam Hasan (Ciltli)</t>
+          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054792184</t>
+          <t>9789756640838</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.a.a) Gadir-i Hum Hutbesi</t>
+          <t>Hidayet Önderleri 4 - İmam Hasan (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054792351</t>
+          <t>9786054792184</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İki Yüz Elli Yaşında Bir İnsan</t>
+          <t>Hz. Peygamber'in (s.a.a) Gadir-i Hum Hutbesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054792429</t>
+          <t>9786054792351</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İslami Değer Ölçütleri</t>
+          <t>İki Yüz Elli Yaşında Bir İnsan</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257910088</t>
+          <t>9786054792429</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı (1-2 Cilt Tek Kitap) (Ciltli)</t>
+          <t>İslami Değer Ölçütleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257910033</t>
+          <t>9786257910088</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı - 2 Cilt Takım (Ciltli)</t>
+          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı (1-2 Cilt Tek Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054792559</t>
+          <t>9786257910033</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Öğreniyorum Cilt 1</t>
+          <t>Muhtasar Mizanu'l Hikme Hadis Külliyatı - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257910231</t>
+          <t>9786054792559</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vahdet / 40 Hadis Serisi 8</t>
+          <t>Tecvid Öğreniyorum Cilt 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051792245</t>
+          <t>9786257910231</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ya Zillet Ya Hürriyet - Kerbela Şiirleri</t>
+          <t>Vahdet / 40 Hadis Serisi 8</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054792443</t>
+          <t>9786051792245</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zuhur Asrı (Ciltli)</t>
+          <t>Ya Zillet Ya Hürriyet - Kerbela Şiirleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054792634</t>
+          <t>9786054792443</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar</t>
+          <t>Zuhur Asrı (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944709712</t>
+          <t>9786054792634</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 5. Cilt (Ciltli)</t>
+          <t>Kur'an ve Ehlibeyt Kaynaklı Dualar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>800</v>
+        <v>440</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257910613</t>
+          <t>9789944709712</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Mukadderatında İnsanın Rolü</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257910446</t>
+          <t>9786257910613</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Hükümleri</t>
+          <t>Kadir Gecesi Mukadderatında İnsanın Rolü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257910620</t>
+          <t>9786257910446</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi’den (A.S) 40 Hadis ve Şerhi</t>
+          <t>Oruç ve Hükümleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257910606</t>
+          <t>9786257910620</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Alevilik ve Aleviler</t>
+          <t>İmam Mehdi’den (A.S) 40 Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257910569</t>
+          <t>9786257910606</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti Arayışları</t>
+          <t>Alevilik ve Aleviler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257910538</t>
+          <t>9786257910569</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İnkılabın Hatice'si</t>
+          <t>Hukuk Devleti Arayışları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257910484</t>
+          <t>9786257910538</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lem’atun Min Belağati’l- Hüseyn (a.s) (Ciltli)</t>
+          <t>İnkılabın Hatice'si</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257910460</t>
+          <t>9786257910484</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Emirü'l-Müminin İmam Ali'nin (a.s) Faziletleri (Ciltli)</t>
+          <t>Lem’atun Min Belağati’l- Hüseyn (a.s) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257910477</t>
+          <t>9786257910460</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'den (A.S) Hayat Dersleri</t>
+          <t>Emirü'l-Müminin İmam Ali'nin (a.s) Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257910453</t>
+          <t>9786257910477</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaydının Yasaklanması (Ciltli)</t>
+          <t>İmam Ali'den (A.S) Hayat Dersleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799756640325</t>
+          <t>9786257910453</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
+          <t>Hadis Kaydının Yasaklanması (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257910422</t>
+          <t>9799756640325</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi - 40 Hadis Serisi 17</t>
+          <t>Yetişme Çağındakiler İçin En İyi Dost Namaz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257910439</t>
+          <t>9786257910422</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğretileri ve Örnek Ayetler</t>
+          <t>Kadir Gecesi - 40 Hadis Serisi 17</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257910415</t>
+          <t>9786257910439</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Oruç - 40 Hadis Serisi 16</t>
+          <t>Kur'an Öğretileri ve Örnek Ayetler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257910408</t>
+          <t>9786257910415</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Hayat (Ciltli)</t>
+          <t>Oruç - 40 Hadis Serisi 16</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>800</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257910392</t>
+          <t>9786257910408</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Hayat (Arapça Kaynaklı) (Ciltli)</t>
+          <t>Mefatihu'l Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257910378</t>
+          <t>9786257910392</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin (a.s) Faziletleri</t>
+          <t>Mefatihu'l Hayat (Arapça Kaynaklı) (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>900</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257910323</t>
+          <t>9786257910378</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Kaygıları ve Uyarıları</t>
+          <t>İmam Ali'nin (a.s) Faziletleri</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257910262</t>
+          <t>9786257910323</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Faziletleri</t>
+          <t>Hz. Resulullah'ın Kaygıları ve Uyarıları</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257910316</t>
+          <t>9786257910262</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hz. Resulullah'ın Ahlakı ve Sireti</t>
+          <t>Hz. Resulullah'ın Faziletleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257910309</t>
+          <t>9786257910316</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Hz. Resulullah'ın Ahlakı ve Sireti</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257910347</t>
+          <t>9786257910309</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257910019</t>
+          <t>9786257910347</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şaban Ayı (40 Hadis Serisi 2)</t>
+          <t>Anne - Baba</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257910002</t>
+          <t>9786257910019</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayı (40 Hadis Serisi 3)</t>
+          <t>Şaban Ayı (40 Hadis Serisi 2)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257910071</t>
+          <t>9786257910002</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (40 Hadis Serisi 4)</t>
+          <t>Ramazan Ayı (40 Hadis Serisi 3)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257910224</t>
+          <t>9786257910071</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan (A.S) (40 Hadis Serisi 7)</t>
+          <t>Kur'an-ı Kerim (40 Hadis Serisi 4)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257910118</t>
+          <t>9786257910224</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum Bayramı 40 Hadis Serisi - 5</t>
+          <t>İmam Hasan (A.S) (40 Hadis Serisi 7)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257910385</t>
+          <t>9786257910118</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi</t>
+          <t>Gadir-i Hum Bayramı 40 Hadis Serisi - 5</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257910330</t>
+          <t>9786257910385</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Risalet Gülü</t>
+          <t>Velayet Risalesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257910286</t>
+          <t>9786257910330</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tevhid (Ciltli)</t>
+          <t>Risalet Gülü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>900</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257910293</t>
+          <t>9786257910286</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Kaybolunca</t>
+          <t>Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>4440000000229</t>
+          <t>9786257910293</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Doğru Anlamak</t>
+          <t>Ay Işığı Kaybolunca</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257910132</t>
+          <t>4440000000229</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kur'an-ı Mecid (5 Cilt Takım) (Ciltli)</t>
+          <t>İslam'ı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>3200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257910217</t>
+          <t>9786257910132</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kıyamette Üç Dakika</t>
+          <t>Tefsir-i Kur'an-ı Mecid (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257910095</t>
+          <t>9786257910217</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nakkaşlar Sokağı</t>
+          <t>Kıyamette Üç Dakika</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054792986</t>
+          <t>9786257910095</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şiircemde</t>
+          <t>Nakkaşlar Sokağı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054792993</t>
+          <t>9786054792986</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Recep Ayı - 40 Hadis Serisi 1</t>
+          <t>Şiircemde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756640951</t>
+          <t>9786054792993</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali</t>
+          <t>Recep Ayı - 40 Hadis Serisi 1</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054792962</t>
+          <t>9789756640951</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi'nin (a.s) Zuhur Öyküsü</t>
+          <t>İmam Ali</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054792979</t>
+          <t>9786054792962</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Gülümseyin</t>
+          <t>İmam Mehdi'nin (a.s) Zuhur Öyküsü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054792955</t>
+          <t>9786054792979</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 15. Cilt (Ciltli)</t>
+          <t>Lütfen Gülümseyin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>800</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054792948</t>
+          <t>9786054792955</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 14. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054792931</t>
+          <t>9786054792948</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık'ın (A.s) Ehlisünnet'le Yaşam Biçimi</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054792870</t>
+          <t>9786054792931</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim (Ciltli)</t>
+          <t>İmam Cafer Sadık'ın (A.s) Ehlisünnet'le Yaşam Biçimi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054792306</t>
+          <t>9786054792870</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>El-Müracaat</t>
+          <t>Tecvidli Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054792887</t>
+          <t>9786054792306</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hikmetname-i Lokman (Ciltli)</t>
+          <t>El-Müracaat</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054792580</t>
+          <t>9786054792887</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İki İslam</t>
+          <t>Hikmetname-i Lokman (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054792863</t>
+          <t>9786054792580</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İlmihal</t>
+          <t>İki İslam</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054792344</t>
+          <t>9786054792863</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Beyrut'tan Hakikate Yolculuk (Ciltli)</t>
+          <t>İlmihal</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054792573</t>
+          <t>9786054792344</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hadis-i Şibli</t>
+          <t>Beyrut'tan Hakikate Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054792238</t>
+          <t>9786054792573</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Şehitlerine Ağlamak</t>
+          <t>Hadis-i Şibli</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054792481</t>
+          <t>9786054792238</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sevgi</t>
+          <t>Kerbela Şehitlerine Ağlamak</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054792597</t>
+          <t>9786054792481</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Gerçeği ve Gerçek Ziyaret</t>
+          <t>İslam'da Sevgi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000069782</t>
+          <t>9786054792597</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Sosyal Hayat</t>
+          <t>Ziyaret Gerçeği ve Gerçek Ziyaret</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756640548</t>
+          <t>3990000069782</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mead</t>
+          <t>Kur'an'da Sosyal Hayat</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054792320</t>
+          <t>9789756640548</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>313 Derste Dini Bilgiler</t>
+          <t>Mead</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054792368</t>
+          <t>9786054792320</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Peygamber-i A'zam'dan Dersler (Ciltli)</t>
+          <t>313 Derste Dini Bilgiler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054792375</t>
+          <t>9786054792368</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mutearefe (Ciltli)</t>
+          <t>Peygamber-i A'zam'dan Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054792283</t>
+          <t>9786054792375</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Seyyidi</t>
+          <t>Mutearefe (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054792689</t>
+          <t>9786054792283</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ahlakından Esintiler</t>
+          <t>Bağdat Seyyidi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054792740</t>
+          <t>9786054792689</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklar ve Gençlerle İlişkileri</t>
+          <t>Peygamberimizin Ahlakından Esintiler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000089327</t>
+          <t>9786054792740</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Gadir-i Hum</t>
+          <t>Peygamberimizin Çocuklar ve Gençlerle İlişkileri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054792207</t>
+          <t>3990000089327</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'den Son Vasiyet</t>
+          <t>110 Soruda Gadir-i Hum</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944709545</t>
+          <t>9786054792207</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Berzah Alemi</t>
+          <t>İmam Ali'den Son Vasiyet</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756640319</t>
+          <t>9789944709545</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Adl-i İlahi (2. Hamur) (Ciltli)</t>
+          <t>Berzah Alemi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054792856</t>
+          <t>9789756640319</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mefatihu'l Cinan (Ciltli)</t>
+          <t>Adl-i İlahi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054792153</t>
+          <t>9786054792856</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beytin Dilinden Kur'an-ı Kerim (2 Kitap)</t>
+          <t>Mefatihu'l Cinan (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>540</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054792849</t>
+          <t>9786054792153</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İmam Hüseyin'in (a.s) Ziyareti</t>
+          <t>Ehl-i Beytin Dilinden Kur'an-ı Kerim (2 Kitap)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054792832</t>
+          <t>9786054792849</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Da</t>
+          <t>İmam Hüseyin'in (a.s) Ziyareti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054792795</t>
+          <t>9786054792832</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları</t>
+          <t>Da</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054792788</t>
+          <t>9786054792795</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İmam Humeyni’den İrfani Öğütler</t>
+          <t>Haccın Sırları</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054792719</t>
+          <t>9786054792788</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Velinin Diliyle Nebi</t>
+          <t>İmam Humeyni’den İrfani Öğütler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054792757</t>
+          <t>9786054792719</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyaset</t>
+          <t>Velinin Diliyle Nebi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054792764</t>
+          <t>9786054792757</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş İnsan</t>
+          <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944709071</t>
+          <t>9786054792764</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Simasıyla Hz. Ali</t>
+          <t>İslam ve Çağdaş İnsan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054792726</t>
+          <t>9789944709071</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın</t>
+          <t>Bilinmeyen Simasıyla Hz. Ali</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054792702</t>
+          <t>9786054792726</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Medine'deki İslami Yapıların ve Baki Mezarlığındaki Ehlibeyt İmamları'nın Türbelerinin Tarihi</t>
+          <t>İslam’da Kadın</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054792658</t>
+          <t>9786054792702</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda Münazara</t>
+          <t>Medine'deki İslami Yapıların ve Baki Mezarlığındaki Ehlibeyt İmamları'nın Türbelerinin Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054792382</t>
+          <t>9786054792658</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i İsim (Ciltli)</t>
+          <t>Kutsal Topraklarda Münazara</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054792641</t>
+          <t>9786054792382</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Name</t>
+          <t>Şerh-i İsim (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054792627</t>
+          <t>9786054792641</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir'il-Kur'an Cilt 13 (Ciltli)</t>
+          <t>Şerh-i Name</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054792603</t>
+          <t>9786054792627</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ben Hayattayım</t>
+          <t>El-Mizan Fi Tefsir'il-Kur'an Cilt 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944709927</t>
+          <t>9786054792603</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şia ve İmamet</t>
+          <t>Ben Hayattayım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944709996</t>
+          <t>9789944709927</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Nahid</t>
+          <t>Şia ve İmamet</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054792276</t>
+          <t>9789944709996</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 12. Cilt (Ciltli)</t>
+          <t>Nahid</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944709897</t>
+          <t>9786054792276</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Matem-Name ve Vaveyla</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054792085</t>
+          <t>9789944709897</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Son Şafak Yazıları</t>
+          <t>Matem-Name ve Vaveyla</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944709972</t>
+          <t>9786054792085</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i Al-i Resul</t>
+          <t>Son Şafak Yazıları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054792023</t>
+          <t>9789944709972</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı Gözde Yetim</t>
+          <t>Maktel-i Al-i Resul</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054792078</t>
+          <t>9786054792023</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Benzer ve Farklı Yönleriyle Manevi Mukayeseler</t>
+          <t>Peygamberimizin Hayatı Gözde Yetim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000003107</t>
+          <t>9786054792078</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sakife Toplantısı</t>
+          <t>Benzer ve Farklı Yönleriyle Manevi Mukayeseler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756640463</t>
+          <t>3990000003107</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 8. Cilt (Ciltli)</t>
+          <t>Sakife Toplantısı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>3990000027235</t>
+          <t>9789756640463</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 10. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756640104</t>
+          <t>3990000027235</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 6. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944709194</t>
+          <t>9789756640104</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 3. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000016997</t>
+          <t>9789944709194</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Serisi (14 Kitap Takım)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054792092</t>
+          <t>3990000016997</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Doğru Ticaret ve Helal Kazanç</t>
+          <t>Ehl-i Beyt Serisi (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944709903</t>
+          <t>9786054792092</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Adaleti ve Ebu Hüreyre</t>
+          <t>Doğru Ticaret ve Helal Kazanç</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756640470</t>
+          <t>9789944709903</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 2. Cilt (Ciltli)</t>
+          <t>Sahabenin Adaleti ve Ebu Hüreyre</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756640098</t>
+          <t>9789756640470</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 1. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756640265</t>
+          <t>9789756640098</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>El-Mizan Fi Tefsir’il-Kur’an 7. Cilt (Ciltli)</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000016999</t>
+          <t>9789756640265</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nüdbe Duası</t>
+          <t>El-Mizan Fi Tefsir’il-Kur’an 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>60</v>
+        <v>800</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944709880</t>
+          <t>3990000016999</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l Belağa (Ciltli)</t>
+          <t>Nüdbe Duası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756640791</t>
+          <t>9789944709880</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şam Ziyaretleri (Ciltli)</t>
+          <t>Nehcü'l Belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944709460</t>
+          <t>9789756640791</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları</t>
+          <t>Şam Ziyaretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000009146</t>
+          <t>9789944709460</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi Hz. Muhammed</t>
+          <t>Şafak Yazıları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756640029</t>
+          <t>3990000009146</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Başlayan Yolculuk</t>
+          <t>Son Elçi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9799756640172</t>
+          <t>9789756640029</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Namazın Hikmeti</t>
+          <t>Ölümle Başlayan Yolculuk</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756640067</t>
+          <t>9799756640172</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Mektebine Göre Namaz Rehberi</t>
+          <t>Namazın Hikmeti</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756640074</t>
+          <t>9789756640067</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Usul-u Din</t>
+          <t>Ehlibeyt Mektebine Göre Namaz Rehberi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756640425</t>
+          <t>9789756640074</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Mektebine Göre Hac Rehberi</t>
+          <t>Ehl-i Beyt Mektebine Göre Usul-u Din</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944709347</t>
+          <t>9789756640425</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Masumların Peygamberler ve Ehlibeyt’in Çehresi</t>
+          <t>Ehl-i Beyt Mektebine Göre Hac Rehberi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756640234</t>
+          <t>9789944709347</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan’ın Barışı (Ciltli)</t>
+          <t>Masumların Peygamberler ve Ehlibeyt’in Çehresi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
+          <t>9789756640234</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hasan’ın Barışı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
           <t>9789944709699</t>
         </is>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B239" s="1" t="inlineStr">
         <is>
           <t>İmam Cafer-i Sadık</t>
         </is>
       </c>
-      <c r="C238" s="1">
+      <c r="C239" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>