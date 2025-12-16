--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,2875 +85,2890 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256665453</t>
+          <t>9786256665231</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256665170</t>
+          <t>9786256665453</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yarısı</t>
+          <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256665156</t>
+          <t>9786256665170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Özbek Kız</t>
+          <t>Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256665163</t>
+          <t>9786256665156</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ne Zaman Yuvarlak Oldu</t>
+          <t>Üç Özbek Kız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256665200</t>
+          <t>9786256665163</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kristof Kolomb</t>
+          <t>Dünya Ne Zaman Yuvarlak Oldu</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256665408</t>
+          <t>9786256665200</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeyi Yener</t>
+          <t>Kristof Kolomb</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>312</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256665293</t>
+          <t>9786256665408</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kani Değerler Eğitimi Masalları</t>
+          <t>Aşk Her Şeyi Yener</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>176</v>
+        <v>312</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256665149</t>
+          <t>9786256665293</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Nerede?</t>
+          <t>Karınca Kani Değerler Eğitimi Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>111</v>
+        <v>176</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256665002</t>
+          <t>9786256665149</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aryeres Feminen Tarot Kartları</t>
+          <t>Balıklar Nerede?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>553</v>
+        <v>111</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944496926</t>
+          <t>9786256665002</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Köye Göç Hikayemiz</t>
+          <t>Aryeres Feminen Tarot Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>146</v>
+        <v>553</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944496766</t>
+          <t>9789944496926</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Piyano Eğitimin Klasikleri Op.599</t>
+          <t>Şehirden Köye Göç Hikayemiz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>198</v>
+        <v>146</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944496742</t>
+          <t>9789944496766</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Piyano Eğitiminin Klasikleri Op.101 Piyano</t>
+          <t>Piyano Eğitimin Klasikleri Op.599</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>293</v>
+        <v>198</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944496544</t>
+          <t>9789944496742</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamın Psikopatolojisi</t>
+          <t>Piyano Eğitiminin Klasikleri Op.101 Piyano</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>161</v>
+        <v>293</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944496551</t>
+          <t>9789944496544</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tartışma Sanatı</t>
+          <t>Gündelik Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>91</v>
+        <v>161</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944496582</t>
+          <t>9789944496551</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sır Saklar Mı Yüce Dağlar?</t>
+          <t>Tartışma Sanatı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>176</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944496445</t>
+          <t>9789944496582</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Çıkan Çocuk Yuri Gagarin</t>
+          <t>Sır Saklar Mı Yüce Dağlar?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>111</v>
+        <v>176</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944496469</t>
+          <t>9789944496445</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kafasına Elma Düşen Çocuk Newton</t>
+          <t>Uzaya Çıkan Çocuk Yuri Gagarin</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944496452</t>
+          <t>9789944496469</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Steteskobu İcat Eden Dr. Rene Laennec</t>
+          <t>Kafasına Elma Düşen Çocuk Newton</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944496476</t>
+          <t>9789944496452</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Elektriği Keşfeden Benjamin Franklin</t>
+          <t>Steteskobu İcat Eden Dr. Rene Laennec</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944496360</t>
+          <t>9789944496476</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tayyare Babama Selam Söyle</t>
+          <t>Elektriği Keşfeden Benjamin Franklin</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944496414</t>
+          <t>9789944496360</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kıran</t>
+          <t>Tayyare Babama Selam Söyle</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944496315</t>
+          <t>9789944496414</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Taburemin İç Çekişi</t>
+          <t>Hayal Kıran</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>85</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944496216</t>
+          <t>9789944496315</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Astroloji</t>
+          <t>Taburemin İç Çekişi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>127</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258233810</t>
+          <t>9789944496216</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Ahlak İlkeleri</t>
+          <t>Astroloji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>69</v>
+        <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944496155</t>
+          <t>9786258233810</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Toplum</t>
+          <t>Eğitimin Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>85</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944496087</t>
+          <t>9789944496155</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Denetçi (Rusça)</t>
+          <t>Okul ve Toplum</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>179</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944496100</t>
+          <t>9789944496087</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Köy Hayatından Öyküler (Rusça)</t>
+          <t>Denetçi (Rusça)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>81</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944496094</t>
+          <t>9789944496100</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm (Rusça)</t>
+          <t>Köy Hayatından Öyküler (Rusça)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944496117</t>
+          <t>9789944496094</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu (Rusça)</t>
+          <t>Üç Ölüm (Rusça)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944496056</t>
+          <t>9789944496117</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rüya Psikolojisi</t>
+          <t>Aile Mutluluğu (Rusça)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>127</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944496049</t>
+          <t>9789944496056</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>The Devil's Picture-Books</t>
+          <t>Rüya Psikolojisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057211613</t>
+          <t>9789944496049</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Rusça)</t>
+          <t>The Devil's Picture-Books</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>161</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944496001</t>
+          <t>9786057211613</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yogaya Giriş</t>
+          <t>Kumarbaz (Rusça)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>107</v>
+        <v>161</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057211620</t>
+          <t>9789944496001</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar (Rusça)</t>
+          <t>Yogaya Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>179</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057211637</t>
+          <t>9786057211620</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Notları (Rusça)</t>
+          <t>Kazaklar (Rusça)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>127</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057276452</t>
+          <t>9786057211637</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Hindu Yogi Science of Breath</t>
+          <t>Genç Bir Doktorun Notları (Rusça)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>81</v>
+        <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057276476</t>
+          <t>9786057276452</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>An Introdductiton to Yoga</t>
+          <t>The Hindu Yogi Science of Breath</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057276445</t>
+          <t>9786057276476</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>A Series Of Lessons in Gnani Yoga:The Yoga Wisdom</t>
+          <t>An Introdductiton to Yoga</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>204</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057280961</t>
+          <t>9786057276445</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Discrimination Between Genders and Male Impotence</t>
+          <t>A Series Of Lessons in Gnani Yoga:The Yoga Wisdom</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>101</v>
+        <v>204</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057276407</t>
+          <t>9786057280961</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>The Psychology Of Revolution</t>
+          <t>Discrimination Between Genders and Male Impotence</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>191</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057279644</t>
+          <t>9786057276407</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Paradise Lost</t>
+          <t>The Psychology Of Revolution</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>264</v>
+        <v>191</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057280992</t>
+          <t>9786057279644</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Instinct of Self-Preservation and Death Instinct</t>
+          <t>Paradise Lost</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>103</v>
+        <v>264</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057276414</t>
+          <t>9786057280992</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>The Yoga Sutras Of Patanjalı</t>
+          <t>Instinct of Self-Preservation and Death Instinct</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057280930</t>
+          <t>9786057276414</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>The History Of Rome Volume 2</t>
+          <t>The Yoga Sutras Of Patanjalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>204</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057280923</t>
+          <t>9786057280930</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>The History Of Rome Volume 1</t>
+          <t>The History Of Rome Volume 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>246</v>
+        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057280909</t>
+          <t>9786057280923</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tarot Sembolizmi</t>
+          <t>The History Of Rome Volume 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057211682</t>
+          <t>9786057280909</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İki Ayrı Sevdalı</t>
+          <t>Tarot Sembolizmi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>114</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057300270</t>
+          <t>9786057211682</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rus Esaretinden Bağımsız Devlete Azerbaycan Ulusçuluğu ve Ulus - Devlet İnşası</t>
+          <t>İki Ayrı Sevdalı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>182</v>
+        <v>114</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057211644</t>
+          <t>9786057300270</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The Symbolism Of The Tarot</t>
+          <t>Rus Esaretinden Bağımsız Devlete Azerbaycan Ulusçuluğu ve Ulus - Devlet İnşası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>81</v>
+        <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057211651</t>
+          <t>9786057211644</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Illustrated Key Of The Tarot The Veil Of Divination</t>
+          <t>The Symbolism Of The Tarot</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>182</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057211668</t>
+          <t>9786057211651</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Book Of Tarot</t>
+          <t>The Illustrated Key Of The Tarot The Veil Of Divination</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>313</v>
+        <v>182</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057208521</t>
+          <t>9786057211668</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk (Rusça)</t>
+          <t>Book Of Tarot</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>135</v>
+        <v>313</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057211675</t>
+          <t>9786057208521</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Musa'nın Sağ Kolunda Tuttuğu Gizem Emir Tabletleri</t>
+          <t>Çocukluk (Rusça)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>81</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057300294</t>
+          <t>9786057211675</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Musa'nın Sağ Kolunda Tuttuğu Gizem Emir Tabletleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>152</v>
+        <v>81</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057208538</t>
+          <t>9786057300294</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>68</v>
+        <v>152</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258233117</t>
+          <t>9786057208538</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Magick Without Tears</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>185</v>
+        <v>68</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057300256</t>
+          <t>9786258233117</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Group Psychology And Analysis Of The Ego</t>
+          <t>Magick Without Tears</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>114</v>
+        <v>185</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057300263</t>
+          <t>9786057300256</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Three Contributions To The Theory Of Sex</t>
+          <t>Group Psychology And Analysis Of The Ego</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057300232</t>
+          <t>9786057300263</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>A Young Girl’s Diary An Anonymous Young Girl</t>
+          <t>Three Contributions To The Theory Of Sex</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>208</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2000000025346</t>
+          <t>9786057300232</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dev Tarot Kartları</t>
+          <t>A Young Girl’s Diary An Anonymous Young Girl</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>482</v>
+        <v>208</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057188496</t>
+          <t>2000000025346</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dev Tarot Kartları Kutulu</t>
+          <t>Dev Tarot Kartları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>736</v>
+        <v>482</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057194732</t>
+          <t>9786057188496</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu (Rusça)</t>
+          <t>Dev Tarot Kartları Kutulu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>888</v>
+        <v>736</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057194787</t>
+          <t>9786057194732</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Budala (Rusça)</t>
+          <t>Monte Kristo Kontu (Rusça)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>651</v>
+        <v>888</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057194763</t>
+          <t>9786057194787</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Anna Karanina (Rusça)</t>
+          <t>Budala (Rusça)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>634</v>
+        <v>651</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057300201</t>
+          <t>9786057194763</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler (Rusça)</t>
+          <t>Anna Karanina (Rusça)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>91</v>
+        <v>634</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057194794</t>
+          <t>9786057300201</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Notları (Rusça)</t>
+          <t>Beyaz Geceler (Rusça)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>91</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057194749</t>
+          <t>9786057194794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Oblomov Rusça</t>
+          <t>Bir Delinin Notları (Rusça)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>406</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057194756</t>
+          <t>9786057194749</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı Rusça</t>
+          <t>Oblomov Rusça</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>127</v>
+        <v>406</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057194770</t>
+          <t>9786057194756</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe Rusça</t>
+          <t>Yüzbaşının Kızı Rusça</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>293</v>
+        <v>127</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057300218</t>
+          <t>9786057194770</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş Rusça</t>
+          <t>Robinson Crusoe Rusça</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>178</v>
+        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057300287</t>
+          <t>9786057300218</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Türküdür Ömrüm</t>
+          <t>Beyaz Diş Rusça</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>91</v>
+        <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057300225</t>
+          <t>9786057300287</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vay Selami Abime</t>
+          <t>Bir Türküdür Ömrüm</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>135</v>
+        <v>91</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057676726</t>
+          <t>9786057300225</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mit’in Gizli Tarihi</t>
+          <t>Vay Selami Abime</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>178</v>
+        <v>135</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057676764</t>
+          <t>9786057676726</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Mit’in Gizli Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>237</v>
+        <v>178</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944496711</t>
+          <t>9786057676764</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nöroloji Psikanaliz</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>163</v>
+        <v>237</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944496759</t>
+          <t>9789944496711</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Piyano Eğitiminin Klasikleri Piyano</t>
+          <t>Nöroloji Psikanaliz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>299</v>
+        <v>163</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944496018</t>
+          <t>9789944496759</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İsyan Tohumu</t>
+          <t>Piyano Eğitiminin Klasikleri Piyano</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>101</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256665446</t>
+          <t>9789944496018</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Giden Yolculuk “Kam Ana”</t>
+          <t>İsyan Tohumu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>468</v>
+        <v>101</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256665422</t>
+          <t>9786256665446</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kedi Olmak İsteyen Adam</t>
+          <t>Bilgeliğe Giden Yolculuk “Kam Ana”</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>91</v>
+        <v>468</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256665439</t>
+          <t>9786256665422</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Patatestan</t>
+          <t>Kedi Olmak İsteyen Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>124</v>
+        <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256665392</t>
+          <t>9786256665439</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güneşim Ol</t>
+          <t>Patatestan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>163</v>
+        <v>124</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256665378</t>
+          <t>9786256665392</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yönetimi İçin Kurallar</t>
+          <t>Güneşim Ol</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256665354</t>
+          <t>9786256665378</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Aklın Yönetimi İçin Kurallar</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256665361</t>
+          <t>9786256665354</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Doğaüstü</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256665330</t>
+          <t>9786256665361</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Göç Zamanı</t>
+          <t>Doğaüstü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>306</v>
+        <v>163</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256665323</t>
+          <t>9786256665330</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Dünya</t>
+          <t>Göç Zamanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>436</v>
+        <v>306</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256665316</t>
+          <t>9786256665323</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sanat Edebiyat Mitoloji</t>
+          <t>Kozadaki Dünya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>182</v>
+        <v>436</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256665309</t>
+          <t>9786256665316</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Sanat Edebiyat Mitoloji</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>117</v>
+        <v>182</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256665347</t>
+          <t>9786256665309</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sorokin Oluğu</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>488</v>
+        <v>117</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256665279</t>
+          <t>9786256665347</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Sorokin Oluğu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>198</v>
+        <v>488</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256665262</t>
+          <t>9786256665279</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>137</v>
+        <v>198</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256665286</t>
+          <t>9786256665262</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>137</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256665255</t>
+          <t>9786256665286</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İki Restorasyon Öyküsü</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>127</v>
+        <v>137</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256665057</t>
+          <t>9786256665255</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Halk Masalları</t>
+          <t>İki Restorasyon Öyküsü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>257</v>
+        <v>127</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944496940</t>
+          <t>9786256665057</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Az Bilinen Türk Masalları</t>
+          <t>Dünyadan Halk Masalları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>241</v>
+        <v>257</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256665101</t>
+          <t>9789944496940</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi Bilgisayarın İcadı</t>
+          <t>Az Bilinen Türk Masalları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>111</v>
+        <v>241</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256665095</t>
+          <t>9786256665101</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yön Bulmaya Yardımcı Pusulanın İcadı</t>
+          <t>Bilgi Hazinesi Bilgisayarın İcadı</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256665088</t>
+          <t>9786256665095</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Modern Matbaayı İcat Eden Johannes Gutenberg</t>
+          <t>Yön Bulmaya Yardımcı Pusulanın İcadı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944496162</t>
+          <t>9786256665088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüy Kadınca Hayat</t>
+          <t>Modern Matbaayı İcat Eden Johannes Gutenberg</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>81</v>
+        <v>111</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256665125</t>
+          <t>9789944496162</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kargalar</t>
+          <t>Mavi Tüy Kadınca Hayat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>98</v>
+        <v>81</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256665118</t>
+          <t>9786256665125</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Semboller ve Anlamlarıyla Tarot Boyama Kitabı</t>
+          <t>Kargalar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>319</v>
+        <v>98</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256665064</t>
+          <t>9786256665118</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Peygamber</t>
+          <t>Semboller ve Anlamlarıyla Tarot Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>98</v>
+        <v>319</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256665033</t>
+          <t>9786256665064</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Peygamber</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256665040</t>
+          <t>9786256665033</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>85</v>
+        <v>104</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256665071</t>
+          <t>9786256665040</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Delinin Günlüğü</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944496025</t>
+          <t>9786256665071</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi ve Ego Analizi</t>
+          <t>Delinin Günlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>101</v>
+        <v>85</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944496995</t>
+          <t>9789944496025</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Irkçı Solculuk K-urdıstan</t>
+          <t>Kitle Psikolojisi ve Ego Analizi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>168</v>
+        <v>101</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944496988</t>
+          <t>9789944496995</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Öteki Dünya Hikayesi</t>
+          <t>Irkçı Solculuk K-urdıstan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>215</v>
+        <v>168</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944496933</t>
+          <t>9789944496988</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çatalzeytin ve Karadeniz Öyküleri</t>
+          <t>Bir Öteki Dünya Hikayesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>324</v>
+        <v>215</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944496889</t>
+          <t>9789944496933</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nevrozlar</t>
+          <t>Çatalzeytin ve Karadeniz Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>191</v>
+        <v>324</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944496612</t>
+          <t>9789944496889</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Siyaseti</t>
+          <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>98</v>
+        <v>191</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944496964</t>
+          <t>9789944496612</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kandıra Günlükleri</t>
+          <t>Cinsiyet Siyaseti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>146</v>
+        <v>98</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944496919</t>
+          <t>9789944496964</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Telaşınla Değil Mucizenle Yaşa</t>
+          <t>Kandıra Günlükleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>131</v>
+        <v>146</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944496681</t>
+          <t>9789944496919</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Vorschule im Klavierspiel OP. 101</t>
+          <t>Telaşınla Değil Mucizenle Yaşa</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>293</v>
+        <v>131</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944496698</t>
+          <t>9789944496681</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>The Virtuoso Pianist</t>
+          <t>Vorschule im Klavierspiel OP. 101</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>299</v>
+        <v>293</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944496704</t>
+          <t>9789944496698</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Für Klavıer Zu Zweı Handen Opus 599</t>
+          <t>The Virtuoso Pianist</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>198</v>
+        <v>299</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057194718</t>
+          <t>9789944496704</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Für Klavıer Zu Zweı Handen Opus 599</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>198</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944496971</t>
+          <t>9786057194718</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>319</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944496902</t>
+          <t>9789944496971</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kimi Sevsem Sana Benziyor Hep (Güneş Yemini)</t>
+          <t>Kur’an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>137</v>
+        <v>319</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944496896</t>
+          <t>9789944496902</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine Diyaloglar</t>
+          <t>Kimi Sevsem Sana Benziyor Hep (Güneş Yemini)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>117</v>
+        <v>137</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944496735</t>
+          <t>9789944496896</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Depremde Aşk Aşkta Deprem</t>
+          <t>Din Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>117</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944496605</t>
+          <t>9789944496735</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İçgüdüler</t>
+          <t>Depremde Aşk Aşkta Deprem</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944496636</t>
+          <t>9789944496605</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği</t>
+          <t>İçgüdüler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>101</v>
+        <v>111</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944496599</t>
+          <t>9789944496636</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik - Yürüme</t>
+          <t>Yaşam Bilgeliği</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944496438</t>
+          <t>9789944496599</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Sivil İtaatsizlik - Yürüme</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>59</v>
+        <v>98</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944496728</t>
+          <t>9789944496438</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İnsandan İsyana</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>212</v>
+        <v>59</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944496537</t>
+          <t>9789944496728</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>İnsandan İsyana</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>83</v>
+        <v>212</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944496568</t>
+          <t>9789944496537</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944496346</t>
+          <t>9789944496568</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu</t>
+          <t>İnsan Doğası Üzerine</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>345</v>
+        <v>98</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944496520</t>
+          <t>9789944496346</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yürüme</t>
+          <t>Rüyaların Yorumu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>83</v>
+        <v>345</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944496667</t>
+          <t>9789944496520</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yan Masaldaki Kız</t>
+          <t>Yürüme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>117</v>
+        <v>83</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944496650</t>
+          <t>9789944496667</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Üç Günü</t>
+          <t>Yan Masaldaki Kız</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>198</v>
+        <v>117</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944496643</t>
+          <t>9789944496650</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Umudun Bilinmeze Yolculuğu</t>
+          <t>Şeytanın Üç Günü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>192</v>
+        <v>198</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944496629</t>
+          <t>9789944496643</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Macera Yağmuru Başlıyor</t>
+          <t>Umudun Bilinmeze Yolculuğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>135</v>
+        <v>192</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944496575</t>
+          <t>9789944496629</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pusman ve Sihirli At</t>
+          <t>Macera Yağmuru Başlıyor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>77</v>
+        <v>135</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256487420</t>
+          <t>9789944496575</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Yağız İş Başında</t>
+          <t>Pusman ve Sihirli At</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>101</v>
+        <v>77</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944496513</t>
+          <t>9786256487420</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Teleskobu İcat Eden Hans Lippershey</t>
+          <t>Dedektif Yağız İş Başında</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>111</v>
+        <v>101</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944496483</t>
+          <t>9789944496513</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Telefonu İcat Eden Alexander Graham Bell</t>
+          <t>Teleskobu İcat Eden Hans Lippershey</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944496506</t>
+          <t>9789944496483</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kaldırma Kuvvetini keşfeden</t>
+          <t>Telefonu İcat Eden Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944496490</t>
+          <t>9789944496506</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ampulü İcat Eden Edison</t>
+          <t>Suyun Kaldırma Kuvvetini keşfeden</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944496353</t>
+          <t>9789944496490</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm Üzerine Denemeler</t>
+          <t>Ampulü İcat Eden Edison</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>176</v>
+        <v>111</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944496421</t>
+          <t>9789944496353</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anarchism And Other Essays</t>
+          <t>Anarşizm Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>202</v>
+        <v>176</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944496339</t>
+          <t>9789944496421</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde</t>
+          <t>Anarchism And Other Essays</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944496223</t>
+          <t>9789944496339</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Astrology</t>
+          <t>Haz İlkesinin Ötesinde</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944496179</t>
+          <t>9789944496223</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Tarifleri</t>
+          <t>Astrology</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>127</v>
+        <v>137</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944496209</t>
+          <t>9789944496179</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Darfen Krallığı</t>
+          <t>Büyükannemin Tarifleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>191</v>
+        <v>127</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944496193</t>
+          <t>9789944496209</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Alacası</t>
+          <t>Darfen Krallığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>182</v>
+        <v>191</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944496186</t>
+          <t>9789944496193</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Mektuplar</t>
+          <t>İnsanın Alacası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944496124</t>
+          <t>9789944496186</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>The School and Society</t>
+          <t>Denizden Gelen Mektuplar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>90</v>
+        <v>178</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944496131</t>
+          <t>9789944496124</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Democracy and Education</t>
+          <t>The School and Society</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>338</v>
+        <v>90</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944496148</t>
+          <t>9789944496131</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Kuram Üzerine Üç Deneme</t>
+          <t>Democracy and Education</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>127</v>
+        <v>338</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944496070</t>
+          <t>9789944496148</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Diriliş (Rusça)</t>
+          <t>Cinsel Kuram Üzerine Üç Deneme</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>412</v>
+        <v>127</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057279620</t>
+          <t>9789944496070</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>The Human Aura</t>
+          <t>Diriliş (Rusça)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>107</v>
+        <v>412</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944496063</t>
+          <t>9786057279620</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bazı Durumlardaki Sinir Yolları , Bebeklik Dönemindeki Libido , Merkezi Cinsel Fenomen Sonu , Nevrozun Doğuşu - Psikoloji Serisi</t>
+          <t>The Human Aura</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>95</v>
+        <v>107</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944496032</t>
+          <t>9789944496063</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Resimli Tarot Anahtarı</t>
+          <t>Bazı Durumlardaki Sinir Yolları , Bebeklik Dönemindeki Libido , Merkezi Cinsel Fenomen Sonu , Nevrozun Doğuşu - Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>148</v>
+        <v>95</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057276490</t>
+          <t>9789944496032</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Gelen Sapkın Eğilimler - Cinsel Davranış Bozukluğu</t>
+          <t>Resimli Tarot Anahtarı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>101</v>
+        <v>148</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057276483</t>
+          <t>9786057276490</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Doğuştan Gelen Sapkın Eğilimler - Cinsel Davranış Bozukluğu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>111</v>
+        <v>101</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057208583</t>
+          <t>9786057276483</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zoya'nın Dairesi (Rusça)</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>95</v>
+        <v>111</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057276469</t>
+          <t>9786057208583</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Memory: How to Develop, Train, and Use It</t>
+          <t>Zoya'nın Dairesi (Rusça)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>111</v>
+        <v>95</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057211606</t>
+          <t>9786057276469</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Taras Bulba (Rusça)</t>
+          <t>Memory: How to Develop, Train, and Use It</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057208590</t>
+          <t>9786057211606</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yoksul İnsanlar (Rusça)</t>
+          <t>Taras Bulba (Rusça)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>137</v>
+        <v>111</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057279637</t>
+          <t>9786057208590</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Bilim Adamlarının Hayatları</t>
+          <t>Yoksul İnsanlar (Rusça)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>237</v>
+        <v>137</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057279682</t>
+          <t>9786057279637</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>One Liberty</t>
+          <t>Ünlü Bilim Adamlarının Hayatları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>122</v>
+        <v>237</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057280985</t>
+          <t>9786057279682</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sexual Abuse and Innately Perverse Disposıtıon</t>
+          <t>One Liberty</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>85</v>
+        <v>122</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057276421</t>
+          <t>9786057280985</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Aurası Astral Renkler ve Düşünce Formları</t>
+          <t>Sexual Abuse and Innately Perverse Disposıtıon</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057279651</t>
+          <t>9786057276421</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Utilitarianism</t>
+          <t>İnsan Aurası Astral Renkler ve Düşünce Formları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>114</v>
+        <v>68</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057279606</t>
+          <t>9786057279651</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Obstacles To Psychoanalytic Progress - Specific Neuarl Pathways For Some Situations - Lectures On Psychoanalysis</t>
+          <t>Utilitarianism</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>127</v>
+        <v>114</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057280978</t>
+          <t>9786057279606</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Essays on Literature - Contemporary Peevishness - Supernatural - Tables of the Law</t>
+          <t>Obstacles To Psychoanalytic Progress - Specific Neuarl Pathways For Some Situations - Lectures On Psychoanalysis</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>152</v>
+        <v>127</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057279699</t>
+          <t>9786057280978</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Psychologie De L’educatıon</t>
+          <t>Essays on Literature - Contemporary Peevishness - Supernatural - Tables of the Law</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>263</v>
+        <v>152</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057279675</t>
+          <t>9786057279699</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>The Subjection Of Women</t>
+          <t>Psychologie De L’educatıon</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>114</v>
+        <v>263</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057279668</t>
+          <t>9786057279675</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>The Ineguality Between The Sexes</t>
+          <t>The Subjection Of Women</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>114</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057276438</t>
+          <t>9786057279668</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bakışlar Mayalar Tarihöncesi</t>
+          <t>The Ineguality Between The Sexes</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>264</v>
+        <v>114</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057194701</t>
+          <t>9786057276438</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Kolaydan Zora Sudoku</t>
+          <t>Bakışlar Mayalar Tarihöncesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>103</v>
+        <v>264</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057279613</t>
+          <t>9786057194701</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Meditations</t>
+          <t>7’den 70’e Kolaydan Zora Sudoku</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>161</v>
+        <v>103</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057208576</t>
+          <t>9786057279613</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Totem and Taboo</t>
+          <t>Meditations</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>313</v>
+        <v>161</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057208545</t>
+          <t>9786057208576</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Kağıt</t>
+          <t>Totem and Taboo</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>187</v>
+        <v>313</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057208514</t>
+          <t>9786057208545</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ayın Etrafında</t>
+          <t>Savaş ve Kağıt</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>153</v>
+        <v>187</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057208507</t>
+          <t>9786057208514</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Bahçesi</t>
+          <t>Ayın Etrafında</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>83</v>
+        <v>153</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258233124</t>
+          <t>9786057208507</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Magick in Theory and Practices</t>
+          <t>Kiraz Bahçesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>254</v>
+        <v>83</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057300249</t>
+          <t>9786258233124</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dream Psychology</t>
+          <t>Magick in Theory and Practices</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>135</v>
+        <v>254</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057194725</t>
+          <t>9786057300249</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar - Rusça</t>
+          <t>Dream Psychology</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>304</v>
+        <v>135</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057208552</t>
+          <t>9786057194725</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Atlar</t>
+          <t>Ölü Canlar - Rusça</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>107</v>
+        <v>304</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057676795</t>
+          <t>9786057208552</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
+          <t>Yüreğimdeki Atlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>107</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057676740</t>
+          <t>9786057676795</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş</t>
+          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>186</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057676788</t>
+          <t>9786057676740</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>212</v>
+        <v>186</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057676733</t>
+          <t>9786057676788</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>169</v>
+        <v>212</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057676702</t>
+          <t>9786057676733</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>191</v>
+        <v>169</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057676801</t>
+          <t>9786057676702</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Başarınızı Arttırmak İçin Hafıza Teknikleri</t>
+          <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>169</v>
+        <v>191</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
+          <t>9786057676801</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Başarınızı Arttırmak İçin Hafıza Teknikleri</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
           <t>9786057676719</t>
         </is>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Yöneten Gizli Güçler</t>
         </is>
       </c>
-      <c r="C190" s="1">
+      <c r="C191" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>