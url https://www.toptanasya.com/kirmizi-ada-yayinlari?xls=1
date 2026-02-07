--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -94,2881 +94,2881 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786256665231</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Miras</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>364</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256665453</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199</v>
+        <v>259</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256665170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>254</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256665156</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Üç Özbek Kız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>205</v>
+        <v>267</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256665163</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Dünya Ne Zaman Yuvarlak Oldu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256665200</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Kristof Kolomb</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256665408</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Aşk Her Şeyi Yener</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>312</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256665293</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Karınca Kani Değerler Eğitimi Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>176</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256665149</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Balıklar Nerede?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256665002</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Aryeres Feminen Tarot Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>553</v>
+        <v>720</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789944496926</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Şehirden Köye Göç Hikayemiz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>146</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789944496766</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Piyano Eğitimin Klasikleri Op.599</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>198</v>
+        <v>257</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789944496742</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Piyano Eğitiminin Klasikleri Op.101 Piyano</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>293</v>
+        <v>381</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789944496544</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Gündelik Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>161</v>
+        <v>209</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789944496551</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Tartışma Sanatı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789944496582</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Sır Saklar Mı Yüce Dağlar?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>176</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789944496445</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Uzaya Çıkan Çocuk Yuri Gagarin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789944496469</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kafasına Elma Düşen Çocuk Newton</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789944496452</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Steteskobu İcat Eden Dr. Rene Laennec</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789944496476</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Elektriği Keşfeden Benjamin Franklin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789944496360</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tayyare Babama Selam Söyle</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789944496414</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Hayal Kıran</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>157</v>
+        <v>204</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789944496315</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Taburemin İç Çekişi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789944496216</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Astroloji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786258233810</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Eğitimin Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789944496155</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Okul ve Toplum</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789944496087</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Denetçi (Rusça)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>179</v>
+        <v>233</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789944496100</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Köy Hayatından Öyküler (Rusça)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789944496094</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Üç Ölüm (Rusça)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>95</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789944496117</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Aile Mutluluğu (Rusça)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789944496056</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Rüya Psikolojisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789944496049</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>The Devil's Picture-Books</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>124</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057211613</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kumarbaz (Rusça)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>161</v>
+        <v>209</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789944496001</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yogaya Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>107</v>
+        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057211620</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Kazaklar (Rusça)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>179</v>
+        <v>233</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057211637</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Genç Bir Doktorun Notları (Rusça)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057276452</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>The Hindu Yogi Science of Breath</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057276476</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>An Introdductiton to Yoga</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786057276445</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>A Series Of Lessons in Gnani Yoga:The Yoga Wisdom</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>204</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057280961</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Discrimination Between Genders and Male Impotence</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786057276407</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>The Psychology Of Revolution</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>191</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786057279644</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Paradise Lost</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>264</v>
+        <v>343</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786057280992</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Instinct of Self-Preservation and Death Instinct</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>103</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786057276414</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>The Yoga Sutras Of Patanjalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786057280930</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>The History Of Rome Volume 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>204</v>
+        <v>265</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786057280923</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>The History Of Rome Volume 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>246</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786057280909</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Tarot Sembolizmi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786057211682</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>İki Ayrı Sevdalı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>114</v>
+        <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786057300270</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Rus Esaretinden Bağımsız Devlete Azerbaycan Ulusçuluğu ve Ulus - Devlet İnşası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>182</v>
+        <v>237</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786057211644</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>The Symbolism Of The Tarot</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786057211651</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>The Illustrated Key Of The Tarot The Veil Of Divination</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>182</v>
+        <v>237</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786057211668</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Book Of Tarot</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>313</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786057208521</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Çocukluk (Rusça)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>135</v>
+        <v>176</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786057211675</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Musa'nın Sağ Kolunda Tuttuğu Gizem Emir Tabletleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786057300294</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>152</v>
+        <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786057208538</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Palto</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>68</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786258233117</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Magick Without Tears</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786057300256</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Group Psychology And Analysis Of The Ego</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>114</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786057300263</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Three Contributions To The Theory Of Sex</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>135</v>
+        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786057300232</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>A Young Girl’s Diary An Anonymous Young Girl</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>208</v>
+        <v>270</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>2000000025346</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Dev Tarot Kartları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>482</v>
+        <v>627</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786057188496</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Dev Tarot Kartları Kutulu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>736</v>
+        <v>957</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786057194732</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Monte Kristo Kontu (Rusça)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>888</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786057194787</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Budala (Rusça)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>651</v>
+        <v>845</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786057194763</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Anna Karanina (Rusça)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>634</v>
+        <v>825</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786057300201</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler (Rusça)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786057194794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Bir Delinin Notları (Rusça)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786057194749</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Oblomov Rusça</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>406</v>
+        <v>530</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786057194756</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Yüzbaşının Kızı Rusça</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786057194770</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe Rusça</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>293</v>
+        <v>381</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786057300218</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş Rusça</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786057300287</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Bir Türküdür Ömrüm</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786057300225</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Vay Selami Abime</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>135</v>
+        <v>176</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786057676726</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Mit’in Gizli Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>178</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786057676764</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Che Guevara</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>237</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789944496711</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Nöroloji Psikanaliz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>163</v>
+        <v>212</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789944496759</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Piyano Eğitiminin Klasikleri Piyano</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789944496018</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>İsyan Tohumu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786256665446</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Bilgeliğe Giden Yolculuk “Kam Ana”</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>468</v>
+        <v>610</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786256665422</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Kedi Olmak İsteyen Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786256665439</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Patatestan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>124</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786256665392</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Güneşim Ol</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>163</v>
+        <v>212</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786256665378</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Aklın Yönetimi İçin Kurallar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>163</v>
+        <v>212</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786256665354</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>163</v>
+        <v>212</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786256665361</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Doğaüstü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>163</v>
+        <v>212</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786256665330</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Göç Zamanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>306</v>
+        <v>398</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786256665323</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Kozadaki Dünya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>436</v>
+        <v>567</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786256665316</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Sanat Edebiyat Mitoloji</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>182</v>
+        <v>237</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786256665309</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>117</v>
+        <v>152</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786256665347</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Sorokin Oluğu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>488</v>
+        <v>634</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786256665279</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>198</v>
+        <v>257</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786256665262</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Macbeth</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>137</v>
+        <v>178</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786256665286</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Rubailer</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>137</v>
+        <v>178</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786256665255</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>İki Restorasyon Öyküsü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786256665057</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Dünyadan Halk Masalları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>257</v>
+        <v>334</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789944496940</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Az Bilinen Türk Masalları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>241</v>
+        <v>313</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786256665101</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Bilgi Hazinesi Bilgisayarın İcadı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786256665095</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Yön Bulmaya Yardımcı Pusulanın İcadı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786256665088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Modern Matbaayı İcat Eden Johannes Gutenberg</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789944496162</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Mavi Tüy Kadınca Hayat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786256665125</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Kargalar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>98</v>
+        <v>257</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786256665118</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Semboller ve Anlamlarıyla Tarot Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>319</v>
+        <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786256665064</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Peygamber</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786256665033</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>104</v>
+        <v>135</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786256665040</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786256665071</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Delinin Günlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789944496025</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Kitle Psikolojisi ve Ego Analizi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9789944496995</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Irkçı Solculuk K-urdıstan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>168</v>
+        <v>218</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9789944496988</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Bir Öteki Dünya Hikayesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9789944496933</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Çatalzeytin ve Karadeniz Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>324</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789944496889</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>191</v>
+        <v>248</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789944496612</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Cinsiyet Siyaseti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9789944496964</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Kandıra Günlükleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>146</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789944496919</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Telaşınla Değil Mucizenle Yaşa</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>131</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9789944496681</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Vorschule im Klavierspiel OP. 101</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>293</v>
+        <v>381</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9789944496698</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>The Virtuoso Pianist</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9789944496704</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Für Klavıer Zu Zweı Handen Opus 599</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>198</v>
+        <v>257</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786057194718</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>286</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9789944496971</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>319</v>
+        <v>415</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789944496902</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Kimi Sevsem Sana Benziyor Hep (Güneş Yemini)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>137</v>
+        <v>178</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789944496896</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Din Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>117</v>
+        <v>152</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789944496735</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Depremde Aşk Aşkta Deprem</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>117</v>
+        <v>152</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9789944496605</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>İçgüdüler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9789944496636</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Yaşam Bilgeliği</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789944496599</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Sivil İtaatsizlik - Yürüme</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9789944496438</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9789944496728</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>İnsandan İsyana</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>212</v>
+        <v>276</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9789944496537</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>83</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9789944496568</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>İnsan Doğası Üzerine</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9789944496346</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Rüyaların Yorumu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9789944496520</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Yürüme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>83</v>
+        <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9789944496667</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Yan Masaldaki Kız</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>117</v>
+        <v>152</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9789944496650</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Şeytanın Üç Günü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>198</v>
+        <v>257</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9789944496643</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Umudun Bilinmeze Yolculuğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9789944496629</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Macera Yağmuru Başlıyor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>135</v>
+        <v>176</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9789944496575</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Pusman ve Sihirli At</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786256487420</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Dedektif Yağız İş Başında</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9789944496513</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Teleskobu İcat Eden Hans Lippershey</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9789944496483</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Telefonu İcat Eden Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9789944496506</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Suyun Kaldırma Kuvvetini keşfeden</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9789944496490</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Ampulü İcat Eden Edison</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9789944496353</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Anarşizm Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>176</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9789944496421</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Anarchism And Other Essays</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>202</v>
+        <v>263</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9789944496339</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Haz İlkesinin Ötesinde</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>134</v>
+        <v>174</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9789944496223</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Astrology</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>137</v>
+        <v>178</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9789944496179</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Büyükannemin Tarifleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9789944496209</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Darfen Krallığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>191</v>
+        <v>248</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9789944496193</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>İnsanın Alacası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>182</v>
+        <v>237</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9789944496186</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Denizden Gelen Mektuplar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>178</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9789944496124</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>The School and Society</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9789944496131</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Democracy and Education</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>338</v>
+        <v>440</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9789944496148</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Cinsel Kuram Üzerine Üç Deneme</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9789944496070</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Diriliş (Rusça)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>412</v>
+        <v>535</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786057279620</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>The Human Aura</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>107</v>
+        <v>139</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9789944496063</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Bazı Durumlardaki Sinir Yolları , Bebeklik Dönemindeki Libido , Merkezi Cinsel Fenomen Sonu , Nevrozun Doğuşu - Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>95</v>
+        <v>124</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789944496032</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Resimli Tarot Anahtarı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9786057276490</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Doğuştan Gelen Sapkın Eğilimler - Cinsel Davranış Bozukluğu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786057276483</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786057208583</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Zoya'nın Dairesi (Rusça)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>95</v>
+        <v>124</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786057276469</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Memory: How to Develop, Train, and Use It</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786057211606</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Taras Bulba (Rusça)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9786057208590</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Yoksul İnsanlar (Rusça)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>137</v>
+        <v>178</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9786057279637</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Ünlü Bilim Adamlarının Hayatları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>237</v>
+        <v>310</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786057279682</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>One Liberty</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>122</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9786057280985</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Sexual Abuse and Innately Perverse Disposıtıon</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9786057276421</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>İnsan Aurası Astral Renkler ve Düşünce Formları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>68</v>
+        <v>88</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9786057279651</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Utilitarianism</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>114</v>
+        <v>148</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9786057279606</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Obstacles To Psychoanalytic Progress - Specific Neuarl Pathways For Some Situations - Lectures On Psychoanalysis</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9786057280978</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Essays on Literature - Contemporary Peevishness - Supernatural - Tables of the Law</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>152</v>
+        <v>198</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9786057279699</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Psychologie De L’educatıon</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>263</v>
+        <v>342</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9786057279675</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>The Subjection Of Women</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>114</v>
+        <v>148</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9786057279668</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>The Ineguality Between The Sexes</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>114</v>
+        <v>148</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9786057276438</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Bakışlar Mayalar Tarihöncesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>264</v>
+        <v>343</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9786057194701</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>7’den 70’e Kolaydan Zora Sudoku</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>103</v>
+        <v>134</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9786057279613</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Meditations</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>161</v>
+        <v>209</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9786057208576</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Totem and Taboo</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>313</v>
+        <v>410</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9786057208545</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Savaş ve Kağıt</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>187</v>
+        <v>243</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9786057208514</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Ayın Etrafında</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>153</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9786057208507</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Kiraz Bahçesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>83</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9786258233124</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Magick in Theory and Practices</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>254</v>
+        <v>330</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9786057300249</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Dream Psychology</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>135</v>
+        <v>176</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9786057194725</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Ölü Canlar - Rusça</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>304</v>
+        <v>395</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9786057208552</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Yüreğimdeki Atlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>107</v>
+        <v>139</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9786057676795</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Kudüs Fatihi Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>364</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9786057676740</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>186</v>
+        <v>242</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9786057676788</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>212</v>
+        <v>276</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9786057676733</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9786057676702</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>191</v>
+        <v>248</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9786057676801</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Başarınızı Arttırmak İçin Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>169</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9786057676719</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Yöneten Gizli Güçler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>199</v>
+        <v>259</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>