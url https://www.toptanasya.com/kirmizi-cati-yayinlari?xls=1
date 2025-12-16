--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3070 +85,3130 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256426986</t>
+          <t>9786258732030</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Pırıltılar</t>
+          <t>Dört Hırsızlar Sirkesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>666</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256426993</t>
+          <t>9786256426832</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Alın Sizin Olsun</t>
+          <t>Nur Yüzlü Bir Hociş Varmış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256426979</t>
+          <t>9786258732047</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıyı Hikayesi</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256426924</t>
+          <t>9786258732009</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sineğin Türküsü</t>
+          <t>Hapishaneden Çağlayan Okyanus</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256426931</t>
+          <t>9786256426986</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Umudun İzleri</t>
+          <t>Kur'an'dan Pırıltılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256426948</t>
+          <t>9786256426993</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Biraz Toprak Biraz Suyuz Ezelden</t>
+          <t>Alın Sizin Olsun</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256426849</t>
+          <t>9786256426979</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mucizeleri</t>
+          <t>Bir Kıyı Hikayesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256426962</t>
+          <t>9786256426924</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin Altındaki Sır</t>
+          <t>Sineğin Türküsü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>355</v>
+        <v>215</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256426955</t>
+          <t>9786256426931</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mahalleninin Bakkalı</t>
+          <t>Umudun İzleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256426870</t>
+          <t>9786256426948</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Dökme Ritüeli</t>
+          <t>Biraz Toprak Biraz Suyuz Ezelden</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>185</v>
+        <v>335</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256426825</t>
+          <t>9786256426849</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerden Akan Mektuplar</t>
+          <t>Kur'an Mucizeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256426313</t>
+          <t>9786256426962</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şairler Abartır</t>
+          <t>Cinayetin Altındaki Sır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752486010</t>
+          <t>9786256426955</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Vaka Kayıtları</t>
+          <t>Mahalleninin Bakkalı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752486041</t>
+          <t>9786256426870</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Andı</t>
+          <t>Kurşun Dökme Ritüeli</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>55</v>
+        <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752486782</t>
+          <t>9786256426825</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma</t>
+          <t>Gönüllerden Akan Mektuplar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256426900</t>
+          <t>9786256426313</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Şairler Abartır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256426917</t>
+          <t>9789752486010</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Lila</t>
+          <t>Sherlock Holmes - Vaka Kayıtları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>265</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256426894</t>
+          <t>9789752486041</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bahar Sonsuz Değil Ki</t>
+          <t>Sherlock Holmes - Dörtlerin Andı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256426801</t>
+          <t>9789752486782</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Yansımalar</t>
+          <t>Erken Boşalma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>205</v>
+        <v>560</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256426887</t>
+          <t>9786256426900</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tükürük</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256426856</t>
+          <t>9786256426917</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Yer Gök Lila</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256426863</t>
+          <t>9786256426894</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Karma</t>
+          <t>Bahar Sonsuz Değil Ki</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256426757</t>
+          <t>9786256426801</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güz İle Kış Arasında</t>
+          <t>Hayattan Yansımalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256426818</t>
+          <t>9786256426887</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dizelerle Büyümek</t>
+          <t>Tükürük</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256426795</t>
+          <t>9786256426856</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İsmail Güçtaş’ın Çocuklara Yönelik Eserlerinin Değerler Eğitimi ve Tematik Unsurlar Açısından İncelenmesi</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256426764</t>
+          <t>9786256426863</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tam Olmayanlar</t>
+          <t>Karma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256426788</t>
+          <t>9786256426757</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Zamanlar</t>
+          <t>Güz İle Kış Arasında</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>361</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256426740</t>
+          <t>9786256426818</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Geç Olmadan</t>
+          <t>Dizelerle Büyümek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256426771</t>
+          <t>9786256426795</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Yazıları</t>
+          <t>İsmail Güçtaş’ın Çocuklara Yönelik Eserlerinin Değerler Eğitimi ve Tematik Unsurlar Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256426689</t>
+          <t>9786256426764</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Damla Damla Damıtılmış Anılarım</t>
+          <t>Tam Olmayanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256426726</t>
+          <t>9786256426788</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İlk Yolculuk</t>
+          <t>Kuzeyde Bir Zamanlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>205</v>
+        <v>361</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256426733</t>
+          <t>9786256426740</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Çocuklara Uygulanan Sosyal Politikalar</t>
+          <t>Geç Olmadan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256426719</t>
+          <t>9786256426771</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Dünya Yok</t>
+          <t>Satır Arası Yazıları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256426702</t>
+          <t>9786256426689</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Denemedi Demeyin</t>
+          <t>Damla Damla Damıtılmış Anılarım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>185</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256426696</t>
+          <t>9786256426726</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şeb-İ Yelda</t>
+          <t>İlk Yolculuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>115</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256426672</t>
+          <t>9786256426733</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi Bir Şey</t>
+          <t>Belediyelerde Çocuklara Uygulanan Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256426580</t>
+          <t>9786256426719</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ahsenü’l Kasas İbretler Kıssası</t>
+          <t>Öyle Bir Dünya Yok</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256426610</t>
+          <t>9786256426702</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kasaba Büyük Hikaye</t>
+          <t>Denemedi Demeyin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256426658</t>
+          <t>9786256426696</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Evreni</t>
+          <t>Şeb-İ Yelda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058454651</t>
+          <t>9786256426672</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşk’ın Rengi Kırmızı</t>
+          <t>Şiir Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>355</v>
+        <v>365</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256426641</t>
+          <t>9786256426580</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-Hadis</t>
+          <t>Ahsenü’l Kasas İbretler Kıssası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256426665</t>
+          <t>9786256426610</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tren Arası Kehribar Soluğu</t>
+          <t>Küçük Kasaba Büyük Hikaye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256426627</t>
+          <t>9786256426658</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir İlçenin Anatomisi</t>
+          <t>Sevgi Evreni</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256426634</t>
+          <t>9786058454651</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Köşe Vuruşu</t>
+          <t>Aşk’ın Rengi Kırmızı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>650</v>
+        <v>355</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256426597</t>
+          <t>9786256426641</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Lekeli Adam</t>
+          <t>Sünnet-Hadis</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>255</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256426573</t>
+          <t>9786256426665</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hayatımdan Damlalar</t>
+          <t>Tren Arası Kehribar Soluğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256426528</t>
+          <t>9786256426627</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>E’uzu Besmele'yi Bilerek Nasıl Okuruz</t>
+          <t>Bir İlçenin Anatomisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>235</v>
+        <v>625</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256426603</t>
+          <t>9786256426634</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Metamorfoz</t>
+          <t>Köşe Vuruşu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>355</v>
+        <v>650</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256426566</t>
+          <t>9786256426597</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Şairlerim</t>
+          <t>Lekeli Adam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256426559</t>
+          <t>9786256426573</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Micanoğlu</t>
+          <t>Eğitim Hayatımdan Damlalar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256426511</t>
+          <t>9786256426528</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>True Obedience And Submission To God</t>
+          <t>E’uzu Besmele'yi Bilerek Nasıl Okuruz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256426030</t>
+          <t>9786256426603</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Meyveli Çikolata Ağacı ve Ejderha</t>
+          <t>Metamorfoz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>355</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752486751</t>
+          <t>9786256426566</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Vajinismus</t>
+          <t>Benim Şairlerim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256426443</t>
+          <t>9786256426559</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Şahidimsin</t>
+          <t>Micanoğlu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256426474</t>
+          <t>9786256426511</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>True Obedience And Submission To God</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256426283</t>
+          <t>9786256426030</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Elifsin</t>
+          <t>Meyveli Çikolata Ağacı ve Ejderha</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256426504</t>
+          <t>9789752486751</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kader Konuşunca İnsanlar Susar</t>
+          <t>Vajinismus</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256426467</t>
+          <t>9786256426443</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Taşları</t>
+          <t>Sen Benim Şahidimsin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256426450</t>
+          <t>9786256426474</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ağacı</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256426535</t>
+          <t>9786256426283</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Tecrübe, Duygu ve Görüşler</t>
+          <t>İçimdeki Elifsin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256426436</t>
+          <t>9786256426504</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Boya Küpüne Düşen Çakal</t>
+          <t>Kader Konuşunca İnsanlar Susar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256426481</t>
+          <t>9786256426467</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Kaldırım Taşları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256426405</t>
+          <t>9786256426450</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sesi</t>
+          <t>Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256426399</t>
+          <t>9786256426535</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Yer</t>
+          <t>Yaşama Dair Tecrübe, Duygu ve Görüşler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>475</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256426429</t>
+          <t>9786256426436</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İşi Kim Yapacak</t>
+          <t>Boya Küpüne Düşen Çakal</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256426412</t>
+          <t>9786256426481</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Değerler Pazarı</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256426382</t>
+          <t>9786256426405</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gün(sel)cesinden Cumhuriyet Efendilerimiz (Hanımefendileri Beyefendileri)</t>
+          <t>Kadının Sesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752486348</t>
+          <t>9786256426399</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Dede ve Yılın En Uzun Gecesi</t>
+          <t>Kuzeyde Bir Yer</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>65</v>
+        <v>475</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752486430</t>
+          <t>9786256426429</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>En Güzel İşi Kim Yapacak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256426368</t>
+          <t>9786256426412</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Uyanış</t>
+          <t>Değerler Pazarı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256426351</t>
+          <t>9786256426382</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geri Zekalılar Arasında Hayatta Kalma Rehberi</t>
+          <t>Sevginin Gün(sel)cesinden Cumhuriyet Efendilerimiz (Hanımefendileri Beyefendileri)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256426375</t>
+          <t>9789752486348</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Minik Yazarlardan Hikayeler 2</t>
+          <t>Ayaz Dede ve Yılın En Uzun Gecesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256426337</t>
+          <t>9789752486430</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler Açarken</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256426276</t>
+          <t>9786256426368</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan - Arife Sultan’a Rubailer 2</t>
+          <t>Geç Gelen Uyanış</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256426344</t>
+          <t>9786256426351</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Benim Namazım</t>
+          <t>Geri Zekalılar Arasında Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256426269</t>
+          <t>9786256426375</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Sıırı</t>
+          <t>Minik Yazarlardan Hikayeler 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256426290</t>
+          <t>9786256426337</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pazar Yazıları</t>
+          <t>Kardelenler Açarken</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256426320</t>
+          <t>9786256426276</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Bir Mevsim</t>
+          <t>Unutulmayan - Arife Sultan’a Rubailer 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256426160</t>
+          <t>9786256426344</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Edgar The Crow - The Nest In The Forest</t>
+          <t>Benim Namazım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256426252</t>
+          <t>9786256426269</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Yol</t>
+          <t>Mavinin Sıırı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256426221</t>
+          <t>9786256426290</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Boran</t>
+          <t>Pazar Yazıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>161</v>
+        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256426245</t>
+          <t>9786256426320</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meçhule Yazılan Şiirler</t>
+          <t>Doğuda Bir Mevsim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256426238</t>
+          <t>9786256426160</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Eğitim</t>
+          <t>Edgar The Crow - The Nest In The Forest</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256426207</t>
+          <t>9786256426252</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsandan İnsana Yollar</t>
+          <t>Sahipsiz Yol</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256426184</t>
+          <t>9786256426221</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlaları</t>
+          <t>Boran</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>145</v>
+        <v>161</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256426177</t>
+          <t>9786256426245</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kör Müdavim</t>
+          <t>Meçhule Yazılan Şiirler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256426214</t>
+          <t>9786256426238</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz Duygular</t>
+          <t>Aynadaki Eğitim</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256426191</t>
+          <t>9786256426207</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakış İçin</t>
+          <t>İnsandan İnsana Yollar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256426139</t>
+          <t>9786256426184</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ta Kendisi &amp; Ölüme Gol</t>
+          <t>Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256426153</t>
+          <t>9786256426177</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Köşe Bucak Giresun</t>
+          <t>Kör Müdavim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>115</v>
+        <v>275</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256426122</t>
+          <t>9786256426214</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çakır Ali’nin Penceresinden</t>
+          <t>Kimliksiz Duygular</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256426108</t>
+          <t>9786256426191</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kadın Orgazm İsterse</t>
+          <t>Bir Bakış İçin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256426092</t>
+          <t>9786256426139</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Minik Yazarlardan Hikayeler</t>
+          <t>Hayatın Ta Kendisi &amp; Ölüme Gol</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256426115</t>
+          <t>9786256426153</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küskün Barıştıran Çiçeği</t>
+          <t>Şiirlerle Köşe Bucak Giresun</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256426061</t>
+          <t>9786256426122</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Korkuluk Sare</t>
+          <t>Çakır Ali’nin Penceresinden</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256426078</t>
+          <t>9786256426108</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Masturbasyon</t>
+          <t>Kadın Orgazm İsterse</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256426047</t>
+          <t>9786256426092</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sarı</t>
+          <t>Minik Yazarlardan Hikayeler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256426054</t>
+          <t>9786256426115</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (Sav.) Evimizde</t>
+          <t>Küskün Barıştıran Çiçeği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256426023</t>
+          <t>9786256426061</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eski İle Yeni Arasında İrtika Dergisi</t>
+          <t>Sevimli Korkuluk Sare</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>425</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256426016</t>
+          <t>9786256426078</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Olarak Topal Osman Ağa</t>
+          <t>Ciddi Masturbasyon</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057211347</t>
+          <t>9786256426047</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Okuyanı Olmasa Da</t>
+          <t>Sarı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>155</v>
+        <v>85</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256426009</t>
+          <t>9786256426054</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Aişe İle 9 Yaşında Evlenmesi Tartışmalarına Son Nokta</t>
+          <t>Peygamber (Sav.) Evimizde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057211385</t>
+          <t>9786256426023</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Masal Bu Ya</t>
+          <t>Eski İle Yeni Arasında İrtika Dergisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>425</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057211361</t>
+          <t>9786256426016</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Süslü Japon Balıkları İle Dere Balığı</t>
+          <t>Bir İnsan Olarak Topal Osman Ağa</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057211378</t>
+          <t>9786057211347</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Peygamber(sav) Hep Bizimle</t>
+          <t>Okuyanı Olmasa Da</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>155</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057211392</t>
+          <t>9786256426009</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Feşel Şevket</t>
+          <t>Hz. Muhammed’in Aişe İle 9 Yaşında Evlenmesi Tartışmalarına Son Nokta</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>55</v>
+        <v>125</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057211316</t>
+          <t>9786057211385</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hikayecim - Bir Yüzükle Başlayan Büyük Sır</t>
+          <t>Masal Bu Ya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057211323</t>
+          <t>9786057211361</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yol Oldu Bize Hasretin Adı</t>
+          <t>Süslü Japon Balıkları İle Dere Balığı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057187772</t>
+          <t>9786057211378</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Seyfi Baba</t>
+          <t>Peygamber(sav) Hep Bizimle</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057211354</t>
+          <t>9786057211392</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bize Ne Oldu</t>
+          <t>Feşel Şevket</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>155</v>
+        <v>55</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057211330</t>
+          <t>9786057211316</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Hikayecim - Bir Yüzükle Başlayan Büyük Sır</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057211309</t>
+          <t>9786057211323</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Dünya</t>
+          <t>Yol Oldu Bize Hasretin Adı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057187734</t>
+          <t>9786057187772</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Romanı</t>
+          <t>Seyfi Baba</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057339362</t>
+          <t>9786057211354</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Küresel Salgınlar Ve Mekansal Etkileri</t>
+          <t>Bize Ne Oldu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057187727</t>
+          <t>9786057211330</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Yankısı</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057339355</t>
+          <t>9786057211309</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bahar Çiçekleri</t>
+          <t>Mekanik Dünya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057339348</t>
+          <t>9786057187734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Fısıldadı</t>
+          <t>Dünyanın İlk Romanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057339331</t>
+          <t>9786057339362</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hatıran Yeter</t>
+          <t>Küresel Salgınlar Ve Mekansal Etkileri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057339324</t>
+          <t>9786057187727</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hem Hayatta Hem Ayaktayım</t>
+          <t>Emeğin Yankısı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057339317</t>
+          <t>9786057339355</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Mücadeleleri, Stratejileri Ve Hedefleri</t>
+          <t>Bahar Çiçekleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057339300</t>
+          <t>9786057339348</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gizem</t>
+          <t>Ruhum Fısıldadı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752486133</t>
+          <t>9786057339331</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Göç Yazıları</t>
+          <t>Hatıran Yeter</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752486249</t>
+          <t>9786057339324</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hem Hayatta Hem Ayaktayım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057367181</t>
+          <t>9786057339317</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Neşide</t>
+          <t>Atatürk’ün Mücadeleleri, Stratejileri Ve Hedefleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057367167</t>
+          <t>9786057339300</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı Hazinesi</t>
+          <t>Büyülü Gizem</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057367174</t>
+          <t>9789752486133</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hilali</t>
+          <t>Göç Yazıları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057367150</t>
+          <t>9789752486249</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beni 20.Yüzyıla Geri Gönderin</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057367198</t>
+          <t>9786057367181</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sokağıntavanı Ve Aşk Denizi</t>
+          <t>Neşide</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>65</v>
+        <v>105</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057367143</t>
+          <t>9786057367167</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>3 Ülke 1 Öğretmen - Yurt Dışında Otuz Yıl…</t>
+          <t>Gün Batımı Hazinesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057367129</t>
+          <t>9786057367174</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kaza Namazı’nın Fıkhi Hükmü - Kaynaklara Dayalı Eser</t>
+          <t>Hilali</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057367136</t>
+          <t>9786057367150</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Doğru Abdest Doğru Namaz</t>
+          <t>Beni 20.Yüzyıla Geri Gönderin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057367105</t>
+          <t>9786057367198</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yapay Kader</t>
+          <t>Sokağıntavanı Ve Aşk Denizi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>105</v>
+        <v>65</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057367112</t>
+          <t>9786057367143</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sertleşme Sorunu</t>
+          <t>3 Ülke 1 Öğretmen - Yurt Dışında Otuz Yıl…</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057098771</t>
+          <t>9786057367129</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Kaza Namazı’nın Fıkhi Hükmü - Kaynaklara Dayalı Eser</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057098795</t>
+          <t>9786057367136</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Toplumu</t>
+          <t>Doğru Abdest Doğru Namaz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057098733</t>
+          <t>9786057367105</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Maymun</t>
+          <t>Yapay Kader</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057098726</t>
+          <t>9786057367112</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Tavuklar</t>
+          <t>Sertleşme Sorunu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752486942</t>
+          <t>9786057098771</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çocukları</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752486959</t>
+          <t>9786057098795</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>O Eski Günler</t>
+          <t>Anksiyete Toplumu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752486966</t>
+          <t>9786057098733</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Ankara Hattı</t>
+          <t>Aslan ve Maymun</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752486935</t>
+          <t>9786057098726</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalan Talan</t>
+          <t>Çaresiz Tavuklar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752486911</t>
+          <t>9789752486942</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kadınla</t>
+          <t>Devrim Çocukları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752486904</t>
+          <t>9789752486959</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Durduğumuzn Kabahat</t>
+          <t>O Eski Günler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752486928</t>
+          <t>9789752486966</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>İstanbul - Ankara Hattı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>105</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752486898</t>
+          <t>9789752486935</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Kaldı Şehirler</t>
+          <t>Yalan Talan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752486874</t>
+          <t>9789752486911</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Antikapitalist Müslümanlık</t>
+          <t>Kadınla</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752486867</t>
+          <t>9789752486904</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kitabı</t>
+          <t>Durduğumuzn Kabahat</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>515</v>
+        <v>135</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752486850</t>
+          <t>9789752486928</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Veda Bile Etmeden</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752486843</t>
+          <t>9789752486898</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şairden Şiirler</t>
+          <t>Şiirde Kaldı Şehirler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752436831</t>
+          <t>9789752486874</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kocam Şizofren mi?</t>
+          <t>Antikapitalist Müslümanlık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752486812</t>
+          <t>9789752486867</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Varoluşlar İtirazlar İsyanlar</t>
+          <t>Romanın Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>395</v>
+        <v>515</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752486805</t>
+          <t>9789752486850</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan</t>
+          <t>Veda Bile Etmeden</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>485</v>
+        <v>475</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752486799</t>
+          <t>9789752486843</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşün Kendisiydi</t>
+          <t>Yitik Şairden Şiirler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>395</v>
+        <v>335</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752486775</t>
+          <t>9789752436831</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İsyanı</t>
+          <t>Kocam Şizofren mi?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>335</v>
+        <v>205</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752486768</t>
+          <t>9789752486812</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gececi</t>
+          <t>Varoluşlar İtirazlar İsyanlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752486737</t>
+          <t>9789752486805</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Post - Coğrafya</t>
+          <t>Yarına Kalan</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>185</v>
+        <v>485</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752486713</t>
+          <t>9789752486799</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sözcükler</t>
+          <t>Aşk Düşün Kendisiydi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752486720</t>
+          <t>9789752486775</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlar</t>
+          <t>İnsanın İsyanı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752486706</t>
+          <t>9789752486768</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Karlar Yağmurlardan Önce Düşer Gözlerime</t>
+          <t>Gececi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752486690</t>
+          <t>9789752486737</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İpini Çöz Dilindeki Güneşlerin</t>
+          <t>Post - Coğrafya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752486683</t>
+          <t>9789752486713</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bezduk Da</t>
+          <t>Sessiz Sözcükler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752486669</t>
+          <t>9789752486720</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 4 - Oyunbaz Yadigar</t>
+          <t>Uçurumlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752486652</t>
+          <t>9789752486706</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Karlar Yağmurlardan Önce Düşer Gözlerime</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752486638</t>
+          <t>9789752486690</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Duvarcı ve Kızı</t>
+          <t>İpini Çöz Dilindeki Güneşlerin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752486645</t>
+          <t>9789752486683</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Bekçiliği</t>
+          <t>Bezduk Da</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752486621</t>
+          <t>9789752486669</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 1 - Papağan Terry</t>
+          <t>Bizim Deniz 4 - Oyunbaz Yadigar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752486607</t>
+          <t>9789752486652</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vardiya</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752486614</t>
+          <t>9789752486638</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 2 - Karga Yuvası</t>
+          <t>Duvarcı ve Kızı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752486591</t>
+          <t>9789752486645</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nesteren</t>
+          <t>Karagöz'ün Bekçiliği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752486584</t>
+          <t>9789752486621</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan Esen Yel</t>
+          <t>Bizim Deniz 1 - Papağan Terry</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752486577</t>
+          <t>9789752486607</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Gezdirdim</t>
+          <t>Vardiya</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752486553</t>
+          <t>9789752486614</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Provası Tiyatro</t>
+          <t>Bizim Deniz 2 - Karga Yuvası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752486546</t>
+          <t>9789752486591</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Yitiren Şehir</t>
+          <t>Nesteren</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752486560</t>
+          <t>9789752486584</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Şiirler</t>
+          <t>Bozkırdan Esen Yel</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752486539</t>
+          <t>9789752486577</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Eftalya</t>
+          <t>Şiiri Gezdirdim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752486522</t>
+          <t>9789752486553</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Koç Bakışı</t>
+          <t>Geleceğin Provası Tiyatro</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752486508</t>
+          <t>9789752486546</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Balköpüğü Hikayesi</t>
+          <t>Yüzünü Yitiren Şehir</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752486515</t>
+          <t>9789752486560</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İs - Issızlığın Kıyısında</t>
+          <t>Ümmi Şiirler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>305</v>
+        <v>195</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752486492</t>
+          <t>9789752486539</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sen Gözlerinle Vurdun Ben Şiirle Direndim</t>
+          <t>Eftalya</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752486454</t>
+          <t>9789752486522</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Acemi Fare Yavrusu - La Fontaine Masalları 1</t>
+          <t>Koç Bakışı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752486485</t>
+          <t>9789752486508</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eşek İle Köpek - La Fontaine Masalları 2</t>
+          <t>Bir Balköpüğü Hikayesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>55</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752486461</t>
+          <t>9789752486515</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Horoz ve Tilki - La Fontaine Masalları 3</t>
+          <t>İs - Issızlığın Kıyısında</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>55</v>
+        <v>305</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752486447</t>
+          <t>9789752486492</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Hazineleri</t>
+          <t>Sen Gözlerinle Vurdun Ben Şiirle Direndim</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752486478</t>
+          <t>9789752486454</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu ile Yavruları - La Fontaine Masalları 4</t>
+          <t>Acemi Fare Yavrusu - La Fontaine Masalları 1</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752486423</t>
+          <t>9789752486485</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Elime Doğan Yavru</t>
+          <t>Eşek İle Köpek - La Fontaine Masalları 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752486416</t>
+          <t>9789752486461</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerde Bul Beni</t>
+          <t>İhtiyar Horoz ve Tilki - La Fontaine Masalları 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>305</v>
+        <v>55</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752486409</t>
+          <t>9789752486447</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çarşı Faşşolig'e de Karşı</t>
+          <t>Defne'nin Hazineleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752486386</t>
+          <t>9789752486478</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyoruz - Oyun Bahçesi 1</t>
+          <t>Tarla Kuşu ile Yavruları - La Fontaine Masalları 4</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752486379</t>
+          <t>9789752486423</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Baho Gölü'nün Sırrı</t>
+          <t>Elime Doğan Yavru</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752486393</t>
+          <t>9789752486416</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Öğreniyoruz</t>
+          <t>Şiirlerde Bul Beni</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>455</v>
+        <v>305</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752486317</t>
+          <t>9789752486409</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş</t>
+          <t>Çarşı Faşşolig'e de Karşı</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752486294</t>
+          <t>9789752486386</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacında Sevdalı Bulut</t>
+          <t>Hayata Hazırlanıyoruz - Oyun Bahçesi 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752486287</t>
+          <t>9789752486379</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küskün</t>
+          <t>Baho Gölü'nün Sırrı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752486263</t>
+          <t>9789752486393</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Uluslararası Göçler ve Türkiye'nin Göç Politikası</t>
+          <t>Birlikte Öğreniyoruz</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>310</v>
+        <v>455</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752486270</t>
+          <t>9789752486317</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çoğul</t>
+          <t>Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752486195</t>
+          <t>9789752486294</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bu Tebeşirlerde İs Var</t>
+          <t>Elma Ağacında Sevdalı Bulut</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752486218</t>
+          <t>9789752486287</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Dalgalanacak</t>
+          <t>Küskün</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752486164</t>
+          <t>9789752486263</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Mezarını Arıyorum ve Bu Nöbet Zor Nöbet</t>
+          <t>Türkiye'ye Uluslararası Göçler ve Türkiye'nin Göç Politikası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752486171</t>
+          <t>9789752486270</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Randuman (Fındık Kurdu) ve Yürüyelim Arkadaşlar</t>
+          <t>Üçüncü Çoğul</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752486157</t>
+          <t>9789752486195</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bu Tebeşirlerde İs Var</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752486096</t>
+          <t>9789752486218</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Bayrak Dalgalanacak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
+          <t>9789752486164</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Mezarını Arıyorum ve Bu Nöbet Zor Nöbet</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789752486171</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Randuman (Fındık Kurdu) ve Yürüyelim Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789752486157</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789752486096</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
           <t>9789752486126</t>
         </is>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Memnu</t>
         </is>
       </c>
-      <c r="C203" s="1">
+      <c r="C207" s="1">
         <v>355</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>