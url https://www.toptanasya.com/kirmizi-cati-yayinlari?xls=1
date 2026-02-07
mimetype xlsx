--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3130 +85,3190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258732030</t>
+          <t>9786258732061</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dört Hırsızlar Sirkesi</t>
+          <t>Bana Geçmişimi Anlat Sen Harşit Çayı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>666</v>
+        <v>215</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256426832</t>
+          <t>9786258732016</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nur Yüzlü Bir Hociş Varmış</t>
+          <t>Kur’an Mucizesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258732047</t>
+          <t>9786258732054</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Güz’den Yapraklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258732009</t>
+          <t>9786258732023</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hapishaneden Çağlayan Okyanus</t>
+          <t>Sıradışı Yaşamlarıyla Matematikçiler ve Matematik Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>235</v>
+        <v>785</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256426986</t>
+          <t>9786258732030</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Pırıltılar</t>
+          <t>Dört Hırsızlar Sirkesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>666</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256426993</t>
+          <t>9786256426832</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Alın Sizin Olsun</t>
+          <t>Nur Yüzlü Bir Hociş Varmış</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256426979</t>
+          <t>9786258732047</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıyı Hikayesi</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256426924</t>
+          <t>9786258732009</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sineğin Türküsü</t>
+          <t>Hapishaneden Çağlayan Okyanus</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256426931</t>
+          <t>9786256426986</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Umudun İzleri</t>
+          <t>Kur'an'dan Pırıltılar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256426948</t>
+          <t>9786256426993</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Biraz Toprak Biraz Suyuz Ezelden</t>
+          <t>Alın Sizin Olsun</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256426849</t>
+          <t>9786256426979</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mucizeleri</t>
+          <t>Bir Kıyı Hikayesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256426962</t>
+          <t>9786256426924</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin Altındaki Sır</t>
+          <t>Sineğin Türküsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>355</v>
+        <v>215</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256426955</t>
+          <t>9786256426931</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mahalleninin Bakkalı</t>
+          <t>Umudun İzleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256426870</t>
+          <t>9786256426948</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Dökme Ritüeli</t>
+          <t>Biraz Toprak Biraz Suyuz Ezelden</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>185</v>
+        <v>335</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256426825</t>
+          <t>9786256426849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerden Akan Mektuplar</t>
+          <t>Kur'an Mucizeleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256426313</t>
+          <t>9786256426962</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şairler Abartır</t>
+          <t>Cinayetin Altındaki Sır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752486010</t>
+          <t>9786256426955</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Vaka Kayıtları</t>
+          <t>Mahalleninin Bakkalı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752486041</t>
+          <t>9786256426870</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Andı</t>
+          <t>Kurşun Dökme Ritüeli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>55</v>
+        <v>185</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752486782</t>
+          <t>9786256426825</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma</t>
+          <t>Gönüllerden Akan Mektuplar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256426900</t>
+          <t>9786256426313</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Şairler Abartır</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256426917</t>
+          <t>9789752486010</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Lila</t>
+          <t>Sherlock Holmes - Vaka Kayıtları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>265</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256426894</t>
+          <t>9789752486041</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bahar Sonsuz Değil Ki</t>
+          <t>Sherlock Holmes - Dörtlerin Andı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256426801</t>
+          <t>9789752486782</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Yansımalar</t>
+          <t>Erken Boşalma</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>205</v>
+        <v>560</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256426887</t>
+          <t>9786256426900</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tükürük</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256426856</t>
+          <t>9786256426917</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Yer Gök Lila</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256426863</t>
+          <t>9786256426894</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Karma</t>
+          <t>Bahar Sonsuz Değil Ki</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256426757</t>
+          <t>9786256426801</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güz İle Kış Arasında</t>
+          <t>Hayattan Yansımalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256426818</t>
+          <t>9786256426887</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dizelerle Büyümek</t>
+          <t>Tükürük</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256426795</t>
+          <t>9786256426856</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İsmail Güçtaş’ın Çocuklara Yönelik Eserlerinin Değerler Eğitimi ve Tematik Unsurlar Açısından İncelenmesi</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256426764</t>
+          <t>9786256426863</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tam Olmayanlar</t>
+          <t>Karma</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256426788</t>
+          <t>9786256426757</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Zamanlar</t>
+          <t>Güz İle Kış Arasında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>361</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256426740</t>
+          <t>9786256426818</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Geç Olmadan</t>
+          <t>Dizelerle Büyümek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256426771</t>
+          <t>9786256426795</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Yazıları</t>
+          <t>İsmail Güçtaş’ın Çocuklara Yönelik Eserlerinin Değerler Eğitimi ve Tematik Unsurlar Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256426689</t>
+          <t>9786256426764</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Damla Damla Damıtılmış Anılarım</t>
+          <t>Tam Olmayanlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256426726</t>
+          <t>9786256426788</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Yolculuk</t>
+          <t>Kuzeyde Bir Zamanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>205</v>
+        <v>361</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256426733</t>
+          <t>9786256426740</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Çocuklara Uygulanan Sosyal Politikalar</t>
+          <t>Geç Olmadan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256426719</t>
+          <t>9786256426771</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Dünya Yok</t>
+          <t>Satır Arası Yazıları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256426702</t>
+          <t>9786256426689</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Denemedi Demeyin</t>
+          <t>Damla Damla Damıtılmış Anılarım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256426696</t>
+          <t>9786256426726</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şeb-İ Yelda</t>
+          <t>İlk Yolculuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>115</v>
+        <v>205</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256426672</t>
+          <t>9786256426733</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi Bir Şey</t>
+          <t>Belediyelerde Çocuklara Uygulanan Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256426580</t>
+          <t>9786256426719</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ahsenü’l Kasas İbretler Kıssası</t>
+          <t>Öyle Bir Dünya Yok</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256426610</t>
+          <t>9786256426702</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kasaba Büyük Hikaye</t>
+          <t>Denemedi Demeyin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256426658</t>
+          <t>9786256426696</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Evreni</t>
+          <t>Şeb-İ Yelda</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058454651</t>
+          <t>9786256426672</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aşk’ın Rengi Kırmızı</t>
+          <t>Şiir Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>355</v>
+        <v>365</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256426641</t>
+          <t>9786256426580</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-Hadis</t>
+          <t>Ahsenü’l Kasas İbretler Kıssası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256426665</t>
+          <t>9786256426610</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tren Arası Kehribar Soluğu</t>
+          <t>Küçük Kasaba Büyük Hikaye</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256426627</t>
+          <t>9786256426658</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir İlçenin Anatomisi</t>
+          <t>Sevgi Evreni</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256426634</t>
+          <t>9786058454651</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Köşe Vuruşu</t>
+          <t>Aşk’ın Rengi Kırmızı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>650</v>
+        <v>355</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256426597</t>
+          <t>9786256426641</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Lekeli Adam</t>
+          <t>Sünnet-Hadis</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256426573</t>
+          <t>9786256426665</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hayatımdan Damlalar</t>
+          <t>Tren Arası Kehribar Soluğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256426528</t>
+          <t>9786256426627</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>E’uzu Besmele'yi Bilerek Nasıl Okuruz</t>
+          <t>Bir İlçenin Anatomisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>235</v>
+        <v>625</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256426603</t>
+          <t>9786256426634</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Metamorfoz</t>
+          <t>Köşe Vuruşu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>355</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256426566</t>
+          <t>9786256426597</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Benim Şairlerim</t>
+          <t>Lekeli Adam</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256426559</t>
+          <t>9786256426573</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Micanoğlu</t>
+          <t>Eğitim Hayatımdan Damlalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256426511</t>
+          <t>9786256426528</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>True Obedience And Submission To God</t>
+          <t>E’uzu Besmele'yi Bilerek Nasıl Okuruz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256426030</t>
+          <t>9786256426603</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Meyveli Çikolata Ağacı ve Ejderha</t>
+          <t>Metamorfoz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>65</v>
+        <v>355</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752486751</t>
+          <t>9786256426566</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vajinismus</t>
+          <t>Benim Şairlerim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256426443</t>
+          <t>9786256426559</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Şahidimsin</t>
+          <t>Micanoğlu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256426474</t>
+          <t>9786256426511</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>True Obedience And Submission To God</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256426283</t>
+          <t>9786256426030</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Elifsin</t>
+          <t>Meyveli Çikolata Ağacı ve Ejderha</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256426504</t>
+          <t>9789752486751</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kader Konuşunca İnsanlar Susar</t>
+          <t>Vajinismus</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256426467</t>
+          <t>9786256426443</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Taşları</t>
+          <t>Sen Benim Şahidimsin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256426450</t>
+          <t>9786256426474</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ağacı</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256426535</t>
+          <t>9786256426283</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Tecrübe, Duygu ve Görüşler</t>
+          <t>İçimdeki Elifsin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256426436</t>
+          <t>9786256426504</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Boya Küpüne Düşen Çakal</t>
+          <t>Kader Konuşunca İnsanlar Susar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256426481</t>
+          <t>9786256426467</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Kaldırım Taşları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256426405</t>
+          <t>9786256426450</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sesi</t>
+          <t>Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256426399</t>
+          <t>9786256426535</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Yer</t>
+          <t>Yaşama Dair Tecrübe, Duygu ve Görüşler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>475</v>
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256426429</t>
+          <t>9786256426436</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İşi Kim Yapacak</t>
+          <t>Boya Küpüne Düşen Çakal</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256426412</t>
+          <t>9786256426481</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Değerler Pazarı</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256426382</t>
+          <t>9786256426405</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gün(sel)cesinden Cumhuriyet Efendilerimiz (Hanımefendileri Beyefendileri)</t>
+          <t>Kadının Sesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752486348</t>
+          <t>9786256426399</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Dede ve Yılın En Uzun Gecesi</t>
+          <t>Kuzeyde Bir Yer</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>65</v>
+        <v>475</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752486430</t>
+          <t>9786256426429</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>En Güzel İşi Kim Yapacak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256426368</t>
+          <t>9786256426412</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Uyanış</t>
+          <t>Değerler Pazarı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256426351</t>
+          <t>9786256426382</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Geri Zekalılar Arasında Hayatta Kalma Rehberi</t>
+          <t>Sevginin Gün(sel)cesinden Cumhuriyet Efendilerimiz (Hanımefendileri Beyefendileri)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256426375</t>
+          <t>9789752486348</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Minik Yazarlardan Hikayeler 2</t>
+          <t>Ayaz Dede ve Yılın En Uzun Gecesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256426337</t>
+          <t>9789752486430</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler Açarken</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256426276</t>
+          <t>9786256426368</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan - Arife Sultan’a Rubailer 2</t>
+          <t>Geç Gelen Uyanış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256426344</t>
+          <t>9786256426351</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Benim Namazım</t>
+          <t>Geri Zekalılar Arasında Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256426269</t>
+          <t>9786256426375</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Sıırı</t>
+          <t>Minik Yazarlardan Hikayeler 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256426290</t>
+          <t>9786256426337</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Pazar Yazıları</t>
+          <t>Kardelenler Açarken</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256426320</t>
+          <t>9786256426276</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Bir Mevsim</t>
+          <t>Unutulmayan - Arife Sultan’a Rubailer 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256426160</t>
+          <t>9786256426344</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Edgar The Crow - The Nest In The Forest</t>
+          <t>Benim Namazım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256426252</t>
+          <t>9786256426269</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Yol</t>
+          <t>Mavinin Sıırı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256426221</t>
+          <t>9786256426290</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Boran</t>
+          <t>Pazar Yazıları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>161</v>
+        <v>235</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256426245</t>
+          <t>9786256426320</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Meçhule Yazılan Şiirler</t>
+          <t>Doğuda Bir Mevsim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256426238</t>
+          <t>9786256426160</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Eğitim</t>
+          <t>Edgar The Crow - The Nest In The Forest</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256426207</t>
+          <t>9786256426252</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsandan İnsana Yollar</t>
+          <t>Sahipsiz Yol</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256426184</t>
+          <t>9786256426221</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlaları</t>
+          <t>Boran</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>145</v>
+        <v>161</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256426177</t>
+          <t>9786256426245</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kör Müdavim</t>
+          <t>Meçhule Yazılan Şiirler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256426214</t>
+          <t>9786256426238</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz Duygular</t>
+          <t>Aynadaki Eğitim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256426191</t>
+          <t>9786256426207</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakış İçin</t>
+          <t>İnsandan İnsana Yollar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256426139</t>
+          <t>9786256426184</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ta Kendisi &amp; Ölüme Gol</t>
+          <t>Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256426153</t>
+          <t>9786256426177</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Köşe Bucak Giresun</t>
+          <t>Kör Müdavim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>115</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256426122</t>
+          <t>9786256426214</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çakır Ali’nin Penceresinden</t>
+          <t>Kimliksiz Duygular</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256426108</t>
+          <t>9786256426191</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kadın Orgazm İsterse</t>
+          <t>Bir Bakış İçin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256426092</t>
+          <t>9786256426139</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Minik Yazarlardan Hikayeler</t>
+          <t>Hayatın Ta Kendisi &amp; Ölüme Gol</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256426115</t>
+          <t>9786256426153</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küskün Barıştıran Çiçeği</t>
+          <t>Şiirlerle Köşe Bucak Giresun</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256426061</t>
+          <t>9786256426122</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Korkuluk Sare</t>
+          <t>Çakır Ali’nin Penceresinden</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256426078</t>
+          <t>9786256426108</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Masturbasyon</t>
+          <t>Kadın Orgazm İsterse</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256426047</t>
+          <t>9786256426092</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sarı</t>
+          <t>Minik Yazarlardan Hikayeler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256426054</t>
+          <t>9786256426115</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (Sav.) Evimizde</t>
+          <t>Küskün Barıştıran Çiçeği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256426023</t>
+          <t>9786256426061</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eski İle Yeni Arasında İrtika Dergisi</t>
+          <t>Sevimli Korkuluk Sare</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>425</v>
+        <v>55</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256426016</t>
+          <t>9786256426078</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Olarak Topal Osman Ağa</t>
+          <t>Ciddi Masturbasyon</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057211347</t>
+          <t>9786256426047</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Okuyanı Olmasa Da</t>
+          <t>Sarı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>155</v>
+        <v>85</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256426009</t>
+          <t>9786256426054</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Aişe İle 9 Yaşında Evlenmesi Tartışmalarına Son Nokta</t>
+          <t>Peygamber (Sav.) Evimizde</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057211385</t>
+          <t>9786256426023</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Masal Bu Ya</t>
+          <t>Eski İle Yeni Arasında İrtika Dergisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>425</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057211361</t>
+          <t>9786256426016</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Süslü Japon Balıkları İle Dere Balığı</t>
+          <t>Bir İnsan Olarak Topal Osman Ağa</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057211378</t>
+          <t>9786057211347</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Peygamber(sav) Hep Bizimle</t>
+          <t>Okuyanı Olmasa Da</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>155</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057211392</t>
+          <t>9786256426009</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Feşel Şevket</t>
+          <t>Hz. Muhammed’in Aişe İle 9 Yaşında Evlenmesi Tartışmalarına Son Nokta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>55</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057211316</t>
+          <t>9786057211385</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hikayecim - Bir Yüzükle Başlayan Büyük Sır</t>
+          <t>Masal Bu Ya</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057211323</t>
+          <t>9786057211361</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yol Oldu Bize Hasretin Adı</t>
+          <t>Süslü Japon Balıkları İle Dere Balığı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057187772</t>
+          <t>9786057211378</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Seyfi Baba</t>
+          <t>Peygamber(sav) Hep Bizimle</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057211354</t>
+          <t>9786057211392</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bize Ne Oldu</t>
+          <t>Feşel Şevket</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>155</v>
+        <v>55</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057211330</t>
+          <t>9786057211316</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Hikayecim - Bir Yüzükle Başlayan Büyük Sır</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057211309</t>
+          <t>9786057211323</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Dünya</t>
+          <t>Yol Oldu Bize Hasretin Adı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057187734</t>
+          <t>9786057187772</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Romanı</t>
+          <t>Seyfi Baba</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057339362</t>
+          <t>9786057211354</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küresel Salgınlar Ve Mekansal Etkileri</t>
+          <t>Bize Ne Oldu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057187727</t>
+          <t>9786057211330</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Yankısı</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057339355</t>
+          <t>9786057211309</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bahar Çiçekleri</t>
+          <t>Mekanik Dünya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057339348</t>
+          <t>9786057187734</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Fısıldadı</t>
+          <t>Dünyanın İlk Romanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057339331</t>
+          <t>9786057339362</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hatıran Yeter</t>
+          <t>Küresel Salgınlar Ve Mekansal Etkileri</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057339324</t>
+          <t>9786057187727</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hem Hayatta Hem Ayaktayım</t>
+          <t>Emeğin Yankısı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057339317</t>
+          <t>9786057339355</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Mücadeleleri, Stratejileri Ve Hedefleri</t>
+          <t>Bahar Çiçekleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057339300</t>
+          <t>9786057339348</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gizem</t>
+          <t>Ruhum Fısıldadı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752486133</t>
+          <t>9786057339331</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Göç Yazıları</t>
+          <t>Hatıran Yeter</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752486249</t>
+          <t>9786057339324</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hem Hayatta Hem Ayaktayım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057367181</t>
+          <t>9786057339317</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Neşide</t>
+          <t>Atatürk’ün Mücadeleleri, Stratejileri Ve Hedefleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057367167</t>
+          <t>9786057339300</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı Hazinesi</t>
+          <t>Büyülü Gizem</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057367174</t>
+          <t>9789752486133</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hilali</t>
+          <t>Göç Yazıları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057367150</t>
+          <t>9789752486249</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Beni 20.Yüzyıla Geri Gönderin</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057367198</t>
+          <t>9786057367181</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sokağıntavanı Ve Aşk Denizi</t>
+          <t>Neşide</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>65</v>
+        <v>105</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057367143</t>
+          <t>9786057367167</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>3 Ülke 1 Öğretmen - Yurt Dışında Otuz Yıl…</t>
+          <t>Gün Batımı Hazinesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057367129</t>
+          <t>9786057367174</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kaza Namazı’nın Fıkhi Hükmü - Kaynaklara Dayalı Eser</t>
+          <t>Hilali</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057367136</t>
+          <t>9786057367150</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Doğru Abdest Doğru Namaz</t>
+          <t>Beni 20.Yüzyıla Geri Gönderin</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057367105</t>
+          <t>9786057367198</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yapay Kader</t>
+          <t>Sokağıntavanı Ve Aşk Denizi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>105</v>
+        <v>65</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057367112</t>
+          <t>9786057367143</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sertleşme Sorunu</t>
+          <t>3 Ülke 1 Öğretmen - Yurt Dışında Otuz Yıl…</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057098771</t>
+          <t>9786057367129</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Kaza Namazı’nın Fıkhi Hükmü - Kaynaklara Dayalı Eser</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057098795</t>
+          <t>9786057367136</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Toplumu</t>
+          <t>Doğru Abdest Doğru Namaz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057098733</t>
+          <t>9786057367105</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Maymun</t>
+          <t>Yapay Kader</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057098726</t>
+          <t>9786057367112</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Tavuklar</t>
+          <t>Sertleşme Sorunu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752486942</t>
+          <t>9786057098771</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çocukları</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752486959</t>
+          <t>9786057098795</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>O Eski Günler</t>
+          <t>Anksiyete Toplumu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752486966</t>
+          <t>9786057098733</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Ankara Hattı</t>
+          <t>Aslan ve Maymun</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752486935</t>
+          <t>9786057098726</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yalan Talan</t>
+          <t>Çaresiz Tavuklar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752486911</t>
+          <t>9789752486942</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kadınla</t>
+          <t>Devrim Çocukları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752486904</t>
+          <t>9789752486959</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Durduğumuzn Kabahat</t>
+          <t>O Eski Günler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752486928</t>
+          <t>9789752486966</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>İstanbul - Ankara Hattı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>375</v>
+        <v>105</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752486898</t>
+          <t>9789752486935</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Kaldı Şehirler</t>
+          <t>Yalan Talan</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752486874</t>
+          <t>9789752486911</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Antikapitalist Müslümanlık</t>
+          <t>Kadınla</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752486867</t>
+          <t>9789752486904</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kitabı</t>
+          <t>Durduğumuzn Kabahat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>515</v>
+        <v>135</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752486850</t>
+          <t>9789752486928</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Veda Bile Etmeden</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752486843</t>
+          <t>9789752486898</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şairden Şiirler</t>
+          <t>Şiirde Kaldı Şehirler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752436831</t>
+          <t>9789752486874</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kocam Şizofren mi?</t>
+          <t>Antikapitalist Müslümanlık</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752486812</t>
+          <t>9789752486867</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Varoluşlar İtirazlar İsyanlar</t>
+          <t>Romanın Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>395</v>
+        <v>515</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752486805</t>
+          <t>9789752486850</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan</t>
+          <t>Veda Bile Etmeden</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>485</v>
+        <v>475</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752486799</t>
+          <t>9789752486843</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşün Kendisiydi</t>
+          <t>Yitik Şairden Şiirler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>395</v>
+        <v>335</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752486775</t>
+          <t>9789752436831</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İsyanı</t>
+          <t>Kocam Şizofren mi?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>335</v>
+        <v>205</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752486768</t>
+          <t>9789752486812</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gececi</t>
+          <t>Varoluşlar İtirazlar İsyanlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752486737</t>
+          <t>9789752486805</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Post - Coğrafya</t>
+          <t>Yarına Kalan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>185</v>
+        <v>485</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752486713</t>
+          <t>9789752486799</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sözcükler</t>
+          <t>Aşk Düşün Kendisiydi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752486720</t>
+          <t>9789752486775</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlar</t>
+          <t>İnsanın İsyanı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752486706</t>
+          <t>9789752486768</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Karlar Yağmurlardan Önce Düşer Gözlerime</t>
+          <t>Gececi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>90</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752486690</t>
+          <t>9789752486737</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İpini Çöz Dilindeki Güneşlerin</t>
+          <t>Post - Coğrafya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752486683</t>
+          <t>9789752486713</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bezduk Da</t>
+          <t>Sessiz Sözcükler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752486669</t>
+          <t>9789752486720</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 4 - Oyunbaz Yadigar</t>
+          <t>Uçurumlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752486652</t>
+          <t>9789752486706</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Karlar Yağmurlardan Önce Düşer Gözlerime</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752486638</t>
+          <t>9789752486690</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Duvarcı ve Kızı</t>
+          <t>İpini Çöz Dilindeki Güneşlerin</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752486645</t>
+          <t>9789752486683</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Bekçiliği</t>
+          <t>Bezduk Da</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752486621</t>
+          <t>9789752486669</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 1 - Papağan Terry</t>
+          <t>Bizim Deniz 4 - Oyunbaz Yadigar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752486607</t>
+          <t>9789752486652</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Vardiya</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752486614</t>
+          <t>9789752486638</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bizim Deniz 2 - Karga Yuvası</t>
+          <t>Duvarcı ve Kızı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752486591</t>
+          <t>9789752486645</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nesteren</t>
+          <t>Karagöz'ün Bekçiliği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752486584</t>
+          <t>9789752486621</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan Esen Yel</t>
+          <t>Bizim Deniz 1 - Papağan Terry</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752486577</t>
+          <t>9789752486607</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Gezdirdim</t>
+          <t>Vardiya</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752486553</t>
+          <t>9789752486614</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Provası Tiyatro</t>
+          <t>Bizim Deniz 2 - Karga Yuvası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752486546</t>
+          <t>9789752486591</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Yitiren Şehir</t>
+          <t>Nesteren</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752486560</t>
+          <t>9789752486584</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Şiirler</t>
+          <t>Bozkırdan Esen Yel</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752486539</t>
+          <t>9789752486577</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eftalya</t>
+          <t>Şiiri Gezdirdim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752486522</t>
+          <t>9789752486553</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Koç Bakışı</t>
+          <t>Geleceğin Provası Tiyatro</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752486508</t>
+          <t>9789752486546</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Balköpüğü Hikayesi</t>
+          <t>Yüzünü Yitiren Şehir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752486515</t>
+          <t>9789752486560</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İs - Issızlığın Kıyısında</t>
+          <t>Ümmi Şiirler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>305</v>
+        <v>195</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752486492</t>
+          <t>9789752486539</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sen Gözlerinle Vurdun Ben Şiirle Direndim</t>
+          <t>Eftalya</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752486454</t>
+          <t>9789752486522</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Acemi Fare Yavrusu - La Fontaine Masalları 1</t>
+          <t>Koç Bakışı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752486485</t>
+          <t>9789752486508</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eşek İle Köpek - La Fontaine Masalları 2</t>
+          <t>Bir Balköpüğü Hikayesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>55</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752486461</t>
+          <t>9789752486515</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Horoz ve Tilki - La Fontaine Masalları 3</t>
+          <t>İs - Issızlığın Kıyısında</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>55</v>
+        <v>305</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752486447</t>
+          <t>9789752486492</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Hazineleri</t>
+          <t>Sen Gözlerinle Vurdun Ben Şiirle Direndim</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752486478</t>
+          <t>9789752486454</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu ile Yavruları - La Fontaine Masalları 4</t>
+          <t>Acemi Fare Yavrusu - La Fontaine Masalları 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752486423</t>
+          <t>9789752486485</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Elime Doğan Yavru</t>
+          <t>Eşek İle Köpek - La Fontaine Masalları 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752486416</t>
+          <t>9789752486461</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerde Bul Beni</t>
+          <t>İhtiyar Horoz ve Tilki - La Fontaine Masalları 3</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>305</v>
+        <v>55</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752486409</t>
+          <t>9789752486447</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çarşı Faşşolig'e de Karşı</t>
+          <t>Defne'nin Hazineleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752486386</t>
+          <t>9789752486478</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyoruz - Oyun Bahçesi 1</t>
+          <t>Tarla Kuşu ile Yavruları - La Fontaine Masalları 4</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752486379</t>
+          <t>9789752486423</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Baho Gölü'nün Sırrı</t>
+          <t>Elime Doğan Yavru</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752486393</t>
+          <t>9789752486416</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Öğreniyoruz</t>
+          <t>Şiirlerde Bul Beni</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>455</v>
+        <v>305</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752486317</t>
+          <t>9789752486409</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş</t>
+          <t>Çarşı Faşşolig'e de Karşı</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752486294</t>
+          <t>9789752486386</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacında Sevdalı Bulut</t>
+          <t>Hayata Hazırlanıyoruz - Oyun Bahçesi 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752486287</t>
+          <t>9789752486379</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Küskün</t>
+          <t>Baho Gölü'nün Sırrı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752486263</t>
+          <t>9789752486393</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Uluslararası Göçler ve Türkiye'nin Göç Politikası</t>
+          <t>Birlikte Öğreniyoruz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>310</v>
+        <v>455</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752486270</t>
+          <t>9789752486317</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çoğul</t>
+          <t>Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752486195</t>
+          <t>9789752486294</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bu Tebeşirlerde İs Var</t>
+          <t>Elma Ağacında Sevdalı Bulut</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752486218</t>
+          <t>9789752486287</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Dalgalanacak</t>
+          <t>Küskün</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752486164</t>
+          <t>9789752486263</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Mezarını Arıyorum ve Bu Nöbet Zor Nöbet</t>
+          <t>Türkiye'ye Uluslararası Göçler ve Türkiye'nin Göç Politikası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752486171</t>
+          <t>9789752486270</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Randuman (Fındık Kurdu) ve Yürüyelim Arkadaşlar</t>
+          <t>Üçüncü Çoğul</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752486157</t>
+          <t>9789752486195</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bu Tebeşirlerde İs Var</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752486096</t>
+          <t>9789752486218</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Bayrak Dalgalanacak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
+          <t>9789752486164</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Mezarını Arıyorum ve Bu Nöbet Zor Nöbet</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789752486171</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Randuman (Fındık Kurdu) ve Yürüyelim Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789752486157</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789752486096</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
           <t>9789752486126</t>
         </is>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Memnu</t>
         </is>
       </c>
-      <c r="C207" s="1">
+      <c r="C211" s="1">
         <v>355</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>