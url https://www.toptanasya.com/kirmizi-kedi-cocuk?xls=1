--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,4255 +85,4300 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254184468</t>
+          <t>9786254184666</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yatay Zeka</t>
+          <t>Fırın Yolculuğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254184437</t>
+          <t>9786254184604</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hoppi’nin Hop Hop Zihni</t>
+          <t>Müjde Kuşu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052984147</t>
+          <t>9786254184581</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Çocuk</t>
+          <t>Matematiğin ve Enformatiğin Sıradışı Öyküleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052984833</t>
+          <t>9786254184468</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Bebek</t>
+          <t>Yatay Zeka</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052983805</t>
+          <t>9786254184437</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gülün Öyküsü</t>
+          <t>Hoppi’nin Hop Hop Zihni</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052983799</t>
+          <t>9786052984147</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Fıkracı</t>
+          <t>Mustafa Kemal Atatürk ve Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052981504</t>
+          <t>9786052984833</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rüyayiyen</t>
+          <t>Süpürge Bebek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052980521</t>
+          <t>9786052983805</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyen Kalmasın</t>
+          <t>Beyaz Gülün Öyküsü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052980286</t>
+          <t>9786052983799</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üçgen Şey</t>
+          <t>Fıkracı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052980866</t>
+          <t>9786052981504</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Nasıl Açar</t>
+          <t>Rüyayiyen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059658942</t>
+          <t>9786052980521</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Sakinyürür - İnatçı Kaplumbağa</t>
+          <t>Gülmeyen Kalmasın</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052981948</t>
+          <t>9786052980286</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kediler Neden Köpeklerden Nefret Eder?</t>
+          <t>Üçgen Şey</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052982051</t>
+          <t>9786052980866</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Olsam</t>
+          <t>Çiçek Nasıl Açar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052982662</t>
+          <t>9786059658942</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk</t>
+          <t>Sabırlı Sakinyürür - İnatçı Kaplumbağa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052982655</t>
+          <t>9786052981948</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bu Papağan Değil ki!</t>
+          <t>Kediler Neden Köpeklerden Nefret Eder?</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059908849</t>
+          <t>9786052982051</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran ve Rüya Meyveleri</t>
+          <t>Bir Bulut Olsam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054927395</t>
+          <t>9786052982662</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 7 Tarhana Çorbası</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054927302</t>
+          <t>9786052982655</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 8 Ayakkabı</t>
+          <t>Bu Papağan Değil ki!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054764686</t>
+          <t>9786059908849</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sevdiği Şeyler: 5 - Banyo</t>
+          <t>Fikri Rüyakaçıran ve Rüya Meyveleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052980958</t>
+          <t>9786054927395</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Haftanın Yıldızı: Jasper John Dooley - 1</t>
+          <t>Deniz'in Sevdiği Şeyler: 7 Tarhana Çorbası</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052983645</t>
+          <t>9786054927302</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gezegeni'ne Ejderha Engeli</t>
+          <t>Deniz'in Sevdiği Şeyler: 8 Ayakkabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054927920</t>
+          <t>9786054764686</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Emily Babasını Arıyor</t>
+          <t>Deniz’in Sevdiği Şeyler: 5 - Banyo</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052983508</t>
+          <t>9786052980958</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Sahilde</t>
+          <t>Haftanın Yıldızı: Jasper John Dooley - 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059658683</t>
+          <t>9786052983645</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Hayal Gezegeni'ne Ejderha Engeli</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054927319</t>
+          <t>9786054927920</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde (Ciltli)</t>
+          <t>Emily Babasını Arıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054927326</t>
+          <t>9786052983508</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Meraklı Çakıl Sahilde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054927234</t>
+          <t>9786059658683</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Harflerimizin Gizli Dünyası</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059908351</t>
+          <t>9786054927319</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bahar İkindisi</t>
+          <t>Evvel Zaman İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059799010</t>
+          <t>9786054927326</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Evren Rehberi - 1 : Dönüyor</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059799003</t>
+          <t>9786054927234</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İstemiyorum</t>
+          <t>Harflerimizin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052981405</t>
+          <t>9786059908351</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 5 Sadece Büyük Harfler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Bahar İkindisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059658966</t>
+          <t>9786059799010</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yavaş</t>
+          <t>Meraklı Minikler İçin Evren Rehberi - 1 : Dönüyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059658744</t>
+          <t>9786059799003</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık ile Hayvanlar</t>
+          <t>Büyümek İstemiyorum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059799904</t>
+          <t>9786052981405</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 9 Arkadaş</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 5 Sadece Büyük Harfler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059908535</t>
+          <t>9786059658966</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 4 Sadece Geometrik Şekiller Kullanarak Nasıl Hayvan Karikatür Çizerim?</t>
+          <t>Yavaş</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059799850</t>
+          <t>9786059658744</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uçak Gemisi</t>
+          <t>Ayıcık ile Hayvanlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059799317</t>
+          <t>9786059799904</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Casuslar</t>
+          <t>Deniz'in Sevdiği Şeyler: 9 Arkadaş</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059658089</t>
+          <t>9786059908535</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 10 Deniz</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 4 Sadece Geometrik Şekiller Kullanarak Nasıl Hayvan Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054927098</t>
+          <t>9786059799850</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anne Kimdir?</t>
+          <t>Uçak Gemisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059908276</t>
+          <t>9786059799317</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Yalancılar ve Casuslar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054764624</t>
+          <t>9786059658089</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sevdiği Şeyler: 3 - Müzik</t>
+          <t>Deniz'in Sevdiği Şeyler: 10 Deniz</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059799287</t>
+          <t>9786054927098</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gülmesini Bilen Çocuk</t>
+          <t>Anne Kimdir?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059799294</t>
+          <t>9786059908276</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Evren Rehberi 2: Karanlıktan Korkma</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059908023</t>
+          <t>9786054764624</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 2 Sadece Kareler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Deniz’in Sevdiği Şeyler: 3 - Müzik</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059908016</t>
+          <t>9786059799287</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 1 Sadece Daireler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Gülmesini Bilen Çocuk</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052986998</t>
+          <t>9786059799294</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Meraklı Minikler İçin Evren Rehberi 2: Karanlıktan Korkma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054764600</t>
+          <t>9786059908023</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 4 Hayvanlar</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 2 Sadece Kareler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052987599</t>
+          <t>9786059908016</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Korkunç Okul Gezisi - Koca Burun</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 1 Sadece Daireler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052987452</t>
+          <t>9786052986998</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Yalancısı - Koca Burun</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052984161</t>
+          <t>9786054764600</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Hayvan Sevgisi</t>
+          <t>Deniz'in Sevdiği Şeyler: 4 Hayvanlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052984178</t>
+          <t>9786052987599</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Kitap</t>
+          <t>Dünyanın En Korkunç Okul Gezisi - Koca Burun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054764327</t>
+          <t>9786052987452</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 2 Oyuncak</t>
+          <t>Dünyanın En Büyük Yalancısı - Koca Burun</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054764181</t>
+          <t>9786052984161</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balon</t>
+          <t>Mustafa Kemal Atatürk ve Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052985762</t>
+          <t>9786052984178</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Akvaryumda</t>
+          <t>Mustafa Kemal Atatürk ve Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052984376</t>
+          <t>9786054764327</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tosun Sultan ve Hin Vezir</t>
+          <t>Deniz'in Sevdiği Şeyler: 2 Oyuncak</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052983843</t>
+          <t>9786054764181</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Gölünün Gizemi</t>
+          <t>Mavi Balon</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052983829</t>
+          <t>9786052985762</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Patates’in Problemi</t>
+          <t>Meraklı Çakıl Akvaryumda</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052987957</t>
+          <t>9786052984376</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Tosun Sultan ve Hin Vezir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254184277</t>
+          <t>9786052983843</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresiyle Yolculuk - Mısır</t>
+          <t>Yeraltı Gölünün Gizemi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254181849</t>
+          <t>9786052983829</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Kuşak Farkı?</t>
+          <t>Patates’in Problemi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059658249</t>
+          <t>9786052987957</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>L'nin Listeleri</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059908887</t>
+          <t>9786254184277</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sezar</t>
+          <t>Kar Küresiyle Yolculuk - Mısır</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059908771</t>
+          <t>9786254181849</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ağacın En Tepesinde</t>
+          <t>Bu Nasıl Kuşak Farkı?</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052988121</t>
+          <t>9786059658249</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uçarı Kaçarı Sözcükler (Ciltli)</t>
+          <t>L'nin Listeleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052987087</t>
+          <t>9786059908887</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Sezar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254184130</t>
+          <t>9786059908771</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Annemle Tırmanış</t>
+          <t>Ağacın En Tepesinde</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254183928</t>
+          <t>9786052988121</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Altı Oğlan</t>
+          <t>Uçarı Kaçarı Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254183997</t>
+          <t>9786052987087</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemin Hecesiyim</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052987131</t>
+          <t>9786254184130</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma</t>
+          <t>Annemle Tırmanış</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052982402</t>
+          <t>9786254183928</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Koştum</t>
+          <t>Beş Kız Altı Oğlan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254183713</t>
+          <t>9786254183997</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yuva</t>
+          <t>Ben Annemin Hecesiyim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254183737</t>
+          <t>9786052987131</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ufukta Bir Uzaylı</t>
+          <t>Bana Öyle Bakma</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254183614</t>
+          <t>9786052982402</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rockçı Mamut 2</t>
+          <t>Atatürk’e Koştum</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052986363</t>
+          <t>9786254183713</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Limon Ağacının Şarkısı</t>
+          <t>Gizemli Yuva</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052980279</t>
+          <t>9786254183737</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>R'nin Şarkıları</t>
+          <t>Ufukta Bir Uzaylı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059908719</t>
+          <t>9786254183614</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uzun Burun Bingo</t>
+          <t>Rockçı Mamut 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054927869</t>
+          <t>9786052986363</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Alya ve Tırmık</t>
+          <t>Limon Ağacının Şarkısı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059799942</t>
+          <t>9786052980279</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü - Türkçenin Renkleri</t>
+          <t>R'nin Şarkıları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059658850</t>
+          <t>9786059908719</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Serisi (10 Kitap Takım)</t>
+          <t>Uzun Burun Bingo</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054927685</t>
+          <t>9786054927869</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Benim Atatürküm</t>
+          <t>Alya ve Tırmık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254183126</t>
+          <t>9786059799942</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Afet’in Ay Macerası</t>
+          <t>Atasözleri ve Deyimler Sözlüğü - Türkçenin Renkleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254182501</t>
+          <t>9786059658850</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Adana’dan Gelen Mektup</t>
+          <t>Değerler Eğitimi Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052986509</t>
+          <t>9786054927685</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Benim Atatürküm</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054927777</t>
+          <t>9786254183126</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Suların Sessizliği</t>
+          <t>Afet’in Ay Macerası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254182495</t>
+          <t>9786254182501</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Eylül</t>
+          <t>Adana’dan Gelen Mektup</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254182181</t>
+          <t>9786052986509</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Saatleri</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254181320</t>
+          <t>9786054927777</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Çiçekleri</t>
+          <t>Suların Sessizliği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254182143</t>
+          <t>9786254182495</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Beklemez</t>
+          <t>Çevrimiçi Eylül</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254182075</t>
+          <t>9786254182181</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Düşlerinde Gezen Şair</t>
+          <t>Dedemin Saatleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254181979</t>
+          <t>9786254181320</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mösyö ve Arşidük</t>
+          <t>Kaldırım Çiçekleri</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254181863</t>
+          <t>9786254182143</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zaman Taşı</t>
+          <t>Arkadaşlık Beklemez</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254181740</t>
+          <t>9786254182075</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Herkes Bir Anda Büyür</t>
+          <t>Düşlerinde Gezen Şair</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254181559</t>
+          <t>9786254181979</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tarhun</t>
+          <t>Mösyö ve Arşidük</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254181566</t>
+          <t>9786254181863</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Zaman Taşı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254181627</t>
+          <t>9786254181740</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kutusu</t>
+          <t>Herkes Bir Anda Büyür</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254181337</t>
+          <t>9786254181559</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Işık</t>
+          <t>Tarhun</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254181306</t>
+          <t>9786254181566</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Çorbası Dedektiflik Takımı - Lina'nın Sırrını Nasıl Çözdük?</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254181061</t>
+          <t>9786254181627</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çıngıraklı Deve</t>
+          <t>Mutluluk Kutusu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254181078</t>
+          <t>9786254181337</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Hapşırığı</t>
+          <t>Beklenmedik Bir Işık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254180842</t>
+          <t>9786254181306</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uçan Hipopotamı Düşünme</t>
+          <t>Bezelye Çorbası Dedektiflik Takımı - Lina'nın Sırrını Nasıl Çözdük?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254180996</t>
+          <t>9786254181061</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Çorbası - Dedektiflik Takımı: Büyükannemin Sırrını Nasıl Çözdük?</t>
+          <t>Çıngıraklı Deve</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254180149</t>
+          <t>9786254181078</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Ejderha Hapşırığı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254180064</t>
+          <t>9786254180842</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı’nda Bir Gün</t>
+          <t>Uçan Hipopotamı Düşünme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052989845</t>
+          <t>9786254180996</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bezelye Çorbası - Dedektiflik Takımı: Büyükannemin Sırrını Nasıl Çözdük?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052989425</t>
+          <t>9786254180149</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Balaban ile Şakrak</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052989432</t>
+          <t>9786254180064</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Annem Dokuz Doğurdu!</t>
+          <t>Kaf Dağı’nda Bir Gün</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052989111</t>
+          <t>9786052989845</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Odamda İnek Var!</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052989128</t>
+          <t>9786052989425</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 3.0 - Hitit Güneşi</t>
+          <t>Balaban ile Şakrak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052989067</t>
+          <t>9786052989432</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Obur Mürekkepçik</t>
+          <t>Annem Dokuz Doğurdu!</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052988978</t>
+          <t>9786052989111</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresiyle Yolculuk - Barselona</t>
+          <t>Odamda İnek Var!</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052988800</t>
+          <t>9786052989128</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rockçı Mamut</t>
+          <t>Gizemli Tarih Oyunu 3.0 - Hitit Güneşi</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052988817</t>
+          <t>9786052989067</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Vadi’nin Korkusuz Çocukları</t>
+          <t>Obur Mürekkepçik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052988558</t>
+          <t>9786052988978</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kızılkanat</t>
+          <t>Kar Küresiyle Yolculuk - Barselona</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052988565</t>
+          <t>9786052988800</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fenerli Evler</t>
+          <t>Rockçı Mamut</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052988473</t>
+          <t>9786052988817</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gece Masalları</t>
+          <t>Yeşil Vadi’nin Korkusuz Çocukları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052988466</t>
+          <t>9786052988558</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Masalları</t>
+          <t>Kızılkanat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052988374</t>
+          <t>9786052988565</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Başlangıç</t>
+          <t>Fenerli Evler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052988343</t>
+          <t>9786052988473</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>El Ele (Ciltli)</t>
+          <t>Gece Masalları</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052988145</t>
+          <t>9786052988466</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis’le Açık Denizde</t>
+          <t>Gündüz Masalları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052987858</t>
+          <t>9786052988374</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Gazeteci</t>
+          <t>Harika Bir Başlangıç</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052987896</t>
+          <t>9786052988343</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sirius’un Kalbi - Ceren'in Tuhaf Maceraları 3</t>
+          <t>El Ele (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052987650</t>
+          <t>9786052988145</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Plastik Ada</t>
+          <t>Piri Reis’le Açık Denizde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052987698</t>
+          <t>9786052987858</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Afet</t>
+          <t>Çaylak Gazeteci</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052987582</t>
+          <t>9786052987896</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar</t>
+          <t>Sirius’un Kalbi - Ceren'in Tuhaf Maceraları 3</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052987414</t>
+          <t>9786052987650</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sakin Sokak’ın Gürültücü Sakinleri</t>
+          <t>Plastik Ada</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052987469</t>
+          <t>9786052987698</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kullanılmış Şakalar ya da Zebra’nın Matematiği</t>
+          <t>Benim Adım Afet</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052987391</t>
+          <t>9786052987582</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Edirne’den Gelen Mektup</t>
+          <t>Uzaklar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052987247</t>
+          <t>9786052987414</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dalgıç - Meslekleri Öğreniyorum 5</t>
+          <t>Sakin Sokak’ın Gürültücü Sakinleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052987254</t>
+          <t>9786052987469</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 2.0 - Göbeklitepe'nin Kayıp Heykeli</t>
+          <t>Kullanılmış Şakalar ya da Zebra’nın Matematiği</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052987209</t>
+          <t>9786052987391</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kadın ve Papağan</t>
+          <t>Edirne’den Gelen Mektup</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052987100</t>
+          <t>9786052987247</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanecik Oğlum (Ciltli)</t>
+          <t>Dalgıç - Meslekleri Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052987001</t>
+          <t>9786052987254</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aman Nazar Değmesin</t>
+          <t>Gizemli Tarih Oyunu 2.0 - Göbeklitepe'nin Kayıp Heykeli</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052986929</t>
+          <t>9786052987209</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 1.0 Karain’de Taş Çağı</t>
+          <t>Yaşlı Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052986844</t>
+          <t>9786052987100</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar Sirki</t>
+          <t>Bir Tanecik Oğlum (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052986653</t>
+          <t>9786052987001</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Uli</t>
+          <t>Aman Nazar Değmesin</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052986493</t>
+          <t>9786052986929</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Gizemli Tarih Oyunu 1.0 Karain’de Taş Çağı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052986332</t>
+          <t>9786052986844</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Zamansızlar Sirki</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052986172</t>
+          <t>9786052986653</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Küçük (Ciltli)</t>
+          <t>Görünmez Uli</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052986141</t>
+          <t>9786052986493</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Enno ya da Asfalttaki Karahindiba</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052986042</t>
+          <t>9786052986332</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Marie Curie</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052986035</t>
+          <t>9786052986172</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Leonardo Da Vinci</t>
+          <t>Şehirdeki Küçük (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052985977</t>
+          <t>9786052986141</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz ve Sobeleme Makinesi</t>
+          <t>Enno ya da Asfalttaki Karahindiba</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052985861</t>
+          <t>9786052986042</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Aşırı Mutlu</t>
+          <t>Dünyayı Değiştirenler - Marie Curie</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052985717</t>
+          <t>9786052986035</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can’la En Kötü Golümüz Böyle Olsun</t>
+          <t>Dünyayı Değiştirenler - Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052985694</t>
+          <t>9786052985977</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sihirli Gözlük</t>
+          <t>Salyangoz ve Sobeleme Makinesi</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052985618</t>
+          <t>9786052985861</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dut Yemiş Bülbül</t>
+          <t>Huysuz Aşırı Mutlu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052985434</t>
+          <t>9786052985717</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Paleontolog - Meslekleri Öğreniyorum 4</t>
+          <t>Hınzır Can’la En Kötü Golümüz Böyle Olsun</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052985496</t>
+          <t>9786052985694</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostlarım</t>
+          <t>Atatürk ve Sihirli Gözlük</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052985120</t>
+          <t>9786052985618</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Tohumdan Ormana</t>
+          <t>Dut Yemiş Bülbül</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052985335</t>
+          <t>9786052985434</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kent - Bilgelik Okulu</t>
+          <t>Paleontolog - Meslekleri Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052985007</t>
+          <t>9786052985496</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Longdra 3. Kitap (Ciltli)</t>
+          <t>Hayvan Dostlarım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052985014</t>
+          <t>9786052985120</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Astropanda</t>
+          <t>Küçük Bir Tohumdan Ormana</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052984949</t>
+          <t>9786052985335</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Yastık</t>
+          <t>Özgür Kent - Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052984871</t>
+          <t>9786052985007</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein'in İzinde</t>
+          <t>Longdra 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052984758</t>
+          <t>9786052985014</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Çiçekçide</t>
+          <t>Astropanda</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052984666</t>
+          <t>9786052984949</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Erkekler</t>
+          <t>Bahçedeki Yastık</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052984628</t>
+          <t>9786052984871</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Arkeolog - Meslekleri Öğreniyorum - 3</t>
+          <t>Frankenstein'in İzinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052984604</t>
+          <t>9786052984758</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Başın Belada - Jasper John Dooley 4</t>
+          <t>Meraklı Çakıl Çiçekçide</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052984642</t>
+          <t>9786052984666</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Masal Bozan Feride Teyze</t>
+          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Erkekler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052984512</t>
+          <t>9786052984628</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnci Aral Küçükken Ne Olmak İstiyordu?</t>
+          <t>Arkeolog - Meslekleri Öğreniyorum - 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052984536</t>
+          <t>9786052984604</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi'nde Büyük Buluşma</t>
+          <t>Başın Belada - Jasper John Dooley 4</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052984369</t>
+          <t>9786052984642</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bebek Oldu!</t>
+          <t>Masal Bozan Feride Teyze</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052984116</t>
+          <t>9786052984512</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Krallar Da Korkar</t>
+          <t>İnci Aral Küçükken Ne Olmak İstiyordu?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052984123</t>
+          <t>9786052984536</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Spor Yapıyor</t>
+          <t>Futbol Akademisi'nde Büyük Buluşma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052984093</t>
+          <t>9786052984369</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sınav Zamanı - Bilgelik Okulu</t>
+          <t>Anneannem Bebek Oldu!</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052984222</t>
+          <t>9786052984116</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Temizlik</t>
+          <t>Krallar Da Korkar</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052984215</t>
+          <t>9786052984123</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Spor</t>
+          <t>Ponçik Spor Yapıyor</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052984208</t>
+          <t>9786052984093</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Sofra</t>
+          <t>Büyük Sınav Zamanı - Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052984192</t>
+          <t>9786052984222</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Sanat</t>
+          <t>Mustafa Kemal Atatürk ve Temizlik</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052984130</t>
+          <t>9786052984215</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Annesi</t>
+          <t>Mustafa Kemal Atatürk ve Spor</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052984154</t>
+          <t>9786052984208</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Doğa</t>
+          <t>Mustafa Kemal Atatürk ve Sofra</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052984185</t>
+          <t>9786052984192</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Okul</t>
+          <t>Mustafa Kemal Atatürk ve Sanat</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052984307</t>
+          <t>9786052984130</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Serisi (10 Kitap Takım)</t>
+          <t>Mustafa Kemal Atatürk ve Annesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052983652</t>
+          <t>9786052984154</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şarjlı İyilik Asası</t>
+          <t>Mustafa Kemal Atatürk ve Doğa</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052983669</t>
+          <t>9786052984185</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Huysuz - Müthiş Berbat Günler</t>
+          <t>Mustafa Kemal Atatürk ve Okul</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052983638</t>
+          <t>9786052984307</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoru - Meslekleri Öğreniyorum - 2</t>
+          <t>Mustafa Kemal Atatürk Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052983492</t>
+          <t>9786052983652</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aşık Değil</t>
+          <t>Şarjlı İyilik Asası</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052983522</t>
+          <t>9786052983669</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mo, Mo Salah, Mohamed Salah</t>
+          <t>Huysuz - Müthiş Berbat Günler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052983294</t>
+          <t>9786052983638</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tekir Kedi ile Kırlangıç Hanım</t>
+          <t>Diş Doktoru - Meslekleri Öğreniyorum - 2</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052983218</t>
+          <t>9786052983492</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mor Balon Mutluluk Peşinde</t>
+          <t>Aşık Değil</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052983195</t>
+          <t>9786052983522</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent</t>
+          <t>Mo, Mo Salah, Mohamed Salah</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052983201</t>
+          <t>9786052983294</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Astronot - Meslekleri Öğreniyorum - 1</t>
+          <t>Tekir Kedi ile Kırlangıç Hanım</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052982921</t>
+          <t>9786052983218</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık Sınıfı</t>
+          <t>Mor Balon Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052982938</t>
+          <t>9786052983195</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Top ve Kaleci</t>
+          <t>Yedi Kapılı Kent</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052982945</t>
+          <t>9786052983201</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Mutfakta</t>
+          <t>Astronot - Meslekleri Öğreniyorum - 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052982648</t>
+          <t>9786052982921</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık'tan Gelen Mektup</t>
+          <t>Yazarlık Sınıfı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052982440</t>
+          <t>9786052982938</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pisifosör Pisifos’la Kediler Alemi</t>
+          <t>Top ve Kaleci</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052982433</t>
+          <t>9786052982945</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Parkta</t>
+          <t>Meraklı Çakıl Mutfakta</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052982341</t>
+          <t>9786052982648</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ben, Zeus ve Olimpos Çetesi (Ciltli)</t>
+          <t>Ayvalık'tan Gelen Mektup</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052982259</t>
+          <t>9786052982440</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Benim İçin Çok Değerlisin!</t>
+          <t>Pisifosör Pisifos’la Kediler Alemi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052982273</t>
+          <t>9786052982433</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş</t>
+          <t>Meraklı Çakıl Parkta</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052982266</t>
+          <t>9786052982341</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Şiirler</t>
+          <t>Ben, Zeus ve Olimpos Çetesi (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052982075</t>
+          <t>9786052982259</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Neden Kedilerden Nefret Eder?</t>
+          <t>Tilda Elmaçekirdeği - Benim İçin Çok Değerlisin!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052982068</t>
+          <t>9786052982273</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Y’nin Tarifleri</t>
+          <t>Terk Edilmiş</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052981962</t>
+          <t>9786052982266</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Huysuz</t>
+          <t>Uykucu Şiirler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052981917</t>
+          <t>9786052982075</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimini Öğreniyor! - Barış Takımı</t>
+          <t>Köpekler Neden Kedilerden Nefret Eder?</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052981818</t>
+          <t>9786052982068</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuklar</t>
+          <t>Y’nin Tarifleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052981733</t>
+          <t>9786052981962</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ardahan'dan Gelen Mektup</t>
+          <t>Huysuz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052981665</t>
+          <t>9786052981917</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın On Dört Günü</t>
+          <t>Türk Devrimini Öğreniyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052981696</t>
+          <t>9786052981818</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi Korsan Störtebeker - Denizlerdeki Büyük Sır (Ciltli)</t>
+          <t>Kuklacı Çocuklar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052981528</t>
+          <t>9786052981733</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Devrimlere Koşuyor! - Barış Takımı</t>
+          <t>Ardahan'dan Gelen Mektup</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052981337</t>
+          <t>9786052981665</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>E’nin Problemleri</t>
+          <t>Dünya’nın On Dört Günü</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052981108</t>
+          <t>9786052981696</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Otel Büyük S</t>
+          <t>Efsanevi Korsan Störtebeker - Denizlerdeki Büyük Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052980859</t>
+          <t>9786052981528</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Buluşuyor! - Barış Takımı</t>
+          <t>Devrimlere Koşuyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052980828</t>
+          <t>9786052981337</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Advin Amazon’da</t>
+          <t>E’nin Problemleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052980637</t>
+          <t>9786052981108</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Heyecan Başlıyor</t>
+          <t>Otel Büyük S</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254181719</t>
+          <t>9786052980859</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Ne Kadar Cesursun!</t>
+          <t>Atatürk’le Buluşuyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052980620</t>
+          <t>9786052980828</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Anadolu’ya Yürüyor! - Barış Takımı</t>
+          <t>Advin Amazon’da</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052980613</t>
+          <t>9786052980637</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kızlara Öğütler</t>
+          <t>Sahnede Heyecan Başlıyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052980514</t>
+          <t>9786254181719</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fındıkistan</t>
+          <t>Tilda Elmaçekirdeği - Ne Kadar Cesursun!</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052980347</t>
+          <t>9786052980620</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Gelibolu'ya Geçiyor! - Barış Takımı</t>
+          <t>Çanakkale’den Anadolu’ya Yürüyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052980446</t>
+          <t>9786052980613</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küçülme Oyunu</t>
+          <t>Küçük Kızlara Öğütler</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059658973</t>
+          <t>9786052980514</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Ormanı</t>
+          <t>Fındıkistan</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059658959</t>
+          <t>9786052980347</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek İsteyen Köpekbalığı</t>
+          <t>Çanakkale'den Gelibolu'ya Geçiyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052980095</t>
+          <t>9786052980446</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran ve Kabuslar Şatosu</t>
+          <t>Küçülme Oyunu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059658652</t>
+          <t>9786059658973</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Elmayı Kim Isırdı</t>
+          <t>Dört Mevsim Ormanı</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059658492</t>
+          <t>9786059658959</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Eğer...</t>
+          <t>Sevilmek İsteyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059658508</t>
+          <t>9786052980095</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can'dan Büyükleri Anlama Kılavuzu</t>
+          <t>Fikri Rüyakaçıran ve Kabuslar Şatosu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059658386</t>
+          <t>9786059658652</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kül Gibi Kar</t>
+          <t>Elmayı Kim Isırdı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059658355</t>
+          <t>9786059658492</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Havuç Koştu - Değerler Eğitimi Serisi - 10</t>
+          <t>Eğer...</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059658348</t>
+          <t>9786059658508</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Doğa Doğayı Seviyor</t>
+          <t>Hınzır Can'dan Büyükleri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059658232</t>
+          <t>9786059658386</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Beni En Çok Kim Seviyor?</t>
+          <t>Kül Gibi Kar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059658218</t>
+          <t>9786059658355</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - İyi ki Geldin!</t>
+          <t>Havuç Koştu - Değerler Eğitimi Serisi - 10</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059658256</t>
+          <t>9786059658348</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Karardı - Değerler Eğitimi Serisi - 8</t>
+          <t>Doğa Doğayı Seviyor</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059658225</t>
+          <t>9786059658232</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Arılar - Değerler Eğitimi Serisi - 7</t>
+          <t>Beni En Çok Kim Seviyor?</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059799935</t>
+          <t>9786059658218</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Titan Arum Etkisi - Ceren'in Tuhaf Maceraları 2</t>
+          <t>Tilda Elmaçekirdeği - İyi ki Geldin!</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059799911</t>
+          <t>9786059658256</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İncir Uçtu - Değerler Eğitimi Serisi - 3</t>
+          <t>Pamuk Karardı - Değerler Eğitimi Serisi - 8</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059799928</t>
+          <t>9786059658225</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Karganın Eskici Dükkanı - Değerler Eğitimi Serisi - 4</t>
+          <t>Ayı ve Arılar - Değerler Eğitimi Serisi - 7</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052988831</t>
+          <t>9786059799935</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Doğum Günün Kutlu Olsun!</t>
+          <t>Titan Arum Etkisi - Ceren'in Tuhaf Maceraları 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059799768</t>
+          <t>9786059799911</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Lolipop Kızları Ünlü Oluyor</t>
+          <t>İncir Uçtu - Değerler Eğitimi Serisi - 3</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059799744</t>
+          <t>9786059799928</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zürafa - Değerler Eğitimi Serisi - 1</t>
+          <t>Karganın Eskici Dükkanı - Değerler Eğitimi Serisi - 4</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059799751</t>
+          <t>9786052988831</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Portakal Miyavladı - Değerler Eğitimi Serisi - 2</t>
+          <t>Tilda Elmaçekirdeği - Doğum Günün Kutlu Olsun!</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059799652</t>
+          <t>9786059799768</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gülünce Güzel Dünya</t>
+          <t>Lolipop Kızları Ünlü Oluyor</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059799898</t>
+          <t>9786059799744</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kara Kuzu'nun Kulağı</t>
+          <t>Küçük Zürafa - Değerler Eğitimi Serisi - 1</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059799713</t>
+          <t>9786059799751</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çağla'nın Çekirdekleri</t>
+          <t>Portakal Miyavladı - Değerler Eğitimi Serisi - 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052988480</t>
+          <t>9786059799652</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Biz Ayrılamayız!</t>
+          <t>Gülünce Güzel Dünya</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059799515</t>
+          <t>9786059799898</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Olimpos - Kafadar Kuzenler Antalya'da</t>
+          <t>Kara Kuzu'nun Kulağı</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059799584</t>
+          <t>9786059799713</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bulut ve Dinozor T-Rex</t>
+          <t>Çağla'nın Çekirdekleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059799553</t>
+          <t>9786052988480</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun ve Sırma</t>
+          <t>Tilda Elmaçekirdeği - Biz Ayrılamayız!</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059799423</t>
+          <t>9786059799515</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İnsanları da Küçültebilir Misin?</t>
+          <t>Gizemli Olimpos - Kafadar Kuzenler Antalya'da</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059799171</t>
+          <t>9786059799584</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Çocuk</t>
+          <t>Bulut ve Dinozor T-Rex</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052982044</t>
+          <t>9786059799553</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Balık Böğürtlen ve Karanlıklar Canavarı</t>
+          <t>Kuzgun ve Sırma</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054764143</t>
+          <t>9786059799423</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zirzop Masallar</t>
+          <t>İnsanları da Küçültebilir Misin?</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059908993</t>
+          <t>9786059799171</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Advin Gümüş Sırtlı Goriller Ülkesinde</t>
+          <t>Gazeteci Çocuk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055340957</t>
+          <t>9786052982044</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Testi</t>
+          <t>Balık Böğürtlen ve Karanlıklar Canavarı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054764334</t>
+          <t>9786054764143</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 1 Saç Tokası</t>
+          <t>Zirzop Masallar</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059908818</t>
+          <t>9786059908993</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Off, Dilim!</t>
+          <t>Advin Gümüş Sırtlı Goriller Ülkesinde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059908696</t>
+          <t>9786055340957</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tembeller Kralı Badi</t>
+          <t>Esrarengiz Testi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059799300</t>
+          <t>9786054764334</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>D'nin Mektupları</t>
+          <t>Deniz'in Sevdiği Şeyler: 1 Saç Tokası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054927975</t>
+          <t>9786059908818</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran</t>
+          <t>Off, Dilim!</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054927999</t>
+          <t>9786059908696</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can'la Neşeli Dersler</t>
+          <t>Tembeller Kralı Badi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059908832</t>
+          <t>9786059799300</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Gibi</t>
+          <t>D'nin Mektupları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059908689</t>
+          <t>9786054927975</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Korsan Sandığı</t>
+          <t>Fikri Rüyakaçıran</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059908528</t>
+          <t>9786054927999</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>B'nin Kelimeleri</t>
+          <t>Hınzır Can'la Neşeli Dersler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059908344</t>
+          <t>9786059908832</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Advin Sahra Çölü'nde</t>
+          <t>Evliya Çelebi Gibi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059908313</t>
+          <t>9786059908689</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Korsan Sandığı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059908245</t>
+          <t>9786059908528</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kirazlı Köşk'ün Çocukları</t>
+          <t>B'nin Kelimeleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054927883</t>
+          <t>9786059908344</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kelebeğin Rüyası</t>
+          <t>Advin Sahra Çölü'nde</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054927906</t>
+          <t>9786059908313</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Meteor Yaz Kampının Esrarı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054927708</t>
+          <t>9786059908245</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kim?</t>
+          <t>Kirazlı Köşk'ün Çocukları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059658102</t>
+          <t>9786054927883</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Babam</t>
+          <t>Küçük Kelebeğin Rüyası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054927104</t>
+          <t>9786054927906</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Meteor Yaz Kampının Esrarı</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054764815</t>
+          <t>9786054927708</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türkü Çocuk</t>
+          <t>En Güzel Kim?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059908542</t>
+          <t>9786059658102</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 3 Sadece Üçgenler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Sihirbaz Babam</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052987018</t>
+          <t>9786054927104</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Hanım’ın Mutfağı</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059908665</t>
+          <t>9786054764815</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Öyküleri</t>
+          <t>Türkü Çocuk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054927692</t>
+          <t>9786059908542</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Çiçeği</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 3 Sadece Üçgenler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059658072</t>
+          <t>9786052987018</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ah! Vah! Of! Pof! - Değerler Eğitimi Serisi - 5</t>
+          <t>Kiraz Hanım’ın Mutfağı</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059658096</t>
+          <t>9786059908665</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ve Balonlar - Değerler Eğitimi Serisi - 6</t>
+          <t>Atatürk Öyküleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054927227</t>
+          <t>9786054927692</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümü Kimselere Okutmam - Ufaklığın Eğlenceli Günlükleri 2. Kitap</t>
+          <t>Dünyanın En Büyük Çiçeği</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054927463</t>
+          <t>9786059658072</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Ah! Vah! Of! Pof! - Değerler Eğitimi Serisi - 5</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054927043</t>
+          <t>9786059658096</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Efes'in Sırları</t>
+          <t>Kirpi ve Balonlar - Değerler Eğitimi Serisi - 6</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054927067</t>
+          <t>9786054927227</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ya Armut Ağacı Olursam</t>
+          <t>Günlüğümü Kimselere Okutmam - Ufaklığın Eğlenceli Günlükleri 2. Kitap</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054764518</t>
+          <t>9786054927463</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Prenses</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054764693</t>
+          <t>9786054927043</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 6 Yoğurt</t>
+          <t>Efes'in Sırları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054764709</t>
+          <t>9786054927067</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Üç Valiz İki Sandık</t>
+          <t>Ya Armut Ağacı Olursam</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054764938</t>
+          <t>9786054764518</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Zamanda Bir Ada</t>
+          <t>Çirkin Prenses</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054764303</t>
+          <t>9786054764693</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Peşinde</t>
+          <t>Deniz'in Sevdiği Şeyler: 6 Yoğurt</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054764099</t>
+          <t>9786054764709</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Soru Soruyorsun!</t>
+          <t>Üç Valiz İki Sandık</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055340704</t>
+          <t>9786054764938</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Nar Alfabesi</t>
+          <t>Olmayan Zamanda Bir Ada</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
+          <t>9786054764303</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Midas’ın Peşinde</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786054764099</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Ne Çok Soru Soruyorsun!</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786055340704</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Nar Alfabesi</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
           <t>9786055340971</t>
         </is>
       </c>
-      <c r="B282" s="1" t="inlineStr">
+      <c r="B285" s="1" t="inlineStr">
         <is>
           <t>Hınzır Can - Çevre Dostu</t>
         </is>
       </c>
-      <c r="C282" s="1">
+      <c r="C285" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>