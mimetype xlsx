--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,4300 +85,4345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254184666</t>
+          <t>9786254184857</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fırın Yolculuğu</t>
+          <t>Eserleriyle İz Bırakan Küçük Ressamlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254184604</t>
+          <t>9786254184864</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Müjde Kuşu</t>
+          <t>Sesli Kitaplar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254184581</t>
+          <t>9786254184840</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin ve Enformatiğin Sıradışı Öyküleri</t>
+          <t>Arke ve Arel Yerebatan Sarnıcı'nda</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254184468</t>
+          <t>9786254184789</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yatay Zeka</t>
+          <t>Sen de Ekonomistsin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254184437</t>
+          <t>9786254184666</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hoppi’nin Hop Hop Zihni</t>
+          <t>Fırın Yolculuğu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052984147</t>
+          <t>9786254184604</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Çocuk</t>
+          <t>Müjde Kuşu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052984833</t>
+          <t>9786254184581</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Bebek</t>
+          <t>Matematiğin ve Enformatiğin Sıradışı Öyküleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052983805</t>
+          <t>9786254184468</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gülün Öyküsü</t>
+          <t>Yatay Zeka</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052983799</t>
+          <t>9786254184437</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fıkracı</t>
+          <t>Hoppi’nin Hop Hop Zihni</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052981504</t>
+          <t>9786052984147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Rüyayiyen</t>
+          <t>Mustafa Kemal Atatürk ve Çocuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052980521</t>
+          <t>9786052984833</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyen Kalmasın</t>
+          <t>Süpürge Bebek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052980286</t>
+          <t>9786052983805</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Üçgen Şey</t>
+          <t>Beyaz Gülün Öyküsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052980866</t>
+          <t>9786052983799</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Nasıl Açar</t>
+          <t>Fıkracı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059658942</t>
+          <t>9786052981504</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Sakinyürür - İnatçı Kaplumbağa</t>
+          <t>Rüyayiyen</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052981948</t>
+          <t>9786052980521</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kediler Neden Köpeklerden Nefret Eder?</t>
+          <t>Gülmeyen Kalmasın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052982051</t>
+          <t>9786052980286</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Olsam</t>
+          <t>Üçgen Şey</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052982662</t>
+          <t>9786052980866</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk</t>
+          <t>Çiçek Nasıl Açar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052982655</t>
+          <t>9786059658942</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu Papağan Değil ki!</t>
+          <t>Sabırlı Sakinyürür - İnatçı Kaplumbağa</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059908849</t>
+          <t>9786052981948</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran ve Rüya Meyveleri</t>
+          <t>Kediler Neden Köpeklerden Nefret Eder?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054927395</t>
+          <t>9786052982051</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 7 Tarhana Çorbası</t>
+          <t>Bir Bulut Olsam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054927302</t>
+          <t>9786052982662</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 8 Ayakkabı</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054764686</t>
+          <t>9786052982655</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sevdiği Şeyler: 5 - Banyo</t>
+          <t>Bu Papağan Değil ki!</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052980958</t>
+          <t>9786059908849</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Haftanın Yıldızı: Jasper John Dooley - 1</t>
+          <t>Fikri Rüyakaçıran ve Rüya Meyveleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052983645</t>
+          <t>9786054927395</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gezegeni'ne Ejderha Engeli</t>
+          <t>Deniz'in Sevdiği Şeyler: 7 Tarhana Çorbası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054927920</t>
+          <t>9786054927302</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Emily Babasını Arıyor</t>
+          <t>Deniz'in Sevdiği Şeyler: 8 Ayakkabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052983508</t>
+          <t>9786054764686</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Sahilde</t>
+          <t>Deniz’in Sevdiği Şeyler: 5 - Banyo</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059658683</t>
+          <t>9786052980958</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Haftanın Yıldızı: Jasper John Dooley - 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054927319</t>
+          <t>9786052983645</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde (Ciltli)</t>
+          <t>Hayal Gezegeni'ne Ejderha Engeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054927326</t>
+          <t>9786054927920</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Emily Babasını Arıyor</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054927234</t>
+          <t>9786052983508</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Harflerimizin Gizli Dünyası</t>
+          <t>Meraklı Çakıl Sahilde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059908351</t>
+          <t>9786059658683</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bahar İkindisi</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059799010</t>
+          <t>9786054927319</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Evren Rehberi - 1 : Dönüyor</t>
+          <t>Evvel Zaman İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059799003</t>
+          <t>9786054927326</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İstemiyorum</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052981405</t>
+          <t>9786054927234</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 5 Sadece Büyük Harfler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Harflerimizin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059658966</t>
+          <t>9786059908351</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yavaş</t>
+          <t>Bahar İkindisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059658744</t>
+          <t>9786059799010</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık ile Hayvanlar</t>
+          <t>Meraklı Minikler İçin Evren Rehberi - 1 : Dönüyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059799904</t>
+          <t>9786059799003</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 9 Arkadaş</t>
+          <t>Büyümek İstemiyorum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059908535</t>
+          <t>9786052981405</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 4 Sadece Geometrik Şekiller Kullanarak Nasıl Hayvan Karikatür Çizerim?</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 5 Sadece Büyük Harfler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059799850</t>
+          <t>9786059658966</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Uçak Gemisi</t>
+          <t>Yavaş</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059799317</t>
+          <t>9786059658744</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Casuslar</t>
+          <t>Ayıcık ile Hayvanlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059658089</t>
+          <t>9786059799904</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 10 Deniz</t>
+          <t>Deniz'in Sevdiği Şeyler: 9 Arkadaş</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054927098</t>
+          <t>9786059908535</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anne Kimdir?</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 4 Sadece Geometrik Şekiller Kullanarak Nasıl Hayvan Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059908276</t>
+          <t>9786059799850</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Uçak Gemisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054764624</t>
+          <t>9786059799317</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sevdiği Şeyler: 3 - Müzik</t>
+          <t>Yalancılar ve Casuslar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059799287</t>
+          <t>9786059658089</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gülmesini Bilen Çocuk</t>
+          <t>Deniz'in Sevdiği Şeyler: 10 Deniz</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059799294</t>
+          <t>9786054927098</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Evren Rehberi 2: Karanlıktan Korkma</t>
+          <t>Anne Kimdir?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059908023</t>
+          <t>9786059908276</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 2 Sadece Kareler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059908016</t>
+          <t>9786054764624</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 1 Sadece Daireler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Deniz’in Sevdiği Şeyler: 3 - Müzik</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052986998</t>
+          <t>9786059799287</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Gülmesini Bilen Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054764600</t>
+          <t>9786059799294</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 4 Hayvanlar</t>
+          <t>Meraklı Minikler İçin Evren Rehberi 2: Karanlıktan Korkma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052987599</t>
+          <t>9786059908023</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Korkunç Okul Gezisi - Koca Burun</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 2 Sadece Kareler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052987452</t>
+          <t>9786059908016</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Yalancısı - Koca Burun</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 1 Sadece Daireler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052984161</t>
+          <t>9786052986998</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Hayvan Sevgisi</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052984178</t>
+          <t>9786054764600</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Kitap</t>
+          <t>Deniz'in Sevdiği Şeyler: 4 Hayvanlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054764327</t>
+          <t>9786052987599</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 2 Oyuncak</t>
+          <t>Dünyanın En Korkunç Okul Gezisi - Koca Burun</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054764181</t>
+          <t>9786052987452</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balon</t>
+          <t>Dünyanın En Büyük Yalancısı - Koca Burun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052985762</t>
+          <t>9786052984161</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Akvaryumda</t>
+          <t>Mustafa Kemal Atatürk ve Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052984376</t>
+          <t>9786052984178</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tosun Sultan ve Hin Vezir</t>
+          <t>Mustafa Kemal Atatürk ve Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052983843</t>
+          <t>9786054764327</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Gölünün Gizemi</t>
+          <t>Deniz'in Sevdiği Şeyler: 2 Oyuncak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052983829</t>
+          <t>9786054764181</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Patates’in Problemi</t>
+          <t>Mavi Balon</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052987957</t>
+          <t>9786052985762</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Meraklı Çakıl Akvaryumda</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254184277</t>
+          <t>9786052984376</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresiyle Yolculuk - Mısır</t>
+          <t>Tosun Sultan ve Hin Vezir</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254181849</t>
+          <t>9786052983843</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Kuşak Farkı?</t>
+          <t>Yeraltı Gölünün Gizemi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059658249</t>
+          <t>9786052983829</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>L'nin Listeleri</t>
+          <t>Patates’in Problemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059908887</t>
+          <t>9786052987957</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sezar</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059908771</t>
+          <t>9786254184277</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ağacın En Tepesinde</t>
+          <t>Kar Küresiyle Yolculuk - Mısır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052988121</t>
+          <t>9786254181849</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uçarı Kaçarı Sözcükler (Ciltli)</t>
+          <t>Bu Nasıl Kuşak Farkı?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052987087</t>
+          <t>9786059658249</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>L'nin Listeleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254184130</t>
+          <t>9786059908887</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Annemle Tırmanış</t>
+          <t>Sezar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254183928</t>
+          <t>9786059908771</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Altı Oğlan</t>
+          <t>Ağacın En Tepesinde</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254183997</t>
+          <t>9786052988121</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemin Hecesiyim</t>
+          <t>Uçarı Kaçarı Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052987131</t>
+          <t>9786052987087</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052982402</t>
+          <t>9786254184130</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Koştum</t>
+          <t>Annemle Tırmanış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254183713</t>
+          <t>9786254183928</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yuva</t>
+          <t>Beş Kız Altı Oğlan</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254183737</t>
+          <t>9786254183997</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ufukta Bir Uzaylı</t>
+          <t>Ben Annemin Hecesiyim</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254183614</t>
+          <t>9786052987131</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rockçı Mamut 2</t>
+          <t>Bana Öyle Bakma</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052986363</t>
+          <t>9786052982402</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Limon Ağacının Şarkısı</t>
+          <t>Atatürk’e Koştum</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052980279</t>
+          <t>9786254183713</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>R'nin Şarkıları</t>
+          <t>Gizemli Yuva</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059908719</t>
+          <t>9786254183737</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uzun Burun Bingo</t>
+          <t>Ufukta Bir Uzaylı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054927869</t>
+          <t>9786254183614</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Alya ve Tırmık</t>
+          <t>Rockçı Mamut 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059799942</t>
+          <t>9786052986363</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü - Türkçenin Renkleri</t>
+          <t>Limon Ağacının Şarkısı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059658850</t>
+          <t>9786052980279</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Serisi (10 Kitap Takım)</t>
+          <t>R'nin Şarkıları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054927685</t>
+          <t>9786059908719</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benim Atatürküm</t>
+          <t>Uzun Burun Bingo</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254183126</t>
+          <t>9786054927869</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Afet’in Ay Macerası</t>
+          <t>Alya ve Tırmık</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254182501</t>
+          <t>9786059799942</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Adana’dan Gelen Mektup</t>
+          <t>Atasözleri ve Deyimler Sözlüğü - Türkçenin Renkleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052986509</t>
+          <t>9786059658850</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Değerler Eğitimi Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054927777</t>
+          <t>9786054927685</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Suların Sessizliği</t>
+          <t>Benim Atatürküm</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254182495</t>
+          <t>9786254183126</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Eylül</t>
+          <t>Afet’in Ay Macerası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254182181</t>
+          <t>9786254182501</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Saatleri</t>
+          <t>Adana’dan Gelen Mektup</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254181320</t>
+          <t>9786052986509</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Çiçekleri</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254182143</t>
+          <t>9786054927777</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Beklemez</t>
+          <t>Suların Sessizliği</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254182075</t>
+          <t>9786254182495</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Düşlerinde Gezen Şair</t>
+          <t>Çevrimiçi Eylül</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254181979</t>
+          <t>9786254182181</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mösyö ve Arşidük</t>
+          <t>Dedemin Saatleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254181863</t>
+          <t>9786254181320</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zaman Taşı</t>
+          <t>Kaldırım Çiçekleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254181740</t>
+          <t>9786254182143</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Herkes Bir Anda Büyür</t>
+          <t>Arkadaşlık Beklemez</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254181559</t>
+          <t>9786254182075</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarhun</t>
+          <t>Düşlerinde Gezen Şair</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254181566</t>
+          <t>9786254181979</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Mösyö ve Arşidük</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254181627</t>
+          <t>9786254181863</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kutusu</t>
+          <t>Zaman Taşı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254181337</t>
+          <t>9786254181740</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Işık</t>
+          <t>Herkes Bir Anda Büyür</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254181306</t>
+          <t>9786254181559</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Çorbası Dedektiflik Takımı - Lina'nın Sırrını Nasıl Çözdük?</t>
+          <t>Tarhun</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254181061</t>
+          <t>9786254181566</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çıngıraklı Deve</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254181078</t>
+          <t>9786254181627</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Hapşırığı</t>
+          <t>Mutluluk Kutusu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254180842</t>
+          <t>9786254181337</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uçan Hipopotamı Düşünme</t>
+          <t>Beklenmedik Bir Işık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254180996</t>
+          <t>9786254181306</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Çorbası - Dedektiflik Takımı: Büyükannemin Sırrını Nasıl Çözdük?</t>
+          <t>Bezelye Çorbası Dedektiflik Takımı - Lina'nın Sırrını Nasıl Çözdük?</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254180149</t>
+          <t>9786254181061</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Çıngıraklı Deve</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254180064</t>
+          <t>9786254181078</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı’nda Bir Gün</t>
+          <t>Ejderha Hapşırığı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052989845</t>
+          <t>9786254180842</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Uçan Hipopotamı Düşünme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052989425</t>
+          <t>9786254180996</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Balaban ile Şakrak</t>
+          <t>Bezelye Çorbası - Dedektiflik Takımı: Büyükannemin Sırrını Nasıl Çözdük?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052989432</t>
+          <t>9786254180149</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Annem Dokuz Doğurdu!</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052989111</t>
+          <t>9786254180064</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Odamda İnek Var!</t>
+          <t>Kaf Dağı’nda Bir Gün</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052989128</t>
+          <t>9786052989425</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 3.0 - Hitit Güneşi</t>
+          <t>Balaban ile Şakrak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052989067</t>
+          <t>9786052989432</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Obur Mürekkepçik</t>
+          <t>Annem Dokuz Doğurdu!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052988978</t>
+          <t>9786052989111</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresiyle Yolculuk - Barselona</t>
+          <t>Odamda İnek Var!</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052988800</t>
+          <t>9786052989128</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rockçı Mamut</t>
+          <t>Gizemli Tarih Oyunu 3.0 - Hitit Güneşi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052988817</t>
+          <t>9786052989067</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Vadi’nin Korkusuz Çocukları</t>
+          <t>Obur Mürekkepçik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052988558</t>
+          <t>9786052988978</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kızılkanat</t>
+          <t>Kar Küresiyle Yolculuk - Barselona</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052988565</t>
+          <t>9786052988800</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fenerli Evler</t>
+          <t>Rockçı Mamut</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052988473</t>
+          <t>9786052988817</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gece Masalları</t>
+          <t>Yeşil Vadi’nin Korkusuz Çocukları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052988466</t>
+          <t>9786052988558</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Masalları</t>
+          <t>Kızılkanat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052988374</t>
+          <t>9786052988565</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Başlangıç</t>
+          <t>Fenerli Evler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052988343</t>
+          <t>9786052988473</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>El Ele (Ciltli)</t>
+          <t>Gece Masalları</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052988145</t>
+          <t>9786052988466</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis’le Açık Denizde</t>
+          <t>Gündüz Masalları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052987858</t>
+          <t>9786052988374</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Gazeteci</t>
+          <t>Harika Bir Başlangıç</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052987896</t>
+          <t>9786052988343</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sirius’un Kalbi - Ceren'in Tuhaf Maceraları 3</t>
+          <t>El Ele (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052987650</t>
+          <t>9786052988145</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Plastik Ada</t>
+          <t>Piri Reis’le Açık Denizde</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052987698</t>
+          <t>9786052987858</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Afet</t>
+          <t>Çaylak Gazeteci</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052987582</t>
+          <t>9786052987896</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar</t>
+          <t>Sirius’un Kalbi - Ceren'in Tuhaf Maceraları 3</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052987414</t>
+          <t>9786052987650</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sakin Sokak’ın Gürültücü Sakinleri</t>
+          <t>Plastik Ada</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052987469</t>
+          <t>9786052987698</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kullanılmış Şakalar ya da Zebra’nın Matematiği</t>
+          <t>Benim Adım Afet</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052987391</t>
+          <t>9786052987582</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Edirne’den Gelen Mektup</t>
+          <t>Uzaklar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052987247</t>
+          <t>9786052987414</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dalgıç - Meslekleri Öğreniyorum 5</t>
+          <t>Sakin Sokak’ın Gürültücü Sakinleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052987254</t>
+          <t>9786052987469</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 2.0 - Göbeklitepe'nin Kayıp Heykeli</t>
+          <t>Kullanılmış Şakalar ya da Zebra’nın Matematiği</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052987209</t>
+          <t>9786052987391</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kadın ve Papağan</t>
+          <t>Edirne’den Gelen Mektup</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052987100</t>
+          <t>9786052987247</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanecik Oğlum (Ciltli)</t>
+          <t>Dalgıç - Meslekleri Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052987001</t>
+          <t>9786052987254</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aman Nazar Değmesin</t>
+          <t>Gizemli Tarih Oyunu 2.0 - Göbeklitepe'nin Kayıp Heykeli</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052986929</t>
+          <t>9786052987209</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu 1.0 Karain’de Taş Çağı</t>
+          <t>Yaşlı Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052986844</t>
+          <t>9786052987100</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar Sirki</t>
+          <t>Bir Tanecik Oğlum (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052986653</t>
+          <t>9786052987001</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Uli</t>
+          <t>Aman Nazar Değmesin</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052986493</t>
+          <t>9786052986929</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Gizemli Tarih Oyunu 1.0 Karain’de Taş Çağı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052986332</t>
+          <t>9786052986844</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Zamansızlar Sirki</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052986172</t>
+          <t>9786052986653</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Küçük (Ciltli)</t>
+          <t>Görünmez Uli</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052986141</t>
+          <t>9786052986493</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Enno ya da Asfalttaki Karahindiba</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052986042</t>
+          <t>9786052986332</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Marie Curie</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052986035</t>
+          <t>9786052986172</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Leonardo Da Vinci</t>
+          <t>Şehirdeki Küçük (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052985977</t>
+          <t>9786052986141</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz ve Sobeleme Makinesi</t>
+          <t>Enno ya da Asfalttaki Karahindiba</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052985861</t>
+          <t>9786052986042</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Aşırı Mutlu</t>
+          <t>Dünyayı Değiştirenler - Marie Curie</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052985717</t>
+          <t>9786052986035</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can’la En Kötü Golümüz Böyle Olsun</t>
+          <t>Dünyayı Değiştirenler - Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052985694</t>
+          <t>9786052985977</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sihirli Gözlük</t>
+          <t>Salyangoz ve Sobeleme Makinesi</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052985618</t>
+          <t>9786052985861</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dut Yemiş Bülbül</t>
+          <t>Huysuz Aşırı Mutlu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052985434</t>
+          <t>9786052985717</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Paleontolog - Meslekleri Öğreniyorum 4</t>
+          <t>Hınzır Can’la En Kötü Golümüz Böyle Olsun</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052985496</t>
+          <t>9786052985694</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostlarım</t>
+          <t>Atatürk ve Sihirli Gözlük</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052985120</t>
+          <t>9786052985618</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Tohumdan Ormana</t>
+          <t>Dut Yemiş Bülbül</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052985335</t>
+          <t>9786052985434</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kent - Bilgelik Okulu</t>
+          <t>Paleontolog - Meslekleri Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052985007</t>
+          <t>9786052985496</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Longdra 3. Kitap (Ciltli)</t>
+          <t>Hayvan Dostlarım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052985014</t>
+          <t>9786052985120</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Astropanda</t>
+          <t>Küçük Bir Tohumdan Ormana</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052984949</t>
+          <t>9786052985335</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Yastık</t>
+          <t>Özgür Kent - Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052984871</t>
+          <t>9786052985007</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein'in İzinde</t>
+          <t>Longdra 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052984758</t>
+          <t>9786052985014</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Çiçekçide</t>
+          <t>Astropanda</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052984666</t>
+          <t>9786052984949</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Erkekler</t>
+          <t>Bahçedeki Yastık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052984628</t>
+          <t>9786052984871</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arkeolog - Meslekleri Öğreniyorum - 3</t>
+          <t>Frankenstein'in İzinde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052984604</t>
+          <t>9786052984758</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Başın Belada - Jasper John Dooley 4</t>
+          <t>Meraklı Çakıl Çiçekçide</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052984642</t>
+          <t>9786052984666</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Masal Bozan Feride Teyze</t>
+          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Erkekler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052984512</t>
+          <t>9786052984628</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İnci Aral Küçükken Ne Olmak İstiyordu?</t>
+          <t>Arkeolog - Meslekleri Öğreniyorum - 3</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052984536</t>
+          <t>9786052984604</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi'nde Büyük Buluşma</t>
+          <t>Başın Belada - Jasper John Dooley 4</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052984369</t>
+          <t>9786052984642</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bebek Oldu!</t>
+          <t>Masal Bozan Feride Teyze</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052984116</t>
+          <t>9786052984512</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Krallar Da Korkar</t>
+          <t>İnci Aral Küçükken Ne Olmak İstiyordu?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052984123</t>
+          <t>9786052984536</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Spor Yapıyor</t>
+          <t>Futbol Akademisi'nde Büyük Buluşma</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052984093</t>
+          <t>9786052984369</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sınav Zamanı - Bilgelik Okulu</t>
+          <t>Anneannem Bebek Oldu!</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052984222</t>
+          <t>9786052984116</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Temizlik</t>
+          <t>Krallar Da Korkar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052984215</t>
+          <t>9786052984123</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Spor</t>
+          <t>Ponçik Spor Yapıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052984208</t>
+          <t>9786052984093</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Sofra</t>
+          <t>Büyük Sınav Zamanı - Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052984192</t>
+          <t>9786052984222</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Sanat</t>
+          <t>Mustafa Kemal Atatürk ve Temizlik</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052984130</t>
+          <t>9786052984215</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Annesi</t>
+          <t>Mustafa Kemal Atatürk ve Spor</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052984154</t>
+          <t>9786052984208</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Doğa</t>
+          <t>Mustafa Kemal Atatürk ve Sofra</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052984185</t>
+          <t>9786052984192</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Okul</t>
+          <t>Mustafa Kemal Atatürk ve Sanat</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052984307</t>
+          <t>9786052984130</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Serisi (10 Kitap Takım)</t>
+          <t>Mustafa Kemal Atatürk ve Annesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052983652</t>
+          <t>9786052984154</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şarjlı İyilik Asası</t>
+          <t>Mustafa Kemal Atatürk ve Doğa</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052983669</t>
+          <t>9786052984185</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Huysuz - Müthiş Berbat Günler</t>
+          <t>Mustafa Kemal Atatürk ve Okul</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052983638</t>
+          <t>9786052984307</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoru - Meslekleri Öğreniyorum - 2</t>
+          <t>Mustafa Kemal Atatürk Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052983492</t>
+          <t>9786052983652</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aşık Değil</t>
+          <t>Şarjlı İyilik Asası</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052983522</t>
+          <t>9786052983669</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mo, Mo Salah, Mohamed Salah</t>
+          <t>Huysuz - Müthiş Berbat Günler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052983294</t>
+          <t>9786052983638</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tekir Kedi ile Kırlangıç Hanım</t>
+          <t>Diş Doktoru - Meslekleri Öğreniyorum - 2</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052983218</t>
+          <t>9786052983492</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mor Balon Mutluluk Peşinde</t>
+          <t>Aşık Değil</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052983195</t>
+          <t>9786052983522</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent</t>
+          <t>Mo, Mo Salah, Mohamed Salah</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052983201</t>
+          <t>9786052983294</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Astronot - Meslekleri Öğreniyorum - 1</t>
+          <t>Tekir Kedi ile Kırlangıç Hanım</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052982921</t>
+          <t>9786052983218</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık Sınıfı</t>
+          <t>Mor Balon Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052982938</t>
+          <t>9786052983195</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Top ve Kaleci</t>
+          <t>Yedi Kapılı Kent</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052982945</t>
+          <t>9786052983201</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Mutfakta</t>
+          <t>Astronot - Meslekleri Öğreniyorum - 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052982648</t>
+          <t>9786052982921</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık'tan Gelen Mektup</t>
+          <t>Yazarlık Sınıfı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052982440</t>
+          <t>9786052982938</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Pisifosör Pisifos’la Kediler Alemi</t>
+          <t>Top ve Kaleci</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052982433</t>
+          <t>9786052982945</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çakıl Parkta</t>
+          <t>Meraklı Çakıl Mutfakta</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052982341</t>
+          <t>9786052982648</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ben, Zeus ve Olimpos Çetesi (Ciltli)</t>
+          <t>Ayvalık'tan Gelen Mektup</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052982259</t>
+          <t>9786052982440</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Benim İçin Çok Değerlisin!</t>
+          <t>Pisifosör Pisifos’la Kediler Alemi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052982273</t>
+          <t>9786052982433</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş</t>
+          <t>Meraklı Çakıl Parkta</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052982266</t>
+          <t>9786052982341</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Şiirler</t>
+          <t>Ben, Zeus ve Olimpos Çetesi (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052982075</t>
+          <t>9786052982259</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Neden Kedilerden Nefret Eder?</t>
+          <t>Tilda Elmaçekirdeği - Benim İçin Çok Değerlisin!</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052982068</t>
+          <t>9786052982273</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Y’nin Tarifleri</t>
+          <t>Terk Edilmiş</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052981962</t>
+          <t>9786052982266</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Huysuz</t>
+          <t>Uykucu Şiirler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052981917</t>
+          <t>9786052982075</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimini Öğreniyor! - Barış Takımı</t>
+          <t>Köpekler Neden Kedilerden Nefret Eder?</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052981818</t>
+          <t>9786052982068</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuklar</t>
+          <t>Y’nin Tarifleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052981733</t>
+          <t>9786052981962</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ardahan'dan Gelen Mektup</t>
+          <t>Huysuz</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052981665</t>
+          <t>9786052981917</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın On Dört Günü</t>
+          <t>Türk Devrimini Öğreniyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052981696</t>
+          <t>9786052981818</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi Korsan Störtebeker - Denizlerdeki Büyük Sır (Ciltli)</t>
+          <t>Kuklacı Çocuklar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052981528</t>
+          <t>9786052981733</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Devrimlere Koşuyor! - Barış Takımı</t>
+          <t>Ardahan'dan Gelen Mektup</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052981337</t>
+          <t>9786052981665</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>E’nin Problemleri</t>
+          <t>Dünya’nın On Dört Günü</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052981108</t>
+          <t>9786052981696</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Otel Büyük S</t>
+          <t>Efsanevi Korsan Störtebeker - Denizlerdeki Büyük Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052980859</t>
+          <t>9786052981528</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Buluşuyor! - Barış Takımı</t>
+          <t>Devrimlere Koşuyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052980828</t>
+          <t>9786052981337</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Advin Amazon’da</t>
+          <t>E’nin Problemleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052980637</t>
+          <t>9786052981108</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Heyecan Başlıyor</t>
+          <t>Otel Büyük S</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254181719</t>
+          <t>9786052980859</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Ne Kadar Cesursun!</t>
+          <t>Atatürk’le Buluşuyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052980620</t>
+          <t>9786052980828</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Anadolu’ya Yürüyor! - Barış Takımı</t>
+          <t>Advin Amazon’da</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052980613</t>
+          <t>9786052980637</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kızlara Öğütler</t>
+          <t>Sahnede Heyecan Başlıyor</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052980514</t>
+          <t>9786254181719</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fındıkistan</t>
+          <t>Tilda Elmaçekirdeği - Ne Kadar Cesursun!</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052980347</t>
+          <t>9786052980620</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Gelibolu'ya Geçiyor! - Barış Takımı</t>
+          <t>Çanakkale’den Anadolu’ya Yürüyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052980446</t>
+          <t>9786052980613</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küçülme Oyunu</t>
+          <t>Küçük Kızlara Öğütler</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059658973</t>
+          <t>9786052980514</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Ormanı</t>
+          <t>Fındıkistan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059658959</t>
+          <t>9786052980347</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek İsteyen Köpekbalığı</t>
+          <t>Çanakkale'den Gelibolu'ya Geçiyor! - Barış Takımı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052980095</t>
+          <t>9786052980446</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran ve Kabuslar Şatosu</t>
+          <t>Küçülme Oyunu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059658652</t>
+          <t>9786059658973</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Elmayı Kim Isırdı</t>
+          <t>Dört Mevsim Ormanı</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059658492</t>
+          <t>9786059658959</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eğer...</t>
+          <t>Sevilmek İsteyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059658508</t>
+          <t>9786052980095</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can'dan Büyükleri Anlama Kılavuzu</t>
+          <t>Fikri Rüyakaçıran ve Kabuslar Şatosu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059658386</t>
+          <t>9786059658652</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kül Gibi Kar</t>
+          <t>Elmayı Kim Isırdı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059658355</t>
+          <t>9786059658492</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Havuç Koştu - Değerler Eğitimi Serisi - 10</t>
+          <t>Eğer...</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059658348</t>
+          <t>9786059658508</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Doğa Doğayı Seviyor</t>
+          <t>Hınzır Can'dan Büyükleri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059658232</t>
+          <t>9786059658386</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Beni En Çok Kim Seviyor?</t>
+          <t>Kül Gibi Kar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059658218</t>
+          <t>9786059658355</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - İyi ki Geldin!</t>
+          <t>Havuç Koştu - Değerler Eğitimi Serisi - 10</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059658256</t>
+          <t>9786059658348</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Karardı - Değerler Eğitimi Serisi - 8</t>
+          <t>Doğa Doğayı Seviyor</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059658225</t>
+          <t>9786059658232</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Arılar - Değerler Eğitimi Serisi - 7</t>
+          <t>Beni En Çok Kim Seviyor?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059799935</t>
+          <t>9786059658218</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Titan Arum Etkisi - Ceren'in Tuhaf Maceraları 2</t>
+          <t>Tilda Elmaçekirdeği - İyi ki Geldin!</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059799911</t>
+          <t>9786059658256</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İncir Uçtu - Değerler Eğitimi Serisi - 3</t>
+          <t>Pamuk Karardı - Değerler Eğitimi Serisi - 8</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059799928</t>
+          <t>9786059658225</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Karganın Eskici Dükkanı - Değerler Eğitimi Serisi - 4</t>
+          <t>Ayı ve Arılar - Değerler Eğitimi Serisi - 7</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052988831</t>
+          <t>9786059799935</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Doğum Günün Kutlu Olsun!</t>
+          <t>Titan Arum Etkisi - Ceren'in Tuhaf Maceraları 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059799768</t>
+          <t>9786059799911</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Lolipop Kızları Ünlü Oluyor</t>
+          <t>İncir Uçtu - Değerler Eğitimi Serisi - 3</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059799744</t>
+          <t>9786059799928</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zürafa - Değerler Eğitimi Serisi - 1</t>
+          <t>Karganın Eskici Dükkanı - Değerler Eğitimi Serisi - 4</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059799751</t>
+          <t>9786052988831</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Portakal Miyavladı - Değerler Eğitimi Serisi - 2</t>
+          <t>Tilda Elmaçekirdeği - Doğum Günün Kutlu Olsun!</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059799652</t>
+          <t>9786059799768</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gülünce Güzel Dünya</t>
+          <t>Lolipop Kızları Ünlü Oluyor</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059799898</t>
+          <t>9786059799744</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kara Kuzu'nun Kulağı</t>
+          <t>Küçük Zürafa - Değerler Eğitimi Serisi - 1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059799713</t>
+          <t>9786059799751</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çağla'nın Çekirdekleri</t>
+          <t>Portakal Miyavladı - Değerler Eğitimi Serisi - 2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052988480</t>
+          <t>9786059799652</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği - Biz Ayrılamayız!</t>
+          <t>Gülünce Güzel Dünya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059799515</t>
+          <t>9786059799898</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Olimpos - Kafadar Kuzenler Antalya'da</t>
+          <t>Kara Kuzu'nun Kulağı</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059799584</t>
+          <t>9786059799713</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bulut ve Dinozor T-Rex</t>
+          <t>Çağla'nın Çekirdekleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059799553</t>
+          <t>9786052988480</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun ve Sırma</t>
+          <t>Tilda Elmaçekirdeği - Biz Ayrılamayız!</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059799423</t>
+          <t>9786059799515</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnsanları da Küçültebilir Misin?</t>
+          <t>Gizemli Olimpos - Kafadar Kuzenler Antalya'da</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059799171</t>
+          <t>9786059799584</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Çocuk</t>
+          <t>Bulut ve Dinozor T-Rex</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052982044</t>
+          <t>9786059799553</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Balık Böğürtlen ve Karanlıklar Canavarı</t>
+          <t>Kuzgun ve Sırma</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054764143</t>
+          <t>9786059799423</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Zirzop Masallar</t>
+          <t>İnsanları da Küçültebilir Misin?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059908993</t>
+          <t>9786059799171</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Advin Gümüş Sırtlı Goriller Ülkesinde</t>
+          <t>Gazeteci Çocuk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055340957</t>
+          <t>9786052982044</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Testi</t>
+          <t>Balık Böğürtlen ve Karanlıklar Canavarı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054764334</t>
+          <t>9786054764143</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 1 Saç Tokası</t>
+          <t>Zirzop Masallar</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059908818</t>
+          <t>9786059908993</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Off, Dilim!</t>
+          <t>Advin Gümüş Sırtlı Goriller Ülkesinde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059908696</t>
+          <t>9786055340957</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tembeller Kralı Badi</t>
+          <t>Esrarengiz Testi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059799300</t>
+          <t>9786054764334</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>D'nin Mektupları</t>
+          <t>Deniz'in Sevdiği Şeyler: 1 Saç Tokası</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054927975</t>
+          <t>9786059908818</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fikri Rüyakaçıran</t>
+          <t>Off, Dilim!</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054927999</t>
+          <t>9786059908696</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Can'la Neşeli Dersler</t>
+          <t>Tembeller Kralı Badi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059908832</t>
+          <t>9786059799300</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Gibi</t>
+          <t>D'nin Mektupları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059908689</t>
+          <t>9786054927975</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Korsan Sandığı</t>
+          <t>Fikri Rüyakaçıran</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059908528</t>
+          <t>9786054927999</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>B'nin Kelimeleri</t>
+          <t>Hınzır Can'la Neşeli Dersler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059908344</t>
+          <t>9786059908832</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Advin Sahra Çölü'nde</t>
+          <t>Evliya Çelebi Gibi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059908313</t>
+          <t>9786059908689</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Korsan Sandığı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059908245</t>
+          <t>9786059908528</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kirazlı Köşk'ün Çocukları</t>
+          <t>B'nin Kelimeleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054927883</t>
+          <t>9786059908344</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kelebeğin Rüyası</t>
+          <t>Advin Sahra Çölü'nde</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054927906</t>
+          <t>9786059908313</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Meteor Yaz Kampının Esrarı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054927708</t>
+          <t>9786059908245</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kim?</t>
+          <t>Kirazlı Köşk'ün Çocukları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059658102</t>
+          <t>9786054927883</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Babam</t>
+          <t>Küçük Kelebeğin Rüyası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054927104</t>
+          <t>9786054927906</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Meteor Yaz Kampının Esrarı</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054764815</t>
+          <t>9786054927708</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Türkü Çocuk</t>
+          <t>En Güzel Kim?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059908542</t>
+          <t>9786059658102</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum - 3 Sadece Üçgenler Kullanarak Nasıl Karikatür Çizerim?</t>
+          <t>Sihirbaz Babam</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052987018</t>
+          <t>9786054927104</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Hanım’ın Mutfağı</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059908665</t>
+          <t>9786054764815</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Öyküleri</t>
+          <t>Türkü Çocuk</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054927692</t>
+          <t>9786059908542</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Çiçeği</t>
+          <t>Karikatür Çizmeyi Öğreniyorum - 3 Sadece Üçgenler Kullanarak Nasıl Karikatür Çizerim?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059658072</t>
+          <t>9786052987018</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ah! Vah! Of! Pof! - Değerler Eğitimi Serisi - 5</t>
+          <t>Kiraz Hanım’ın Mutfağı</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059658096</t>
+          <t>9786059908665</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ve Balonlar - Değerler Eğitimi Serisi - 6</t>
+          <t>Atatürk Öyküleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054927227</t>
+          <t>9786054927692</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümü Kimselere Okutmam - Ufaklığın Eğlenceli Günlükleri 2. Kitap</t>
+          <t>Dünyanın En Büyük Çiçeği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054927463</t>
+          <t>9786059658072</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Ah! Vah! Of! Pof! - Değerler Eğitimi Serisi - 5</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054927043</t>
+          <t>9786059658096</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Efes'in Sırları</t>
+          <t>Kirpi ve Balonlar - Değerler Eğitimi Serisi - 6</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054927067</t>
+          <t>9786054927227</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ya Armut Ağacı Olursam</t>
+          <t>Günlüğümü Kimselere Okutmam - Ufaklığın Eğlenceli Günlükleri 2. Kitap</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054764518</t>
+          <t>9786054927463</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Prenses</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054764693</t>
+          <t>9786054927043</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sevdiği Şeyler: 6 Yoğurt</t>
+          <t>Efes'in Sırları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054764709</t>
+          <t>9786054927067</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Üç Valiz İki Sandık</t>
+          <t>Ya Armut Ağacı Olursam</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054764938</t>
+          <t>9786054764518</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Zamanda Bir Ada</t>
+          <t>Çirkin Prenses</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054764303</t>
+          <t>9786054764693</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Peşinde</t>
+          <t>Deniz'in Sevdiği Şeyler: 6 Yoğurt</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054764099</t>
+          <t>9786054764709</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Soru Soruyorsun!</t>
+          <t>Üç Valiz İki Sandık</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055340704</t>
+          <t>9786054764938</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Nar Alfabesi</t>
+          <t>Olmayan Zamanda Bir Ada</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
+          <t>9786054764303</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Midas’ın Peşinde</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786054764099</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Ne Çok Soru Soruyorsun!</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786055340704</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Nar Alfabesi</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
           <t>9786055340971</t>
         </is>
       </c>
-      <c r="B285" s="1" t="inlineStr">
+      <c r="B288" s="1" t="inlineStr">
         <is>
           <t>Hınzır Can - Çevre Dostu</t>
         </is>
       </c>
-      <c r="C285" s="1">
+      <c r="C288" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>