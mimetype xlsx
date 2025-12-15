--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,18565 +85,18790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254184444</t>
+          <t>9786254184703</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
+          <t>Der Teschkilat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254184536</t>
+          <t>9786254184734</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
+          <t>Kırk Yılda Devrialem</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254184543</t>
+          <t>9786059799232</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şeker Sokağı</t>
+          <t>Şiirin İlk Atlası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254184529</t>
+          <t>9786254184727</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Beşinci Kol</t>
+          <t>Çok Kutuplu Dünya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254184499</t>
+          <t>9786254184710</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
+          <t>Her Cephede Savaştık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254184475</t>
+          <t>9786254184697</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
+          <t>Şostakoviç</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254184512</t>
+          <t>9786254184628</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Solcular</t>
+          <t>Ömür Hanım'la Güz Konuşmaları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052987230</t>
+          <t>9786254184680</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
+          <t>Kemalizm ve Yaşam</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254184406</t>
+          <t>9786254184673</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin İstanbulu</t>
+          <t>Cömert Gül</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254184390</t>
+          <t>9786254184598</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>22 Metrekare Gökyüzü</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254184413</t>
+          <t>9786254184574</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neymiş Bu Yapı?</t>
+          <t>Ne Mutlu Türk'üm Diyene</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254184420</t>
+          <t>9786052988053</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Müslüman Cenazesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254184383</t>
+          <t>9786254184505</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Millete Emanet</t>
+          <t>Biz Yaşlı Mıyız?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052981320</t>
+          <t>9786254184567</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>Defterler (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254183010</t>
+          <t>9786254184611</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Körlük (Ciltli)</t>
+          <t>İsyanın ve Felsefenin Diyalektiği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254182976</t>
+          <t>9786254184444</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
+          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254182273</t>
+          <t>9786254184536</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Fırtına</t>
+          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254182006</t>
+          <t>9786254184543</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Şiirler</t>
+          <t>Şeker Sokağı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254182013</t>
+          <t>9786254184529</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Hikayeler</t>
+          <t>İçimizdeki Beşinci Kol</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254182259</t>
+          <t>9786254184499</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dilenci</t>
+          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254181184</t>
+          <t>9786254184475</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kanun Hükmünde Yalnızlıklar</t>
+          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254180675</t>
+          <t>9786254184512</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Size Yalan Söylediler</t>
+          <t>Solcular</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254180569</t>
+          <t>9786052987230</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat Ve Fitnat</t>
+          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254180033</t>
+          <t>9786254184406</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Cinlerin İstanbulu</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052989937</t>
+          <t>9786254184390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Müridi</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052984802</t>
+          <t>9786254184413</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
+          <t>Neymiş Bu Yapı?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052984239</t>
+          <t>9786254184420</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm, Laiklik ve Demokrasi</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052984246</t>
+          <t>9786254184383</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Galiba Ben Sanatçıyım</t>
+          <t>Millete Emanet</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052983713</t>
+          <t>9786052981320</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052982853</t>
+          <t>9786254183010</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kültür Sorunları</t>
+          <t>Körlük (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052981542</t>
+          <t>9786254182976</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kapı</t>
+          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052985892</t>
+          <t>9786254182273</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kendi Penceresinde Bir Adam</t>
+          <t>Jeopolitik Fırtına</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052985601</t>
+          <t>9786254182006</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yazıları</t>
+          <t>Hava Edebiyatı 3 - Şiirler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052985427</t>
+          <t>9786254182013</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Somnium ya da Ay Astronomisi</t>
+          <t>Hava Edebiyatı 3 - Hikayeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052985243</t>
+          <t>9786254182259</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İşsizliğe Övgü</t>
+          <t>Dilenci</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052985212</t>
+          <t>9786254181184</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Aldatmak</t>
+          <t>Kanun Hükmünde Yalnızlıklar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052982877</t>
+          <t>9786254180675</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
+          <t>Size Yalan Söylediler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052984444</t>
+          <t>9786254180569</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aile Sözlüğü</t>
+          <t>Taaşşuk-ı Talat Ve Fitnat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052982693</t>
+          <t>9786254180033</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mektup</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052982686</t>
+          <t>9786052989937</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yabani Elmalar</t>
+          <t>Şeytanın Müridi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052982679</t>
+          <t>9786052984802</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Prenses'e Mektuplar (1917-1922)</t>
+          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052981641</t>
+          <t>9786052984239</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Gözü</t>
+          <t>Kemalizm, Laiklik ve Demokrasi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052981627</t>
+          <t>9786052984246</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Son Şenliklerin Davetlisi</t>
+          <t>Galiba Ben Sanatçıyım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052985045</t>
+          <t>9786052983713</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye'nin Kuruluşu</t>
+          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052984901</t>
+          <t>9786052982853</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Meleğe Dair Yedi Bahis</t>
+          <t>Türkiye’nin Kültür Sorunları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052983690</t>
+          <t>9786052981542</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Duvardaki Kapı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052983461</t>
+          <t>9786052985892</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Eğitilmişler Özgürdür</t>
+          <t>Kendi Penceresinde Bir Adam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052983430</t>
+          <t>9786052985601</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Sanat Yazıları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052981887</t>
+          <t>9786052985427</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Bilmek</t>
+          <t>Somnium ya da Ay Astronomisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052981863</t>
+          <t>9786052985243</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adabımuaşeret</t>
+          <t>İşsizliğe Övgü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052984048</t>
+          <t>9786052985212</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryen Düşünceler</t>
+          <t>Kur'an İle Aldatmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052983881</t>
+          <t>9786052982877</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buhran - 1929 Krizi</t>
+          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052983324</t>
+          <t>9786052984444</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
+          <t>Aile Sözlüğü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052982143</t>
+          <t>9786052982693</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'den Masallar</t>
+          <t>Çalınan Mektup</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052981511</t>
+          <t>9786052982686</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi Üzerine</t>
+          <t>Yabani Elmalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052984970</t>
+          <t>9786052982679</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mapusane Çeşmesi</t>
+          <t>Prenses'e Mektuplar (1917-1922)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052984819</t>
+          <t>9786052981641</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Brandenburg</t>
+          <t>Apollon'un Gözü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944756792</t>
+          <t>9786052981627</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Son Şenliklerin Davetlisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055340322</t>
+          <t>9786052985045</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Hükmü</t>
+          <t>Kuvayı Milliye'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944756846</t>
+          <t>9786052984901</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Üç İttihatçı</t>
+          <t>Yedinci Meleğe Dair Yedi Bahis</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054764266</t>
+          <t>9786052983690</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Trenler Kalkar Haydarpaşa’dan</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054764730</t>
+          <t>9786052983461</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Gece</t>
+          <t>Yalnız Eğitilmişler Özgürdür</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054764723</t>
+          <t>9786052983430</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Öpmeyi Unuttun</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059908061</t>
+          <t>9786052981887</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sakkara’nın Kumları</t>
+          <t>Yaşlanmayı Bilmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054927951</t>
+          <t>9786052981863</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Son Tanık</t>
+          <t>Çocuklar İçin Adabımuaşeret</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054927739</t>
+          <t>9786052984048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Siyah Saten Bir Gecelik</t>
+          <t>Vejetaryen Düşünceler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054927760</t>
+          <t>9786052983881</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Büyük Buhran - 1929 Krizi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054927074</t>
+          <t>9786052983324</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
+          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059908597</t>
+          <t>9786052982143</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Kral Lear</t>
+          <t>Müjdat Gezen'den Masallar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054764532</t>
+          <t>9786052981511</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Oyunculuk Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054764990</t>
+          <t>9786052984970</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
+          <t>Mapusane Çeşmesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054927487</t>
+          <t>9786052984819</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
+          <t>Brandenburg</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052983065</t>
+          <t>9789944756792</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İki Aykırının Mektupları</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052982624</t>
+          <t>9786055340322</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gören Göz İçin Fikret Mualla</t>
+          <t>Zamanın Hükmü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052980729</t>
+          <t>9789944756846</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımızın Dostları</t>
+          <t>Üç İttihatçı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052980712</t>
+          <t>9786054764266</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Konuk Kaplan</t>
+          <t>Trenler Kalkar Haydarpaşa’dan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052980385</t>
+          <t>9786054764730</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu</t>
+          <t>Kutsal Gece</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052983942</t>
+          <t>9786054764723</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
+          <t>Ruhumu Öpmeyi Unuttun</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052983737</t>
+          <t>9786059908061</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
+          <t>Sakkara’nın Kumları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052982204</t>
+          <t>9786054927951</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Son Tanık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052982020</t>
+          <t>9786054927739</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Siyah Saten Bir Gecelik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052984314</t>
+          <t>9786054927760</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052982235</t>
+          <t>9786054927074</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Malone Ölüyor</t>
+          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052983454</t>
+          <t>9786059908597</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Günah Üzerine Tartışma</t>
+          <t>Bozkırda Bir Kral Lear</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052981757</t>
+          <t>9786054764532</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Hayaletler</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052981009</t>
+          <t>9786054764990</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazıyorsam Öyleyimdir</t>
+          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052981016</t>
+          <t>9786054927487</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cahil Filozof</t>
+          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052981276</t>
+          <t>9786052983065</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vesayet Savaşları</t>
+          <t>İki Aykırının Mektupları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052983706</t>
+          <t>9786052982624</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Ciltli)</t>
+          <t>Gören Göz İçin Fikret Mualla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052980361</t>
+          <t>9786052980729</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
+          <t>Dostlarımızın Dostları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052980316</t>
+          <t>9786052980712</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Son Mektuplar</t>
+          <t>Konuk Kaplan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052980309</t>
+          <t>9786052980385</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
+          <t>Kar Kurdu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052980149</t>
+          <t>9786052983942</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059658157</t>
+          <t>9786052983737</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Gün</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052983539</t>
+          <t>9786052982204</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052982426</t>
+          <t>9786052982020</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Piramit</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052983362</t>
+          <t>9786052984314</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Maurice, ya da Balıkçının Kulübesi</t>
+          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052982747</t>
+          <t>9786052982235</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Malone Ölüyor</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052980552</t>
+          <t>9786052983454</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gevezeler ve Meraklılar</t>
+          <t>Günah Üzerine Tartışma</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052980545</t>
+          <t>9786052981757</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklık Üzerine</t>
+          <t>Huzursuz Hayaletler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059658324</t>
+          <t>9786052981009</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
+          <t>Nasıl Yazıyorsam Öyleyimdir</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059658331</t>
+          <t>9786052981016</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Cahil Filozof</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059799829</t>
+          <t>9786052981276</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
+          <t>Vesayet Savaşları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059799324</t>
+          <t>9786052983706</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün 50 Film 3</t>
+          <t>Mustafa Kemal (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059799027</t>
+          <t>9786052980361</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Manzara-i Umumiye</t>
+          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052982013</t>
+          <t>9786052980316</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Öyküler</t>
+          <t>Son Mektuplar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059908511</t>
+          <t>9786052980309</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karnak Kafe</t>
+          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052981245</t>
+          <t>9786052980149</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Cinayetleri</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052981030</t>
+          <t>9786059658157</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İmamın Ordusu</t>
+          <t>Sekizinci Gün</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059658645</t>
+          <t>9786052983539</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059658614</t>
+          <t>9786052982426</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dilek Evi</t>
+          <t>Işıldayan Piramit</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059658454</t>
+          <t>9786052983362</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Neruda'nın Postacısı</t>
+          <t>Maurice, ya da Balıkçının Kulübesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052982181</t>
+          <t>9786052982747</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan Yazıları</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052981412</t>
+          <t>9786052980552</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çağrı</t>
+          <t>Gevezeler ve Meraklılar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052980354</t>
+          <t>9786052980545</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir ABD Projesi Olarak AKP</t>
+          <t>Ahmaklık Üzerine</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052981290</t>
+          <t>9786059658324</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Günlerin Şarabı</t>
+          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059908672</t>
+          <t>9786059658331</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Mavi...</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054764822</t>
+          <t>9786059799829</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
+          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944756921</t>
+          <t>9786059799324</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sabetayist Ermişler</t>
+          <t>Aşktan da Üstün 50 Film 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055340643</t>
+          <t>9786059799027</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pessoa Pessoa’yı Anlatıyor</t>
+          <t>Manzara-i Umumiye</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944756440</t>
+          <t>9786052982013</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Papağan Teoremi</t>
+          <t>Bilimsel Öyküler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059908924</t>
+          <t>9786059908511</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Romanov Komplosu</t>
+          <t>Karnak Kafe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944756525</t>
+          <t>9786052981245</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
+          <t>Genç Kız Cinayetleri</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944756976</t>
+          <t>9786052981030</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Midak Sokağı</t>
+          <t>İmamın Ordusu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944756075</t>
+          <t>9786059658645</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055340513</t>
+          <t>9786059658614</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kuştimur Kahvehanesi</t>
+          <t>Dilek Evi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055340674</t>
+          <t>9786059658454</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve Komplo Teorileri</t>
+          <t>Neruda'nın Postacısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055340193</t>
+          <t>9786052982181</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Aleminde Masonluk</t>
+          <t>Mavi Vatan Yazıları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052983089</t>
+          <t>9786052981412</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Keyif Evi</t>
+          <t>Ölüme Çağrı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944756600</t>
+          <t>9786052980354</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamanı</t>
+          <t>Bir ABD Projesi Olarak AKP</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059658867</t>
+          <t>9786052981290</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mehdi'nin Darbesi</t>
+          <t>Gelecek Günlerin Şarabı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059908726</t>
+          <t>9786059908672</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Mekan</t>
+          <t>Bu Sefer Mavi...</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052981191</t>
+          <t>9786054764822</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059658812</t>
+          <t>9789944756921</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ya Da Salı</t>
+          <t>Sabetayist Ermişler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059658805</t>
+          <t>9786055340643</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yanık Divan</t>
+          <t>Pessoa Pessoa’yı Anlatıyor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059658478</t>
+          <t>9789944756440</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Ayna</t>
+          <t>Papağan Teoremi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059799478</t>
+          <t>9786059908924</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Su Sinekleri</t>
+          <t>Romanov Komplosu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059799249</t>
+          <t>9789944756525</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059799195</t>
+          <t>9789944756976</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Soğanı Soyarken (Ciltli)</t>
+          <t>Midak Sokağı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059908207</t>
+          <t>9789944756075</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kahire’de Kayıp</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052980743</t>
+          <t>9786055340513</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Babıali’de Cinayet</t>
+          <t>Kuştimur Kahvehanesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059658591</t>
+          <t>9786055340674</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çelik Gemiler Demir Bahriyeliler</t>
+          <t>Jön Türkler ve Komplo Teorileri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059799492</t>
+          <t>9786055340193</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
+          <t>İslam Aleminde Masonluk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059908986</t>
+          <t>9786052983089</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nazik Bir Durum</t>
+          <t>Keyif Evi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052980682</t>
+          <t>9789944756600</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
+          <t>Aşk Zamanı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052980231</t>
+          <t>9786059658867</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Paralel Yürüdük Biz Bu Yollarda</t>
+          <t>Mehdi'nin Darbesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059658577</t>
+          <t>9786059908726</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>Zaman ve Mekan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059799867</t>
+          <t>9786052981191</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Single ve Oğlu</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059908085</t>
+          <t>9786059658812</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çatışmanın Anatomisi</t>
+          <t>Pazartesi Ya Da Salı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054927265</t>
+          <t>9786059658805</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gülün Öteki Adı</t>
+          <t>Yanık Divan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052980422</t>
+          <t>9786059658478</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Micromegas</t>
+          <t>Kaçan Ayna</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052980002</t>
+          <t>9786059799478</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taş Yüz</t>
+          <t>Su Sinekleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052980019</t>
+          <t>9786059799249</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kardinal Napellus</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059658300</t>
+          <t>9786059799195</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ada Kıbrıs</t>
+          <t>Soğanı Soyarken (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059658911</t>
+          <t>9786059908207</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yürüyüşü</t>
+          <t>Kahire’de Kayıp</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059799959</t>
+          <t>9786052980743</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Öyküler</t>
+          <t>Babıali’de Cinayet</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059799966</t>
+          <t>9786059658591</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
+          <t>Çelik Gemiler Demir Bahriyeliler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059799201</t>
+          <t>9786059799492</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059908627</t>
+          <t>9786059908986</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mavi Uygarlık</t>
+          <t>Nazik Bir Durum</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059799706</t>
+          <t>9786052980682</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda Aşk</t>
+          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054927425</t>
+          <t>9786052980231</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Allak Bullak</t>
+          <t>Paralel Yürüdük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054927432</t>
+          <t>9786059658577</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler, Dünya ve Para</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054927029</t>
+          <t>9786059799867</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülmüştür</t>
+          <t>Single ve Oğlu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054764976</t>
+          <t>9786059908085</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
+          <t>Çatışmanın Anatomisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059658041</t>
+          <t>9786054927265</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şeytan</t>
+          <t>Gülün Öteki Adı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059658065</t>
+          <t>9786052980422</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sesler Adacığı</t>
+          <t>Micromegas</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059908139</t>
+          <t>9786052980002</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Gelen Casus</t>
+          <t>Büyük Taş Yüz</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054764020</t>
+          <t>9786052980019</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Kardinal Napellus</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055340841</t>
+          <t>9786059658300</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cümleten İyi Yolculuklar</t>
+          <t>Unutulan Ada Kıbrıs</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055340964</t>
+          <t>9786059658911</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
+          <t>Yengeç Yürüyüşü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054764198</t>
+          <t>9786059799959</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bozuk</t>
+          <t>Sevimsiz Öyküler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055340476</t>
+          <t>9786059799966</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Balfour Deklarasyonu</t>
+          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944756181</t>
+          <t>9786059799201</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Merkezine Seyahat</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059799355</t>
+          <t>9786059908627</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu  (Çizgi Roman)</t>
+          <t>Mavi Uygarlık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052986677</t>
+          <t>9786059799706</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Sonbaharı</t>
+          <t>Yağmurda Aşk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052985908</t>
+          <t>9786054927425</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Görünmezlik Pelerini</t>
+          <t>Allak Bullak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052989036</t>
+          <t>9786054927432</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
+          <t>Yahudiler, Dünya ve Para</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052988688</t>
+          <t>9786054927029</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Er Mektubu Görülmüştür</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052988701</t>
+          <t>9786054764976</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052988282</t>
+          <t>9786059658041</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
+          <t>Aşık Şeytan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052989081</t>
+          <t>9786059658065</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İnönü Atatürk’ü Anlatıyor</t>
+          <t>Sesler Adacığı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052986301</t>
+          <t>9786059908139</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tarlalar</t>
+          <t>Soğuktan Gelen Casus</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052986912</t>
+          <t>9786054764020</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052988015</t>
+          <t>9786055340841</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Cümleten İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052985502</t>
+          <t>9786055340964</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ayın Demiri Altında</t>
+          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052986608</t>
+          <t>9786054764198</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ben Seri Katil</t>
+          <t>Bozuk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052985830</t>
+          <t>9786055340476</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Keyif Verici Maddelerin Tarihi</t>
+          <t>Balfour Deklarasyonu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052985625</t>
+          <t>9789944756181</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Uyan!</t>
+          <t>Aşkın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052984581</t>
+          <t>9786059799355</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
+          <t>Filin Yolculuğu  (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052985519</t>
+          <t>9786052986677</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>Cumhuriyet'in Sonbaharı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052984796</t>
+          <t>9786052985908</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Delirtilen Kadınlar</t>
+          <t>Görünmezlik Pelerini</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052983287</t>
+          <t>9786052989036</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kitabı</t>
+          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052983263</t>
+          <t>9786052988688</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Lady Anne Susuyor</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052985656</t>
+          <t>9786052988701</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ücra Adalar Atlası (Ciltli)</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052984475</t>
+          <t>9786052988282</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bil!</t>
+          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052982419</t>
+          <t>9786052989081</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
+          <t>İnönü Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052980477</t>
+          <t>9786052986301</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
+          <t>Kızıl Tarlalar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254184352</t>
+          <t>9786052986912</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa (Ciltli)</t>
+          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254184369</t>
+          <t>9786052988015</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe (Ciltli)</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254184376</t>
+          <t>9786052985502</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yaylı Çalgılar Dörtlüsü</t>
+          <t>Ayın Demiri Altında</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254184338</t>
+          <t>9786052986608</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Savaş İçinde Savaş</t>
+          <t>Ben Seri Katil</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254184345</t>
+          <t>9786052985830</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü</t>
+          <t>Keyif Verici Maddelerin Tarihi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254184314</t>
+          <t>9786052985625</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Kadın, Uyan!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254184307</t>
+          <t>9786052984581</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mavi Oktav Defterleri</t>
+          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254184321</t>
+          <t>9786052985519</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aydın Üzerine Tezler - 1</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254184284</t>
+          <t>9786052984796</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sesinle İz Bırak</t>
+          <t>Delirtilen Kadınlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254184253</t>
+          <t>9786052983287</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 2. Kitap</t>
+          <t>Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254184291</t>
+          <t>9786052983263</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Z Bakış</t>
+          <t>Lady Anne Susuyor</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254184246</t>
+          <t>9786052985656</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar (Ciltli)</t>
+          <t>Ücra Adalar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254184239</t>
+          <t>9786052984475</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
+          <t>Haddini Bil!</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254184260</t>
+          <t>9786052982419</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>CIA Hayatım</t>
+          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254180729</t>
+          <t>9786052980477</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Burada Ne İşim Var?</t>
+          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254183423</t>
+          <t>9786254184352</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
+          <t>Heykelden Taşa (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254181993</t>
+          <t>9786254184369</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
+          <t>Belki De Neşe (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055340575</t>
+          <t>9786254184376</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kıran Resimleri</t>
+          <t>Yaylı Çalgılar Dörtlüsü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052985410</t>
+          <t>9786254184338</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk</t>
+          <t>Savaş İçinde Savaş</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254182396</t>
+          <t>9786254184345</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel İslam’ın Kritiği</t>
+          <t>Sır Küpü</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254184215</t>
+          <t>9786254184314</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Almanya’ya Açılan Kapılar</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254184178</t>
+          <t>9786254184307</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Tesadüfler</t>
+          <t>Mavi Oktav Defterleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254184222</t>
+          <t>9786254184321</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
+          <t>Aydın Üzerine Tezler - 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254184161</t>
+          <t>9786254184284</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Mavi</t>
+          <t>Sesinle İz Bırak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254184208</t>
+          <t>9786254184253</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Barut</t>
+          <t>Lanzarote Defterleri 2. Kitap</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254184185</t>
+          <t>9786254184291</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
+          <t>Z Bakış</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254184192</t>
+          <t>9786254184246</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Teğmenler</t>
+          <t>Küçük Anılar (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254184154</t>
+          <t>9786254184239</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Amcam Ahmed Emin</t>
+          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9773062407001</t>
+          <t>9786254184260</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
+          <t>CIA Hayatım</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254183966</t>
+          <t>9786254180729</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sesin Değdiği Yerden</t>
+          <t>Burada Ne İşim Var?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254184109</t>
+          <t>9786254183423</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar</t>
+          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254184116</t>
+          <t>9786254181993</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Demir Elli Şövalye</t>
+          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254184147</t>
+          <t>9786055340575</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eski Şehir Spor</t>
+          <t>Kıran Resimleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254181313</t>
+          <t>9786052985410</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 1</t>
+          <t>Portekiz’e Yolculuk</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254184093</t>
+          <t>9786254182396</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkhane Değil Ticarethane</t>
+          <t>Geleneksel İslam’ın Kritiği</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254184079</t>
+          <t>9786254184215</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bu Hesapta Bir Gariplik Var</t>
+          <t>Almanya’ya Açılan Kapılar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254184062</t>
+          <t>9786254184178</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Yapay Zekadan</t>
+          <t>Tatlı Tesadüfler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254184086</t>
+          <t>9786254184222</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
+          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254184055</t>
+          <t>9786254184161</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Elveda Cariyem</t>
+          <t>Karanlık ve Mavi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254184024</t>
+          <t>9786254184208</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
+          <t>Barut</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254184017</t>
+          <t>9786254184185</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Pencere (Ciltli)</t>
+          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055340933</t>
+          <t>9786254184192</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
+          <t>Teğmenler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254184048</t>
+          <t>9786254184154</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
+          <t>Amcam Ahmed Emin</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254184000</t>
+          <t>9773062407001</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çiçeği</t>
+          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254184031</t>
+          <t>9786254183966</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Annem Sağ Olsun</t>
+          <t>Sesin Değdiği Yerden</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254183959</t>
+          <t>9786254184109</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Tango</t>
+          <t>Şarkılar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254183980</t>
+          <t>9786254184116</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinematekten Ötekine</t>
+          <t>Demir Elli Şövalye</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254183942</t>
+          <t>9786254184147</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 1. Kitap</t>
+          <t>Eski Şehir Spor</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254183973</t>
+          <t>9786254181313</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
+          <t>Türkiye Üzerine Tezler 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254183911</t>
+          <t>9786254184093</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ejder</t>
+          <t>Sağlıkhane Değil Ticarethane</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254183904</t>
+          <t>9786254184079</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Erbaş’ın Diyaneti</t>
+          <t>Bu Hesapta Bir Gariplik Var</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254183874</t>
+          <t>9786254184062</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Romancının İtirafları</t>
+          <t>Kim Korkar Yapay Zekadan</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254183812</t>
+          <t>9786254184086</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mary Ventura ve Dokuzuncu Krallık</t>
+          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254183850</t>
+          <t>9786254184055</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Baltasar ile Blimunda (Ciltli)</t>
+          <t>Elveda Cariyem</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254183843</t>
+          <t>9786254184024</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü (Ciltli)</t>
+          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254183898</t>
+          <t>9786254184017</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Lider, Güç, Strateji</t>
+          <t>Çatıdaki Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254183867</t>
+          <t>9786055340933</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Vahşi Hayvanı</t>
+          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254183829</t>
+          <t>9786254184048</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
+          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254183836</t>
+          <t>9786254184000</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Seyahati</t>
+          <t>Devrim Çiçeği</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052983959</t>
+          <t>9786254184031</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
+          <t>Annem Sağ Olsun</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254183881</t>
+          <t>9786254183959</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Baba Oğul Hikayeleri</t>
+          <t>Nihavent Tango</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254183768</t>
+          <t>9786254183980</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı (Ciltli)</t>
+          <t>Bir Sinematekten Ötekine</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254183751</t>
+          <t>9786254183942</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bütün İsimler (Ciltli)</t>
+          <t>Lanzarote Defterleri 1. Kitap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254183690</t>
+          <t>9786254183973</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut</t>
+          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254183676</t>
+          <t>9786254183911</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Sarı Ejder</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254183652</t>
+          <t>9786254183904</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Erbaş’ın Diyaneti</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254183669</t>
+          <t>9786254183874</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Genç Bir Romancının İtirafları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254183683</t>
+          <t>9786254183812</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Mary Ventura ve Dokuzuncu Krallık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254183706</t>
+          <t>9786254183850</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Baltasar ile Blimunda (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>50</v>
+        <v>900</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254183508</t>
+          <t>9786254183843</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
+          <t>Ressamın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059658898</t>
+          <t>9786254183898</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Milgem'in Öyküsü</t>
+          <t>Lider, Güç, Strateji</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254183775</t>
+          <t>9786254183867</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kirli Çark</t>
+          <t>Dünyanın En Vahşi Hayvanı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254183720</t>
+          <t>9786254183829</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Dünyada Türkiye</t>
+          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254183645</t>
+          <t>9786254183836</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Arthur Andersen Var(dı)</t>
+          <t>Konstantiniyye Seyahati</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254183744</t>
+          <t>9786052983959</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Renkli Uçurtmalar Kampı</t>
+          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254183621</t>
+          <t>9786254183881</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kaçamak</t>
+          <t>Baba Oğul Hikayeleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254183638</t>
+          <t>9786254183768</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yarasaların Avlusunda</t>
+          <t>Toprağın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052982105</t>
+          <t>9786254183751</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Molloy</t>
+          <t>Bütün İsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254183560</t>
+          <t>9786254183690</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
+          <t>Havada Bulut</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>800</v>
+        <v>50</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254183553</t>
+          <t>9786254183676</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yitik Adanın Öyküsü (Ciltli)</t>
+          <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>800</v>
+        <v>50</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254183591</t>
+          <t>9786254183652</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254183607</t>
+          <t>9786254183669</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yuvarlaktır</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254183577</t>
+          <t>9786254183683</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İkiz Divan</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254183584</t>
+          <t>9786254183706</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 5</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052983102</t>
+          <t>9786254183508</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052988305</t>
+          <t>9786059658898</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Oyunu</t>
+          <t>Milgem'in Öyküsü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>630</v>
+        <v>330</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052982280</t>
+          <t>9786254183775</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Marina</t>
+          <t>Kirli Çark</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052984710</t>
+          <t>9786254183720</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Gölgesi</t>
+          <t>Yenilenen Dünyada Türkiye</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254183461</t>
+          <t>9786254183645</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı Kimin Aklı?</t>
+          <t>Bir Arthur Andersen Var(dı)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254183485</t>
+          <t>9786254183744</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Renkli Uçurtmalar Kampı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254183492</t>
+          <t>9786254183621</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Gündüz</t>
+          <t>Kaçamak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254183478</t>
+          <t>9786254183638</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sibiryalı Kız</t>
+          <t>Yarasaların Avlusunda</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254183546</t>
+          <t>9786052982105</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye</t>
+          <t>Molloy</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254183430</t>
+          <t>9786254183560</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Değirmenlerle Savaştım</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254183454</t>
+          <t>9786254183553</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yastık Niyazı</t>
+          <t>Yitik Adanın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254183386</t>
+          <t>9786254183591</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Kanat Çırpınca</t>
+          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254183362</t>
+          <t>9786254183607</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mağara (Ciltli)</t>
+          <t>Futbol Yuvarlaktır</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254183270</t>
+          <t>9786254183577</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Nesneler (Ciltli)</t>
+          <t>İkiz Divan</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254183409</t>
+          <t>9786254183584</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Anjel Hala ve Edirne Kuşatması Günleri</t>
+          <t>Türkiye Üzerine Tezler 5</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254182969</t>
+          <t>9786052983102</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahiplenme Hikâyesi</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254183393</t>
+          <t>9786052988305</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ku(r)şun Lezzeti</t>
+          <t>Meleğin Oyunu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>230</v>
+        <v>630</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254183416</t>
+          <t>9786052982280</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire Fraktali</t>
+          <t>Marina</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254183317</t>
+          <t>9786052984710</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Savaş Barış Devrim (Ciltli)</t>
+          <t>Rüzgarın Gölgesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254183379</t>
+          <t>9786254183461</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türk - Yunan Sorunları</t>
+          <t>Devlet Aklı Kimin Aklı?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254183355</t>
+          <t>9786254183485</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kopyalanmış Adam (Ciltli)</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254183348</t>
+          <t>9786254183492</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İsa’ya Göre İncil (Ciltli)</t>
+          <t>Gece ve Gündüz</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254183331</t>
+          <t>9786254183478</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dev Kadın Azra</t>
+          <t>Sibiryalı Kız</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254183225</t>
+          <t>9786254183546</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sahibinden Satılık</t>
+          <t>Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254183324</t>
+          <t>9786254183430</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bir Ahtapotun Otobiyografisi ve Öteki Öngörü Hikayeleri</t>
+          <t>Değirmenlerle Savaştım</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254183294</t>
+          <t>9786254183454</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü (Ciltli)</t>
+          <t>Yastık Niyazı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254183300</t>
+          <t>9786254183386</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu (Ciltli)</t>
+          <t>Kelebekler Kanat Çırpınca</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059658027</t>
+          <t>9786254183362</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kahire Modern</t>
+          <t>Mağara (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052987780</t>
+          <t>9786254183270</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Turnike</t>
+          <t>Ölümlü Nesneler (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254183287</t>
+          <t>9786254183409</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>De Profundis</t>
+          <t>Talihsiz Anjel Hala ve Edirne Kuşatması Günleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254183256</t>
+          <t>9786254182969</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
+          <t>Bir Sahiplenme Hikâyesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254183232</t>
+          <t>9786254183393</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Rengi</t>
+          <t>Ku(r)şun Lezzeti</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254183249</t>
+          <t>9786254183416</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yazarlar</t>
+          <t>Baudelaire Fraktali</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254183263</t>
+          <t>9786254183317</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Savaş Barış Devrim (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052984741</t>
+          <t>9786254183379</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Günbatımı</t>
+          <t>Türk - Yunan Sorunları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254183218</t>
+          <t>9786254183355</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Su Seyahatnamesi</t>
+          <t>Kopyalanmış Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254183164</t>
+          <t>9786254183348</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafirleri Oteli</t>
+          <t>İsa’ya Göre İncil (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254183195</t>
+          <t>9786254183331</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
+          <t>Küçük Dev Kadın Azra</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052981283</t>
+          <t>9786254183225</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Neden Feda Edildi</t>
+          <t>Sahibinden Satılık</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054927890</t>
+          <t>9786254183324</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Liberal İhanet</t>
+          <t>Bir Ahtapotun Otobiyografisi ve Öteki Öngörü Hikayeleri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052988770</t>
+          <t>9786254183294</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beni Hep Böyle Hatırla</t>
+          <t>Bilinmeyen Adanın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254183188</t>
+          <t>9786254183300</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Filin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254183171</t>
+          <t>9786059658027</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Görmek (Ciltli)</t>
+          <t>Kahire Modern</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254182532</t>
+          <t>9786052987780</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Zesto Psomi</t>
+          <t>Turnike</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059908405</t>
+          <t>9786254183287</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>De Profundis</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254183140</t>
+          <t>9786254183256</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Top Tarikatı</t>
+          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052982914</t>
+          <t>9786254183232</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
+          <t>Ruhların Rengi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254183157</t>
+          <t>9786254183249</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Halıdaki Şekil</t>
+          <t>Kaçak Yazarlar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254183133</t>
+          <t>9786254183263</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Esrik Bir An</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254183096</t>
+          <t>9786052984741</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Türkiye</t>
+          <t>Sonsuz Günbatımı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254183058</t>
+          <t>9786254183218</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Güç Mücadelesinde Türkiye</t>
+          <t>Su Seyahatnamesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254183089</t>
+          <t>9786254183164</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sir John Mandeville’in Seyahatleri</t>
+          <t>Tanrı Misafirleri Oteli</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254181429</t>
+          <t>9786254183195</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059799782</t>
+          <t>9786052981283</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
+          <t>Türkiye Neden Feda Edildi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254183102</t>
+          <t>9786054927890</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>Liberal İhanet</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254183119</t>
+          <t>9786052988770</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
+          <t>Beni Hep Böyle Hatırla</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254183027</t>
+          <t>9786254183188</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Ciltli)</t>
+          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254183003</t>
+          <t>9786254183171</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Görmek (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254182990</t>
+          <t>9786254182532</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Elveda Selanik - 1917 Yangını</t>
+          <t>Zesto Psomi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254183041</t>
+          <t>9786059908405</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Saray Yolu - Kahire Üçlemesi 1</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254183034</t>
+          <t>9786254183140</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sinolojinin Doğuşu</t>
+          <t>Top Tarikatı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254183065</t>
+          <t>9786052982914</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dragos - Furkan Sezer Anlatıyor</t>
+          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254183072</t>
+          <t>9786254183157</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
+          <t>Halıdaki Şekil</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254182952</t>
+          <t>9786254183133</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Esrik Bir An</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254182945</t>
+          <t>9786254183096</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
+          <t>Gülümse Türkiye</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>260</v>
+        <v>950</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254182938</t>
+          <t>9786254183058</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol El Kitabı</t>
+          <t>Güç Mücadelesinde Türkiye</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254182891</t>
+          <t>9786254183089</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yük Yeri</t>
+          <t>Sir John Mandeville’in Seyahatleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254182914</t>
+          <t>9786254181429</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>480</v>
+        <v>90</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254182884</t>
+          <t>9786059799782</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Manastırı</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254182921</t>
+          <t>9786254183102</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bihter Seni Deliler Gibi</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254182907</t>
+          <t>9786254183119</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl Cumhuriyet Alfabesi</t>
+          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055340865</t>
+          <t>9786254183027</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Erbakan</t>
+          <t>Kabil (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254182839</t>
+          <t>9786254183003</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 4</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254182860</t>
+          <t>9786254182990</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
+          <t>Elveda Selanik - 1917 Yangını</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254182846</t>
+          <t>9786254183041</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hacı Ağa</t>
+          <t>Saray Yolu - Kahire Üçlemesi 1</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254182853</t>
+          <t>9786254183034</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün</t>
+          <t>Türkiye'de Sinolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254182822</t>
+          <t>9786254183065</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kısır Döngü</t>
+          <t>Dragos - Furkan Sezer Anlatıyor</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254182808</t>
+          <t>9786254183072</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yıl Notları (1918-1923)</t>
+          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254182815</t>
+          <t>9786254182952</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sözler Sözcükler</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254182792</t>
+          <t>9786254182945</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Canımın Canı</t>
+          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254182785</t>
+          <t>9786254182938</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Havala</t>
+          <t>Kuşak ve Yol El Kitabı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254182730</t>
+          <t>9786254182891</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sessizliği Ülkesi</t>
+          <t>Yük Yeri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254182747</t>
+          <t>9786254182914</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254182754</t>
+          <t>9786254182884</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Kurbağa Manastırı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254182778</t>
+          <t>9786254182921</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Fısıltısı</t>
+          <t>Düşün Bihter Seni Deliler Gibi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254182723</t>
+          <t>9786254182907</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
+          <t>100. Yıl Cumhuriyet Alfabesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254182761</t>
+          <t>9786055340865</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
+          <t>Erbakan</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254182686</t>
+          <t>9786254182839</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
+          <t>Türkiye Üzerine Tezler 4</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059908429</t>
+          <t>9786254182860</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sinek Sarayı</t>
+          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052987360</t>
+          <t>9786254182846</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Biri Hiçbiri Binlercesi</t>
+          <t>Hacı Ağa</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052986134</t>
+          <t>9786254182853</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sarmal</t>
+          <t>Lyon’da Düğün</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254182693</t>
+          <t>9786254182822</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Küçük Napolyon</t>
+          <t>Kutsal Kısır Döngü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254182716</t>
+          <t>9786254182808</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Baron İstilası</t>
+          <t>Yüzüncü Yıl Notları (1918-1923)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254182709</t>
+          <t>9786254182815</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Sözler Sözcükler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254182587</t>
+          <t>9786254182792</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>CHP'de Sağ Sapma</t>
+          <t>Canımın Canı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254182679</t>
+          <t>9786254182785</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Küçük Acılar</t>
+          <t>Havala</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254182662</t>
+          <t>9786254182730</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ateş Kuşu Semiha Berksoy</t>
+          <t>Sabahın Sessizliği Ülkesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254182655</t>
+          <t>9786254182747</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Aç Melek</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254182648</t>
+          <t>9786254182754</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sevdamız Fenerbahçe</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254182594</t>
+          <t>9786254182778</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Bebek</t>
+          <t>Yıldızların Fısıltısı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254182631</t>
+          <t>9786254182723</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Zenon</t>
+          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254182518</t>
+          <t>9786254182761</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Üç Kral</t>
+          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254182600</t>
+          <t>9786254182686</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Popülizm Yüzyılı</t>
+          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254182617</t>
+          <t>9786059908429</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Bir Türk Basketbolcu</t>
+          <t>Sinek Sarayı</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254182624</t>
+          <t>9786052987360</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
+          <t>Biri Hiçbiri Binlercesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254182570</t>
+          <t>9786052986134</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayamadıklarımız</t>
+          <t>Sarmal</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254182563</t>
+          <t>9786254182693</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Masa</t>
+          <t>Küçük Napolyon</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254182556</t>
+          <t>9786254182716</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
+          <t>Baron İstilası</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254182488</t>
+          <t>9786254182709</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyılda Yeniden Atatürk</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254182525</t>
+          <t>9786254182587</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tek Bir Gül</t>
+          <t>CHP'de Sağ Sapma</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254182471</t>
+          <t>9786254182679</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Cumhuriyet</t>
+          <t>Küçük Acılar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254182464</t>
+          <t>9786254182662</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>515 Haşimi</t>
+          <t>Ateş Kuşu Semiha Berksoy</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254182440</t>
+          <t>9786254182655</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geyik</t>
+          <t>Aç Melek</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254182433</t>
+          <t>9786254182648</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Uslu Kız</t>
+          <t>Sevdamız Fenerbahçe</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254182426</t>
+          <t>9786254182594</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
+          <t>Geçmişten Günümüze Bebek</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254182457</t>
+          <t>9786254182631</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
+          <t>Zenon</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254182402</t>
+          <t>9786254182518</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Üç Kral</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254182372</t>
+          <t>9786254182600</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 3</t>
+          <t>Popülizm Yüzyılı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254182419</t>
+          <t>9786254182617</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Öldürüldüğü Gün</t>
+          <t>Suriye'de Bir Türk Basketbolcu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254182327</t>
+          <t>9786254182624</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkeği Öldürmek</t>
+          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254182389</t>
+          <t>9786254182570</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bıçkın ve Orta Halli</t>
+          <t>Hatırlayamadıklarımız</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254182358</t>
+          <t>9786254182563</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kestirmeler ve Kısa Hikayeler</t>
+          <t>Masa</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254182341</t>
+          <t>9786254182556</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nayino</t>
+          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254182334</t>
+          <t>9786254182488</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağı’nın Çocukları</t>
+          <t>İkinci Yüzyılda Yeniden Atatürk</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254182303</t>
+          <t>9786254182525</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Sırları</t>
+          <t>Tek Bir Gül</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254182310</t>
+          <t>9786254182471</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Vatan Yahut Cumhuriyet</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254182280</t>
+          <t>9786254182464</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Kadını</t>
+          <t>515 Haşimi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254182297</t>
+          <t>9786254182440</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi İçin Manifesto - Diren!</t>
+          <t>Geyik</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254182228</t>
+          <t>9786254182433</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Körlük</t>
+          <t>Uslu Kız</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254182235</t>
+          <t>9786254182426</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254182242</t>
+          <t>9786254182457</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İblis'i Öldür</t>
+          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254182266</t>
+          <t>9786254182402</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İslamo - Faşizm</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254182204</t>
+          <t>9786254182372</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Şahsıma Ait Ada Mikronezya</t>
+          <t>Türkiye Üzerine Tezler 3</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254182211</t>
+          <t>9786254182419</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kartal İmam Hatipliler</t>
+          <t>Başkanın Öldürüldüğü Gün</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254182150</t>
+          <t>9786254182327</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yağma</t>
+          <t>Bir Erkeği Öldürmek</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254182198</t>
+          <t>9786254182389</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>SS</t>
+          <t>Bıçkın ve Orta Halli</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254182167</t>
+          <t>9786254182358</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Kestirmeler ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254182174</t>
+          <t>9786254182341</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
+          <t>Nayino</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254181467</t>
+          <t>9786254182334</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
+          <t>Cebelavi Sokağı’nın Çocukları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052982549</t>
+          <t>9786254182303</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
+          <t>Hayatımın Sırları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254182129</t>
+          <t>9786254182310</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dilaver - Panayır Başlıyor</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254182136</t>
+          <t>9786254182280</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sitem Taşları</t>
+          <t>Hayatımın Kadını</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254182105</t>
+          <t>9786254182297</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Demokrasi İçin Manifesto - Diren!</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254182099</t>
+          <t>9786254182228</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Benim Karikatürlü Evrenim</t>
+          <t>Körlük</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254182112</t>
+          <t>9786254182235</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254182051</t>
+          <t>9786254182242</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>İblis'i Öldür</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254182082</t>
+          <t>9786254182266</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>B2 Seyir Jurnali</t>
+          <t>İslamo - Faşizm</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254182037</t>
+          <t>9786254182204</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Kurdu</t>
+          <t>Şahsıma Ait Ada Mikronezya</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254182068</t>
+          <t>9786254182211</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Kartal İmam Hatipliler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254182044</t>
+          <t>9786254182150</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ve Kiracıları</t>
+          <t>Yağma</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254181917</t>
+          <t>9786254182198</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyunları</t>
+          <t>SS</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254181887</t>
+          <t>9786254182167</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Körler Ordusu</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254181900</t>
+          <t>9786254182174</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Türkler Tarafından Keşfi</t>
+          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254181986</t>
+          <t>9786254181467</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler - 2</t>
+          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254181856</t>
+          <t>9786052982549</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kamer Genç</t>
+          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254181955</t>
+          <t>9786254182129</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Portreler - 1</t>
+          <t>Dilaver - Panayır Başlıyor</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254181948</t>
+          <t>9786254182136</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Çoşkun Gönül</t>
+          <t>Sitem Taşları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254181702</t>
+          <t>9786254182105</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254181870</t>
+          <t>9786254182099</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
+          <t>Benim Karikatürlü Evrenim</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254181962</t>
+          <t>9786254182112</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254181825</t>
+          <t>9786254182051</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Labirenti</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254181894</t>
+          <t>9786254182082</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ayana</t>
+          <t>B2 Seyir Jurnali</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254181818</t>
+          <t>9786254182037</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Yazmak</t>
+          <t>Ağacın Kurdu</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254181801</t>
+          <t>9786254182068</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Seni Söyler</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254181764</t>
+          <t>9786254182044</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Değilin Defterleri</t>
+          <t>Ayaşlı ve Kiracıları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254181795</t>
+          <t>9786254181917</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’daki Teyzemiz</t>
+          <t>Kadın Oyunları</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254181788</t>
+          <t>9786254181887</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Rumi</t>
+          <t>Körler Ordusu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254181771</t>
+          <t>9786254181900</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Göğü Önünde</t>
+          <t>Amerika'nın Türkler Tarafından Keşfi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254181658</t>
+          <t>9786254181986</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Suriye Mektupları</t>
+          <t>Türkiye Üzerine Tezler - 2</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254181689</t>
+          <t>9786254181856</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ve Şürekası</t>
+          <t>Kamer Genç</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254181672</t>
+          <t>9786254181955</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
+          <t>Portreler - 1</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254181665</t>
+          <t>9786254181948</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Çoşkun Gönül</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254181696</t>
+          <t>9786254181702</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yüzücü</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254181757</t>
+          <t>9786254181870</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dul</t>
+          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254181542</t>
+          <t>9786254181962</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İstila</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254181603</t>
+          <t>9786254181825</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Kesitler</t>
+          <t>Ruhlar Labirenti</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254181610</t>
+          <t>9786254181894</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Cristoforo Colombo’nun Maceraları</t>
+          <t>Ayana</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254181597</t>
+          <t>9786254181818</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalmak</t>
+          <t>Öyküyü Yazmak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254181580</t>
+          <t>9786254181801</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Delice Coşkun</t>
+          <t>Şarkılar Seni Söyler</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254181573</t>
+          <t>9786254181764</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Neşterden Keskin Kalem</t>
+          <t>Bir Deli Değilin Defterleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254181535</t>
+          <t>9786254181795</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamcılık</t>
+          <t>Üsküdar’daki Teyzemiz</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254181528</t>
+          <t>9786254181788</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
+          <t>Rumi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254181511</t>
+          <t>9786254181771</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Şah Dizeler</t>
+          <t>Kuşların Göğü Önünde</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254181481</t>
+          <t>9786254181658</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Karşı Devrim - 1923'ten 2023'e</t>
+          <t>Suriye Mektupları</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254181474</t>
+          <t>9786254181689</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1</t>
+          <t>Ferdi ve Şürekası</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254181412</t>
+          <t>9786254181672</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eşkıya İninde</t>
+          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254181436</t>
+          <t>9786254181665</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254181450</t>
+          <t>9786254181696</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Büyük Yüzücü</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254181443</t>
+          <t>9786254181757</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Kurmaca</t>
+          <t>Dul</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254181504</t>
+          <t>9786254181542</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol</t>
+          <t>Sessiz İstila</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254181399</t>
+          <t>9786254181603</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Seyahatinin Tarihi</t>
+          <t>Türkiye’den Kesitler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254181405</t>
+          <t>9786254181610</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
+          <t>Cristoforo Colombo’nun Maceraları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254181368</t>
+          <t>9786254181597</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Gece Bitmedi</t>
+          <t>Yaralı Kalmak</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254181351</t>
+          <t>9786254181580</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kum Kaptanları</t>
+          <t>Delice Coşkun</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254181344</t>
+          <t>9786254181573</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
+          <t>Neşterden Keskin Kalem</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254181375</t>
+          <t>9786254181535</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yönetimi</t>
+          <t>Siyasal İslamcılık</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254181269</t>
+          <t>9786254181528</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
+          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254181276</t>
+          <t>9786254181511</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hac Yolunda</t>
+          <t>Türkülerden Şah Dizeler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254181290</t>
+          <t>9786254181481</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
+          <t>Karşı Devrim - 1923'ten 2023'e</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254181283</t>
+          <t>9786254181474</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Toplu Oyunlar - 1</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254181153</t>
+          <t>9786254181412</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkadın</t>
+          <t>Eşkıya İninde</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254181245</t>
+          <t>9786254181436</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Sivilceleri</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254181252</t>
+          <t>9786254181450</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254181207</t>
+          <t>9786254181443</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Kadın ve Kurmaca</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254181221</t>
+          <t>9786254181504</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Kuşak ve Yol</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254181238</t>
+          <t>9786254181399</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Demiryolu Seyahatinin Tarihi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254181214</t>
+          <t>9786254181405</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254181191</t>
+          <t>9786254181368</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Düşüncenin Gelişmesi</t>
+          <t>Gece Bitmedi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254181177</t>
+          <t>9786254181351</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sera Toplumunda Çöl Olmak</t>
+          <t>Kum Kaptanları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254181160</t>
+          <t>9786254181344</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Söz Yazıları</t>
+          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254181146</t>
+          <t>9786254181375</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
+          <t>Ülke Yönetimi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254181108</t>
+          <t>9786254181269</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Destan Sayılır</t>
+          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254181122</t>
+          <t>9786254181276</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kuşevi'nin Efendisi</t>
+          <t>Hac Yolunda</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254181115</t>
+          <t>9786254181290</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Foto-Grafiti 114 Gözdikme</t>
+          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254180835</t>
+          <t>9786254181283</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254181139</t>
+          <t>9786254181153</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Tanrıkadın</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254181085</t>
+          <t>9786254181245</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Silivri'de Firavun Töreni</t>
+          <t>Ergenlik Sivilceleri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052989876</t>
+          <t>9786254181252</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
+          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254180958</t>
+          <t>9786254181207</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Gece İnerken</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254180897</t>
+          <t>9786254181221</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Meclisten İçeri</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254180903</t>
+          <t>9786254181238</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254180927</t>
+          <t>9786254181214</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254180880</t>
+          <t>9786254181191</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
+          <t>Sosyalist Düşüncenin Gelişmesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254180910</t>
+          <t>9786254181177</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Londra Manzaraları</t>
+          <t>Sera Toplumunda Çöl Olmak</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254180934</t>
+          <t>9786254181160</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>‘‘Yüreğinin Sesinden Başka Şey Dinleme’’ - Seçme Mektuplar</t>
+          <t>Söz Yazıları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254180866</t>
+          <t>9786254181146</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Batı Hikayeleri</t>
+          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254180781</t>
+          <t>9786254181108</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Atamanoğlu Fatih</t>
+          <t>Destan Sayılır</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254181016</t>
+          <t>9786254181122</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Strategikon</t>
+          <t>Kuşevi'nin Efendisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254181023</t>
+          <t>9786254181115</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Hikayeler</t>
+          <t>Foto-Grafiti 114 Gözdikme</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254181047</t>
+          <t>9786254180835</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>William Shakespeare</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254181030</t>
+          <t>9786254181139</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler ve Diğer Hikayeler</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254181054</t>
+          <t>9786254181085</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Silivri'de Firavun Töreni</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254181009</t>
+          <t>9786052989876</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254180989</t>
+          <t>9786254180958</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti Konstantiniyye’de</t>
+          <t>Gece İnerken</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254180941</t>
+          <t>9786254180897</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri Tarihi</t>
+          <t>Sözüm Meclisten İçeri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254180972</t>
+          <t>9786254180903</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052985922</t>
+          <t>9786254180927</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052983744</t>
+          <t>9786254180880</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
+          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254180804</t>
+          <t>9786254180910</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Dillerinde Dünya</t>
+          <t>Londra Manzaraları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254180828</t>
+          <t>9786254180934</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Karşılığını Bulamamış Sorular</t>
+          <t>‘‘Yüreğinin Sesinden Başka Şey Dinleme’’ - Seçme Mektuplar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254180125</t>
+          <t>9786254180866</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sorular</t>
+          <t>Batı Hikayeleri</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254180811</t>
+          <t>9786254180781</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Gibiciler</t>
+          <t>Atamanoğlu Fatih</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254180798</t>
+          <t>9786254181016</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kar Panteri</t>
+          <t>Strategikon</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254180873</t>
+          <t>9786254181023</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Tarih Yapan Savaş</t>
+          <t>Ütopik Hikayeler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254180859</t>
+          <t>9786254181047</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Kapısı</t>
+          <t>William Shakespeare</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254180743</t>
+          <t>9786254181030</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
+          <t>Küçük Şeyler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254180774</t>
+          <t>9786254181054</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254180750</t>
+          <t>9786254181009</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Boris Davidoviç İçin Bir Mezar</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254180767</t>
+          <t>9786254180989</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Benim Kahramanım Türk Halkıdır</t>
+          <t>Pierre Loti Konstantiniyye’de</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254180736</t>
+          <t>9786254180941</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyasının Yalancıları</t>
+          <t>Komplo Teorileri Tarihi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254180712</t>
+          <t>9786254180972</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Serap</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254180682</t>
+          <t>9786052985922</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Günlüğü</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254180705</t>
+          <t>9786052983744</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254180699</t>
+          <t>9786254180804</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Dillerinde Dünya</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254180620</t>
+          <t>9786254180828</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
+          <t>Karşılığını Bulamamış Sorular</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254180545</t>
+          <t>9786254180125</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Liyakat</t>
+          <t>Sorular</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254180521</t>
+          <t>9786254180811</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Saygıdeğer Bir Öğrenci</t>
+          <t>Gibiciler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254180552</t>
+          <t>9786254180798</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Gelen Haber</t>
+          <t>Kar Panteri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254180538</t>
+          <t>9786254180873</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çilekleri Aynadaki Gibi</t>
+          <t>Ukrayna - Tarih Yapan Savaş</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254180514</t>
+          <t>9786254180859</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Beşli Çete</t>
+          <t>İçtihad Kapısı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254180088</t>
+          <t>9786254180743</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254180071</t>
+          <t>9786254180774</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Totem Ve Tabu</t>
+          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254180101</t>
+          <t>9786254180750</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Boris Davidoviç İçin Bir Mezar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254180118</t>
+          <t>9786254180767</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Aylak Köpek</t>
+          <t>Benim Kahramanım Türk Halkıdır</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254180095</t>
+          <t>9786254180736</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet ve Psikanaliz</t>
+          <t>Yalan Dünyasının Yalancıları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254180132</t>
+          <t>9786254180712</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
+          <t>Kızıl Serap</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254180002</t>
+          <t>9786254180682</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Bir Yazarın Günlüğü</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052989852</t>
+          <t>9786254180705</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052989449</t>
+          <t>9786254180699</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052989975</t>
+          <t>9786254180620</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Orman</t>
+          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254180057</t>
+          <t>9786254180545</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
+          <t>Liyakat</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052989999</t>
+          <t>9786254180521</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Saygıdeğer Bir Öğrenci</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052989869</t>
+          <t>9786254180552</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Yıldızlardan Gelen Haber</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254180019</t>
+          <t>9786254180538</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Yaban Çilekleri Aynadaki Gibi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052989982</t>
+          <t>9786254180514</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ziyafet (Convivio)</t>
+          <t>Beşli Çete</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254180040</t>
+          <t>9786254180088</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>650</v>
+        <v>70</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052989968</t>
+          <t>9786254180071</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Deri Ticareti Serüvenleri</t>
+          <t>Totem Ve Tabu</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254180026</t>
+          <t>9786254180101</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052989944</t>
+          <t>9786254180118</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Tecrit</t>
+          <t>Aylak Köpek</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052989951</t>
+          <t>9786254180095</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yalan Söyleme</t>
+          <t>Cinsiyet ve Psikanaliz</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052989920</t>
+          <t>9786254180132</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
+          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052989890</t>
+          <t>9786254180002</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Efeler İsyanı</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052989906</t>
+          <t>9786052989852</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş’ta Sırtlan Pususu</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052989913</t>
+          <t>9786052989449</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Vurgun - Parsel Parsel 2</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052989401</t>
+          <t>9786052989975</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Piranesi’nin Karanlık Zihni</t>
+          <t>Kafamdaki Orman</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052988824</t>
+          <t>9786254180057</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mahkumu</t>
+          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052989395</t>
+          <t>9786052989999</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Yakın Temas</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052989388</t>
+          <t>9786052989869</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Afili Mavallar</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052989357</t>
+          <t>9786254180019</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hepsini Okudunuz mu?</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052989371</t>
+          <t>9786052989982</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Altın Meyveler</t>
+          <t>Ziyafet (Convivio)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052989364</t>
+          <t>9786254180040</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Fantoine ile Agapa Arasında</t>
+          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052989142</t>
+          <t>9786052989968</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Düzensiz Savaşlar</t>
+          <t>Deri Ticareti Serüvenleri</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052989135</t>
+          <t>9786254180026</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Yukarlarda En Uzaklarda</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052989043</t>
+          <t>9786052989944</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Sualtındaki Hafıza</t>
+          <t>Kutsal Tecrit</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052989098</t>
+          <t>9786052989951</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
+          <t>Kendine Yalan Söyleme</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052989074</t>
+          <t>9786052989920</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ud ve Yara İzleri</t>
+          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052989104</t>
+          <t>9786052989890</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>DünBatımı Defteri</t>
+          <t>Efeler İsyanı</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052986455</t>
+          <t>9786052989906</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Beşiktaş’ta Sırtlan Pususu</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>70</v>
+        <v>330</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052988985</t>
+          <t>9786052989913</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Dereceler</t>
+          <t>Vurgun - Parsel Parsel 2</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052989029</t>
+          <t>9786052989401</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
+          <t>Piranesi’nin Karanlık Zihni</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052989050</t>
+          <t>9786052988824</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bir Masalda İki Kral Olmaz</t>
+          <t>Cennet Mahkumu</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052989005</t>
+          <t>9786052989395</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Diyar</t>
+          <t>Yakın Temas</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052988954</t>
+          <t>9786052989388</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
+          <t>Afili Mavallar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052988947</t>
+          <t>9786052989357</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
+          <t>Hepsini Okudunuz mu?</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052989012</t>
+          <t>9786052989371</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ağzımda Laf Varken Konuşamıyorum</t>
+          <t>Altın Meyveler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052988992</t>
+          <t>9786052989364</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Yusuf</t>
+          <t>Fantoine ile Agapa Arasında</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052988961</t>
+          <t>9786052989142</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Manşet - Türkiye Konuşuyor</t>
+          <t>Düzensiz Savaşlar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052988916</t>
+          <t>9786052989135</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Yukarlarda En Uzaklarda</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052988893</t>
+          <t>9786052989043</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre ve Bir Seyahatin Notları</t>
+          <t>Sualtındaki Hafıza</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052988886</t>
+          <t>9786052989098</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052988909</t>
+          <t>9786052989074</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Ud ve Yara İzleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052988930</t>
+          <t>9786052989104</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>DünBatımı Defteri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052988923</t>
+          <t>9786052986455</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052988855</t>
+          <t>9786052988985</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
+          <t>Dereceler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052988879</t>
+          <t>9786052989029</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sinema Üzerine Konuşmalar</t>
+          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052988862</t>
+          <t>9786052989050</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Janus</t>
+          <t>Bir Masalda İki Kral Olmaz</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052988848</t>
+          <t>9786052989005</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Umut</t>
+          <t>Bir Garip Diyar</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052988787</t>
+          <t>9786052988954</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Okumak</t>
+          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052988756</t>
+          <t>9786052988947</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Seyelan</t>
+          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052988794</t>
+          <t>9786052989012</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İstanbulin</t>
+          <t>Ağzımda Laf Varken Konuşamıyorum</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052988749</t>
+          <t>9786052988992</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Katli Vacip</t>
+          <t>Cehennemde Bir Yusuf</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052988763</t>
+          <t>9786052988961</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Eksik Sözdür</t>
+          <t>Manşet - Türkiye Konuşuyor</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052988732</t>
+          <t>9786052988916</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tampon Ülke</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052988664</t>
+          <t>9786052988893</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
+          <t>Bize Göre ve Bir Seyahatin Notları</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052988671</t>
+          <t>9786052988886</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarımı Kestiler</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052988695</t>
+          <t>9786052988909</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Paragone - Sanatların Karşılaştırılması</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052988725</t>
+          <t>9786052988930</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Altın Yağmur</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052988718</t>
+          <t>9786052988923</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kara Elmas Diyarından</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052988640</t>
+          <t>9786052988855</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Modern Argonautlar</t>
+          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052988633</t>
+          <t>9786052988879</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uçan Kuşlar</t>
+          <t>Sinema Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052988626</t>
+          <t>9786052988862</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
+          <t>Janus</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052988657</t>
+          <t>9786052988848</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Çin’de On Beş Sohbet</t>
+          <t>Yüz Yıllık Umut</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052988602</t>
+          <t>9786052988787</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
+          <t>Resimleri Okumak</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052988589</t>
+          <t>9786052988756</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
+          <t>Seyelan</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052988572</t>
+          <t>9786052988794</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kadar Bir Çiçek</t>
+          <t>İstanbulin</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052988596</t>
+          <t>9786052988749</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Anında Görüntü</t>
+          <t>Katli Vacip</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052988619</t>
+          <t>9786052988763</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mutabıkız</t>
+          <t>İnsan Bir Eksik Sözdür</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052988541</t>
+          <t>9786052988732</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Denklemleri</t>
+          <t>Tampon Ülke</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052988503</t>
+          <t>9786052988664</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052988534</t>
+          <t>9786052988671</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Odamda Yolculuk - Odamda Gece Seferi</t>
+          <t>Rüzgarımı Kestiler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052988510</t>
+          <t>9786052988695</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Giden İnce Yol</t>
+          <t>Paragone - Sanatların Karşılaştırılması</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052988497</t>
+          <t>9786052988725</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Altın Yağmur</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052988527</t>
+          <t>9786052988718</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Kara Elmas Diyarından</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052988459</t>
+          <t>9786052988640</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Ülkesi</t>
+          <t>Modern Argonautlar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052988442</t>
+          <t>9786052988633</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
+          <t>Sonsuza Uçan Kuşlar</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052988428</t>
+          <t>9786052988626</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İnönü Döneminde Kemalizm</t>
+          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052988435</t>
+          <t>9786052988657</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğimiz Çin</t>
+          <t>Çin’de On Beş Sohbet</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052988381</t>
+          <t>9786052988602</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yuvamıza Düşen Ateş</t>
+          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052988398</t>
+          <t>9786052988589</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Düğmeler, Deri, Koordinatlar</t>
+          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052988404</t>
+          <t>9786052988572</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Elyordamı</t>
+          <t>Türkiye Kadar Bir Çiçek</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052988411</t>
+          <t>9786052988596</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın İnsanları</t>
+          <t>Anında Görüntü</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052988329</t>
+          <t>9786052988619</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Manolya</t>
+          <t>Mutabıkız</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052988350</t>
+          <t>9786052988541</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Devrimin Denklemleri</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052988367</t>
+          <t>9786052988503</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Rüzgar</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052988312</t>
+          <t>9786052988534</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kuzin Bette</t>
+          <t>Odamda Yolculuk - Odamda Gece Seferi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052988336</t>
+          <t>9786052988510</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Kuzeye Giden İnce Yol</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052988251</t>
+          <t>9786052988497</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Başkomutan</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052988275</t>
+          <t>9786052988527</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal 1881-1958</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052988268</t>
+          <t>9786052988459</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
+          <t>Başkalarının Ülkesi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052988299</t>
+          <t>9786052988442</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052988190</t>
+          <t>9786052988428</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>The Özal</t>
+          <t>İnönü Döneminde Kemalizm</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052988213</t>
+          <t>9786052988435</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ak-Yargı</t>
+          <t>Bilmediğimiz Çin</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052988206</t>
+          <t>9786052988381</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Emeviler Abbasiler</t>
+          <t>Yuvamıza Düşen Ateş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052988244</t>
+          <t>9786052988398</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Dalyan</t>
+          <t>Düğmeler, Deri, Koordinatlar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052988220</t>
+          <t>9786052988404</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Nedeniyle Kapalıyız</t>
+          <t>Alacakaranlıkta Elyordamı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052988237</t>
+          <t>9786052988411</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Normal Olacak Kadar Anormal Değilim</t>
+          <t>Boğaz’ın İnsanları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052988176</t>
+          <t>9786052988329</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Karanlık Manolya</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052988183</t>
+          <t>9786052988350</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052988138</t>
+          <t>9786052988367</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sinema Yazıları</t>
+          <t>Ah Bu Rüzgar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052988169</t>
+          <t>9786052988312</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kuzin Bette</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052988152</t>
+          <t>9786052988336</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz İntihal</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052988091</t>
+          <t>9786052988251</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>Başkomutan</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052988084</t>
+          <t>9786052988275</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Havada Dumandım</t>
+          <t>Gazi Mustafa Kemal 1881-1958</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052988107</t>
+          <t>9786052988268</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Okname</t>
+          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052988060</t>
+          <t>9786052988299</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Ayaklanmaları</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052988114</t>
+          <t>9786052988190</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Cüppeli Vesayet</t>
+          <t>The Özal</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052988046</t>
+          <t>9786052988213</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
+          <t>Ak-Yargı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052988039</t>
+          <t>9786052988206</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>1945 Türkiye-SSCB İlişkileri</t>
+          <t>İslam Tarihi Emeviler Abbasiler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052988022</t>
+          <t>9786052988244</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
+          <t>Dalyan</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052988008</t>
+          <t>9786052988220</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
+          <t>Hüzün Nedeniyle Kapalıyız</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052987889</t>
+          <t>9786052988237</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Lahanistan</t>
+          <t>Normal Olacak Kadar Anormal Değilim</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052987995</t>
+          <t>9786052988176</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052987971</t>
+          <t>9786052988183</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Anıları</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052987988</t>
+          <t>9786052988138</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Sinema Yazıları</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052987964</t>
+          <t>9786052988169</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sessizlikle Yıka İçini</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052987940</t>
+          <t>9786052988152</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin’in Hayatı</t>
+          <t>Şuursuz İntihal</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052987933</t>
+          <t>9786052988091</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşam ve Mutluluk Üzerine</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052987919</t>
+          <t>9786052988084</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Son Durak</t>
+          <t>Havada Dumandım</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052987926</t>
+          <t>9786052988107</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Hıçkırık</t>
+          <t>Okname</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052987841</t>
+          <t>9786052988060</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkün Ölümü</t>
+          <t>Öğrenci Ayaklanmaları</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052987865</t>
+          <t>9786052988114</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Smiley’nin İnsanları</t>
+          <t>Cüppeli Vesayet</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052987902</t>
+          <t>9786052988046</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Afet</t>
+          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052987872</t>
+          <t>9786052988039</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 4</t>
+          <t>1945 Türkiye-SSCB İlişkileri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052987834</t>
+          <t>9786052988022</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İbadet</t>
+          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052987810</t>
+          <t>9786052988008</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052987803</t>
+          <t>9786052987889</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Lahanistan</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052987773</t>
+          <t>9786052987995</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Cola di Rienzi</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052987797</t>
+          <t>9786052987971</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Bir Ölünün Anıları</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052987766</t>
+          <t>9786052987988</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052987704</t>
+          <t>9786052987964</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Parsel Parsel</t>
+          <t>Sessizlikle Yıka İçini</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052987759</t>
+          <t>9786052987940</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar İyidir</t>
+          <t>Barbaros Hayrettin’in Hayatı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052987742</t>
+          <t>9786052987933</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Pi’nin Tarihi</t>
+          <t>İyi Yaşam ve Mutluluk Üzerine</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052987629</t>
+          <t>9786052987919</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
+          <t>Son Durak</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052987605</t>
+          <t>9786052987926</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Anavatandan Mavi Vatan’a</t>
+          <t>Nihavent Hıçkırık</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052987612</t>
+          <t>9786052987841</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Köpek Düşü</t>
+          <t>Bir Türkün Ölümü</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052987711</t>
+          <t>9786052987865</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
+          <t>Smiley’nin İnsanları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052987735</t>
+          <t>9786052987902</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
+          <t>Afet</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052987728</t>
+          <t>9786052987872</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
+          <t>Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052987643</t>
+          <t>9786052987834</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşinin Aynası</t>
+          <t>Türkçe İbadet</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052987681</t>
+          <t>9786052987810</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günlüğü</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052987674</t>
+          <t>9786052987803</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Mimar Doğanlar… Üç Doğan</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052987667</t>
+          <t>9786052987773</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Evrimi</t>
+          <t>Cola di Rienzi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052987568</t>
+          <t>9786052987797</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sıcak İlişkiler Arkası Yarın</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052987537</t>
+          <t>9786052987766</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Tiyatrolar</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052987575</t>
+          <t>9786052987704</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yazıları</t>
+          <t>Parsel Parsel</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052987551</t>
+          <t>9786052987759</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Şiirler</t>
+          <t>Ütopyalar İyidir</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052987544</t>
+          <t>9786052987742</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Anketler Mülakatlar</t>
+          <t>Pi’nin Tarihi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052987520</t>
+          <t>9786052987629</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052987513</t>
+          <t>9786052987605</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Anavatandan Mavi Vatan’a</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052987506</t>
+          <t>9786052987612</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Köpek Düşü</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052987490</t>
+          <t>9786052987711</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052987483</t>
+          <t>9786052987735</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
+          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052987445</t>
+          <t>9786052987728</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052987476</t>
+          <t>9786052987643</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Haberi</t>
+          <t>Boğa Güreşinin Aynası</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052987421</t>
+          <t>9786052987681</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Nar Kitabı</t>
+          <t>İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052987438</t>
+          <t>9786052987674</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre Olmak</t>
+          <t>Mimar Doğanlar… Üç Doğan</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052987407</t>
+          <t>9786052987667</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
+          <t>Felsefenin Evrimi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052987384</t>
+          <t>9786052987568</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Parma Manastırı</t>
+          <t>Sıcak İlişkiler Arkası Yarın</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052987377</t>
+          <t>9786052987537</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>"Benimle Dostluk Zordur"</t>
+          <t>Çeviri Tiyatrolar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052987346</t>
+          <t>9786052987575</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Metastaz 2: Cendere</t>
+          <t>Bütün Yazıları</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052987292</t>
+          <t>9786052987551</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Çeviri Şiirler</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052987261</t>
+          <t>9786052987544</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Annem Gülüyor</t>
+          <t>Mektuplar Anketler Mülakatlar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052987315</t>
+          <t>9786052987520</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Jubiaba</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052987322</t>
+          <t>9786052987513</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kadim Gemi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052987285</t>
+          <t>9786052987506</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052987308</t>
+          <t>9786052987490</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Baronlar Savaşı</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052987278</t>
+          <t>9786052987483</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052987148</t>
+          <t>9786052987445</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Doğum Gününün İcadı</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052987223</t>
+          <t>9786052987476</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sımayıl İle Razıya (Taş Baskı)</t>
+          <t>Hayatımın Haberi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052987193</t>
+          <t>9786052987421</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>1 Köy 4 Adam 6,5 Darbe</t>
+          <t>Nar Kitabı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052987216</t>
+          <t>9786052987438</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Seçme Oyunlar</t>
+          <t>Jane Eyre Olmak</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052987179</t>
+          <t>9786052987407</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Partisi</t>
+          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052987162</t>
+          <t>9786052987384</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Şeytani</t>
+          <t>Parma Manastırı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052987186</t>
+          <t>9786052987377</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>"Benimle Dostluk Zordur"</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052987155</t>
+          <t>9786052987346</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Zaragoza’da Bulunmuş El Yazması</t>
+          <t>Metastaz 2: Cendere</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052987124</t>
+          <t>9786052987292</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar İçin Şarkılı Alfabe</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052987117</t>
+          <t>9786052987261</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Rehin</t>
+          <t>Annem Gülüyor</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052987094</t>
+          <t>9786052987315</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Filistin Benimdir</t>
+          <t>Jubiaba</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052987070</t>
+          <t>9786052987322</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Libya Türkiye’nin Denizden Komşusudur</t>
+          <t>Kadim Gemi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052987063</t>
+          <t>9786052987285</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052987032</t>
+          <t>9786052987308</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Despotizm</t>
+          <t>Baronlar Savaşı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052987025</t>
+          <t>9786052987278</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052987056</t>
+          <t>9786052987148</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Doğum Gününün İcadı</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052987049</t>
+          <t>9786052987223</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Sımayıl İle Razıya (Taş Baskı)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052986974</t>
+          <t>9786052987193</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Tropiklerde Şafak Manzarası</t>
+          <t>1 Köy 4 Adam 6,5 Darbe</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052986905</t>
+          <t>9786052987216</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
+          <t>Seçme Oyunlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052986981</t>
+          <t>9786052987179</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İlhan Erdost</t>
+          <t>Bahçe Partisi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052986967</t>
+          <t>9786052987162</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Zartoloji - 1001 Gece Esintileri</t>
+          <t>Şeytani</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052986899</t>
+          <t>9786052987186</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Solcuları</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052986943</t>
+          <t>9786052987155</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölge Göstericinin Düşleri</t>
+          <t>Zaragoza’da Bulunmuş El Yazması</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052986936</t>
+          <t>9786052987124</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Balerin</t>
+          <t>Nişanlılar İçin Şarkılı Alfabe</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052986950</t>
+          <t>9786052987117</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Ankara - İstanbul Karatreni</t>
+          <t>Rehin</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052986851</t>
+          <t>9786052987094</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Hülyası</t>
+          <t>Filistin Benimdir</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052986868</t>
+          <t>9786052987070</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Libya Türkiye’nin Denizden Komşusudur</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052986882</t>
+          <t>9786052987063</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı Şiirleri</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052986875</t>
+          <t>9786052987032</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Savaş Sanatı</t>
+          <t>Demokratik Despotizm</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052986776</t>
+          <t>9786052987025</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052986691</t>
+          <t>9786052987056</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052986783</t>
+          <t>9786052987049</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052986714</t>
+          <t>9786052986974</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bu Soyut Nakış Nedir?</t>
+          <t>Tropiklerde Şafak Manzarası</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052986707</t>
+          <t>9786052986905</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Dubrovski</t>
+          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052986745</t>
+          <t>9786052986981</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Muzaffer İlhan Erdost</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052986738</t>
+          <t>9786052986967</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Zartoloji - 1001 Gece Esintileri</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052986813</t>
+          <t>9786052986899</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünlerimiz</t>
+          <t>Fetö'nün Solcuları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052986820</t>
+          <t>9786052986943</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dostları</t>
+          <t>Bir Gölge Göstericinin Düşleri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052986837</t>
+          <t>9786052986936</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Onikiler</t>
+          <t>Eski Bir Balerin</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052986721</t>
+          <t>9786052986950</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı Yürek Çöküntüsü</t>
+          <t>Ankara - İstanbul Karatreni</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052986752</t>
+          <t>9786052986851</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Bir Yaz Gecesi Hülyası</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052986769</t>
+          <t>9786052986868</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052986806</t>
+          <t>9786052986882</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>Yedi Askı Şiirleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052986790</t>
+          <t>9786052986875</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Esiri</t>
+          <t>Kayıp Savaş Sanatı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052986660</t>
+          <t>9786052986776</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052986684</t>
+          <t>9786052986691</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Ardı Belki</t>
+          <t>Tepedelenli Ali Paşa</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052986615</t>
+          <t>9786052986783</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Genç Boksör</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052986646</t>
+          <t>9786052986714</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Bu Soyut Nakış Nedir?</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052986639</t>
+          <t>9786052986707</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Dubrovski</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052986622</t>
+          <t>9786052986745</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052986585</t>
+          <t>9786052986738</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052986592</t>
+          <t>9786052986813</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından 24 Saat</t>
+          <t>Bütün Dünlerimiz</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052986394</t>
+          <t>9786052986820</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
+          <t>Edebiyat Dostları</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052986462</t>
+          <t>9786052986837</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Sinopeli Diogenes</t>
+          <t>Onikiler</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052986400</t>
+          <t>9786052986721</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Alçalmadan Yükselenler</t>
+          <t>Ay Işığı Sokağı Yürek Çöküntüsü</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052986561</t>
+          <t>9786052986752</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052986547</t>
+          <t>9786052986769</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında İzdivaç</t>
+          <t>Bir Köpeğin Araştırmaları</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052986448</t>
+          <t>9786052986806</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Üç Ölüm</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052986486</t>
+          <t>9786052986790</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Kafkas Esiri</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052986554</t>
+          <t>9786052986660</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Bir Kardeş Cinayeti</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052986431</t>
+          <t>9786052986684</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Kaf Dağının Ardı Belki</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052986417</t>
+          <t>9786052986615</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Deccal - Hıristiyanlığa Lanet</t>
+          <t>Genç Boksör</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052986424</t>
+          <t>9786052986646</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052986479</t>
+          <t>9786052986639</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ötesi</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052986523</t>
+          <t>9786052986622</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Savaş</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052986004</t>
+          <t>9786052986585</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052986271</t>
+          <t>9786052986592</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>4. Henry - 1</t>
+          <t>Bir Kadının Hayatından 24 Saat</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052986356</t>
+          <t>9786052986394</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052986240</t>
+          <t>9786052986462</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Sinopeli Diogenes</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052986233</t>
+          <t>9786052986400</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü Günleri</t>
+          <t>Alçalmadan Yükselenler</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052986516</t>
+          <t>9786052986561</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Zencin Değilim</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052986295</t>
+          <t>9786052986547</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Mücadelesi</t>
+          <t>Kuyrukluyıldız Altında İzdivaç</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052986318</t>
+          <t>9786052986448</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Babam Ahmed Midhat Efendi</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052986325</t>
+          <t>9786052986486</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hayal Satıcısı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052986288</t>
+          <t>9786052986554</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Binyılın Peşinde</t>
+          <t>Bir Kardeş Cinayeti</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052986387</t>
+          <t>9786052986431</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Asla</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052986349</t>
+          <t>9786052986417</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Hikaye</t>
+          <t>Deccal - Hıristiyanlığa Lanet</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052986158</t>
+          <t>9786052986424</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052986370</t>
+          <t>9786052986479</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
+          <t>Issızlığın Ötesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052986226</t>
+          <t>9786052986523</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Akan Sular Şarap Olsa</t>
+          <t>İnsan ve Savaş</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052986264</t>
+          <t>9786052986004</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052986257</t>
+          <t>9786052986271</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
+          <t>4. Henry - 1</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052986028</t>
+          <t>9786052986356</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052986219</t>
+          <t>9786052986240</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kadın Düşmanlığı</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052986196</t>
+          <t>9786052986233</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Siyaset</t>
+          <t>1871 Paris Komünü Günleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052986127</t>
+          <t>9786052986516</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Teşekkür Ederim</t>
+          <t>Ben Senin Zencin Değilim</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052986097</t>
+          <t>9786052986295</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Silsile</t>
+          <t>Casuslar Mücadelesi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052986165</t>
+          <t>9786052986318</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Bellek - Odamdan Sızanlar</t>
+          <t>Babam Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052986110</t>
+          <t>9786052986325</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Fena, Burada Kal</t>
+          <t>Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052986073</t>
+          <t>9786052986288</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kardak - Denize Bakma Denizden Bak</t>
+          <t>Binyılın Peşinde</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052986080</t>
+          <t>9786052986387</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
+          <t>Asla Vazgeçme Asla</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052986011</t>
+          <t>9786052986349</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
+          <t>Karanlık Hikaye</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052986066</t>
+          <t>9786052986158</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şiirler - 3 (1970-2012)</t>
+          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052986059</t>
+          <t>9786052986370</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Alıntılar</t>
+          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052985991</t>
+          <t>9786052986226</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dayının Casusları</t>
+          <t>Akan Sular Şarap Olsa</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052985984</t>
+          <t>9786052986264</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Damat</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052985885</t>
+          <t>9786052986257</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sanatımı Koru Ey Tarih</t>
+          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052985960</t>
+          <t>9786052986028</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Simsiyah Soulages ile Konuşmak</t>
+          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052985953</t>
+          <t>9786052986219</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sığınak Hikayeleri</t>
+          <t>Kadın Düşmanlığı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052985946</t>
+          <t>9786052986196</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
+          <t>Cami ve Siyaset</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052985939</t>
+          <t>9786052986127</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
+          <t>Ben Sana Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052985915</t>
+          <t>9786052986097</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gölgesinde Suretler</t>
+          <t>Silsile</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052985755</t>
+          <t>9786052986165</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Örnek Suçlar (Ciltli)</t>
+          <t>Bellek - Odamdan Sızanlar</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052985847</t>
+          <t>9786052986110</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sevres Antlaşmasına Doğru</t>
+          <t>Yağmur Fena, Burada Kal</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052985793</t>
+          <t>9786052986073</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kardak - Denize Bakma Denizden Bak</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052985809</t>
+          <t>9786052986080</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Pantolon</t>
+          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052985786</t>
+          <t>9786052986011</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052985779</t>
+          <t>9786052986066</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Şiirler - 3 (1970-2012)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052985823</t>
+          <t>9786052986059</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
+          <t>Alıntılar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052985854</t>
+          <t>9786052985991</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Borsası</t>
+          <t>Dayının Casusları</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052985816</t>
+          <t>9786052985984</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
+          <t>Damat</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052985724</t>
+          <t>9786052985885</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Söyle Juliet Sana Ne Yaptım</t>
+          <t>Sanatımı Koru Ey Tarih</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052985748</t>
+          <t>9786052985960</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
+          <t>Simsiyah Soulages ile Konuşmak</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052985540</t>
+          <t>9786052985953</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Knidoslu Aphrodite</t>
+          <t>Sığınak Hikayeleri</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052985670</t>
+          <t>9786052985946</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Ucu Güllü Kundura</t>
+          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052985700</t>
+          <t>9786052985939</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Gülten ile Behçet</t>
+          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052985687</t>
+          <t>9786052985915</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Ölüm Gölgesinde Suretler</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052985632</t>
+          <t>9786052985755</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Cive Pakistan</t>
+          <t>Örnek Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052985588</t>
+          <t>9786052985847</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'da Türk Kahvesi</t>
+          <t>Sevres Antlaşmasına Doğru</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052985533</t>
+          <t>9786052985793</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo ve Diğer Öyküler</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052985571</t>
+          <t>9786052985809</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
+          <t>Dünya ve Pantolon</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052985557</t>
+          <t>9786052985786</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Damgaları</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052985595</t>
+          <t>9786052985779</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Söyleşiler</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052985564</t>
+          <t>9786052985823</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
+          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052985526</t>
+          <t>9786052985854</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
+          <t>FETÖ Borsası</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052985489</t>
+          <t>9786052985816</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Arapça)</t>
+          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052985472</t>
+          <t>9786052985724</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Milli Vatanın İnşası</t>
+          <t>Söyle Juliet Sana Ne Yaptım</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052985403</t>
+          <t>9786052985748</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Bile İsteye</t>
+          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052985441</t>
+          <t>9786052985540</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Doğa Betiği</t>
+          <t>Knidoslu Aphrodite</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052985458</t>
+          <t>9786052985670</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Karanfil Ne Renk Solar?</t>
+          <t>Ucu Güllü Kundura</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052985465</t>
+          <t>9786052985700</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yol Kesen Irmak</t>
+          <t>Gülten ile Behçet</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052985397</t>
+          <t>9786052985687</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Celilelilere Karşı Paganlığın Savunusu</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052985137</t>
+          <t>9786052985632</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Mermer Yalıyar</t>
+          <t>Cive Pakistan</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052985359</t>
+          <t>9786052985588</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Darbe İçinde Darbe</t>
+          <t>Yunanistan'da Türk Kahvesi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052985342</t>
+          <t>9786052985533</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hatıratı 1922</t>
+          <t>Maskeli Balo ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052985373</t>
+          <t>9786052985571</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokaklardaki Duman</t>
+          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052985380</t>
+          <t>9786052985557</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yunan Şiiri Antolojisi</t>
+          <t>Pasaport Damgaları</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052985311</t>
+          <t>9786052985595</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Köpek</t>
+          <t>Türkiye İçin Söyleşiler</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052985304</t>
+          <t>9786052985564</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kadın</t>
+          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052985328</t>
+          <t>9786052985526</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>1922-1923 Diplomat İnönü - Lozan</t>
+          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052985281</t>
+          <t>9786052985489</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Behçet Cantürk'ün Anıları</t>
+          <t>Mustafa Kemal (Arapça)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052985267</t>
+          <t>9786052985472</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Tarihi</t>
+          <t>Türkiye'de Milli Vatanın İnşası</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052985250</t>
+          <t>9786052985403</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahar</t>
+          <t>Bile İsteye</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052985106</t>
+          <t>9786052985441</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Kuru Soğan</t>
+          <t>Doğa Betiği</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052985090</t>
+          <t>9786052985458</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ev</t>
+          <t>Kırmızı Karanfil Ne Renk Solar?</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052985151</t>
+          <t>9786052985465</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
+          <t>Yol Kesen Irmak</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052985113</t>
+          <t>9786052985397</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
+          <t>Celilelilere Karşı Paganlığın Savunusu</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052985168</t>
+          <t>9786052985137</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Badeci Şeyh’in Sır Odası</t>
+          <t>Mermer Yalıyar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052985144</t>
+          <t>9786052985359</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>Darbe İçinde Darbe</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052985052</t>
+          <t>9786052985342</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat'ın İki Silahşoru</t>
+          <t>İstanbul Hatıratı 1922</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052985076</t>
+          <t>9786052985373</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bir Okurgezer'in Not Defteri</t>
+          <t>Dar Sokaklardaki Duman</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052985083</t>
+          <t>9786052985380</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
+          <t>Çağdaş Yunan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052985038</t>
+          <t>9786052985311</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Mrs Osmond</t>
+          <t>Köpek</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052984956</t>
+          <t>9786052985304</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ağır İşçim Sevgilim</t>
+          <t>Ölümsüz Kadın</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052985021</t>
+          <t>9786052985328</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
+          <t>1922-1923 Diplomat İnönü - Lozan</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052984963</t>
+          <t>9786052985281</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
+          <t>Behçet Cantürk'ün Anıları</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052984031</t>
+          <t>9786052985267</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>Cehennemin Tarihi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052984925</t>
+          <t>9786052985250</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin - Yürekler Selanik</t>
+          <t>Kara Bahar</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052984994</t>
+          <t>9786052985106</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Çocuk</t>
+          <t>Bir Demet Kuru Soğan</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052984789</t>
+          <t>9786052985090</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele (Ciltli)</t>
+          <t>Beyaz Ev</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052984895</t>
+          <t>9786052985151</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Sait ile Sabahattin</t>
+          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052984826</t>
+          <t>9786052985113</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
+          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052984864</t>
+          <t>9786052985168</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Adam</t>
+          <t>Badeci Şeyh’in Sır Odası</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052985229</t>
+          <t>9786052985144</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Resneli Niyazi (Büyük Boy)</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052984765</t>
+          <t>9786052985052</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Dünya Evi</t>
+          <t>Teşkilat'ın İki Silahşoru</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052984772</t>
+          <t>9786052985076</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>The Church of Sancta Sophia Constantinople</t>
+          <t>Bir Okurgezer'in Not Defteri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052984673</t>
+          <t>9786052985083</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Hal ve Gidiş Sıfır</t>
+          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052984727</t>
+          <t>9786052985038</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ben Demokrat Değilim</t>
+          <t>Mrs Osmond</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052984659</t>
+          <t>9786052984956</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Anakronik</t>
+          <t>Kalbim Ağır İşçim Sevgilim</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052984734</t>
+          <t>9786052985021</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler Yollarda</t>
+          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052984703</t>
+          <t>9786052984963</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyoloji</t>
+          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052984680</t>
+          <t>9786052984031</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hegemonyasının Sonu</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052984611</t>
+          <t>9786052984925</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 2 (1985 - 1995)</t>
+          <t>Hasan Tahsin - Yürekler Selanik</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052984598</t>
+          <t>9786052984994</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
+          <t>Eşikteki Çocuk</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052984574</t>
+          <t>9786052984789</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
+          <t>Kertenkele (Ciltli)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052984482</t>
+          <t>9786052984895</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarlar, Gidilmez Kentler</t>
+          <t>Sait ile Sabahattin</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052984543</t>
+          <t>9786052984826</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kar Altında Buğday Tanesi</t>
+          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052984550</t>
+          <t>9786052984864</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Çıkış</t>
+          <t>Şişedeki Adam</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052984567</t>
+          <t>9786052985229</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Güzelliği</t>
+          <t>Resneli Niyazi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052984505</t>
+          <t>9786052984765</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Metastaz</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052984451</t>
+          <t>9786052984772</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılara Aşık Adam</t>
+          <t>The Church of Sancta Sophia Constantinople</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052984420</t>
+          <t>9786052984673</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Karganın Elyazması</t>
+          <t>Hal ve Gidiş Sıfır</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052984437</t>
+          <t>9786052984727</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>İdilikler</t>
+          <t>Ben Demokrat Değilim</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052984413</t>
+          <t>9786052984659</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Nefha</t>
+          <t>Anakronik</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052984383</t>
+          <t>9786052984734</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Felsefe</t>
+          <t>Yahudiler Yollarda</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052984277</t>
+          <t>9786052984703</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Otların Uğultusu Altında</t>
+          <t>Şemsiyoloji</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052984406</t>
+          <t>9786052984680</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Yumurtalarını Kollamak</t>
+          <t>Amerikan Hegemonyasının Sonu</t>
         </is>
       </c>
       <c r="C906" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052984345</t>
+          <t>9786052984611</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
+          <t>Şiirler 2 (1985 - 1995)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052984321</t>
+          <t>9786052984598</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Johnson Mektubu</t>
+          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052984338</t>
+          <t>9786052984574</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Yazılamayanlar</t>
+          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052984086</t>
+          <t>9786052984482</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
+          <t>Uzak Diyarlar, Gidilmez Kentler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052984291</t>
+          <t>9786052984543</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Çocuktaki Bahçe</t>
+          <t>Kar Altında Buğday Tanesi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052984284</t>
+          <t>9786052984550</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür</t>
+          <t>Ergenekon'dan Çıkış</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052983683</t>
+          <t>9786052984567</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Ansiklopedisi</t>
+          <t>Aşkın Güzelliği</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052984079</t>
+          <t>9786052984505</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Felaket ve Sair Kısa Oyunlar</t>
+          <t>Metastaz</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052983973</t>
+          <t>9786052984451</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
+          <t>Ayrıntılara Aşık Adam</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052983966</t>
+          <t>9786052984420</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Gizli Defterlerim</t>
+          <t>Karganın Elyazması</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052984055</t>
+          <t>9786052984437</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Asker İnönü (1884 - 1922)</t>
+          <t>İdilikler</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052984062</t>
+          <t>9786052984413</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İnce Tren</t>
+          <t>Nefha</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052983867</t>
+          <t>9786052984383</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
+          <t>Bilimin Işığında Felsefe</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052983836</t>
+          <t>9786052984277</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
+          <t>Otların Uğultusu Altında</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052984024</t>
+          <t>9786052984406</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
+          <t>Yumurtalarını Kollamak</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052984017</t>
+          <t>9786052984345</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052983980</t>
+          <t>9786052984321</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa ve Nobel Konuşması</t>
+          <t>Johnson Mektubu</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052984000</t>
+          <t>9786052984338</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Adnan'ın Tek Taşı</t>
+          <t>Yazılamayanlar</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052983997</t>
+          <t>9786052984086</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>The Ortak</t>
+          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052983898</t>
+          <t>9786052984291</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
+          <t>Çocuktaki Bahçe</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052983911</t>
+          <t>9786052984284</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Nerval’in Hayatı</t>
+          <t>Dil ve Kültür</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052983935</t>
+          <t>9786052983683</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
+          <t>Ölüler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052983850</t>
+          <t>9786052984079</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Betimi</t>
+          <t>Felaket ve Sair Kısa Oyunlar</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052983928</t>
+          <t>9786052983973</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
+          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052983904</t>
+          <t>9786052983966</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Edouard Roditi ve İstanbul Avangardı</t>
+          <t>Gizli Defterlerim</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052983751</t>
+          <t>9786052984055</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
+          <t>Asker İnönü (1884 - 1922)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052983768</t>
+          <t>9786052984062</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
+          <t>İnce Tren</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052983621</t>
+          <t>9786052983867</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar</t>
+          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052983584</t>
+          <t>9786052983836</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Liman</t>
+          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052983607</t>
+          <t>9786052984024</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Su Başlarını Devler Tutmuş</t>
+          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052983676</t>
+          <t>9786052984017</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052983614</t>
+          <t>9786052983980</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kafa Ütüleyicinin Laklakıyatı</t>
+          <t>Heykelden Taşa ve Nobel Konuşması</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052983560</t>
+          <t>9786052984000</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Romanlar Üzerine Düşünceler</t>
+          <t>Adnan'ın Tek Taşı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052983546</t>
+          <t>9786052983997</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Ağustosta Kocam Donuyor</t>
+          <t>The Ortak</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052983553</t>
+          <t>9786052983898</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bir Rehineye Mektup</t>
+          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052983409</t>
+          <t>9786052983911</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Off</t>
+          <t>Nerval’in Hayatı</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052983591</t>
+          <t>9786052983935</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052983577</t>
+          <t>9786052983850</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Binbaşı Ersever'in İtirafları</t>
+          <t>Ayasofya’nın Betimi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052983485</t>
+          <t>9786052983928</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Portreler</t>
+          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052983379</t>
+          <t>9786052983904</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
+          <t>Edouard Roditi ve İstanbul Avangardı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052983447</t>
+          <t>9786052983751</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052983416</t>
+          <t>9786052983768</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe</t>
+          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052983386</t>
+          <t>9786052983621</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
+          <t>Küçük Anılar</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052983355</t>
+          <t>9786052983584</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri</t>
+          <t>Liman</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052983331</t>
+          <t>9786052983607</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyadan Nazım Geçti</t>
+          <t>Su Başlarını Devler Tutmuş</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052983249</t>
+          <t>9786052983676</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük İmparatorluğum</t>
+          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052985069</t>
+          <t>9786052983614</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kulağım Karadeniz'de</t>
+          <t>Kafa Ütüleyicinin Laklakıyatı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052983225</t>
+          <t>9786052983560</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
+          <t>Romanlar Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052983300</t>
+          <t>9786052983546</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Nazım Hikmet</t>
+          <t>Ağustosta Kocam Donuyor</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052983317</t>
+          <t>9786052983553</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>İtham Ediyorum</t>
+          <t>Bir Rehineye Mektup</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052983133</t>
+          <t>9786052983409</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Yazılıdır</t>
+          <t>Türkçe Off</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052983164</t>
+          <t>9786052983591</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 1 (1971 - 1984)</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052983119</t>
+          <t>9786052983577</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Binbaşı Ersever'in İtirafları</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052983140</t>
+          <t>9786052983485</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Orhan Bey ve Kitapları</t>
+          <t>Devrimci Portreler</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052983058</t>
+          <t>9786052983379</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Berzins</t>
+          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052983027</t>
+          <t>9786052983447</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Adı Yağmur</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052983096</t>
+          <t>9786052983416</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>İslam Bu - Muhammedi İslam</t>
+          <t>Belki De Neşe</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052983072</t>
+          <t>9786052983386</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemal</t>
+          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052983010</t>
+          <t>9786052983355</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Bursa Yazıları</t>
+          <t>Ölümsüz Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052983034</t>
+          <t>9786052983331</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Bu Dünyadan Nazım Geçti</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052982891</t>
+          <t>9786052983249</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>İzdüşümler</t>
+          <t>Benim Küçük İmparatorluğum</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052982969</t>
+          <t>9786052985069</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İmiş</t>
+          <t>Kulağım Karadeniz'de</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052982976</t>
+          <t>9786052983225</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052983003</t>
+          <t>9786052983300</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kalem</t>
+          <t>Tanıdığım Nazım Hikmet</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052982907</t>
+          <t>9786052983317</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cami</t>
+          <t>İtham Ediyorum</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052982983</t>
+          <t>9786052983133</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Mağara</t>
+          <t>Rüzgara Yazılıdır</t>
         </is>
       </c>
       <c r="C972" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052982884</t>
+          <t>9786052983164</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Şiirler 1 (1971 - 1984)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052982990</t>
+          <t>9786052983119</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Mercier ile Camier</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052982785</t>
+          <t>9786052983140</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk</t>
+          <t>Orhan Bey ve Kitapları</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052982860</t>
+          <t>9786052983058</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Anımsamıyor Hiç Kimse</t>
+          <t>Vatandaş Berzins</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052982792</t>
+          <t>9786052983027</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Hoş Nağme</t>
+          <t>Adı Yağmur</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052982723</t>
+          <t>9786052983096</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>……Meğer!</t>
+          <t>İslam Bu - Muhammedi İslam</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052982822</t>
+          <t>9786052983072</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme</t>
+          <t>Ali Kemal</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052982761</t>
+          <t>9786052983010</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>Bursa Yazıları</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052982631</t>
+          <t>9786052983034</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Eski İnsanlar Eski Evler</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052982563</t>
+          <t>9786052982891</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Akşamlar</t>
+          <t>İzdüşümler</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052982556</t>
+          <t>9786052982969</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
+          <t>İmiş</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052982525</t>
+          <t>9786052982976</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052982532</t>
+          <t>9786052983003</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü</t>
+          <t>Çıplak Kalem</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052982471</t>
+          <t>9786052982907</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kaza Sözleri ve Öteki Metinler</t>
+          <t>Yeşil Cami</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052982457</t>
+          <t>9786052982983</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Endişe Yengeçleri</t>
+          <t>Mağara</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052982495</t>
+          <t>9786052982884</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052982501</t>
+          <t>9786052982990</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Celal</t>
+          <t>Mercier ile Camier</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052982464</t>
+          <t>9786052982785</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Adlandırılamayan</t>
+          <t>Paris’te Bir Türk</t>
         </is>
       </c>
       <c r="C990" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052982365</t>
+          <t>9786052982860</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Arthaşastra</t>
+          <t>Anımsamıyor Hiç Kimse</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052982358</t>
+          <t>9786052982792</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>O Halde Biz Anlatalım</t>
+          <t>Hoş Nağme</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052982372</t>
+          <t>9786052982723</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin de Seninle Gelir</t>
+          <t>……Meğer!</t>
         </is>
       </c>
       <c r="C993" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052982327</t>
+          <t>9786052982822</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Casusun Mirası (Ciltli)</t>
+          <t>Sonradan Görme</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052982303</t>
+          <t>9786052982761</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Kıvılcımları</t>
+          <t>Anlar İzler Tutkular</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052982297</t>
+          <t>9786052982631</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluk Yakışmaz</t>
+          <t>Eski İnsanlar Eski Evler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052982334</t>
+          <t>9786052982563</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Akşamlar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052982310</t>
+          <t>9786052982556</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Güverte Güncesi</t>
+          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052982211</t>
+          <t>9786052982525</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Binbir Bahçe Masalları</t>
+          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052982198</t>
+          <t>9786052982532</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sahafname</t>
+          <t>Ressamın Günlüğü</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052982099</t>
+          <t>9786052982471</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sonluluk Üzerine (Ciltli)</t>
+          <t>Kaza Sözleri ve Öteki Metinler</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052982150</t>
+          <t>9786052982457</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
+          <t>Endişe Yengeçleri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052982129</t>
+          <t>9786052982495</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Memnu Mıntıka</t>
+          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052982167</t>
+          <t>9786052982501</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yıkılma Sakın</t>
+          <t>Sakallı Celal</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052981900</t>
+          <t>9786052982464</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Saklı Seçilmişler</t>
+          <t>Adlandırılamayan</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052981955</t>
+          <t>9786052982365</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Arthaşastra</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052981979</t>
+          <t>9786052982358</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Bekçi</t>
+          <t>O Halde Biz Anlatalım</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052981924</t>
+          <t>9786052982372</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Kanat Ağlar</t>
+          <t>Geçmişin de Seninle Gelir</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052981986</t>
+          <t>9786052982327</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Casusun Mirası (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052981894</t>
+          <t>9786052982303</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Düşünce Kıvılcımları</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052981856</t>
+          <t>9786052982297</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Eleştirmenleri Vurun</t>
+          <t>Umutsuzluk Yakışmaz</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052981825</t>
+          <t>9786052982334</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052981795</t>
+          <t>9786052982310</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin Parıltısı</t>
+          <t>Güverte Güncesi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052981801</t>
+          <t>9786052982211</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Sıfır</t>
+          <t>Binbir Bahçe Masalları</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052981764</t>
+          <t>9786052982198</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Soyağacı</t>
+          <t>Sahafname</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052981740</t>
+          <t>9786052982099</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Sen Güneş Kokuyorsun Daha!</t>
+          <t>Sonluluk Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052981689</t>
+          <t>9786052982150</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Asena</t>
+          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052981610</t>
+          <t>9786052982129</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Günce</t>
+          <t>Memnu Mıntıka</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052981634</t>
+          <t>9786052982167</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
+          <t>Yıkılma Sakın</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052981566</t>
+          <t>9786052981900</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Zoo’m</t>
+          <t>Saklı Seçilmişler</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052981597</t>
+          <t>9786052981955</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Bir Olayın Başlangıcı</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052981672</t>
+          <t>9786052981979</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Bekçi</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052981559</t>
+          <t>9786052981924</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Heybeliada'da Bir Işık</t>
+          <t>Kuş Uçar Kanat Ağlar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052981429</t>
+          <t>9786052981986</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sevda</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052981474</t>
+          <t>9786052981894</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Yann’ın Ülkesi</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052981436</t>
+          <t>9786052981856</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>New York - Amerikan Rüyasının Başkenti</t>
+          <t>Eleştirmenleri Vurun</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052981481</t>
+          <t>9786052981825</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Unutmayın</t>
+          <t>Toprağın Uyanışı</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052981443</t>
+          <t>9786052981795</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl</t>
+          <t>Cinayetin Parıltısı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052981368</t>
+          <t>9786052981801</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlü Sarışın</t>
+          <t>Sıfır</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052981306</t>
+          <t>9786052981764</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kum Saatından Harfler</t>
+          <t>Şiirin Soyağacı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052981313</t>
+          <t>9786052981740</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Sen Güneş Kokuyorsun Daha!</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052981160</t>
+          <t>9786052981689</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Sevgili</t>
+          <t>Asena</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052981023</t>
+          <t>9786052981610</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Seyir Hali</t>
+          <t>Mahrem Günce</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052981184</t>
+          <t>9786052981634</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tarifesi</t>
+          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052981207</t>
+          <t>9786052981566</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Tuzdan Heykel</t>
+          <t>Zoo’m</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052981146</t>
+          <t>9786052981597</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kavga</t>
+          <t>Bir Olayın Başlangıcı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052981252</t>
+          <t>9786052981672</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Issız Dönme Dolap</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052981238</t>
+          <t>9786052981559</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Umudu: Aydınlık</t>
+          <t>Heybeliada'da Bir Işık</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052981115</t>
+          <t>9786052981429</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Naftalin Bozulmuşsa</t>
+          <t>Merhaba Sevda</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052981092</t>
+          <t>9786052981474</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Maderzad Palas</t>
+          <t>Yann’ın Ülkesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786059799799</t>
+          <t>9786052981436</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>New York - Amerikan Rüyasının Başkenti</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052981078</t>
+          <t>9786052981481</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Unutmayın</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052980903</t>
+          <t>9786052981443</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ayrıldı Kendinden</t>
+          <t>Ricardo Reis’in Öldüğü Yıl</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052980989</t>
+          <t>9786052981368</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>K@rdan Adam</t>
+          <t>Siyah Gözlü Sarışın</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052980941</t>
+          <t>9786052981306</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
+          <t>Kum Saatından Harfler</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052980934</t>
+          <t>9786052981313</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yolumun Kesiştiği Ünlüler</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C1046" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052980910</t>
+          <t>9786052981160</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Gece Güzelliği</t>
+          <t>Amerikalı Sevgili</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052980927</t>
+          <t>9786052981023</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Fetret Notları</t>
+          <t>Seyir Hali</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052980880</t>
+          <t>9786052981184</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>Yaz Tarifesi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052980873</t>
+          <t>9786052981207</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Yaz</t>
+          <t>Tuzdan Heykel</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052980842</t>
+          <t>9786052981146</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı: 100 Yazı</t>
+          <t>Kavga</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052980705</t>
+          <t>9786052981252</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Siz Kimi Kandırıyorsunuz!</t>
+          <t>Issız Dönme Dolap</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052980699</t>
+          <t>9786052981238</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının Yol Haritası</t>
+          <t>Anadolu'nun Umudu: Aydınlık</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052980736</t>
+          <t>9786052981115</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarla Yüzleşmek</t>
+          <t>Naftalin Bozulmuşsa</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052980675</t>
+          <t>9786052981092</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ada Defterleri</t>
+          <t>Maderzad Palas</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052980668</t>
+          <t>9786059799799</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm, Yazmak Zorundaydım!</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052980576</t>
+          <t>9786052981078</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Işığında Söyleşiler</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052980491</t>
+          <t>9786052980903</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Heptameron</t>
+          <t>Herkes Ayrıldı Kendinden</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052980569</t>
+          <t>9786052980989</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Raşid’in Dürbünü</t>
+          <t>K@rdan Adam</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052980453</t>
+          <t>9786052980941</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Rus Öyküleri</t>
+          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052980408</t>
+          <t>9786052980934</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Birkaç Saat</t>
+          <t>Yolumun Kesiştiği Ünlüler</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052980323</t>
+          <t>9786052980910</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 21-30</t>
+          <t>Gece Güzelliği</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052980293</t>
+          <t>9786052980927</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Öykülerle Yaşar</t>
+          <t>Fetret Notları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052980170</t>
+          <t>9786052980880</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sultan</t>
+          <t>Yakan Sır</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786059658904</t>
+          <t>9786052980873</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Yaşıyoruz Sessizce</t>
+          <t>Ansızın Yaz</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786059658720</t>
+          <t>9786052980842</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İşgal</t>
+          <t>Düzyazı: 100 Yazı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052980156</t>
+          <t>9786052980705</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Siz Kimi Kandırıyorsunuz!</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052980187</t>
+          <t>9786052980699</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Koşucu</t>
+          <t>İş Hayatının Yol Haritası</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052980071</t>
+          <t>9786052980736</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>2000'ler Şiiri Antolojisi</t>
+          <t>Sorunlarla Yüzleşmek</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786059658881</t>
+          <t>9786052980675</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Barbara Yağmur Yağıyordu</t>
+          <t>Ada Defterleri</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052980033</t>
+          <t>9786052980668</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Öyle Küçük Şeyler</t>
+          <t>Üzgünüm, Yazmak Zorundaydım!</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786059658997</t>
+          <t>9786052980576</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Nigredo, Durayazmak</t>
+          <t>Cumhuriyet Işığında Söyleşiler</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786059658799</t>
+          <t>9786052980491</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Düşünmek</t>
+          <t>Heptameron</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786059658829</t>
+          <t>9786052980569</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Okumak</t>
+          <t>Raşid’in Dürbünü</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786059658775</t>
+          <t>9786052980453</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Reis</t>
+          <t>Rus Öyküleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786059658768</t>
+          <t>9786052980408</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Moda Sevgilim - Yeniden</t>
+          <t>Gürültülü Birkaç Saat</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786059658638</t>
+          <t>9786052980323</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi</t>
+          <t>Başkalaşımlar 21-30</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786059658621</t>
+          <t>9786052980293</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sesi</t>
+          <t>Kahramanlar Öykülerle Yaşar</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786059658546</t>
+          <t>9786052980170</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Taşlarda Gizli Tanrılar</t>
+          <t>Gölge Sultan</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786059658287</t>
+          <t>9786059658904</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Resimler</t>
+          <t>Yaşıyoruz Sessizce</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786059658553</t>
+          <t>9786059658720</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 11-20</t>
+          <t>Sessiz İşgal</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786059658539</t>
+          <t>9786052980156</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Bay Pipo</t>
+          <t>Akbaba</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786059658485</t>
+          <t>9786052980187</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Kumpasında Yaşadıklarım</t>
+          <t>Hayalet Koşucu</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052987636</t>
+          <t>9786052980071</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>2000'ler Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786059658362</t>
+          <t>9786059658881</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İblise Göre İncil</t>
+          <t>Hatırla Barbara Yağmur Yağıyordu</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786059658294</t>
+          <t>9786052980033</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bittiği Yerde Başlar</t>
+          <t>Öyle Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786059658164</t>
+          <t>9786059658997</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Harap</t>
+          <t>Nigredo, Durayazmak</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786059658140</t>
+          <t>9786059658799</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Firar</t>
+          <t>Tarihi Düşünmek</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786059658263</t>
+          <t>9786059658829</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Lord Arthur Savile’in Suçu</t>
+          <t>Öyküyü Okumak</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786059658133</t>
+          <t>9786059658775</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dostu</t>
+          <t>Reis</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786059658201</t>
+          <t>9786059658768</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özleştirme Kılavuzu</t>
+          <t>Moda Sevgilim - Yeniden</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786055340070</t>
+          <t>9786059658638</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Fatmagül’ün Suçu Ne?</t>
+          <t>Lizbon Kuşatmasının Tarihi</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786059658270</t>
+          <t>9786059658621</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Galat-ı Meşhur</t>
+          <t>Eleştirinin Sesi</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786059799997</t>
+          <t>9786059658546</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Müslümanların Büyük Sırrı</t>
+          <t>Taşlarda Gizli Tanrılar</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786059658188</t>
+          <t>9786059658287</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Bulanık Resimler</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052982587</t>
+          <t>9786059658553</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>Başkalaşımlar 11-20</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786059799737</t>
+          <t>9786059658539</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Yazı Bahçesinden</t>
+          <t>Bay Pipo</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786059799720</t>
+          <t>9786059658485</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kan Günleri ve Nar Ağrısı</t>
+          <t>Ergenekon Kumpasında Yaşadıklarım</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786059799669</t>
+          <t>9786052987636</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C1099" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786059799690</t>
+          <t>9786059658362</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Viran Ülkenin Bekçisi</t>
+          <t>İblise Göre İncil</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786059799812</t>
+          <t>9786059658294</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türklerin Büyük Sırrı</t>
+          <t>Her Şey Bittiği Yerde Başlar</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786059799621</t>
+          <t>9786059658164</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Harap</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786059799546</t>
+          <t>9786059658140</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Eşik Burcu</t>
+          <t>Tek Kişilik Firar</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786059799560</t>
+          <t>9786059658263</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Neruda Vakası</t>
+          <t>Lord Arthur Savile’in Suçu</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786059799539</t>
+          <t>9786059658133</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Saray</t>
+          <t>Ölümün Dostu</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786059799522</t>
+          <t>9786059658201</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hak Edilmeli</t>
+          <t>Yeni Özleştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786059799508</t>
+          <t>9786055340070</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Sevgililer</t>
+          <t>Fatmagül’ün Suçu Ne?</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786059799447</t>
+          <t>9786059658270</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>İmamlar ve Haramiler Medyası</t>
+          <t>Galat-ı Meşhur</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052982808</t>
+          <t>9786059799997</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Nesneler</t>
+          <t>Beyaz Müslümanların Büyük Sırrı</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052982136</t>
+          <t>9786059658188</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün, Gece</t>
+          <t>Liste</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789944756884</t>
+          <t>9786052982587</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Kuytumda</t>
+          <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786059799348</t>
+          <t>9786059799737</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Basit Bir Es</t>
+          <t>Yazı Bahçesinden</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786059799225</t>
+          <t>9786059799720</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Kan Günleri ve Nar Ağrısı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786059799126</t>
+          <t>9786059799669</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ev</t>
+          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789944756761</t>
+          <t>9786059799690</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
+          <t>Viran Ülkenin Bekçisi</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786059799102</t>
+          <t>9786059799812</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Sylvia: Ben’den Önce Tufan</t>
+          <t>Beyaz Türklerin Büyük Sırrı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786059799096</t>
+          <t>9786059799621</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Şerul’da Beklemek</t>
+          <t>Eski Yazı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786059908221</t>
+          <t>9786059799546</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deniz Yükseliyor</t>
+          <t>Eşik Burcu</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786059908955</t>
+          <t>9786059799560</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Kahire’nin Yanan Melekleri</t>
+          <t>Neruda Vakası</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786059908948</t>
+          <t>9786059799539</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Kaçak Saray</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786055340940</t>
+          <t>9786059799522</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>150 Belgede Ermeni Meselesi</t>
+          <t>Aşk Hak Edilmeli</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052982754</t>
+          <t>9786059799508</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı Divanı</t>
+          <t>Yalancılar ve Sevgililer</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786059799218</t>
+          <t>9786059799447</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Tuğralar, Perişey</t>
+          <t>İmamlar ve Haramiler Medyası</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786055340339</t>
+          <t>9786052982808</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Samizdat</t>
+          <t>Ölümlü Nesneler</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786059908054</t>
+          <t>9786052982136</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Bir Gün, Gece</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786059908092</t>
+          <t>9789944756884</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Çekilme Suları</t>
+          <t>Kuytumda</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786055340261</t>
+          <t>9786059799348</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Basit Bir Es</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786059908764</t>
+          <t>9786059799225</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Acısı Bende Kalsın</t>
+          <t>Pervaneyle Yaren</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786059908658</t>
+          <t>9786059799126</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>Işıklı Ev</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786059908474</t>
+          <t>9789944756761</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Ku-De-Ta : Ada'da Son Darbe</t>
+          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786059908337</t>
+          <t>9786059799102</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Acı Bilgi</t>
+          <t>Sylvia: Ben’den Önce Tufan</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786059908382</t>
+          <t>9786059799096</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 2. Cilt</t>
+          <t>Şerul’da Beklemek</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786059908375</t>
+          <t>9786059908221</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 1. Cilt</t>
+          <t>Büyük Deniz Yükseliyor</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789944756969</t>
+          <t>9786059908955</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
+          <t>Kahire’nin Yanan Melekleri</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789944756617</t>
+          <t>9786059908948</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Trenler de Ahşaptır</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786059908870</t>
+          <t>9786055340940</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Sarı-Lacivert Öfkeli Adam : Aziz Yıldırım</t>
+          <t>150 Belgede Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786059908498</t>
+          <t>9786052982754</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Rosalinde : Alman Gelin</t>
+          <t>Doğu-Batı Divanı</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786059908740</t>
+          <t>9786059799218</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Mahrem</t>
+          <t>Tuğralar, Perişey</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786059908856</t>
+          <t>9786055340339</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yalnız</t>
+          <t>Samizdat</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786059908795</t>
+          <t>9786059908054</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Gittiğim En Uzak Yer Sizdiniz</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786059908191</t>
+          <t>9786059908092</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Çekilme Suları</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786054764679</t>
+          <t>9786055340261</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Nar</t>
+          <t>Üzgün Kediler Gazeli</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786054927968</t>
+          <t>9786059908764</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Ariel ve Seçme Şiirler</t>
+          <t>Acısı Bende Kalsın</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786054927791</t>
+          <t>9786059908658</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Ateş Etme Silahsızım</t>
+          <t>Altı Bardakta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786054927838</t>
+          <t>9786059908474</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya</t>
+          <t>Ku-De-Ta : Ada'da Son Darbe</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786054927845</t>
+          <t>9786059908337</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Mağara</t>
+          <t>Acı Bilgi</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786054927821</t>
+          <t>9786059908382</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kirpinin Zarafeti</t>
+          <t>Burada Gömülüdür 2. Cilt</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786055340629</t>
+          <t>9786059908375</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Pencere</t>
+          <t>Burada Gömülüdür 1. Cilt</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786054927784</t>
+          <t>9789944756969</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gecesinde</t>
+          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786054927630</t>
+          <t>9789944756617</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Kıskaçtaki İnsan ve İsyan</t>
+          <t>Trenler de Ahşaptır</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786054927647</t>
+          <t>9786059908870</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Dalgınlık Kursları</t>
+          <t>Sarı-Lacivert Öfkeli Adam : Aziz Yıldırım</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786054927746</t>
+          <t>9786059908498</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Vefa Bazen Unutmaktır</t>
+          <t>Rosalinde : Alman Gelin</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786054927715</t>
+          <t>9786059908740</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Paralel Hat</t>
+          <t>Mahrem</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786054927555</t>
+          <t>9786059908856</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönem Biterken</t>
+          <t>Herkes Yalnız</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786054764921</t>
+          <t>9786059908795</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Uğur Olsun!</t>
+          <t>Gittiğim En Uzak Yer Sizdiniz</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786054764907</t>
+          <t>9786059908191</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Emek Yoksa Ben de Yokum!</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786054927401</t>
+          <t>9786054764679</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sicil</t>
+          <t>Nar</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786054927579</t>
+          <t>9786054927968</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü</t>
+          <t>Ariel ve Seçme Şiirler</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786054927562</t>
+          <t>9786054927791</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Hafız ile Semender</t>
+          <t>Ateş Etme Silahsızım</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786054927593</t>
+          <t>9786054927838</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Kızıla Boyalı Saçlar</t>
+          <t>Kızıl Dosya</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786054927340</t>
+          <t>9786054927845</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Mağara</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786054927333</t>
+          <t>9786054927821</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Hırsız ve Köpekler</t>
+          <t>Kirpinin Zarafeti</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786054927371</t>
+          <t>9786055340629</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Amiral</t>
+          <t>Çatıdaki Pencere</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786054927272</t>
+          <t>9786054927784</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Beş Parasızdım ve Katilimi Arıyordum</t>
+          <t>Kendi Gecesinde</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786059908733</t>
+          <t>9786054927630</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>40 Şiir ve Bir</t>
+          <t>Kıskaçtaki İnsan ve İsyan</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786059908481</t>
+          <t>9786054927647</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>A Cappella</t>
+          <t>Dalgınlık Kursları</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786059908504</t>
+          <t>9786054927746</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yerkubbe</t>
+          <t>Vefa Bazen Unutmaktır</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786054764716</t>
+          <t>9786054927715</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Sırça Fanus</t>
+          <t>Paralel Hat</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786059799980</t>
+          <t>9786054927555</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 1-10</t>
+          <t>Bir Dönem Biterken</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786052982570</t>
+          <t>9786054764921</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Darmadağın (Ciltli)</t>
+          <t>Uğur Olsun!</t>
         </is>
       </c>
       <c r="C1170" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786055340384</t>
+          <t>9786054764907</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu Şarkıları</t>
+          <t>Emek Yoksa Ben de Yokum!</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786059658126</t>
+          <t>9786054927401</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Mahsur</t>
+          <t>Kayıp Sicil</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786055340049</t>
+          <t>9786054927579</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Beş Parasızdım ve Kadın Çok Güzeldi</t>
+          <t>Bilinmeyen Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786054764983</t>
+          <t>9786054927562</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Alıklar Birliği</t>
+          <t>Hafız ile Semender</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786059908078</t>
+          <t>9786054927593</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Gece (Zahit)</t>
+          <t>Kızıla Boyalı Saçlar</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786059658010</t>
+          <t>9786054927340</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786054927180</t>
+          <t>9786054927333</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Herkes Yalnız</t>
+          <t>Hırsız ve Köpekler</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786054927203</t>
+          <t>9786054927371</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Kopyalanmış Adam</t>
+          <t>Sakıncalı Amiral</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059908306</t>
+          <t>9786054927272</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Eşsiz Kışı</t>
+          <t>Beş Parasızdım ve Katilimi Arıyordum</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786054927548</t>
+          <t>9786059908733</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Zaman</t>
+          <t>40 Şiir ve Bir</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786054927531</t>
+          <t>9786059908481</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Acısını İnsan Alır</t>
+          <t>A Cappella</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786054927418</t>
+          <t>9786059908504</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kırk Derece</t>
+          <t>Yerkubbe</t>
         </is>
       </c>
       <c r="C1182" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786054927012</t>
+          <t>9786054764716</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Masalı</t>
+          <t>Sırça Fanus</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786054764570</t>
+          <t>9786059799980</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Skandal</t>
+          <t>Başkalaşımlar 1-10</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786054764761</t>
+          <t>9786052982570</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Darmadağın (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786054764853</t>
+          <t>9786055340384</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu</t>
+          <t>Bağbozumu Şarkıları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786054764631</t>
+          <t>9786059658126</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Dön Kardeşim!</t>
+          <t>Mahsur</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786052982846</t>
+          <t>9786055340049</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Ziyaretler Kitabı</t>
+          <t>Beş Parasızdım ve Kadın Çok Güzeldi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786054764525</t>
+          <t>9786054764983</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Baltasar ile Blimunda</t>
+          <t>Alıklar Birliği</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786054764495</t>
+          <t>9786059908078</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Bu Daha Başlangıç</t>
+          <t>Gece (Zahit)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786054764860</t>
+          <t>9786059658010</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Size Genç Şair Diyenin...</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789944756488</t>
+          <t>9786054927180</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Zarf</t>
+          <t>Sonunda Herkes Yalnız</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789944756310</t>
+          <t>9786054927203</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kokuları Solumak</t>
+          <t>Kopyalanmış Adam</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786054764174</t>
+          <t>9786059908306</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Yitik Adanın Öyküsü</t>
+          <t>Sevginin Eşsiz Kışı</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786055340056</t>
+          <t>9786054927548</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Yazma Büyüsü</t>
+          <t>Mürekkep Zaman</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786052982730</t>
+          <t>9786054927531</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bitince</t>
+          <t>İnsanın Acısını İnsan Alır</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786055340582</t>
+          <t>9786054927418</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silivri</t>
+          <t>Gölgede Kırk Derece</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786055340421</t>
+          <t>9786054927012</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Şehristan Rivayetleri</t>
+          <t>Bir Hıristiyan Masalı</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786059658713</t>
+          <t>9786054764570</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Sızıntı</t>
+          <t>Ölüm Bir Skandal</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786054764419</t>
+          <t>9786054764761</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Senden Uzak Yedi Gün</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786055340377</t>
+          <t>9786054764853</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Salai’nin Yumurtası</t>
+          <t>Filin Yolculuğu</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786054764402</t>
+          <t>9786054764631</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Sahi Beni Neden Almadılar?</t>
+          <t>Dön Kardeşim!</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786055340742</t>
+          <t>9786052982846</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Rakım Sıfır</t>
+          <t>Ziyaretler Kitabı</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052982617</t>
+          <t>9786054764525</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Varmış Bir Yokmuş</t>
+          <t>Baltasar ile Blimunda</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789944756389</t>
+          <t>9786054764495</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Makedonya’dan Esen İmbat</t>
+          <t>Bu Daha Başlangıç</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786055340360</t>
+          <t>9786054764860</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Lal Kitap</t>
+          <t>Size Genç Şair Diyenin...</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786055340483</t>
+          <t>9789944756488</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Kurgusuz ve Yaşanmamış</t>
+          <t>Zarf</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786055340520</t>
+          <t>9789944756310</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Zamanda Kokuları Solumak</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789944756594</t>
+          <t>9786054764174</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Keder Gibi Ödünç</t>
+          <t>Yitik Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789944756686</t>
+          <t>9786055340056</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Atlantis</t>
+          <t>Yazma Büyüsü</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789944756518</t>
+          <t>9786052982730</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kabuğu Denize Düşünce</t>
+          <t>Yaz Bitince</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786054764037</t>
+          <t>9786055340582</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Karışık Kaset</t>
+          <t>Vatan Yahut Silivri</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786055340100</t>
+          <t>9786055340421</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Kafka’nın Bebeği</t>
+          <t>Şehristan Rivayetleri</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786052982778</t>
+          <t>9786059658713</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>İsa'ya Göre İncil</t>
+          <t>Sızıntı</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786055340391</t>
+          <t>9786054764419</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Issız</t>
+          <t>Senden Uzak Yedi Gün</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789944756495</t>
+          <t>9786055340377</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>House İzleme Kılavuzu</t>
+          <t>Salai’nin Yumurtası</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786054764105</t>
+          <t>9786054764402</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Donanma</t>
+          <t>Sahi Beni Neden Almadılar?</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789944756815</t>
+          <t>9786055340742</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Haziran Tekrar</t>
+          <t>Rakım Sıfır</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789944756334</t>
+          <t>9786052982617</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Filistin’e Gitmek</t>
+          <t>Ölüm Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786055340605</t>
+          <t>9789944756389</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Düzyazdım</t>
+          <t>Makedonya’dan Esen İmbat</t>
         </is>
       </c>
       <c r="C1220" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052980767</t>
+          <t>9786055340360</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’yi Okumak</t>
+          <t>Lal Kitap</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786055340759</t>
+          <t>9786055340483</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Derdini Anlatamayanlar İçin Ansiklopedi</t>
+          <t>Kurgusuz ve Yaşanmamış</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786055340292</t>
+          <t>9786055340520</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Daha Vakit Var</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786054764297</t>
+          <t>9789944756594</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - 3</t>
+          <t>Keder Gibi Ödünç</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786055340926</t>
+          <t>9789944756686</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 2</t>
+          <t>Kayıp Kıta Atlantis</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786055340773</t>
+          <t>9789944756518</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 1</t>
+          <t>Karpuz Kabuğu Denize Düşünce</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786055340223</t>
+          <t>9786054764037</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Bütün İsimler</t>
+          <t>Karışık Kaset</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786054764228</t>
+          <t>9786055340100</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Meraklısı Quaresma</t>
+          <t>Kafka’nın Bebeği</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786054764259</t>
+          <t>9786052982778</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzak Düş</t>
+          <t>İsa'ya Göre İncil</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786054764112</t>
+          <t>9786055340391</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Bir Acıya Kiracı</t>
+          <t>Issız</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789944756556</t>
+          <t>9789944756495</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Belki Sessiz</t>
+          <t>House İzleme Kılavuzu</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786054764365</t>
+          <t>9786054764105</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Başka Yollar</t>
+          <t>Hedefteki Donanma</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789944756471</t>
+          <t>9789944756815</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Yaşayanlar</t>
+          <t>Haziran Tekrar</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786055340063</t>
+          <t>9789944756334</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri Antolojisi</t>
+          <t>Filistin’e Gitmek</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789944756327</t>
+          <t>9786055340605</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Amerikanomanyaklar</t>
+          <t>Düzyazdım</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
+          <t>9786052980767</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski’yi Okumak</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786055340759</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Derdini Anlatamayanlar İçin Ansiklopedi</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786055340292</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Daha Vakit Var</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786054764297</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri - 3</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786055340926</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri 2</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786055340773</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri 1</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786055340223</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Bütün İsimler</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786054764228</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Bulmaca Meraklısı Quaresma</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786054764259</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzak Düş</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786054764112</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Bir Acıya Kiracı</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789944756556</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Belki Sessiz</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786054764365</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yollar</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789944756471</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Yaşayanlar</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786055340063</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789944756327</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Amerikanomanyaklar</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
           <t>9786052982389</t>
         </is>
       </c>
-      <c r="B1236" s="1" t="inlineStr">
+      <c r="B1251" s="1" t="inlineStr">
         <is>
           <t>1980 Sonrası Türk Sineması’nda Akla Zarar Filmler</t>
         </is>
       </c>
-      <c r="C1236" s="1">
+      <c r="C1251" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>