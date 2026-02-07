--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -85,4575 +85,4575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254184703</t>
+          <t>9786254184901</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Der Teschkilat</t>
+          <t>Hiç Kimsenin Kızı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254184734</t>
+          <t>9786254184871</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Devrialem</t>
+          <t>Ateşi Yanımda Götüreceğim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059799232</t>
+          <t>9786254184833</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İlk Atlası</t>
+          <t>Venedik’te Ölüm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254184727</t>
+          <t>9786054927166</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çok Kutuplu Dünya</t>
+          <t>Latin Amerika Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254184710</t>
+          <t>9786254184802</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Her Cephede Savaştık</t>
+          <t>Estetik Hesaplaşma</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254184697</t>
+          <t>9786254184550</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şostakoviç</t>
+          <t>Eylül Masalı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254184628</t>
+          <t>9786254184819</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ömür Hanım'la Güz Konuşmaları</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254184680</t>
+          <t>9786052983348</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm ve Yaşam</t>
+          <t>Türkçe Dilbilgisi Öğretme Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254184673</t>
+          <t>9786254181634</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cömert Gül</t>
+          <t>Uyurken de Görebiliyorsun Geceyi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254184598</t>
+          <t>9786254184796</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>22 Metrekare Gökyüzü</t>
+          <t>Serbest Kumsal</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254184574</t>
+          <t>9786254184765</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türk'üm Diyene</t>
+          <t>Başkonsolos</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052988053</t>
+          <t>9786254184741</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Cenazesi</t>
+          <t>Bay Gölge</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254184505</t>
+          <t>9786254184758</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Biz Yaşlı Mıyız?</t>
+          <t>Elveda Avrupa</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254184567</t>
+          <t>9786254184642</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Defterler (Ciltli)</t>
+          <t>Aydın Üzerine Tezler - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254184611</t>
+          <t>9786254184703</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İsyanın ve Felsefenin Diyalektiği</t>
+          <t>Der Teschkilat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254184444</t>
+          <t>9786254184734</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
+          <t>Kırk Yılda Devrialem</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254184536</t>
+          <t>9786059799232</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
+          <t>Şiirin İlk Atlası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254184543</t>
+          <t>9786254184727</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şeker Sokağı</t>
+          <t>Çok Kutuplu Dünya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254184529</t>
+          <t>9786254184710</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Beşinci Kol</t>
+          <t>Her Cephede Savaştık</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254184499</t>
+          <t>9786254184697</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
+          <t>Şostakoviç</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254184475</t>
+          <t>9786254184628</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
+          <t>Ömür Hanım'la Güz Konuşmaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254184512</t>
+          <t>9786254184680</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Solcular</t>
+          <t>Kemalizm ve Yaşam</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052987230</t>
+          <t>9786254184673</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
+          <t>Cömert Gül</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254184406</t>
+          <t>9786254184598</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin İstanbulu</t>
+          <t>22 Metrekare Gökyüzü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254184390</t>
+          <t>9786254184574</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Ne Mutlu Türk'üm Diyene</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254184413</t>
+          <t>9786052988053</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Neymiş Bu Yapı?</t>
+          <t>Müslüman Cenazesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254184420</t>
+          <t>9786254184505</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Biz Yaşlı Mıyız?</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254184383</t>
+          <t>9786254184567</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Millete Emanet</t>
+          <t>Defterler (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052981320</t>
+          <t>9786254184611</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>İsyanın ve Felsefenin Diyalektiği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254183010</t>
+          <t>9786254184444</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Körlük (Ciltli)</t>
+          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254182976</t>
+          <t>9786254184536</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
+          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254182273</t>
+          <t>9786254184543</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Fırtına</t>
+          <t>Şeker Sokağı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254182006</t>
+          <t>9786254184529</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Şiirler</t>
+          <t>İçimizdeki Beşinci Kol</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254182013</t>
+          <t>9786254184499</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Hikayeler</t>
+          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254182259</t>
+          <t>9786254184475</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dilenci</t>
+          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254181184</t>
+          <t>9786254184512</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kanun Hükmünde Yalnızlıklar</t>
+          <t>Solcular</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254180675</t>
+          <t>9786052987230</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Size Yalan Söylediler</t>
+          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254180569</t>
+          <t>9786254184406</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat Ve Fitnat</t>
+          <t>Cinlerin İstanbulu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254180033</t>
+          <t>9786254184413</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Neymiş Bu Yapı?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052989937</t>
+          <t>9786254184420</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Müridi</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052984802</t>
+          <t>9786254184383</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
+          <t>Millete Emanet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052984239</t>
+          <t>9786052981320</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm, Laiklik ve Demokrasi</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052984246</t>
+          <t>9786254183010</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Galiba Ben Sanatçıyım</t>
+          <t>Körlük (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052983713</t>
+          <t>9786254182976</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
+          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052982853</t>
+          <t>9786254182273</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kültür Sorunları</t>
+          <t>Jeopolitik Fırtına</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052981542</t>
+          <t>9786254182006</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kapı</t>
+          <t>Hava Edebiyatı 3 - Şiirler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052985892</t>
+          <t>9786254182013</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kendi Penceresinde Bir Adam</t>
+          <t>Hava Edebiyatı 3 - Hikayeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052985601</t>
+          <t>9786254182259</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yazıları</t>
+          <t>Dilenci</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052985427</t>
+          <t>9786254181184</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Somnium ya da Ay Astronomisi</t>
+          <t>Kanun Hükmünde Yalnızlıklar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052985243</t>
+          <t>9786254180675</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İşsizliğe Övgü</t>
+          <t>Size Yalan Söylediler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052985212</t>
+          <t>9786254180569</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Aldatmak</t>
+          <t>Taaşşuk-ı Talat Ve Fitnat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052982877</t>
+          <t>9786254180033</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052984444</t>
+          <t>9786052989937</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aile Sözlüğü</t>
+          <t>Şeytanın Müridi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052982693</t>
+          <t>9786052984802</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mektup</t>
+          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052982686</t>
+          <t>9786052984239</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yabani Elmalar</t>
+          <t>Kemalizm, Laiklik ve Demokrasi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052982679</t>
+          <t>9786052984246</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Prenses'e Mektuplar (1917-1922)</t>
+          <t>Galiba Ben Sanatçıyım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052981641</t>
+          <t>9786052983713</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Gözü</t>
+          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052981627</t>
+          <t>9786052982853</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Son Şenliklerin Davetlisi</t>
+          <t>Türkiye’nin Kültür Sorunları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052985045</t>
+          <t>9786052981542</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye'nin Kuruluşu</t>
+          <t>Duvardaki Kapı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052984901</t>
+          <t>9786052985892</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Meleğe Dair Yedi Bahis</t>
+          <t>Kendi Penceresinde Bir Adam</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052983690</t>
+          <t>9786052985601</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Sanat Yazıları</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052983461</t>
+          <t>9786052985427</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Eğitilmişler Özgürdür</t>
+          <t>Somnium ya da Ay Astronomisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052983430</t>
+          <t>9786052985243</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>İşsizliğe Övgü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052981887</t>
+          <t>9786052985212</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Bilmek</t>
+          <t>Kur'an İle Aldatmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052981863</t>
+          <t>9786052982877</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adabımuaşeret</t>
+          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052984048</t>
+          <t>9786052984444</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryen Düşünceler</t>
+          <t>Aile Sözlüğü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052983881</t>
+          <t>9786052982693</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buhran - 1929 Krizi</t>
+          <t>Çalınan Mektup</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052983324</t>
+          <t>9786052982686</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
+          <t>Yabani Elmalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052982143</t>
+          <t>9786052982679</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'den Masallar</t>
+          <t>Prenses'e Mektuplar (1917-1922)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052981511</t>
+          <t>9786052981641</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi Üzerine</t>
+          <t>Apollon'un Gözü</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052984970</t>
+          <t>9786052981627</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mapusane Çeşmesi</t>
+          <t>Son Şenliklerin Davetlisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052984819</t>
+          <t>9786052985045</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Brandenburg</t>
+          <t>Kuvayı Milliye'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944756792</t>
+          <t>9786052984901</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Yedinci Meleğe Dair Yedi Bahis</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055340322</t>
+          <t>9786052983690</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Hükmü</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944756846</t>
+          <t>9786052983461</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Üç İttihatçı</t>
+          <t>Yalnız Eğitilmişler Özgürdür</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054764266</t>
+          <t>9786052983430</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Trenler Kalkar Haydarpaşa’dan</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054764730</t>
+          <t>9786052981887</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Gece</t>
+          <t>Yaşlanmayı Bilmek</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054764723</t>
+          <t>9786052981863</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Öpmeyi Unuttun</t>
+          <t>Çocuklar İçin Adabımuaşeret</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059908061</t>
+          <t>9786052984048</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sakkara’nın Kumları</t>
+          <t>Vejetaryen Düşünceler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054927951</t>
+          <t>9786052983881</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Tanık</t>
+          <t>Büyük Buhran - 1929 Krizi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054927739</t>
+          <t>9786052983324</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siyah Saten Bir Gecelik</t>
+          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>950</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054927760</t>
+          <t>9786052982143</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Müjdat Gezen'den Masallar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054927074</t>
+          <t>9786052981511</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
+          <t>Oyunculuk Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059908597</t>
+          <t>9786052984970</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Kral Lear</t>
+          <t>Mapusane Çeşmesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054764532</t>
+          <t>9786052984819</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Brandenburg</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054764990</t>
+          <t>9789944756792</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054927487</t>
+          <t>9786055340322</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
+          <t>Zamanın Hükmü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052983065</t>
+          <t>9789944756846</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İki Aykırının Mektupları</t>
+          <t>Üç İttihatçı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052982624</t>
+          <t>9786054764266</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gören Göz İçin Fikret Mualla</t>
+          <t>Trenler Kalkar Haydarpaşa’dan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052980729</t>
+          <t>9786054764730</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımızın Dostları</t>
+          <t>Kutsal Gece</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052980712</t>
+          <t>9786054764723</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Konuk Kaplan</t>
+          <t>Ruhumu Öpmeyi Unuttun</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052980385</t>
+          <t>9786059908061</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu</t>
+          <t>Sakkara’nın Kumları</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052983942</t>
+          <t>9786054927951</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
+          <t>Son Tanık</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052983737</t>
+          <t>9786054927739</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
+          <t>Siyah Saten Bir Gecelik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052982204</t>
+          <t>9786054927760</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052982020</t>
+          <t>9786054927074</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052984314</t>
+          <t>9786059908597</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
+          <t>Bozkırda Bir Kral Lear</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052982235</t>
+          <t>9786054764532</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Malone Ölüyor</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052983454</t>
+          <t>9786054764990</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Günah Üzerine Tartışma</t>
+          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052981757</t>
+          <t>9786054927487</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Hayaletler</t>
+          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052981009</t>
+          <t>9786052983065</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazıyorsam Öyleyimdir</t>
+          <t>İki Aykırının Mektupları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052981016</t>
+          <t>9786052982624</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cahil Filozof</t>
+          <t>Gören Göz İçin Fikret Mualla</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052981276</t>
+          <t>9786052980729</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vesayet Savaşları</t>
+          <t>Dostlarımızın Dostları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052983706</t>
+          <t>9786052980712</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Ciltli)</t>
+          <t>Konuk Kaplan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052980361</t>
+          <t>9786052980385</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
+          <t>Kar Kurdu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052980316</t>
+          <t>9786052983942</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Son Mektuplar</t>
+          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052980309</t>
+          <t>9786052983737</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052980149</t>
+          <t>9786052982204</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059658157</t>
+          <t>9786052982020</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Gün</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052983539</t>
+          <t>9786052984314</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
+          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052982426</t>
+          <t>9786052982235</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Piramit</t>
+          <t>Malone Ölüyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052983362</t>
+          <t>9786052983454</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Maurice, ya da Balıkçının Kulübesi</t>
+          <t>Günah Üzerine Tartışma</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052982747</t>
+          <t>9786052981757</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Huzursuz Hayaletler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052980552</t>
+          <t>9786052981009</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gevezeler ve Meraklılar</t>
+          <t>Nasıl Yazıyorsam Öyleyimdir</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052980545</t>
+          <t>9786052981016</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklık Üzerine</t>
+          <t>Cahil Filozof</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059658324</t>
+          <t>9786052981276</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
+          <t>Vesayet Savaşları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059658331</t>
+          <t>9786052983706</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Mustafa Kemal (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059799829</t>
+          <t>9786052980361</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
+          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059799324</t>
+          <t>9786052980316</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün 50 Film 3</t>
+          <t>Son Mektuplar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059799027</t>
+          <t>9786052980309</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Manzara-i Umumiye</t>
+          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052982013</t>
+          <t>9786052980149</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Öyküler</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059908511</t>
+          <t>9786059658157</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Karnak Kafe</t>
+          <t>Sekizinci Gün</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052981245</t>
+          <t>9786052983539</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Cinayetleri</t>
+          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052981030</t>
+          <t>9786052982426</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İmamın Ordusu</t>
+          <t>Işıldayan Piramit</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059658645</t>
+          <t>9786052983362</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Maurice, ya da Balıkçının Kulübesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059658614</t>
+          <t>9786052982747</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dilek Evi</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059658454</t>
+          <t>9786052980552</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Neruda'nın Postacısı</t>
+          <t>Gevezeler ve Meraklılar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052982181</t>
+          <t>9786052980545</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan Yazıları</t>
+          <t>Ahmaklık Üzerine</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052981412</t>
+          <t>9786059658324</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çağrı</t>
+          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052980354</t>
+          <t>9786059658331</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir ABD Projesi Olarak AKP</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052981290</t>
+          <t>9786059799829</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Günlerin Şarabı</t>
+          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059908672</t>
+          <t>9786059799324</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Mavi...</t>
+          <t>Aşktan da Üstün 50 Film 3</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054764822</t>
+          <t>9786059799027</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
+          <t>Manzara-i Umumiye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944756921</t>
+          <t>9786052982013</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sabetayist Ermişler</t>
+          <t>Bilimsel Öyküler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055340643</t>
+          <t>9786059908511</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pessoa Pessoa’yı Anlatıyor</t>
+          <t>Karnak Kafe</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944756440</t>
+          <t>9786052981245</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Papağan Teoremi</t>
+          <t>Genç Kız Cinayetleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059908924</t>
+          <t>9786052981030</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Romanov Komplosu</t>
+          <t>İmamın Ordusu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944756525</t>
+          <t>9786059658645</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944756976</t>
+          <t>9786059658614</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Midak Sokağı</t>
+          <t>Dilek Evi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944756075</t>
+          <t>9786059658454</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Neruda'nın Postacısı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055340513</t>
+          <t>9786052982181</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kuştimur Kahvehanesi</t>
+          <t>Mavi Vatan Yazıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055340674</t>
+          <t>9786052981412</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve Komplo Teorileri</t>
+          <t>Ölüme Çağrı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055340193</t>
+          <t>9786052980354</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslam Aleminde Masonluk</t>
+          <t>Bir ABD Projesi Olarak AKP</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052983089</t>
+          <t>9786052981290</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Keyif Evi</t>
+          <t>Gelecek Günlerin Şarabı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944756600</t>
+          <t>9786059908672</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamanı</t>
+          <t>Bu Sefer Mavi...</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059658867</t>
+          <t>9786054764822</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mehdi'nin Darbesi</t>
+          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059908726</t>
+          <t>9789944756921</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Mekan</t>
+          <t>Sabetayist Ermişler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052981191</t>
+          <t>9786055340643</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Pessoa Pessoa’yı Anlatıyor</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059658812</t>
+          <t>9789944756440</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ya Da Salı</t>
+          <t>Papağan Teoremi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059658805</t>
+          <t>9786059908924</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yanık Divan</t>
+          <t>Romanov Komplosu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059658478</t>
+          <t>9789944756525</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Ayna</t>
+          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059799478</t>
+          <t>9789944756976</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Su Sinekleri</t>
+          <t>Midak Sokağı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059799249</t>
+          <t>9789944756075</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059799195</t>
+          <t>9786055340513</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Soğanı Soyarken (Ciltli)</t>
+          <t>Kuştimur Kahvehanesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059908207</t>
+          <t>9786055340674</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kahire’de Kayıp</t>
+          <t>Jön Türkler ve Komplo Teorileri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052980743</t>
+          <t>9786055340193</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Babıali’de Cinayet</t>
+          <t>İslam Aleminde Masonluk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059658591</t>
+          <t>9786052983089</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çelik Gemiler Demir Bahriyeliler</t>
+          <t>Keyif Evi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059799492</t>
+          <t>9789944756600</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
+          <t>Aşk Zamanı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059908986</t>
+          <t>9786059658867</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Nazik Bir Durum</t>
+          <t>Mehdi'nin Darbesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052980682</t>
+          <t>9786059908726</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
+          <t>Zaman ve Mekan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052980231</t>
+          <t>9786052981191</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Paralel Yürüdük Biz Bu Yollarda</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059658577</t>
+          <t>9786059658812</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>Pazartesi Ya Da Salı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059799867</t>
+          <t>9786059658805</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Single ve Oğlu</t>
+          <t>Yanık Divan</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059908085</t>
+          <t>9786059658478</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çatışmanın Anatomisi</t>
+          <t>Kaçan Ayna</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054927265</t>
+          <t>9786059799478</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gülün Öteki Adı</t>
+          <t>Su Sinekleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052980422</t>
+          <t>9786059799249</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Micromegas</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052980002</t>
+          <t>9786059799195</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taş Yüz</t>
+          <t>Soğanı Soyarken (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052980019</t>
+          <t>9786059908207</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kardinal Napellus</t>
+          <t>Kahire’de Kayıp</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059658300</t>
+          <t>9786052980743</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ada Kıbrıs</t>
+          <t>Babıali’de Cinayet</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059658911</t>
+          <t>9786059658591</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yürüyüşü</t>
+          <t>Çelik Gemiler Demir Bahriyeliler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059799959</t>
+          <t>9786059799492</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Öyküler</t>
+          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059799966</t>
+          <t>9786059908986</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
+          <t>Nazik Bir Durum</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059799201</t>
+          <t>9786052980682</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059908627</t>
+          <t>9786052980231</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mavi Uygarlık</t>
+          <t>Paralel Yürüdük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059799706</t>
+          <t>9786059658577</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda Aşk</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054927425</t>
+          <t>9786059799867</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Allak Bullak</t>
+          <t>Single ve Oğlu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054927432</t>
+          <t>9786059908085</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler, Dünya ve Para</t>
+          <t>Çatışmanın Anatomisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054927029</t>
+          <t>9786054927265</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülmüştür</t>
+          <t>Gülün Öteki Adı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054764976</t>
+          <t>9786052980422</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
+          <t>Micromegas</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059658041</t>
+          <t>9786052980002</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şeytan</t>
+          <t>Büyük Taş Yüz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059658065</t>
+          <t>9786052980019</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sesler Adacığı</t>
+          <t>Kardinal Napellus</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059908139</t>
+          <t>9786059658300</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Gelen Casus</t>
+          <t>Unutulan Ada Kıbrıs</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054764020</t>
+          <t>9786059658911</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Yengeç Yürüyüşü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055340841</t>
+          <t>9786059799959</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Cümleten İyi Yolculuklar</t>
+          <t>Sevimsiz Öyküler</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055340964</t>
+          <t>9786059799966</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
+          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054764198</t>
+          <t>9786059799201</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bozuk</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055340476</t>
+          <t>9786059908627</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Balfour Deklarasyonu</t>
+          <t>Mavi Uygarlık</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944756181</t>
+          <t>9786059799706</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Merkezine Seyahat</t>
+          <t>Yağmurda Aşk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059799355</t>
+          <t>9786054927425</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu  (Çizgi Roman)</t>
+          <t>Allak Bullak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052986677</t>
+          <t>9786054927432</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Sonbaharı</t>
+          <t>Yahudiler, Dünya ve Para</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052985908</t>
+          <t>9786054927029</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Görünmezlik Pelerini</t>
+          <t>Er Mektubu Görülmüştür</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052989036</t>
+          <t>9786054764976</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
+          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052988688</t>
+          <t>9786059658041</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Aşık Şeytan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052988701</t>
+          <t>9786059658065</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Sesler Adacığı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052988282</t>
+          <t>9786059908139</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
+          <t>Soğuktan Gelen Casus</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052989081</t>
+          <t>9786054764020</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İnönü Atatürk’ü Anlatıyor</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052986301</t>
+          <t>9786055340841</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tarlalar</t>
+          <t>Cümleten İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052986912</t>
+          <t>9786055340964</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
+          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052988015</t>
+          <t>9786054764198</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Bozuk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052985502</t>
+          <t>9786055340476</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ayın Demiri Altında</t>
+          <t>Balfour Deklarasyonu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052986608</t>
+          <t>9789944756181</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ben Seri Katil</t>
+          <t>Aşkın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052985830</t>
+          <t>9786059799355</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Keyif Verici Maddelerin Tarihi</t>
+          <t>Filin Yolculuğu  (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052985625</t>
+          <t>9786052986677</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Uyan!</t>
+          <t>Cumhuriyet'in Sonbaharı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052984581</t>
+          <t>9786052985908</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
+          <t>Görünmezlik Pelerini</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052985519</t>
+          <t>9786052989036</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052984796</t>
+          <t>9786052988688</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Delirtilen Kadınlar</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052983287</t>
+          <t>9786052988701</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kitabı</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052983263</t>
+          <t>9786052988282</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Lady Anne Susuyor</t>
+          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052985656</t>
+          <t>9786052989081</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ücra Adalar Atlası (Ciltli)</t>
+          <t>İnönü Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052984475</t>
+          <t>9786052986301</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bil!</t>
+          <t>Kızıl Tarlalar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052982419</t>
+          <t>9786052986912</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
+          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052980477</t>
+          <t>9786052985502</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
+          <t>Ayın Demiri Altında</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254184352</t>
+          <t>9786052986608</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa (Ciltli)</t>
+          <t>Ben Seri Katil</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254184369</t>
+          <t>9786052985830</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe (Ciltli)</t>
+          <t>Keyif Verici Maddelerin Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254184376</t>
+          <t>9786052985625</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaylı Çalgılar Dörtlüsü</t>
+          <t>Kadın, Uyan!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254184338</t>
+          <t>9786052984581</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Savaş İçinde Savaş</t>
+          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254184345</t>
+          <t>9786052985519</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254184314</t>
+          <t>9786052984796</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Delirtilen Kadınlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254184307</t>
+          <t>9786052983287</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mavi Oktav Defterleri</t>
+          <t>Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254184321</t>
+          <t>9786052983263</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Aydın Üzerine Tezler - 1</t>
+          <t>Lady Anne Susuyor</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254184284</t>
+          <t>9786052985656</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sesinle İz Bırak</t>
+          <t>Ücra Adalar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254184253</t>
+          <t>9786052984475</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 2. Kitap</t>
+          <t>Haddini Bil!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254184291</t>
+          <t>9786052982419</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Z Bakış</t>
+          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254184246</t>
+          <t>9786052980477</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar (Ciltli)</t>
+          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254184239</t>
+          <t>9786254184352</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
+          <t>Heykelden Taşa (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254184260</t>
+          <t>9786254184369</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>CIA Hayatım</t>
+          <t>Belki De Neşe (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254180729</t>
+          <t>9786254184376</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Burada Ne İşim Var?</t>
+          <t>Yaylı Çalgılar Dörtlüsü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254183423</t>
+          <t>9786254184338</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
+          <t>Savaş İçinde Savaş</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254181993</t>
+          <t>9786254184345</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
+          <t>Sır Küpü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055340575</t>
+          <t>9786254184321</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kıran Resimleri</t>
+          <t>Aydın Üzerine Tezler - 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052985410</t>
+          <t>9786254184284</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk</t>
+          <t>Sesinle İz Bırak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254182396</t>
+          <t>9786254184253</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel İslam’ın Kritiği</t>
+          <t>Lanzarote Defterleri 2. Kitap</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254184215</t>
+          <t>9786254184291</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Almanya’ya Açılan Kapılar</t>
+          <t>Z Bakış</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254184178</t>
+          <t>9786254184246</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Tesadüfler</t>
+          <t>Küçük Anılar (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254184222</t>
+          <t>9786254184239</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
+          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254184161</t>
+          <t>9786254184260</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Mavi</t>
+          <t>CIA Hayatım</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254184208</t>
+          <t>9786254180729</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Barut</t>
+          <t>Burada Ne İşim Var?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254184185</t>
+          <t>9786254183423</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
+          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254184192</t>
+          <t>9786254181993</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Teğmenler</t>
+          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254184154</t>
+          <t>9786055340575</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Amcam Ahmed Emin</t>
+          <t>Kıran Resimleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9773062407001</t>
+          <t>9786052985410</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
+          <t>Portekiz’e Yolculuk</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254183966</t>
+          <t>9786254182396</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sesin Değdiği Yerden</t>
+          <t>Geleneksel İslam’ın Kritiği</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254184109</t>
+          <t>9786254184215</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar</t>
+          <t>Almanya’ya Açılan Kapılar</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254184116</t>
+          <t>9786254184178</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Demir Elli Şövalye</t>
+          <t>Tatlı Tesadüfler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254184147</t>
+          <t>9786254184222</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Eski Şehir Spor</t>
+          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254181313</t>
+          <t>9786254184161</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 1</t>
+          <t>Karanlık ve Mavi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254184093</t>
+          <t>9786254184208</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkhane Değil Ticarethane</t>
+          <t>Barut</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254184079</t>
+          <t>9786254184185</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bu Hesapta Bir Gariplik Var</t>
+          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254184062</t>
+          <t>9786254184192</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Yapay Zekadan</t>
+          <t>Teğmenler</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254184086</t>
+          <t>9786254184154</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
+          <t>Amcam Ahmed Emin</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254184055</t>
+          <t>9773062407001</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Elveda Cariyem</t>
+          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254184024</t>
+          <t>9786254183966</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
+          <t>Sesin Değdiği Yerden</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254184017</t>
+          <t>9786254184147</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Pencere (Ciltli)</t>
+          <t>Eski Şehir Spor</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055340933</t>
+          <t>9786254181313</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
+          <t>Türkiye Üzerine Tezler 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254184048</t>
+          <t>9786254184093</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
+          <t>Sağlıkhane Değil Ticarethane</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254184000</t>
+          <t>9786254184079</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çiçeği</t>
+          <t>Bu Hesapta Bir Gariplik Var</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254184031</t>
+          <t>9786254184062</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Annem Sağ Olsun</t>
+          <t>Kim Korkar Yapay Zekadan</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254183959</t>
+          <t>9786254184086</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Tango</t>
+          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254183980</t>
+          <t>9786254184055</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinematekten Ötekine</t>
+          <t>Elveda Cariyem</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254183942</t>
+          <t>9786254184024</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 1. Kitap</t>
+          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254183973</t>
+          <t>9786254184017</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
+          <t>Çatıdaki Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254183911</t>
+          <t>9786055340933</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ejder</t>
+          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254183904</t>
+          <t>9786254184048</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Erbaş’ın Diyaneti</t>
+          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254183874</t>
+          <t>9786254184000</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Romancının İtirafları</t>
+          <t>Devrim Çiçeği</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254183812</t>
+          <t>9786254184031</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mary Ventura ve Dokuzuncu Krallık</t>
+          <t>Annem Sağ Olsun</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254183850</t>
+          <t>9786254183959</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Baltasar ile Blimunda (Ciltli)</t>
+          <t>Nihavent Tango</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254183843</t>
+          <t>9786254183980</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü (Ciltli)</t>
+          <t>Bir Sinematekten Ötekine</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254183898</t>
+          <t>9786254183942</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Lider, Güç, Strateji</t>
+          <t>Lanzarote Defterleri 1. Kitap</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254183867</t>
+          <t>9786254183973</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Vahşi Hayvanı</t>
+          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254183829</t>
+          <t>9786254183911</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
+          <t>Sarı Ejder</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254183836</t>
+          <t>9786254183904</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Seyahati</t>
+          <t>Erbaş’ın Diyaneti</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052983959</t>
+          <t>9786254183874</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
+          <t>Genç Bir Romancının İtirafları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254183881</t>
+          <t>9786254183812</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Baba Oğul Hikayeleri</t>
+          <t>Mary Ventura ve Dokuzuncu Krallık</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254183768</t>
+          <t>9786254183850</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı (Ciltli)</t>
+          <t>Baltasar ile Blimunda (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254183751</t>
+          <t>9786254183843</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bütün İsimler (Ciltli)</t>
+          <t>Ressamın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254183690</t>
+          <t>9786254183898</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut</t>
+          <t>Lider, Güç, Strateji</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254183676</t>
+          <t>9786254183867</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Dünyanın En Vahşi Hayvanı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254183652</t>
+          <t>9786254183829</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254183669</t>
+          <t>9786052983959</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254183683</t>
+          <t>9786254183881</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Baba Oğul Hikayeleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254183706</t>
+          <t>9786254183768</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Toprağın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>50</v>
+        <v>800</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254183508</t>
+          <t>9786254183751</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
+          <t>Bütün İsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059658898</t>
+          <t>9786254183508</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Milgem'in Öyküsü</t>
+          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254183775</t>
+          <t>9786059658898</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kirli Çark</t>
+          <t>Milgem'in Öyküsü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254183720</t>
+          <t>9786254183775</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Dünyada Türkiye</t>
+          <t>Kirli Çark</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254183645</t>
+          <t>9786254183720</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bir Arthur Andersen Var(dı)</t>
+          <t>Yenilenen Dünyada Türkiye</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254183744</t>
+          <t>9786254183645</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Renkli Uçurtmalar Kampı</t>
+          <t>Bir Arthur Andersen Var(dı)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254183621</t>
+          <t>9786254183744</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kaçamak</t>
+          <t>Renkli Uçurtmalar Kampı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254183638</t>
+          <t>9786254183621</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yarasaların Avlusunda</t>
+          <t>Kaçamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052982105</t>
+          <t>9786254183638</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Molloy</t>
+          <t>Yarasaların Avlusunda</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254183560</t>
+          <t>9786052982105</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
+          <t>Molloy</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254183553</t>
+          <t>9786254183560</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yitik Adanın Öyküsü (Ciltli)</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254183591</t>
+          <t>9786254183553</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
+          <t>Yitik Adanın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254183607</t>
+          <t>9786254183591</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yuvarlaktır</t>
+          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254183577</t>
+          <t>9786254183607</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İkiz Divan</t>
+          <t>Futbol Yuvarlaktır</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254183584</t>
+          <t>9786254183577</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 5</t>
+          <t>İkiz Divan</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052983102</t>
+          <t>9786254183584</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Türkiye Üzerine Tezler 5</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052988305</t>
+          <t>9786052983102</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Oyunu</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052982280</t>
+          <t>9786052988305</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Marina</t>
+          <t>Meleğin Oyunu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>260</v>
+        <v>630</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052984710</t>
+          <t>9786052982280</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Gölgesi</t>
+          <t>Marina</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254183461</t>
+          <t>9786052984710</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı Kimin Aklı?</t>
+          <t>Rüzgarın Gölgesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254183485</t>
+          <t>9786254183461</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Devlet Aklı Kimin Aklı?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>9786254183492</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Gece ve Gündüz</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>9786254183478</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
@@ -4960,13915 +4960,12385 @@
           <t>Kahire Modern</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
           <t>9786052987780</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
           <t>Turnike</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254183287</t>
+          <t>9786254183256</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>De Profundis</t>
+          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254183256</t>
+          <t>9786254183232</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
+          <t>Ruhların Rengi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254183232</t>
+          <t>9786254183249</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Rengi</t>
+          <t>Kaçak Yazarlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254183249</t>
+          <t>9786052984741</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yazarlar</t>
+          <t>Sonsuz Günbatımı</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254183263</t>
+          <t>9786254183218</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Su Seyahatnamesi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052984741</t>
+          <t>9786254183164</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Günbatımı</t>
+          <t>Tanrı Misafirleri Oteli</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254183218</t>
+          <t>9786254183195</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Su Seyahatnamesi</t>
+          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254183164</t>
+          <t>9786052981283</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafirleri Oteli</t>
+          <t>Türkiye Neden Feda Edildi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254183195</t>
+          <t>9786054927890</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
+          <t>Liberal İhanet</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052981283</t>
+          <t>9786052988770</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Neden Feda Edildi</t>
+          <t>Beni Hep Böyle Hatırla</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054927890</t>
+          <t>9786254183188</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Liberal İhanet</t>
+          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052988770</t>
+          <t>9786254183171</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Beni Hep Böyle Hatırla</t>
+          <t>Görmek (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254183188</t>
+          <t>9786254182532</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Zesto Psomi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254183171</t>
+          <t>9786059908405</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Görmek (Ciltli)</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254182532</t>
+          <t>9786254183140</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Zesto Psomi</t>
+          <t>Top Tarikatı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059908405</t>
+          <t>9786052982914</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254183140</t>
+          <t>9786254183157</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Top Tarikatı</t>
+          <t>Halıdaki Şekil</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052982914</t>
+          <t>9786254183133</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
+          <t>Esrik Bir An</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254183157</t>
+          <t>9786254183096</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Halıdaki Şekil</t>
+          <t>Gülümse Türkiye</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>70</v>
+        <v>950</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254183133</t>
+          <t>9786254183058</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Esrik Bir An</t>
+          <t>Güç Mücadelesinde Türkiye</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254183096</t>
+          <t>9786254183089</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Türkiye</t>
+          <t>Sir John Mandeville’in Seyahatleri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>950</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254183058</t>
+          <t>9786059799782</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Güç Mücadelesinde Türkiye</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254183089</t>
+          <t>9786254183102</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sir John Mandeville’in Seyahatleri</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254181429</t>
+          <t>9786254183119</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059799782</t>
+          <t>9786254183027</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
+          <t>Kabil (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254183102</t>
+          <t>9786254183003</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254183119</t>
+          <t>9786254182990</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
+          <t>Elveda Selanik - 1917 Yangını</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254183027</t>
+          <t>9786254183041</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Ciltli)</t>
+          <t>Saray Yolu - Kahire Üçlemesi 1</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254183003</t>
+          <t>9786254183034</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Türkiye'de Sinolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254182990</t>
+          <t>9786254183065</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elveda Selanik - 1917 Yangını</t>
+          <t>Dragos - Furkan Sezer Anlatıyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254183041</t>
+          <t>9786254183072</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Saray Yolu - Kahire Üçlemesi 1</t>
+          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254183034</t>
+          <t>9786254182952</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sinolojinin Doğuşu</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254183065</t>
+          <t>9786254182945</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dragos - Furkan Sezer Anlatıyor</t>
+          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254183072</t>
+          <t>9786254182938</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
+          <t>Kuşak ve Yol El Kitabı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254182952</t>
+          <t>9786254182891</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Yük Yeri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254182945</t>
+          <t>9786254182914</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
+          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254182938</t>
+          <t>9786254182884</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol El Kitabı</t>
+          <t>Kurbağa Manastırı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254182891</t>
+          <t>9786254182921</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yük Yeri</t>
+          <t>Düşün Bihter Seni Deliler Gibi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254182914</t>
+          <t>9786254182907</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
+          <t>100. Yıl Cumhuriyet Alfabesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254182884</t>
+          <t>9786055340865</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Manastırı</t>
+          <t>Erbakan</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254182921</t>
+          <t>9786254182839</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bihter Seni Deliler Gibi</t>
+          <t>Türkiye Üzerine Tezler 4</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254182907</t>
+          <t>9786254182860</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl Cumhuriyet Alfabesi</t>
+          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>455</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055340865</t>
+          <t>9786254182822</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Erbakan</t>
+          <t>Kutsal Kısır Döngü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254182839</t>
+          <t>9786254182808</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 4</t>
+          <t>Yüzüncü Yıl Notları (1918-1923)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254182860</t>
+          <t>9786254182815</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
+          <t>Sözler Sözcükler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254182846</t>
+          <t>9786254182792</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hacı Ağa</t>
+          <t>Canımın Canı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254182853</t>
+          <t>9786254182785</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün</t>
+          <t>Havala</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254182822</t>
+          <t>9786254182730</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kısır Döngü</t>
+          <t>Sabahın Sessizliği Ülkesi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254182808</t>
+          <t>9786254182754</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yıl Notları (1918-1923)</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254182815</t>
+          <t>9786254182778</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sözler Sözcükler</t>
+          <t>Yıldızların Fısıltısı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254182792</t>
+          <t>9786254182723</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Canımın Canı</t>
+          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254182785</t>
+          <t>9786254182761</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Havala</t>
+          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254182730</t>
+          <t>9786254182686</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sessizliği Ülkesi</t>
+          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254182747</t>
+          <t>9786059908429</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Sinek Sarayı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254182754</t>
+          <t>9786052986134</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Sarmal</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254182778</t>
+          <t>9786254182716</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Fısıltısı</t>
+          <t>Baron İstilası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254182723</t>
+          <t>9786254182587</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
+          <t>CHP'de Sağ Sapma</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254182761</t>
+          <t>9786254182679</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
+          <t>Küçük Acılar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254182686</t>
+          <t>9786254182662</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
+          <t>Ateş Kuşu Semiha Berksoy</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059908429</t>
+          <t>9786254182655</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sinek Sarayı</t>
+          <t>Aç Melek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052987360</t>
+          <t>9786254182648</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Biri Hiçbiri Binlercesi</t>
+          <t>Sevdamız Fenerbahçe</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052986134</t>
+          <t>9786254182594</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sarmal</t>
+          <t>Geçmişten Günümüze Bebek</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254182693</t>
+          <t>9786254182631</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Küçük Napolyon</t>
+          <t>Zenon</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254182716</t>
+          <t>9786254182518</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Baron İstilası</t>
+          <t>Üç Kral</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254182709</t>
+          <t>9786254182600</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Popülizm Yüzyılı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254182587</t>
+          <t>9786254182617</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>CHP'de Sağ Sapma</t>
+          <t>Suriye'de Bir Türk Basketbolcu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254182679</t>
+          <t>9786254182624</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Küçük Acılar</t>
+          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254182662</t>
+          <t>9786254182570</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ateş Kuşu Semiha Berksoy</t>
+          <t>Hatırlayamadıklarımız</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254182655</t>
+          <t>9786254182563</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aç Melek</t>
+          <t>Masa</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254182648</t>
+          <t>9786254182556</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sevdamız Fenerbahçe</t>
+          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254182594</t>
+          <t>9786254182488</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Bebek</t>
+          <t>İkinci Yüzyılda Yeniden Atatürk</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254182631</t>
+          <t>9786254182525</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zenon</t>
+          <t>Tek Bir Gül</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254182518</t>
+          <t>9786254182471</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Üç Kral</t>
+          <t>Vatan Yahut Cumhuriyet</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254182600</t>
+          <t>9786254182464</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Popülizm Yüzyılı</t>
+          <t>515 Haşimi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254182617</t>
+          <t>9786254182440</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Bir Türk Basketbolcu</t>
+          <t>Geyik</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254182624</t>
+          <t>9786254182433</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
+          <t>Uslu Kız</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254182570</t>
+          <t>9786254182426</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayamadıklarımız</t>
+          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254182563</t>
+          <t>9786254182457</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Masa</t>
+          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254182556</t>
+          <t>9786254182402</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254182488</t>
+          <t>9786254182372</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyılda Yeniden Atatürk</t>
+          <t>Türkiye Üzerine Tezler 3</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254182525</t>
+          <t>9786254182419</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tek Bir Gül</t>
+          <t>Başkanın Öldürüldüğü Gün</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254182471</t>
+          <t>9786254182327</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Cumhuriyet</t>
+          <t>Bir Erkeği Öldürmek</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254182464</t>
+          <t>9786254182389</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>515 Haşimi</t>
+          <t>Bıçkın ve Orta Halli</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254182440</t>
+          <t>9786254182358</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Geyik</t>
+          <t>Kestirmeler ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254182433</t>
+          <t>9786254182341</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Uslu Kız</t>
+          <t>Nayino</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254182426</t>
+          <t>9786254182334</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
+          <t>Cebelavi Sokağı’nın Çocukları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254182457</t>
+          <t>9786254182303</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
+          <t>Hayatımın Sırları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254182402</t>
+          <t>9786254182310</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254182372</t>
+          <t>9786254182280</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 3</t>
+          <t>Hayatımın Kadını</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254182419</t>
+          <t>9786254182297</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Öldürüldüğü Gün</t>
+          <t>Demokrasi İçin Manifesto - Diren!</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254182327</t>
+          <t>9786254182228</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkeği Öldürmek</t>
+          <t>Körlük</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254182389</t>
+          <t>9786254182235</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bıçkın ve Orta Halli</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254182358</t>
+          <t>9786254182242</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kestirmeler ve Kısa Hikayeler</t>
+          <t>İblis'i Öldür</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254182341</t>
+          <t>9786254182266</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nayino</t>
+          <t>İslamo - Faşizm</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254182334</t>
+          <t>9786254182204</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağı’nın Çocukları</t>
+          <t>Şahsıma Ait Ada Mikronezya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254182303</t>
+          <t>9786254182211</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Sırları</t>
+          <t>Kartal İmam Hatipliler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254182310</t>
+          <t>9786254182150</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Yağma</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254182280</t>
+          <t>9786254182198</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Kadını</t>
+          <t>SS</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254182297</t>
+          <t>9786254182167</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi İçin Manifesto - Diren!</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254182228</t>
+          <t>9786254182174</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Körlük</t>
+          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254182235</t>
+          <t>9786254181467</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254182242</t>
+          <t>9786052982549</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İblis'i Öldür</t>
+          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254182266</t>
+          <t>9786254182129</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İslamo - Faşizm</t>
+          <t>Dilaver - Panayır Başlıyor</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254182204</t>
+          <t>9786254182136</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Şahsıma Ait Ada Mikronezya</t>
+          <t>Sitem Taşları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254182211</t>
+          <t>9786254182105</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kartal İmam Hatipliler</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254182150</t>
+          <t>9786254182099</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yağma</t>
+          <t>Benim Karikatürlü Evrenim</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254182198</t>
+          <t>9786254182112</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>SS</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254182167</t>
+          <t>9786254182051</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254182174</t>
+          <t>9786254182082</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
+          <t>B2 Seyir Jurnali</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254181467</t>
+          <t>9786254182037</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
+          <t>Ağacın Kurdu</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052982549</t>
+          <t>9786254181917</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
+          <t>Kadın Oyunları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254182129</t>
+          <t>9786254181887</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dilaver - Panayır Başlıyor</t>
+          <t>Körler Ordusu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254182136</t>
+          <t>9786254181900</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sitem Taşları</t>
+          <t>Amerika'nın Türkler Tarafından Keşfi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254182105</t>
+          <t>9786254181986</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Türkiye Üzerine Tezler - 2</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254182099</t>
+          <t>9786254181856</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Benim Karikatürlü Evrenim</t>
+          <t>Kamer Genç</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254182112</t>
+          <t>9786254181955</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>Portreler - 1</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254182051</t>
+          <t>9786254181948</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Çoşkun Gönül</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254182082</t>
+          <t>9786254181702</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>B2 Seyir Jurnali</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254182037</t>
+          <t>9786254181870</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Kurdu</t>
+          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254182068</t>
+          <t>9786254181825</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Ruhlar Labirenti</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254182044</t>
+          <t>9786254181894</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ve Kiracıları</t>
+          <t>Ayana</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254181917</t>
+          <t>9786254181818</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyunları</t>
+          <t>Öyküyü Yazmak</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254181887</t>
+          <t>9786254181801</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Körler Ordusu</t>
+          <t>Şarkılar Seni Söyler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254181900</t>
+          <t>9786254181764</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Türkler Tarafından Keşfi</t>
+          <t>Bir Deli Değilin Defterleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254181986</t>
+          <t>9786254181795</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler - 2</t>
+          <t>Üsküdar’daki Teyzemiz</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254181856</t>
+          <t>9786254181788</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kamer Genç</t>
+          <t>Rumi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254181955</t>
+          <t>9786254181771</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Portreler - 1</t>
+          <t>Kuşların Göğü Önünde</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254181948</t>
+          <t>9786254181658</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çoşkun Gönül</t>
+          <t>Suriye Mektupları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254181702</t>
+          <t>9786254181696</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Büyük Yüzücü</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254181870</t>
+          <t>9786254181757</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
+          <t>Dul</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254181962</t>
+          <t>9786254181542</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Sessiz İstila</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254181825</t>
+          <t>9786254181603</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Labirenti</t>
+          <t>Türkiye’den Kesitler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254181894</t>
+          <t>9786254181610</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ayana</t>
+          <t>Cristoforo Colombo’nun Maceraları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254181818</t>
+          <t>9786254181597</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Yazmak</t>
+          <t>Yaralı Kalmak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254181801</t>
+          <t>9786254181580</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Seni Söyler</t>
+          <t>Delice Coşkun</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254181764</t>
+          <t>9786254181573</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Değilin Defterleri</t>
+          <t>Neşterden Keskin Kalem</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254181795</t>
+          <t>9786254181535</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’daki Teyzemiz</t>
+          <t>Siyasal İslamcılık</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254181788</t>
+          <t>9786254181528</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Rumi</t>
+          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254181771</t>
+          <t>9786254181511</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Göğü Önünde</t>
+          <t>Türkülerden Şah Dizeler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254181658</t>
+          <t>9786254181481</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Suriye Mektupları</t>
+          <t>Karşı Devrim - 1923'ten 2023'e</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254181689</t>
+          <t>9786254181474</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ve Şürekası</t>
+          <t>Toplu Oyunlar - 1</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254181672</t>
+          <t>9786254181436</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254181665</t>
+          <t>9786254181504</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Kuşak ve Yol</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254181696</t>
+          <t>9786254181399</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yüzücü</t>
+          <t>Demiryolu Seyahatinin Tarihi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254181757</t>
+          <t>9786254181405</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dul</t>
+          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254181542</t>
+          <t>9786254181368</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İstila</t>
+          <t>Gece Bitmedi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254181603</t>
+          <t>9786254181351</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Kesitler</t>
+          <t>Kum Kaptanları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254181610</t>
+          <t>9786254181344</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Cristoforo Colombo’nun Maceraları</t>
+          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254181597</t>
+          <t>9786254181375</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalmak</t>
+          <t>Ülke Yönetimi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254181580</t>
+          <t>9786254181269</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Delice Coşkun</t>
+          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254181573</t>
+          <t>9786254181290</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Neşterden Keskin Kalem</t>
+          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254181535</t>
+          <t>9786254181153</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamcılık</t>
+          <t>Tanrıkadın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254181528</t>
+          <t>9786254181245</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
+          <t>Ergenlik Sivilceleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254181511</t>
+          <t>9786254181252</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Şah Dizeler</t>
+          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254181481</t>
+          <t>9786254181221</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Karşı Devrim - 1923'ten 2023'e</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254181474</t>
+          <t>9786254181177</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1</t>
+          <t>Sera Toplumunda Çöl Olmak</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254181412</t>
+          <t>9786254181160</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Eşkıya İninde</t>
+          <t>Söz Yazıları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254181436</t>
+          <t>9786254181146</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254181450</t>
+          <t>9786254181108</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Destan Sayılır</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254181443</t>
+          <t>9786254181122</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Kurmaca</t>
+          <t>Kuşevi'nin Efendisi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254181504</t>
+          <t>9786254181115</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol</t>
+          <t>Foto-Grafiti 114 Gözdikme</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254181399</t>
+          <t>9786254180835</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Seyahatinin Tarihi</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254181405</t>
+          <t>9786254181139</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254181368</t>
+          <t>9786254181085</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Gece Bitmedi</t>
+          <t>Silivri'de Firavun Töreni</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254181351</t>
+          <t>9786052989876</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kum Kaptanları</t>
+          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254181344</t>
+          <t>9786254180958</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
+          <t>Gece İnerken</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254181375</t>
+          <t>9786254180897</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yönetimi</t>
+          <t>Sözüm Meclisten İçeri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254181269</t>
+          <t>9786254180880</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
+          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254181276</t>
+          <t>9786254180866</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hac Yolunda</t>
+          <t>Batı Hikayeleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254181290</t>
+          <t>9786254180781</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
+          <t>Atamanoğlu Fatih</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254181283</t>
+          <t>9786254181016</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Strategikon</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254181153</t>
+          <t>9786254181023</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkadın</t>
+          <t>Ütopik Hikayeler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254181245</t>
+          <t>9786254181047</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Sivilceleri</t>
+          <t>William Shakespeare</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254181252</t>
+          <t>9786254181030</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
+          <t>Küçük Şeyler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254181207</t>
+          <t>9786254181054</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254181221</t>
+          <t>9786254181009</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254181238</t>
+          <t>9786254180989</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Pierre Loti Konstantiniyye’de</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254181214</t>
+          <t>9786254180941</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Komplo Teorileri Tarihi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254181191</t>
+          <t>9786254180972</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Düşüncenin Gelişmesi</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254181177</t>
+          <t>9786052985922</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sera Toplumunda Çöl Olmak</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254181160</t>
+          <t>9786052983744</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Söz Yazıları</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254181146</t>
+          <t>9786254180804</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
+          <t>Dillerinde Dünya</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254181108</t>
+          <t>9786254180828</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Destan Sayılır</t>
+          <t>Karşılığını Bulamamış Sorular</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254181122</t>
+          <t>9786254180125</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kuşevi'nin Efendisi</t>
+          <t>Sorular</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254181115</t>
+          <t>9786254180811</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Foto-Grafiti 114 Gözdikme</t>
+          <t>Gibiciler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254180835</t>
+          <t>9786254180798</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Kar Panteri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254181139</t>
+          <t>9786254180873</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Ukrayna - Tarih Yapan Savaş</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254181085</t>
+          <t>9786254180859</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Silivri'de Firavun Töreni</t>
+          <t>İçtihad Kapısı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052989876</t>
+          <t>9786254180743</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
+          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254180958</t>
+          <t>9786254180774</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Gece İnerken</t>
+          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254180897</t>
+          <t>9786254180750</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Meclisten İçeri</t>
+          <t>Boris Davidoviç İçin Bir Mezar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254180903</t>
+          <t>9786254180767</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Benim Kahramanım Türk Halkıdır</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254180927</t>
+          <t>9786254180736</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Yalan Dünyasının Yalancıları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254180880</t>
+          <t>9786254180712</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
+          <t>Kızıl Serap</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254180910</t>
+          <t>9786254180705</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Londra Manzaraları</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254180934</t>
+          <t>9786254180620</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>‘‘Yüreğinin Sesinden Başka Şey Dinleme’’ - Seçme Mektuplar</t>
+          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254180866</t>
+          <t>9786254180545</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Batı Hikayeleri</t>
+          <t>Liyakat</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254180781</t>
+          <t>9786254180521</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Atamanoğlu Fatih</t>
+          <t>Saygıdeğer Bir Öğrenci</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254181016</t>
+          <t>9786254180538</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Strategikon</t>
+          <t>Yaban Çilekleri Aynadaki Gibi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254181023</t>
+          <t>9786254180514</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Hikayeler</t>
+          <t>Beşli Çete</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254181047</t>
+          <t>9786254180132</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>William Shakespeare</t>
+          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254181030</t>
+          <t>9786052989852</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler ve Diğer Hikayeler</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254181054</t>
+          <t>9786052989975</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kafamdaki Orman</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254181009</t>
+          <t>9786254180057</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254180989</t>
+          <t>9786052989999</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti Konstantiniyye’de</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254180941</t>
+          <t>9786254180040</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri Tarihi</t>
+          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254180972</t>
+          <t>9786052989968</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Deri Ticareti Serüvenleri</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052985922</t>
+          <t>9786254180026</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052983744</t>
+          <t>9786052989944</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
+          <t>Kutsal Tecrit</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254180804</t>
+          <t>9786052989951</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dillerinde Dünya</t>
+          <t>Kendine Yalan Söyleme</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254180828</t>
+          <t>9786052989920</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Karşılığını Bulamamış Sorular</t>
+          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254180125</t>
+          <t>9786052989890</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sorular</t>
+          <t>Efeler İsyanı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254180811</t>
+          <t>9786052989906</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Gibiciler</t>
+          <t>Beşiktaş’ta Sırtlan Pususu</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254180798</t>
+          <t>9786052989913</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kar Panteri</t>
+          <t>Vurgun - Parsel Parsel 2</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254180873</t>
+          <t>9786052989401</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Tarih Yapan Savaş</t>
+          <t>Piranesi’nin Karanlık Zihni</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254180859</t>
+          <t>9786052988824</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Kapısı</t>
+          <t>Cennet Mahkumu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254180743</t>
+          <t>9786052989395</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
+          <t>Yakın Temas</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254180774</t>
+          <t>9786052989388</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
+          <t>Afili Mavallar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254180750</t>
+          <t>9786052989357</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Boris Davidoviç İçin Bir Mezar</t>
+          <t>Hepsini Okudunuz mu?</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254180767</t>
+          <t>9786052989371</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Benim Kahramanım Türk Halkıdır</t>
+          <t>Altın Meyveler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254180736</t>
+          <t>9786052989364</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyasının Yalancıları</t>
+          <t>Fantoine ile Agapa Arasında</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254180712</t>
+          <t>9786052989142</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Serap</t>
+          <t>Düzensiz Savaşlar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254180682</t>
+          <t>9786052989135</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Günlüğü</t>
+          <t>Yukarlarda En Uzaklarda</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254180705</t>
+          <t>9786052989043</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Sualtındaki Hafıza</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254180699</t>
+          <t>9786052989098</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254180620</t>
+          <t>9786052989074</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
+          <t>Ud ve Yara İzleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254180545</t>
+          <t>9786052989104</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Liyakat</t>
+          <t>DünBatımı Defteri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254180521</t>
+          <t>9786052986455</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Saygıdeğer Bir Öğrenci</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254180552</t>
+          <t>9786052988985</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Gelen Haber</t>
+          <t>Dereceler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254180538</t>
+          <t>9786052989029</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çilekleri Aynadaki Gibi</t>
+          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254180514</t>
+          <t>9786052989050</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Beşli Çete</t>
+          <t>Bir Masalda İki Kral Olmaz</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254180088</t>
+          <t>9786052989005</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Bir Garip Diyar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254180071</t>
+          <t>9786052988954</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Totem Ve Tabu</t>
+          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254180101</t>
+          <t>9786052988947</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254180118</t>
+          <t>9786052989012</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Aylak Köpek</t>
+          <t>Ağzımda Laf Varken Konuşamıyorum</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254180095</t>
+          <t>9786052988992</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet ve Psikanaliz</t>
+          <t>Cehennemde Bir Yusuf</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254180132</t>
+          <t>9786052988961</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
+          <t>Manşet - Türkiye Konuşuyor</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254180002</t>
+          <t>9786052988855</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052989852</t>
+          <t>9786052988879</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Sinema Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052989449</t>
+          <t>9786052988862</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Janus</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052989975</t>
+          <t>9786052988848</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Orman</t>
+          <t>Yüz Yıllık Umut</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254180057</t>
+          <t>9786052988787</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
+          <t>Resimleri Okumak</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052989999</t>
+          <t>9786052988756</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Seyelan</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052989869</t>
+          <t>9786052988794</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>İstanbulin</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254180019</t>
+          <t>9786052988749</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Katli Vacip</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052989982</t>
+          <t>9786052988763</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ziyafet (Convivio)</t>
+          <t>İnsan Bir Eksik Sözdür</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254180040</t>
+          <t>9786052988732</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
+          <t>Tampon Ülke</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052989968</t>
+          <t>9786052988664</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Deri Ticareti Serüvenleri</t>
+          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254180026</t>
+          <t>9786052988671</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Rüzgarımı Kestiler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052989944</t>
+          <t>9786052988695</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Tecrit</t>
+          <t>Paragone - Sanatların Karşılaştırılması</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052989951</t>
+          <t>9786052988725</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yalan Söyleme</t>
+          <t>Altın Yağmur</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052989920</t>
+          <t>9786052988640</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
+          <t>Modern Argonautlar</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052989890</t>
+          <t>9786052988633</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Efeler İsyanı</t>
+          <t>Sonsuza Uçan Kuşlar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052989906</t>
+          <t>9786052988626</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş’ta Sırtlan Pususu</t>
+          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052989913</t>
+          <t>9786052988657</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Vurgun - Parsel Parsel 2</t>
+          <t>Çin’de On Beş Sohbet</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052989401</t>
+          <t>9786052988602</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Piranesi’nin Karanlık Zihni</t>
+          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052988824</t>
+          <t>9786052988589</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mahkumu</t>
+          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052989395</t>
+          <t>9786052988572</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Yakın Temas</t>
+          <t>Türkiye Kadar Bir Çiçek</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052989388</t>
+          <t>9786052988596</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Afili Mavallar</t>
+          <t>Anında Görüntü</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052989357</t>
+          <t>9786052988619</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Hepsini Okudunuz mu?</t>
+          <t>Mutabıkız</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052989371</t>
+          <t>9786052988541</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Altın Meyveler</t>
+          <t>Devrimin Denklemleri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052989364</t>
+          <t>9786052988503</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Fantoine ile Agapa Arasında</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052989142</t>
+          <t>9786052988459</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Düzensiz Savaşlar</t>
+          <t>Başkalarının Ülkesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052989135</t>
+          <t>9786052988442</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yukarlarda En Uzaklarda</t>
+          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052989043</t>
+          <t>9786052988428</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Sualtındaki Hafıza</t>
+          <t>İnönü Döneminde Kemalizm</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052989098</t>
+          <t>9786052988435</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
+          <t>Bilmediğimiz Çin</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052989074</t>
+          <t>9786052988381</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ud ve Yara İzleri</t>
+          <t>Yuvamıza Düşen Ateş</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052989104</t>
+          <t>9786052988398</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>DünBatımı Defteri</t>
+          <t>Düğmeler, Deri, Koordinatlar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052986455</t>
+          <t>9786052988404</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Alacakaranlıkta Elyordamı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052988985</t>
+          <t>9786052988411</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Dereceler</t>
+          <t>Boğaz’ın İnsanları</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052989029</t>
+          <t>9786052988329</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
+          <t>Karanlık Manolya</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052989050</t>
+          <t>9786052988367</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Bir Masalda İki Kral Olmaz</t>
+          <t>Ah Bu Rüzgar</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052989005</t>
+          <t>9786052988251</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Diyar</t>
+          <t>Başkomutan</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052988954</t>
+          <t>9786052988275</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
+          <t>Gazi Mustafa Kemal 1881-1958</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052988947</t>
+          <t>9786052988268</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
+          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052989012</t>
+          <t>9786052988299</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ağzımda Laf Varken Konuşamıyorum</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052988992</t>
+          <t>9786052988190</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Yusuf</t>
+          <t>The Özal</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052988961</t>
+          <t>9786052988213</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Manşet - Türkiye Konuşuyor</t>
+          <t>Ak-Yargı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052988916</t>
+          <t>9786052988206</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>İslam Tarihi Emeviler Abbasiler</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052988893</t>
+          <t>9786052988244</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre ve Bir Seyahatin Notları</t>
+          <t>Dalyan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052988886</t>
+          <t>9786052988220</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Hüzün Nedeniyle Kapalıyız</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052988909</t>
+          <t>9786052988237</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Normal Olacak Kadar Anormal Değilim</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052988930</t>
+          <t>9786052988138</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Sinema Yazıları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052988923</t>
+          <t>9786052988091</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052988855</t>
+          <t>9786052988084</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
+          <t>Havada Dumandım</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052988879</t>
+          <t>9786052988107</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sinema Üzerine Konuşmalar</t>
+          <t>Okname</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052988862</t>
+          <t>9786052988060</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Janus</t>
+          <t>Öğrenci Ayaklanmaları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052988848</t>
+          <t>9786052988114</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Umut</t>
+          <t>Cüppeli Vesayet</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052988787</t>
+          <t>9786052988046</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Okumak</t>
+          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052988756</t>
+          <t>9786052988039</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Seyelan</t>
+          <t>1945 Türkiye-SSCB İlişkileri</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052988794</t>
+          <t>9786052988022</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>İstanbulin</t>
+          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052988749</t>
+          <t>9786052988008</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Katli Vacip</t>
+          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052988763</t>
+          <t>9786052987889</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Eksik Sözdür</t>
+          <t>Lahanistan</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052988732</t>
+          <t>9786052987964</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tampon Ülke</t>
+          <t>Sessizlikle Yıka İçini</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052988664</t>
+          <t>9786052987940</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
+          <t>Barbaros Hayrettin’in Hayatı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052988671</t>
+          <t>9786052987933</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarımı Kestiler</t>
+          <t>İyi Yaşam ve Mutluluk Üzerine</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052988695</t>
+          <t>9786052987919</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Paragone - Sanatların Karşılaştırılması</t>
+          <t>Son Durak</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052988725</t>
+          <t>9786052987926</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Altın Yağmur</t>
+          <t>Nihavent Hıçkırık</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052988718</t>
+          <t>9786052987841</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kara Elmas Diyarından</t>
+          <t>Bir Türkün Ölümü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052988640</t>
+          <t>9786052987865</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Modern Argonautlar</t>
+          <t>Smiley’nin İnsanları</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052988633</t>
+          <t>9786052987902</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uçan Kuşlar</t>
+          <t>Afet</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052988626</t>
+          <t>9786052987872</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
+          <t>Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052988657</t>
+          <t>9786052987834</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Çin’de On Beş Sohbet</t>
+          <t>Türkçe İbadet</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052988602</t>
+          <t>9786052987773</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
+          <t>Cola di Rienzi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052988589</t>
+          <t>9786052987704</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
+          <t>Parsel Parsel</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052988572</t>
+          <t>9786052987759</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kadar Bir Çiçek</t>
+          <t>Ütopyalar İyidir</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052988596</t>
+          <t>9786052987742</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Anında Görüntü</t>
+          <t>Pi’nin Tarihi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052988619</t>
+          <t>9786052987629</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Mutabıkız</t>
+          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052988541</t>
+          <t>9786052987605</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Denklemleri</t>
+          <t>Anavatandan Mavi Vatan’a</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052988503</t>
+          <t>9786052987612</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Köpek Düşü</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052988534</t>
+          <t>9786052987711</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Odamda Yolculuk - Odamda Gece Seferi</t>
+          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052988510</t>
+          <t>9786052987735</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Giden İnce Yol</t>
+          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052988497</t>
+          <t>9786052987728</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052988527</t>
+          <t>9786052987643</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Boğa Güreşinin Aynası</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052988459</t>
+          <t>9786052987681</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Ülkesi</t>
+          <t>İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052988442</t>
+          <t>9786052987674</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
+          <t>Mimar Doğanlar… Üç Doğan</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052988428</t>
+          <t>9786052987667</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İnönü Döneminde Kemalizm</t>
+          <t>Felsefenin Evrimi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052988435</t>
+          <t>9786052987568</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğimiz Çin</t>
+          <t>Sıcak İlişkiler Arkası Yarın</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052988381</t>
+          <t>9786052987537</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Yuvamıza Düşen Ateş</t>
+          <t>Çeviri Tiyatrolar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052988398</t>
+          <t>9786052987575</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Düğmeler, Deri, Koordinatlar</t>
+          <t>Bütün Yazıları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052988404</t>
+          <t>9786052987551</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Elyordamı</t>
+          <t>Çeviri Şiirler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052988411</t>
+          <t>9786052987544</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın İnsanları</t>
+          <t>Mektuplar Anketler Mülakatlar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052988329</t>
+          <t>9786052987520</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Manolya</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052988350</t>
+          <t>9786052987513</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052988367</t>
+          <t>9786052987506</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Rüzgar</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052988312</t>
+          <t>9786052987490</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kuzin Bette</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052988336</t>
+          <t>9786052987483</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052988251</t>
+          <t>9786052987476</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Başkomutan</t>
+          <t>Hayatımın Haberi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052988275</t>
+          <t>9786052987421</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal 1881-1958</t>
+          <t>Nar Kitabı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052988268</t>
+          <t>9786052987438</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
+          <t>Jane Eyre Olmak</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052988299</t>
+          <t>9786052987407</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052988190</t>
+          <t>9786052987377</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>The Özal</t>
+          <t>"Benimle Dostluk Zordur"</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052988213</t>
+          <t>9786052987346</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ak-Yargı</t>
+          <t>Metastaz 2: Cendere</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052988206</t>
+          <t>9786052987292</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Emeviler Abbasiler</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052988244</t>
+          <t>9786052987261</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Dalyan</t>
+          <t>Annem Gülüyor</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052988220</t>
+          <t>9786052987315</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Nedeniyle Kapalıyız</t>
+          <t>Jubiaba</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052988237</t>
+          <t>9786052987322</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Normal Olacak Kadar Anormal Değilim</t>
+          <t>Kadim Gemi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052988176</t>
+          <t>9786052987285</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052988183</t>
+          <t>9786052987308</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Baronlar Savaşı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052988138</t>
+          <t>9786052987278</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sinema Yazıları</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052988169</t>
+          <t>9786052987148</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Doğum Gününün İcadı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052988152</t>
+          <t>9786052987223</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz İntihal</t>
+          <t>Sımayıl İle Razıya (Taş Baskı)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052988091</t>
+          <t>9786052987193</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>1 Köy 4 Adam 6,5 Darbe</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052988084</t>
+          <t>9786052987216</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Havada Dumandım</t>
+          <t>Seçme Oyunlar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052988107</t>
+          <t>9786052987179</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Okname</t>
+          <t>Bahçe Partisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052988060</t>
+          <t>9786052987155</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Ayaklanmaları</t>
+          <t>Zaragoza’da Bulunmuş El Yazması</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052988114</t>
+          <t>9786052987124</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Cüppeli Vesayet</t>
+          <t>Nişanlılar İçin Şarkılı Alfabe</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052988046</t>
+          <t>9786052987117</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
+          <t>Rehin</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052988039</t>
+          <t>9786052987094</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>1945 Türkiye-SSCB İlişkileri</t>
+          <t>Filistin Benimdir</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052988022</t>
+          <t>9786052987070</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
+          <t>Libya Türkiye’nin Denizden Komşusudur</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052988008</t>
+          <t>9786052987032</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
+          <t>Demokratik Despotizm</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052987889</t>
+          <t>9786052986974</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Lahanistan</t>
+          <t>Tropiklerde Şafak Manzarası</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052987995</t>
+          <t>9786052986905</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052987971</t>
+          <t>9786052986981</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Anıları</t>
+          <t>Muzaffer İlhan Erdost</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052987988</t>
+          <t>9786052986967</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Zartoloji - 1001 Gece Esintileri</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052987964</t>
+          <t>9786052986899</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sessizlikle Yıka İçini</t>
+          <t>Fetö'nün Solcuları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052987940</t>
+          <t>9786052986943</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin’in Hayatı</t>
+          <t>Bir Gölge Göstericinin Düşleri</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052987933</t>
+          <t>9786052986936</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşam ve Mutluluk Üzerine</t>
+          <t>Eski Bir Balerin</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052987919</t>
+          <t>9786052986950</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Son Durak</t>
+          <t>Ankara - İstanbul Karatreni</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052987926</t>
+          <t>9786052986691</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Hıçkırık</t>
+          <t>Tepedelenli Ali Paşa</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052987841</t>
+          <t>9786052986783</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkün Ölümü</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052987865</t>
+          <t>9786052986714</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Smiley’nin İnsanları</t>
+          <t>Bu Soyut Nakış Nedir?</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052987902</t>
+          <t>9786052986738</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Afet</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052987872</t>
+          <t>9786052986813</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 4</t>
+          <t>Bütün Dünlerimiz</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052987834</t>
+          <t>9786052986820</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İbadet</t>
+          <t>Edebiyat Dostları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052987810</t>
+          <t>9786052986837</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Onikiler</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052987803</t>
+          <t>9786052986790</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Kafkas Esiri</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052987773</t>
+          <t>9786052986684</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Cola di Rienzi</t>
+          <t>Kaf Dağının Ardı Belki</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052987797</t>
+          <t>9786052986615</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Genç Boksör</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052987766</t>
+          <t>9786052986394</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052987704</t>
+          <t>9786052986462</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Parsel Parsel</t>
+          <t>Sinopeli Diogenes</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052987759</t>
+          <t>9786052986400</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar İyidir</t>
+          <t>Alçalmadan Yükselenler</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052987742</t>
+          <t>9786052986554</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Pi’nin Tarihi</t>
+          <t>Bir Kardeş Cinayeti</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052987629</t>
+          <t>9786052986479</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
+          <t>Issızlığın Ötesi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052987605</t>
+          <t>9786052986523</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Anavatandan Mavi Vatan’a</t>
+          <t>İnsan ve Savaş</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052987612</t>
+          <t>9786052986271</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Köpek Düşü</t>
+          <t>4. Henry - 1</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052987711</t>
+          <t>9786052986516</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
+          <t>Ben Senin Zencin Değilim</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052987735</t>
+          <t>9786052986295</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
+          <t>Casuslar Mücadelesi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052987728</t>
+          <t>9786052986318</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
+          <t>Babam Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052987643</t>
+          <t>9786052986325</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşinin Aynası</t>
+          <t>Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052987681</t>
+          <t>9786052986288</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günlüğü</t>
+          <t>Binyılın Peşinde</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052987674</t>
+          <t>9786052986387</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Mimar Doğanlar… Üç Doğan</t>
+          <t>Asla Vazgeçme Asla</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052987667</t>
+          <t>9786052986349</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Evrimi</t>
+          <t>Karanlık Hikaye</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052987568</t>
+          <t>9786052986158</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sıcak İlişkiler Arkası Yarın</t>
+          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052987537</t>
+          <t>9786052986370</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Tiyatrolar</t>
+          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052987575</t>
+          <t>9786052986226</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yazıları</t>
+          <t>Akan Sular Şarap Olsa</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052987551</t>
+          <t>9786052986264</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Şiirler</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052987544</t>
+          <t>9786052986257</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Anketler Mülakatlar</t>
+          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052987520</t>
+          <t>9786052986028</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052987513</t>
+          <t>9786052986219</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kadın Düşmanlığı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052987506</t>
+          <t>9786052986196</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Cami ve Siyaset</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052987490</t>
+          <t>9786052986127</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Ben Sana Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052987483</t>
+          <t>9786052986097</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
+          <t>Silsile</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052987445</t>
+          <t>9786052986165</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Bellek - Odamdan Sızanlar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052987476</t>
+          <t>9786052986110</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Haberi</t>
+          <t>Yağmur Fena, Burada Kal</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052987421</t>
+          <t>9786052986073</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Nar Kitabı</t>
+          <t>Kardak - Denize Bakma Denizden Bak</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052987438</t>
+          <t>9786052986080</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre Olmak</t>
+          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052987407</t>
+          <t>9786052986011</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
+          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052987384</t>
+          <t>9786052986066</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Parma Manastırı</t>
+          <t>Şiirler - 3 (1970-2012)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052987377</t>
+          <t>9786052986059</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>"Benimle Dostluk Zordur"</t>
+          <t>Alıntılar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052987346</t>
+          <t>9786052985991</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Metastaz 2: Cendere</t>
+          <t>Dayının Casusları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052987292</t>
+          <t>9786052985984</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Damat</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052987261</t>
+          <t>9786052985885</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Annem Gülüyor</t>
+          <t>Sanatımı Koru Ey Tarih</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052987315</t>
+          <t>9786052985960</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Jubiaba</t>
+          <t>Simsiyah Soulages ile Konuşmak</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052987322</t>
+          <t>9786052985953</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kadim Gemi</t>
+          <t>Sığınak Hikayeleri</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052987285</t>
+          <t>9786052985946</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052987308</t>
+          <t>9786052985939</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Baronlar Savaşı</t>
+          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052987278</t>
+          <t>9786052985915</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Ölüm Gölgesinde Suretler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052987148</t>
+          <t>9786052985755</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Doğum Gününün İcadı</t>
+          <t>Örnek Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052987223</t>
+          <t>9786052985847</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sımayıl İle Razıya (Taş Baskı)</t>
+          <t>Sevres Antlaşmasına Doğru</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052987193</t>
+          <t>9786052985793</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>1 Köy 4 Adam 6,5 Darbe</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052987216</t>
+          <t>9786052985809</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Seçme Oyunlar</t>
+          <t>Dünya ve Pantolon</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052987179</t>
+          <t>9786052985786</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Partisi</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052987162</t>
+          <t>9786052985779</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Şeytani</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052987186</t>
+          <t>9786052985823</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052987155</t>
+          <t>9786052985854</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Zaragoza’da Bulunmuş El Yazması</t>
+          <t>FETÖ Borsası</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052987124</t>
+          <t>9786052985816</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar İçin Şarkılı Alfabe</t>
+          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052987117</t>
+          <t>9786052985724</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Rehin</t>
+          <t>Söyle Juliet Sana Ne Yaptım</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052987094</t>
+          <t>9786052985748</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Filistin Benimdir</t>
+          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052987070</t>
+          <t>9786052985540</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Libya Türkiye’nin Denizden Komşusudur</t>
+          <t>Knidoslu Aphrodite</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052987063</t>
+          <t>9786052985670</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Ucu Güllü Kundura</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052987032</t>
+          <t>9786052985700</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Despotizm</t>
+          <t>Gülten ile Behçet</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052987025</t>
+          <t>9786052985687</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052987056</t>
+          <t>9786052985632</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Cive Pakistan</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052987049</t>
+          <t>9786052985588</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Yunanistan'da Türk Kahvesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052986974</t>
+          <t>9786052985533</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Tropiklerde Şafak Manzarası</t>
+          <t>Maskeli Balo ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052986905</t>
+          <t>9786052985571</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
+          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052986981</t>
+          <t>9786052985557</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İlhan Erdost</t>
+          <t>Pasaport Damgaları</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052986967</t>
+          <t>9786052985595</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Zartoloji - 1001 Gece Esintileri</t>
+          <t>Türkiye İçin Söyleşiler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052986899</t>
+          <t>9786052985564</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Solcuları</t>
+          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052986943</t>
+          <t>9786052985526</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölge Göstericinin Düşleri</t>
+          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052986936</t>
+          <t>9786052985489</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Balerin</t>
+          <t>Mustafa Kemal (Arapça)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052986950</t>
+          <t>9786052985472</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ankara - İstanbul Karatreni</t>
+          <t>Türkiye'de Milli Vatanın İnşası</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052986851</t>
+          <t>9786052985403</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Hülyası</t>
+          <t>Bile İsteye</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052986868</t>
+          <t>9786052985441</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Doğa Betiği</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052986882</t>
+          <t>9786052985458</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı Şiirleri</t>
+          <t>Kırmızı Karanfil Ne Renk Solar?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052986875</t>
+          <t>9786052985465</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Savaş Sanatı</t>
+          <t>Yol Kesen Irmak</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052986776</t>
+          <t>9786052985397</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Celilelilere Karşı Paganlığın Savunusu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052986691</t>
+          <t>9786052985137</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa</t>
+          <t>Mermer Yalıyar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052986783</t>
+          <t>9786052985359</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Darbe İçinde Darbe</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052986714</t>
+          <t>9786052985342</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Bu Soyut Nakış Nedir?</t>
+          <t>İstanbul Hatıratı 1922</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052986707</t>
+          <t>9786052985373</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Dubrovski</t>
+          <t>Dar Sokaklardaki Duman</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052986745</t>
+          <t>9786052985380</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Çağdaş Yunan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052986738</t>
+          <t>9786052985311</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Köpek</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052986813</t>
+          <t>9786052985304</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünlerimiz</t>
+          <t>Ölümsüz Kadın</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052986820</t>
+          <t>9786052985328</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dostları</t>
+          <t>1922-1923 Diplomat İnönü - Lozan</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052986837</t>
+          <t>9786052985281</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Onikiler</t>
+          <t>Behçet Cantürk'ün Anıları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052986721</t>
+          <t>9786052985267</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı Yürek Çöküntüsü</t>
+          <t>Cehennemin Tarihi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052986752</t>
+          <t>9786052985250</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Kara Bahar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052986769</t>
+          <t>9786052985106</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları</t>
+          <t>Bir Demet Kuru Soğan</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>70</v>
+        <v>480</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052986806</t>
+          <t>9786052985090</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>Beyaz Ev</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052986790</t>
+          <t>9786052985151</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Esiri</t>
+          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052986660</t>
+          <t>9786052985113</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052986684</t>
+          <t>9786052985168</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Ardı Belki</t>
+          <t>Badeci Şeyh’in Sır Odası</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052986615</t>
+          <t>9786052985144</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Genç Boksör</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052986646</t>
+          <t>9786052985052</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Teşkilat'ın İki Silahşoru</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052986639</t>
+          <t>9786052985076</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Bir Okurgezer'in Not Defteri</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052986622</t>
+          <t>9786052985083</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052986585</t>
+          <t>9786052985038</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Mrs Osmond</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052986592</t>
+          <t>9786052984956</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından 24 Saat</t>
+          <t>Kalbim Ağır İşçim Sevgilim</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052986394</t>
+          <t>9786052985021</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
+          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052986462</t>
+          <t>9786052984963</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Sinopeli Diogenes</t>
+          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052986400</t>
+          <t>9786052984031</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Alçalmadan Yükselenler</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052986561</t>
+          <t>9786052984925</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hasan Tahsin - Yürekler Selanik</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052986547</t>
+          <t>9786052984994</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında İzdivaç</t>
+          <t>Eşikteki Çocuk</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052986448</t>
+          <t>9786052984789</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Kertenkele (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052986486</t>
+          <t>9786052984895</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Sait ile Sabahattin</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052986554</t>
+          <t>9786052984826</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Bir Kardeş Cinayeti</t>
+          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052986431</t>
+          <t>9786052984864</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Şişedeki Adam</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052986417</t>
+          <t>9786052985229</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Deccal - Hıristiyanlığa Lanet</t>
+          <t>Resneli Niyazi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052986424</t>
+          <t>9786052984765</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052986479</t>
+          <t>9786052984772</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ötesi</t>
+          <t>The Church of Sancta Sophia Constantinople</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052986523</t>
+          <t>9786052984673</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Savaş</t>
+          <t>Hal ve Gidiş Sıfır</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052986004</t>
+          <t>9786052984727</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Ben Demokrat Değilim</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052986271</t>
+          <t>9786052984659</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>4. Henry - 1</t>
+          <t>Anakronik</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052986356</t>
+          <t>9786052984734</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Yahudiler Yollarda</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052986240</t>
+          <t>9786052984703</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Şemsiyoloji</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052986233</t>
+          <t>9786052984680</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü Günleri</t>
+          <t>Amerikan Hegemonyasının Sonu</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052986516</t>
+          <t>9786052984611</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Zencin Değilim</t>
+          <t>Şiirler 2 (1985 - 1995)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052986295</t>
+          <t>9786052984598</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Mücadelesi</t>
+          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052986318</t>
+          <t>9786052984574</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Babam Ahmed Midhat Efendi</t>
+          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052986325</t>
+          <t>9786052984482</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hayal Satıcısı</t>
+          <t>Uzak Diyarlar, Gidilmez Kentler</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052986288</t>
+          <t>9786052984543</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Binyılın Peşinde</t>
+          <t>Kar Altında Buğday Tanesi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052986387</t>
+          <t>9786052984550</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Asla</t>
+          <t>Ergenekon'dan Çıkış</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052986349</t>
+          <t>9786052984567</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Hikaye</t>
+          <t>Aşkın Güzelliği</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052986158</t>
+          <t>9786052984505</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
+          <t>Metastaz</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052986370</t>
+          <t>9786052984451</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
+          <t>Ayrıntılara Aşık Adam</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052986226</t>
+          <t>9786052984420</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Akan Sular Şarap Olsa</t>
+          <t>Karganın Elyazması</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052986264</t>
+          <t>9786052984437</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>İdilikler</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052986257</t>
+          <t>9786052984413</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
+          <t>Nefha</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052986028</t>
+          <t>9786052984383</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
+          <t>Bilimin Işığında Felsefe</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052986219</t>
+          <t>9786052984277</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kadın Düşmanlığı</t>
+          <t>Otların Uğultusu Altında</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052986196</t>
+          <t>9786052984406</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Siyaset</t>
+          <t>Yumurtalarını Kollamak</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052986127</t>
+          <t>9786052984345</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Teşekkür Ederim</t>
+          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052986097</t>
+          <t>9786052984321</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Silsile</t>
+          <t>Johnson Mektubu</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052986165</t>
+          <t>9786052984338</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bellek - Odamdan Sızanlar</t>
+          <t>Yazılamayanlar</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052986110</t>
+          <t>9786052984086</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Fena, Burada Kal</t>
+          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052986073</t>
+          <t>9786052984291</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kardak - Denize Bakma Denizden Bak</t>
+          <t>Çocuktaki Bahçe</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052986080</t>
+          <t>9786052984284</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
+          <t>Dil ve Kültür</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052986011</t>
+          <t>9786052983683</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
+          <t>Ölüler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052986066</t>
+          <t>9786052984079</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Şiirler - 3 (1970-2012)</t>
+          <t>Felaket ve Sair Kısa Oyunlar</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052986059</t>
+          <t>9786052983973</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Alıntılar</t>
+          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052985991</t>
+          <t>9786052983966</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Dayının Casusları</t>
+          <t>Gizli Defterlerim</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052985984</t>
+          <t>9786052984055</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Damat</t>
+          <t>Asker İnönü (1884 - 1922)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052985885</t>
+          <t>9786052984062</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Sanatımı Koru Ey Tarih</t>
+          <t>İnce Tren</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052985960</t>
+          <t>9786052983867</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Simsiyah Soulages ile Konuşmak</t>
+          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052985953</t>
+          <t>9786052983836</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sığınak Hikayeleri</t>
+          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052985946</t>
+          <t>9786052984024</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
+          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052985939</t>
+          <t>9786052984017</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052985915</t>
+          <t>9786052983980</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gölgesinde Suretler</t>
+          <t>Heykelden Taşa ve Nobel Konuşması</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052985755</t>
+          <t>9786052984000</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Örnek Suçlar (Ciltli)</t>
+          <t>Adnan'ın Tek Taşı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052985847</t>
+          <t>9786052983997</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Sevres Antlaşmasına Doğru</t>
+          <t>The Ortak</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052985793</t>
+          <t>9786052983898</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052985809</t>
+          <t>9786052983911</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Pantolon</t>
+          <t>Nerval’in Hayatı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052985786</t>
+          <t>9786052983935</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052985779</t>
+          <t>9786052983850</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Ayasofya’nın Betimi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052985823</t>
+          <t>9786052983928</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
+          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052985854</t>
+          <t>9786052983904</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Borsası</t>
+          <t>Edouard Roditi ve İstanbul Avangardı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052985816</t>
+          <t>9786052983751</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
+          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052985724</t>
+          <t>9786052983768</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Söyle Juliet Sana Ne Yaptım</t>
+          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052985748</t>
+          <t>9786052983621</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
+          <t>Küçük Anılar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052985540</t>
+          <t>9786052983584</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Knidoslu Aphrodite</t>
+          <t>Liman</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052985670</t>
+          <t>9786052983607</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Ucu Güllü Kundura</t>
+          <t>Su Başlarını Devler Tutmuş</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052985700</t>
+          <t>9786052983676</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Gülten ile Behçet</t>
+          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052985687</t>
+          <t>9786052983614</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Kafa Ütüleyicinin Laklakıyatı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052985632</t>
+          <t>9786052983560</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Cive Pakistan</t>
+          <t>Romanlar Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052985588</t>
+          <t>9786052983546</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'da Türk Kahvesi</t>
+          <t>Ağustosta Kocam Donuyor</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052985533</t>
+          <t>9786052983553</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo ve Diğer Öyküler</t>
+          <t>Bir Rehineye Mektup</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052985571</t>
+          <t>9786052983409</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
+          <t>Türkçe Off</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052985557</t>
+          <t>9786052983591</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Damgaları</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052985595</t>
+          <t>9786052983577</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Söyleşiler</t>
+          <t>Binbaşı Ersever'in İtirafları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052985564</t>
+          <t>9786052983485</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
+          <t>Devrimci Portreler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052985526</t>
+          <t>9786052983379</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
+          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052985489</t>
+          <t>9786052983447</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Arapça)</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052985472</t>
+          <t>9786052983416</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Milli Vatanın İnşası</t>
+          <t>Belki De Neşe</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052985403</t>
+          <t>9786052983386</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bile İsteye</t>
+          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052985441</t>
+          <t>9786052983355</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Doğa Betiği</t>
+          <t>Ölümsüz Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052985458</t>
+          <t>9786052983331</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Karanfil Ne Renk Solar?</t>
+          <t>Bu Dünyadan Nazım Geçti</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052985465</t>
+          <t>9786052983249</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Yol Kesen Irmak</t>
+          <t>Benim Küçük İmparatorluğum</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052985397</t>
+          <t>9786052985069</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Celilelilere Karşı Paganlığın Savunusu</t>
+          <t>Kulağım Karadeniz'de</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052985137</t>
+          <t>9786052983225</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Mermer Yalıyar</t>
+          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052985359</t>
+          <t>9786052983300</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Darbe İçinde Darbe</t>
+          <t>Tanıdığım Nazım Hikmet</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052985342</t>
+          <t>9786052983317</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hatıratı 1922</t>
+          <t>İtham Ediyorum</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052985373</t>
+          <t>9786052983133</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokaklardaki Duman</t>
+          <t>Rüzgara Yazılıdır</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052985380</t>
+          <t>9786052983164</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yunan Şiiri Antolojisi</t>
+          <t>Şiirler 1 (1971 - 1984)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052985311</t>
+          <t>9786052983119</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Köpek</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052985304</t>
+          <t>9786052983140</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kadın</t>
+          <t>Orhan Bey ve Kitapları</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052985328</t>
+          <t>9786052983058</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>1922-1923 Diplomat İnönü - Lozan</t>
+          <t>Vatandaş Berzins</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052985281</t>
+          <t>9786052983027</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Behçet Cantürk'ün Anıları</t>
+          <t>Adı Yağmur</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052985267</t>
+          <t>9786052983096</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Tarihi</t>
+          <t>İslam Bu - Muhammedi İslam</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052985250</t>
+          <t>9786052983072</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahar</t>
+          <t>Ali Kemal</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052985106</t>
+          <t>9786052983010</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Kuru Soğan</t>
+          <t>Bursa Yazıları</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052985090</t>
+          <t>9786052983034</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ev</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052985151</t>
+          <t>9786052982891</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
+          <t>İzdüşümler</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052985113</t>
+          <t>9786052982969</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
+          <t>İmiş</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052985168</t>
+          <t>9786052982976</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Badeci Şeyh’in Sır Odası</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052985144</t>
+          <t>9786052983003</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>Çıplak Kalem</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052985052</t>
+          <t>9786052982907</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat'ın İki Silahşoru</t>
+          <t>Yeşil Cami</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052985076</t>
+          <t>9786052982983</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Bir Okurgezer'in Not Defteri</t>
+          <t>Mağara</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052985083</t>
+          <t>9786052982884</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052985038</t>
+          <t>9786052982990</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Mrs Osmond</t>
+          <t>Mercier ile Camier</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052984956</t>
+          <t>9786052982785</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ağır İşçim Sevgilim</t>
+          <t>Paris’te Bir Türk</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052985021</t>
+          <t>9786052982860</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
+          <t>Anımsamıyor Hiç Kimse</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052984963</t>
+          <t>9786052982792</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
+          <t>Hoş Nağme</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052984031</t>
+          <t>9786052982723</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>……Meğer!</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052984925</t>
+          <t>9786052982822</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin - Yürekler Selanik</t>
+          <t>Sonradan Görme</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052984994</t>
+          <t>9786052982761</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Çocuk</t>
+          <t>Anlar İzler Tutkular</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052984789</t>
+          <t>9786052982631</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele (Ciltli)</t>
+          <t>Eski İnsanlar Eski Evler</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052984895</t>
+          <t>9786052982563</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Sait ile Sabahattin</t>
+          <t>Akşamlar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052984826</t>
+          <t>9786052982556</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
+          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052984864</t>
+          <t>9786052982525</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Adam</t>
+          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052985229</t>
+          <t>9786052982532</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Resneli Niyazi (Büyük Boy)</t>
+          <t>Ressamın Günlüğü</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052984765</t>
+          <t>9786052982471</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Dünya Evi</t>
+          <t>Kaza Sözleri ve Öteki Metinler</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052984772</t>
+          <t>9786052982457</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>The Church of Sancta Sophia Constantinople</t>
+          <t>Endişe Yengeçleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052984673</t>
+          <t>9786052982495</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Hal ve Gidiş Sıfır</t>
+          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052984727</t>
+          <t>9786052982501</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Ben Demokrat Değilim</t>
+          <t>Sakallı Celal</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052984659</t>
+          <t>9786052982464</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Anakronik</t>
+          <t>Adlandırılamayan</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052984734</t>
+          <t>9786052982365</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler Yollarda</t>
+          <t>Arthaşastra</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052984703</t>
+          <t>9786052982358</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyoloji</t>
+          <t>O Halde Biz Anlatalım</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052984680</t>
+          <t>9786052982372</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hegemonyasının Sonu</t>
+          <t>Geçmişin de Seninle Gelir</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052984611</t>
+          <t>9786052982327</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 2 (1985 - 1995)</t>
+          <t>Casusun Mirası (Ciltli)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052984598</t>
+          <t>9786052982303</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
+          <t>Düşünce Kıvılcımları</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052984574</t>
+          <t>9786052982297</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
+          <t>Umutsuzluk Yakışmaz</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052984482</t>
+          <t>9786052982334</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarlar, Gidilmez Kentler</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052984543</t>
+          <t>9786052982310</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kar Altında Buğday Tanesi</t>
+          <t>Güverte Güncesi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052984550</t>
+          <t>9786052982211</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Çıkış</t>
+          <t>Binbir Bahçe Masalları</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052984567</t>
+          <t>9786052982198</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Güzelliği</t>
+          <t>Sahafname</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052984505</t>
+          <t>9786052982099</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Metastaz</t>
+          <t>Sonluluk Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052984451</t>
+          <t>9786052982150</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılara Aşık Adam</t>
+          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052984420</t>
+          <t>9786052982129</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Karganın Elyazması</t>
+          <t>Memnu Mıntıka</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052984437</t>
+          <t>9786052982167</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>İdilikler</t>
+          <t>Yıkılma Sakın</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052984413</t>
+          <t>9786052981900</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Nefha</t>
+          <t>Saklı Seçilmişler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052984383</t>
+          <t>9786052981955</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Felsefe</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052984277</t>
+          <t>9786052981979</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Otların Uğultusu Altında</t>
+          <t>Bekçi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052984406</t>
+          <t>9786052981924</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yumurtalarını Kollamak</t>
+          <t>Kuş Uçar Kanat Ağlar</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052984345</t>
+          <t>9786052981986</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052984321</t>
+          <t>9786052981894</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Johnson Mektubu</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052984338</t>
+          <t>9786052981856</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yazılamayanlar</t>
+          <t>Eleştirmenleri Vurun</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052984086</t>
+          <t>9786052981825</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
+          <t>Toprağın Uyanışı</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052984291</t>
+          <t>9786052981795</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Çocuktaki Bahçe</t>
+          <t>Cinayetin Parıltısı</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052984284</t>
+          <t>9786052981801</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür</t>
+          <t>Sıfır</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052983683</t>
+          <t>9786052981764</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Ansiklopedisi</t>
+          <t>Şiirin Soyağacı</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052984079</t>
+          <t>9786052981740</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Felaket ve Sair Kısa Oyunlar</t>
+          <t>Sen Güneş Kokuyorsun Daha!</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052983973</t>
+          <t>9786052981689</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
+          <t>Asena</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052983966</t>
+          <t>9786052981610</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Gizli Defterlerim</t>
+          <t>Mahrem Günce</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052984055</t>
+          <t>9786052981634</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Asker İnönü (1884 - 1922)</t>
+          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052984062</t>
+          <t>9786052981566</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>İnce Tren</t>
+          <t>Zoo’m</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052983867</t>
+          <t>9786052981597</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
+          <t>Bir Olayın Başlangıcı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052983836</t>
+          <t>9786052981672</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052984024</t>
+          <t>9786052981559</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
+          <t>Heybeliada'da Bir Işık</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052984017</t>
+          <t>9786052981429</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>Merhaba Sevda</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052983980</t>
+          <t>9786052981474</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa ve Nobel Konuşması</t>
+          <t>Yann’ın Ülkesi</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052984000</t>
+          <t>9786052981436</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Adnan'ın Tek Taşı</t>
+          <t>New York - Amerikan Rüyasının Başkenti</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052983997</t>
+          <t>9786052981481</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>The Ortak</t>
+          <t>Unutmayın</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052983898</t>
+          <t>9786052981443</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
+          <t>Ricardo Reis’in Öldüğü Yıl</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052983911</t>
+          <t>9786052981368</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Nerval’in Hayatı</t>
+          <t>Siyah Gözlü Sarışın</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052983935</t>
+          <t>9786052981306</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
+          <t>Kum Saatından Harfler</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052983850</t>
+          <t>9786052981313</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Betimi</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052983928</t>
+          <t>9786052981160</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
+          <t>Amerikalı Sevgili</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052983904</t>
+          <t>9786052981023</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Edouard Roditi ve İstanbul Avangardı</t>
+          <t>Seyir Hali</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052983751</t>
+          <t>9786052981184</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
+          <t>Yaz Tarifesi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052983768</t>
+          <t>9786052981207</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
+          <t>Tuzdan Heykel</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052983621</t>
+          <t>9786052981146</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar</t>
+          <t>Kavga</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052983584</t>
+          <t>9786052981252</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Liman</t>
+          <t>Issız Dönme Dolap</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052983607</t>
+          <t>9786052981238</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Su Başlarını Devler Tutmuş</t>
+          <t>Anadolu'nun Umudu: Aydınlık</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052983676</t>
+          <t>9786052981115</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
+          <t>Naftalin Bozulmuşsa</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052983614</t>
+          <t>9786052981092</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kafa Ütüleyicinin Laklakıyatı</t>
+          <t>Maderzad Palas</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052983560</t>
+          <t>9786059799799</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Romanlar Üzerine Düşünceler</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052983546</t>
+          <t>9786052981078</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Ağustosta Kocam Donuyor</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052983553</t>
+          <t>9786052980903</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bir Rehineye Mektup</t>
+          <t>Herkes Ayrıldı Kendinden</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052983409</t>
+          <t>9786052980989</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Off</t>
+          <t>K@rdan Adam</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052983591</t>
+          <t>9786052980941</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052983577</t>
+          <t>9786052980934</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Binbaşı Ersever'in İtirafları</t>
+          <t>Yolumun Kesiştiği Ünlüler</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052983485</t>
+          <t>9786052980910</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Portreler</t>
+          <t>Gece Güzelliği</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052983379</t>
+          <t>9786052980927</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
+          <t>Fetret Notları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052983447</t>
+          <t>9786052980880</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Yakan Sır</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052983416</t>
+          <t>9786052980873</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe</t>
+          <t>Ansızın Yaz</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052983386</t>
+          <t>9786052980842</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
+          <t>Düzyazı: 100 Yazı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052983355</t>
+          <t>9786052980705</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri</t>
+          <t>Siz Kimi Kandırıyorsunuz!</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052983331</t>
+          <t>9786052980699</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyadan Nazım Geçti</t>
+          <t>İş Hayatının Yol Haritası</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052983249</t>
+          <t>9786052980736</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük İmparatorluğum</t>
+          <t>Sorunlarla Yüzleşmek</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052985069</t>
+          <t>9786052980675</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kulağım Karadeniz'de</t>
+          <t>Ada Defterleri</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052983225</t>
+          <t>9786052980668</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
+          <t>Üzgünüm, Yazmak Zorundaydım!</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052983300</t>
+          <t>9786052980576</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Nazım Hikmet</t>
+          <t>Cumhuriyet Işığında Söyleşiler</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052983317</t>
+          <t>9786052980491</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İtham Ediyorum</t>
+          <t>Heptameron</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052983133</t>
+          <t>9786052980569</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Yazılıdır</t>
+          <t>Raşid’in Dürbünü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052983164</t>
+          <t>9786052980453</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 1 (1971 - 1984)</t>
+          <t>Rus Öyküleri</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052983119</t>
+          <t>9786052980408</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Gürültülü Birkaç Saat</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052983140</t>
+          <t>9786052980323</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Orhan Bey ve Kitapları</t>
+          <t>Başkalaşımlar 21-30</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052983058</t>
+          <t>9786052980293</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Berzins</t>
+          <t>Kahramanlar Öykülerle Yaşar</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052983027</t>
+          <t>9786052980170</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Adı Yağmur</t>
+          <t>Gölge Sultan</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052983096</t>
+          <t>9786059658904</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İslam Bu - Muhammedi İslam</t>
+          <t>Yaşıyoruz Sessizce</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052983072</t>
+          <t>9786059658720</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemal</t>
+          <t>Sessiz İşgal</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052983010</t>
+          <t>9786052980156</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bursa Yazıları</t>
+          <t>Akbaba</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052983034</t>
+          <t>9786052980187</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Hayalet Koşucu</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052982891</t>
+          <t>9786052980071</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İzdüşümler</t>
+          <t>2000'ler Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052982969</t>
+          <t>9786059658881</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>İmiş</t>
+          <t>Hatırla Barbara Yağmur Yağıyordu</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052982976</t>
+          <t>9786052980033</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Öyle Küçük Şeyler</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052983003</t>
+          <t>9786059658997</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kalem</t>
+          <t>Nigredo, Durayazmak</t>
         </is>
       </c>
       <c r="C985" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052982907</t>
+          <t>9786059658799</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cami</t>
+          <t>Tarihi Düşünmek</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052982983</t>
+          <t>9786059658829</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Mağara</t>
+          <t>Öyküyü Okumak</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052982884</t>
+          <t>9786059658775</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Reis</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052982990</t>
+          <t>9786059658768</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Mercier ile Camier</t>
+          <t>Moda Sevgilim - Yeniden</t>
         </is>
       </c>
       <c r="C989" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052982785</t>
+          <t>9786059658638</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk</t>
+          <t>Lizbon Kuşatmasının Tarihi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052982860</t>
+          <t>9786059658621</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Anımsamıyor Hiç Kimse</t>
+          <t>Eleştirinin Sesi</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052982792</t>
+          <t>9786059658546</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Hoş Nağme</t>
+          <t>Taşlarda Gizli Tanrılar</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052982723</t>
+          <t>9786059658287</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>……Meğer!</t>
+          <t>Bulanık Resimler</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052982822</t>
+          <t>9786059658553</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme</t>
+          <t>Başkalaşımlar 11-20</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052982761</t>
+          <t>9786059658539</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>Bay Pipo</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052982631</t>
+          <t>9786059658485</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Eski İnsanlar Eski Evler</t>
+          <t>Ergenekon Kumpasında Yaşadıklarım</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052982563</t>
+          <t>9786052987636</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Akşamlar</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052982556</t>
+          <t>9786059658362</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
+          <t>İblise Göre İncil</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052982525</t>
+          <t>9786059658294</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
+          <t>Her Şey Bittiği Yerde Başlar</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052982532</t>
+          <t>9786059658164</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü</t>
+          <t>Harap</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052982471</t>
+          <t>9786059658140</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kaza Sözleri ve Öteki Metinler</t>
+          <t>Tek Kişilik Firar</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052982457</t>
+          <t>9786059658263</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Endişe Yengeçleri</t>
+          <t>Lord Arthur Savile’in Suçu</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052982495</t>
+          <t>9786059658133</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
+          <t>Ölümün Dostu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052982501</t>
+          <t>9786059658201</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Celal</t>
+          <t>Yeni Özleştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052982464</t>
+          <t>9786055340070</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Adlandırılamayan</t>
+          <t>Fatmagül’ün Suçu Ne?</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052982365</t>
+          <t>9786059658270</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Arthaşastra</t>
+          <t>Galat-ı Meşhur</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052982358</t>
+          <t>9786059799997</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>O Halde Biz Anlatalım</t>
+          <t>Beyaz Müslümanların Büyük Sırrı</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052982372</t>
+          <t>9786059658188</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin de Seninle Gelir</t>
+          <t>Liste</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052982327</t>
+          <t>9786052982587</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Casusun Mirası (Ciltli)</t>
+          <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052982303</t>
+          <t>9786059799737</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Kıvılcımları</t>
+          <t>Yazı Bahçesinden</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052982297</t>
+          <t>9786059799720</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluk Yakışmaz</t>
+          <t>Kan Günleri ve Nar Ağrısı</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052982334</t>
+          <t>9786059799669</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052982310</t>
+          <t>9786059799690</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Güverte Güncesi</t>
+          <t>Viran Ülkenin Bekçisi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052982211</t>
+          <t>9786059799812</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Binbir Bahçe Masalları</t>
+          <t>Beyaz Türklerin Büyük Sırrı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052982198</t>
+          <t>9786059799621</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Sahafname</t>
+          <t>Eski Yazı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052982099</t>
+          <t>9786059799546</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Sonluluk Üzerine (Ciltli)</t>
+          <t>Eşik Burcu</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052982150</t>
+          <t>9786059799560</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
+          <t>Neruda Vakası</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052982129</t>
+          <t>9786059799539</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Memnu Mıntıka</t>
+          <t>Kaçak Saray</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052982167</t>
+          <t>9786059799522</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Yıkılma Sakın</t>
+          <t>Aşk Hak Edilmeli</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052981900</t>
+          <t>9786059799508</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Saklı Seçilmişler</t>
+          <t>Yalancılar ve Sevgililer</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052981955</t>
+          <t>9786059799447</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>İmamlar ve Haramiler Medyası</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052981979</t>
+          <t>9786052982808</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Bekçi</t>
+          <t>Ölümlü Nesneler</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052981924</t>
+          <t>9786052982136</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Kanat Ağlar</t>
+          <t>Bir Gün, Gece</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052981986</t>
+          <t>9789944756884</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Kuytumda</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052981894</t>
+          <t>9786059799348</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Basit Bir Es</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052981856</t>
+          <t>9786059799225</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Eleştirmenleri Vurun</t>
+          <t>Pervaneyle Yaren</t>
         </is>
       </c>
       <c r="C1026" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052981825</t>
+          <t>9786059799126</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı</t>
+          <t>Işıklı Ev</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052981795</t>
+          <t>9789944756761</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin Parıltısı</t>
+          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052981801</t>
+          <t>9786059799102</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sıfır</t>
+          <t>Sylvia: Ben’den Önce Tufan</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052981764</t>
+          <t>9786059799096</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Soyağacı</t>
+          <t>Şerul’da Beklemek</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052981740</t>
+          <t>9786059908221</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Sen Güneş Kokuyorsun Daha!</t>
+          <t>Büyük Deniz Yükseliyor</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052981689</t>
+          <t>9786059908955</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Asena</t>
+          <t>Kahire’nin Yanan Melekleri</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052981610</t>
+          <t>9786059908948</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Günce</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052981634</t>
+          <t>9786055340940</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
+          <t>150 Belgede Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052981566</t>
+          <t>9786052982754</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Zoo’m</t>
+          <t>Doğu-Batı Divanı</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052981597</t>
+          <t>9786059799218</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bir Olayın Başlangıcı</t>
+          <t>Tuğralar, Perişey</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052981672</t>
+          <t>9786055340339</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Samizdat</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052981559</t>
+          <t>9786059908054</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Heybeliada'da Bir Işık</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052981429</t>
+          <t>9786059908092</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sevda</t>
+          <t>Çekilme Suları</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052981474</t>
+          <t>9786055340261</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Yann’ın Ülkesi</t>
+          <t>Üzgün Kediler Gazeli</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052981436</t>
+          <t>9786059908764</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>New York - Amerikan Rüyasının Başkenti</t>
+          <t>Acısı Bende Kalsın</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052981481</t>
+          <t>9786059908658</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Unutmayın</t>
+          <t>Altı Bardakta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052981443</t>
+          <t>9786059908474</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl</t>
+          <t>Ku-De-Ta : Ada'da Son Darbe</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>430</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052981368</t>
+          <t>9786059908337</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlü Sarışın</t>
+          <t>Acı Bilgi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052981306</t>
+          <t>9786059908382</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kum Saatından Harfler</t>
+          <t>Burada Gömülüdür 2. Cilt</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052981313</t>
+          <t>9786059908375</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Burada Gömülüdür 1. Cilt</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052981160</t>
+          <t>9789944756969</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Sevgili</t>
+          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052981023</t>
+          <t>9789944756617</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Seyir Hali</t>
+          <t>Trenler de Ahşaptır</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052981184</t>
+          <t>9786059908870</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tarifesi</t>
+          <t>Sarı-Lacivert Öfkeli Adam : Aziz Yıldırım</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052981207</t>
+          <t>9786059908498</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Tuzdan Heykel</t>
+          <t>Rosalinde : Alman Gelin</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052981146</t>
+          <t>9786059908740</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kavga</t>
+          <t>Mahrem</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052981252</t>
+          <t>9786059908856</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Issız Dönme Dolap</t>
+          <t>Herkes Yalnız</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052981238</t>
+          <t>9786059908795</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Umudu: Aydınlık</t>
+          <t>Gittiğim En Uzak Yer Sizdiniz</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052981115</t>
+          <t>9786059908191</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Naftalin Bozulmuşsa</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052981092</t>
+          <t>9786054764679</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Maderzad Palas</t>
+          <t>Nar</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786059799799</t>
+          <t>9786054927968</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>Ariel ve Seçme Şiirler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052981078</t>
+          <t>9786054927791</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Ateş Etme Silahsızım</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052980903</t>
+          <t>9786054927838</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ayrıldı Kendinden</t>
+          <t>Kızıl Dosya</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052980989</t>
+          <t>9786054927845</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>K@rdan Adam</t>
+          <t>Mağara</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052980941</t>
+          <t>9786054927821</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
+          <t>Kirpinin Zarafeti</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052980934</t>
+          <t>9786055340629</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Yolumun Kesiştiği Ünlüler</t>
+          <t>Çatıdaki Pencere</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052980910</t>
+          <t>9786054927784</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Gece Güzelliği</t>
+          <t>Kendi Gecesinde</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052980927</t>
+          <t>9786054927630</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Fetret Notları</t>
+          <t>Kıskaçtaki İnsan ve İsyan</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052980880</t>
+          <t>9786054927647</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>Dalgınlık Kursları</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052980873</t>
+          <t>9786054927746</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Yaz</t>
+          <t>Vefa Bazen Unutmaktır</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052980842</t>
+          <t>9786054927715</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı: 100 Yazı</t>
+          <t>Paralel Hat</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052980705</t>
+          <t>9786054927555</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Siz Kimi Kandırıyorsunuz!</t>
+          <t>Bir Dönem Biterken</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052980699</t>
+          <t>9786054764921</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının Yol Haritası</t>
+          <t>Uğur Olsun!</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052980736</t>
+          <t>9786054764907</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarla Yüzleşmek</t>
+          <t>Emek Yoksa Ben de Yokum!</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052980675</t>
+          <t>9786054927401</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Ada Defterleri</t>
+          <t>Kayıp Sicil</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052980668</t>
+          <t>9786054927579</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm, Yazmak Zorundaydım!</t>
+          <t>Bilinmeyen Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052980576</t>
+          <t>9786054927562</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Işığında Söyleşiler</t>
+          <t>Hafız ile Semender</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052980491</t>
+          <t>9786054927593</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Heptameron</t>
+          <t>Kızıla Boyalı Saçlar</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052980569</t>
+          <t>9786054927340</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Raşid’in Dürbünü</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052980453</t>
+          <t>9786054927333</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Rus Öyküleri</t>
+          <t>Hırsız ve Köpekler</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052980408</t>
+          <t>9786054927371</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Birkaç Saat</t>
+          <t>Sakıncalı Amiral</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052980323</t>
+          <t>9786054927272</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 21-30</t>
+          <t>Beş Parasızdım ve Katilimi Arıyordum</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052980293</t>
+          <t>9786059908733</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Öykülerle Yaşar</t>
+          <t>40 Şiir ve Bir</t>
         </is>
       </c>
       <c r="C1078" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052980170</t>
+          <t>9786059908481</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sultan</t>
+          <t>A Cappella</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786059658904</t>
+          <t>9786059908504</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Yaşıyoruz Sessizce</t>
+          <t>Yerkubbe</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786059658720</t>
+          <t>9786054764716</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İşgal</t>
+          <t>Sırça Fanus</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052980156</t>
+          <t>9786059799980</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Başkalaşımlar 1-10</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052980187</t>
+          <t>9786052982570</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Koşucu</t>
+          <t>Darmadağın (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052980071</t>
+          <t>9786055340384</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>2000'ler Şiiri Antolojisi</t>
+          <t>Bağbozumu Şarkıları</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786059658881</t>
+          <t>9786059658126</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Barbara Yağmur Yağıyordu</t>
+          <t>Mahsur</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052980033</t>
+          <t>9786055340049</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Öyle Küçük Şeyler</t>
+          <t>Beş Parasızdım ve Kadın Çok Güzeldi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786059658997</t>
+          <t>9786054764983</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Nigredo, Durayazmak</t>
+          <t>Alıklar Birliği</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786059658799</t>
+          <t>9786059908078</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Düşünmek</t>
+          <t>Gece (Zahit)</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786059658829</t>
+          <t>9786059658010</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Okumak</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786059658775</t>
+          <t>9786054927180</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Reis</t>
+          <t>Sonunda Herkes Yalnız</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786059658768</t>
+          <t>9786054927203</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Moda Sevgilim - Yeniden</t>
+          <t>Kopyalanmış Adam</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786059658638</t>
+          <t>9786059908306</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi</t>
+          <t>Sevginin Eşsiz Kışı</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786059658621</t>
+          <t>9786054927548</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sesi</t>
+          <t>Mürekkep Zaman</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786059658546</t>
+          <t>9786054927531</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Taşlarda Gizli Tanrılar</t>
+          <t>İnsanın Acısını İnsan Alır</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786059658287</t>
+          <t>9786054927418</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Resimler</t>
+          <t>Gölgede Kırk Derece</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786059658553</t>
+          <t>9786054927012</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 11-20</t>
+          <t>Bir Hıristiyan Masalı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786059658539</t>
+          <t>9786054764570</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Bay Pipo</t>
+          <t>Ölüm Bir Skandal</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786059658485</t>
+          <t>9786054764761</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Kumpasında Yaşadıklarım</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052987636</t>
+          <t>9786054764853</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Filin Yolculuğu</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786059658362</t>
+          <t>9786054764631</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>İblise Göre İncil</t>
+          <t>Dön Kardeşim!</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786059658294</t>
+          <t>9786052982846</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bittiği Yerde Başlar</t>
+          <t>Ziyaretler Kitabı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786059658164</t>
+          <t>9786054764525</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Harap</t>
+          <t>Baltasar ile Blimunda</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786059658140</t>
+          <t>9786054764495</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Firar</t>
+          <t>Bu Daha Başlangıç</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786059658263</t>
+          <t>9786054764860</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Lord Arthur Savile’in Suçu</t>
+          <t>Size Genç Şair Diyenin...</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786059658133</t>
+          <t>9789944756488</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dostu</t>
+          <t>Zarf</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786059658201</t>
+          <t>9789944756310</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özleştirme Kılavuzu</t>
+          <t>Zamanda Kokuları Solumak</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786055340070</t>
+          <t>9786054764174</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Fatmagül’ün Suçu Ne?</t>
+          <t>Yitik Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786059658270</t>
+          <t>9786055340056</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Galat-ı Meşhur</t>
+          <t>Yazma Büyüsü</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786059799997</t>
+          <t>9786052982730</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Müslümanların Büyük Sırrı</t>
+          <t>Yaz Bitince</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786059658188</t>
+          <t>9786055340582</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Vatan Yahut Silivri</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052982587</t>
+          <t>9786055340421</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>Şehristan Rivayetleri</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786059799737</t>
+          <t>9786059658713</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Yazı Bahçesinden</t>
+          <t>Sızıntı</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786059799720</t>
+          <t>9786054764419</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kan Günleri ve Nar Ağrısı</t>
+          <t>Senden Uzak Yedi Gün</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786059799669</t>
+          <t>9786055340377</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
+          <t>Salai’nin Yumurtası</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786059799690</t>
+          <t>9786054764402</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Viran Ülkenin Bekçisi</t>
+          <t>Sahi Beni Neden Almadılar?</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786059799812</t>
+          <t>9786055340742</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türklerin Büyük Sırrı</t>
+          <t>Rakım Sıfır</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786059799621</t>
+          <t>9786052982617</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Ölüm Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786059799546</t>
+          <t>9789944756389</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Eşik Burcu</t>
+          <t>Makedonya’dan Esen İmbat</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786059799560</t>
+          <t>9786055340360</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Neruda Vakası</t>
+          <t>Lal Kitap</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786059799539</t>
+          <t>9786055340483</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Saray</t>
+          <t>Kurgusuz ve Yaşanmamış</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786059799522</t>
+          <t>9786055340520</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hak Edilmeli</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786059799508</t>
+          <t>9789944756594</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Sevgililer</t>
+          <t>Keder Gibi Ödünç</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786059799447</t>
+          <t>9789944756686</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İmamlar ve Haramiler Medyası</t>
+          <t>Kayıp Kıta Atlantis</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052982808</t>
+          <t>9789944756518</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Nesneler</t>
+          <t>Karpuz Kabuğu Denize Düşünce</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052982136</t>
+          <t>9786054764037</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün, Gece</t>
+          <t>Karışık Kaset</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789944756884</t>
+          <t>9786055340100</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kuytumda</t>
+          <t>Kafka’nın Bebeği</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786059799348</t>
+          <t>9786052982778</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Basit Bir Es</t>
+          <t>İsa'ya Göre İncil</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786059799225</t>
+          <t>9786055340391</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Issız</t>
         </is>
       </c>
       <c r="C1128" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786059799126</t>
+          <t>9789944756495</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ev</t>
+          <t>House İzleme Kılavuzu</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789944756761</t>
+          <t>9786054764105</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
+          <t>Hedefteki Donanma</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786059799102</t>
+          <t>9789944756815</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Sylvia: Ben’den Önce Tufan</t>
+          <t>Haziran Tekrar</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786059799096</t>
+          <t>9789944756334</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Şerul’da Beklemek</t>
+          <t>Filistin’e Gitmek</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786059908221</t>
+          <t>9786055340605</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deniz Yükseliyor</t>
+          <t>Düzyazdım</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786059908955</t>
+          <t>9786052980767</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kahire’nin Yanan Melekleri</t>
+          <t>Dostoyevski’yi Okumak</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786059908948</t>
+          <t>9786055340759</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Derdini Anlatamayanlar İçin Ansiklopedi</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786055340940</t>
+          <t>9786055340292</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>150 Belgede Ermeni Meselesi</t>
+          <t>Daha Vakit Var</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052982754</t>
+          <t>9786054764297</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı Divanı</t>
+          <t>Bütün Şiirleri - 3</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786059799218</t>
+          <t>9786055340926</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Tuğralar, Perişey</t>
+          <t>Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786055340339</t>
+          <t>9786055340773</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Samizdat</t>
+          <t>Bütün Şiirleri 1</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786059908054</t>
+          <t>9786055340223</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Bütün İsimler</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786059908092</t>
+          <t>9786054764228</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Çekilme Suları</t>
+          <t>Bulmaca Meraklısı Quaresma</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786055340261</t>
+          <t>9786054764259</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Bir Uzak Düş</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786059908764</t>
+          <t>9786054764112</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Acısı Bende Kalsın</t>
+          <t>Bir Acıya Kiracı</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786059908658</t>
+          <t>9789944756556</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>Belki Sessiz</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786059908474</t>
+          <t>9786054764365</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Ku-De-Ta : Ada'da Son Darbe</t>
+          <t>Başka Yollar</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786059908337</t>
+          <t>9789944756471</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Acı Bilgi</t>
+          <t>Atatürk’ü Yaşayanlar</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786059908382</t>
+          <t>9786055340063</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 2. Cilt</t>
+          <t>Aşk Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786059908375</t>
+          <t>9789944756327</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 1. Cilt</t>
+          <t>Amerikanomanyaklar</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789944756969</t>
+          <t>9786052982389</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
+          <t>1980 Sonrası Türk Sineması’nda Akla Zarar Filmler</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>150</v>
-[...1528 lines deleted...]
-      <c r="C1251" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>