--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -85,17260 +85,22360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254184901</t>
+          <t>9786254185090</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Kızı</t>
+          <t>Zavallı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254184871</t>
+          <t>9786254185014</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yanımda Götüreceğim</t>
+          <t>Gelecek Olsun! - Cezaevi Günlükleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254184833</t>
+          <t>9786254184949</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Ölüm</t>
+          <t>Yargı Silahı (Lawfare)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054927166</t>
+          <t>9786254184963</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Şiirleri Antolojisi</t>
+          <t>İntihar Süsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254184802</t>
+          <t>9786254184987</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Estetik Hesaplaşma</t>
+          <t>Ben Bir Seri Katilim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254184550</t>
+          <t>9786254184956</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eylül Masalı</t>
+          <t>Aydın Üzerine Tezler 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254184819</t>
+          <t>9786254184888</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052983348</t>
+          <t>9786254184918</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dilbilgisi Öğretme Kitabı</t>
+          <t>Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254181634</t>
+          <t>9786254184772</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uyurken de Görebiliyorsun Geceyi</t>
+          <t>Mümtaz Soysal Sempozyumları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254184796</t>
+          <t>9786254184635</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Serbest Kumsal</t>
+          <t>Şakirpaşazade Halikarnas Balıkçısı Ailesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254184765</t>
+          <t>9786254181924</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Başkonsolos</t>
+          <t>2023 Jose Saramago Ajandası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254184741</t>
+          <t>9786254181733</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bay Gölge</t>
+          <t>İzmir 1922 Yangını</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254184758</t>
+          <t>4440000002135</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Elveda Avrupa</t>
+          <t>Adnan Oktar Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>54.22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254184642</t>
+          <t>4440000001881</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aydın Üzerine Tezler - 2</t>
+          <t>Stefan Zweig Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>54.76</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254184703</t>
+          <t>9786054927142</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Der Teschkilat</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254184734</t>
+          <t>9786052989883</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Devrialem</t>
+          <t>Kırmızı Kedi 2022 Ajandası - Sularda Hayat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059799232</t>
+          <t>9786052983256</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İlk Atlası</t>
+          <t>Çizgilerle Nazım Hikmet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254184727</t>
+          <t>9786052981832</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çok Kutuplu Dünya</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254184710</t>
+          <t>9786052985236</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Her Cephede Savaştık</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254184697</t>
+          <t>9786052984253</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şostakoviç</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254184628</t>
+          <t>9786052982839</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ömür Hanım'la Güz Konuşmaları</t>
+          <t>Heyecanlar Üzerine Bir Kuram Taslağı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254184680</t>
+          <t>9786052985366</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm ve Yaşam</t>
+          <t>İstanbul Yazıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254184673</t>
+          <t>9786052985199</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cömert Gül</t>
+          <t>Küçük Trampetçi Kız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254184598</t>
+          <t>9786052984987</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>22 Metrekare Gökyüzü</t>
+          <t>Londra Manzaraları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254184574</t>
+          <t>9786055340353</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türk'üm Diyene</t>
+          <t>Rodoslu Ahter</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052988053</t>
+          <t>9786052984932</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Cenazesi</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254184505</t>
+          <t>9786052981931</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biz Yaşlı Mıyız?</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254184567</t>
+          <t>9786052981450</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Defterler (Ciltli)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254184611</t>
+          <t>9786052981399</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İsyanın ve Felsefenin Diyalektiği</t>
+          <t>Yürüdüm Yanında Yağmurun</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254184444</t>
+          <t>9786052983478</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
+          <t>Dolanıklık - Fiziğin En Büyük Gizemi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254184536</t>
+          <t>9786059799973</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
+          <t>Darmadağın</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254184543</t>
+          <t>9786052981047</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şeker Sokağı</t>
+          <t>Sevgili</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254184529</t>
+          <t>9786052984260</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Beşinci Kol</t>
+          <t>Denizin Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254184499</t>
+          <t>9789944756396</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
+          <t>Zeitgeist Ne Anlatıyor?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254184475</t>
+          <t>9789944756167</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
+          <t>Zeitgeist Ne Anlatıyor?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1000</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254184512</t>
+          <t>9786055340032</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Solcular</t>
+          <t>Yüreğim Kars’ta Kaldı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052987230</t>
+          <t>9786055340148</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
+          <t>Yok Bana Sensiz Hayat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254184406</t>
+          <t>9786054764006</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin İstanbulu</t>
+          <t>Yıllar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254184413</t>
+          <t>9789944756655</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Neymiş Bu Yapı?</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254184420</t>
+          <t>9789944756723</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Yeni-Osmanlıcılık ve Kürt Açılımı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254184383</t>
+          <t>9789944756754</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Millete Emanet</t>
+          <t>Yavuz Turgul Sinemasını Keşfetmek</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052981320</t>
+          <t>9786055340827</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>Yargu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254183010</t>
+          <t>9789944756624</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Körlük (Ciltli)</t>
+          <t>Yalangezen</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>750</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254182976</t>
+          <t>9789944756020</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
+          <t>Voodoo Rüyaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254182273</t>
+          <t>9789944756037</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Fırtına</t>
+          <t>Venedik'te Kar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254182006</t>
+          <t>9786055340407</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Şiirler</t>
+          <t>Ülkemde</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254182013</t>
+          <t>9786055340834</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hava Edebiyatı 3 - Hikayeler</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254182259</t>
+          <t>9789944756457</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dilenci</t>
+          <t>Ulya</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254181184</t>
+          <t>9786055340001</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kanun Hükmünde Yalnızlıklar</t>
+          <t>Uçan Köpek Baaşa</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254180675</t>
+          <t>9789944756822</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Size Yalan Söylediler</t>
+          <t>Türk Ekonomisinde Değişim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254180569</t>
+          <t>9789944756891</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat Ve Fitnat</t>
+          <t>Tatlı Bir Eylül</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254180033</t>
+          <t>9786055340537</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Taş ve Ten</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052989937</t>
+          <t>9789944756549</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Müridi</t>
+          <t>Taş Uykusu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>550</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052984802</t>
+          <t>9786055340162</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
+          <t>Tarantula</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>700</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052984239</t>
+          <t>9789944756143</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm, Laiklik ve Demokrasi</t>
+          <t>Tanrı Misafirleri Oteli</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052984246</t>
+          <t>9789944756228</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Galiba Ben Sanatçıyım</t>
+          <t>Şifrelerden Sembollere Dan Brown</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052983713</t>
+          <t>9789944756716</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
+          <t>Şarkını Söylediğin Zaman</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052982853</t>
+          <t>9786054927852</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kültür Sorunları</t>
+          <t>Gökte Görülen Cisimler Üzerine Bir Mit</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052981542</t>
+          <t>9786054764785</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kapı</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052985892</t>
+          <t>9786054764754</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kendi Penceresinde Bir Adam</t>
+          <t>Uzun Bir Yolculuğun Bittiği Yer</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052985601</t>
+          <t>9786054764747</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yazıları</t>
+          <t>Fırtına Takvimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052985427</t>
+          <t>9786054764808</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Somnium ya da Ay Astronomisi</t>
+          <t>Osmanlı’nın Düzeni - Türklerin Tarihi: 6. Kitap</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052985243</t>
+          <t>9786054764792</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İşsizliğe Övgü</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052985212</t>
+          <t>9786059908283</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Aldatmak</t>
+          <t>Saf</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052982877</t>
+          <t>9786054927586</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
+          <t>Yolda Üç Kişi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052984444</t>
+          <t>9786054927623</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aile Sözlüğü</t>
+          <t>Paldırkültür</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052982693</t>
+          <t>9786059799034</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mektup</t>
+          <t>Dün, Bugün, Yarın Bütün Hayatım (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052982686</t>
+          <t>9786059908320</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yabani Elmalar</t>
+          <t>İN: Baykal Kaseti, Dink Cinayeti ve Diğer Komplolar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052982679</t>
+          <t>9786054927913</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Prenses'e Mektuplar (1917-1922)</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052981641</t>
+          <t>9786054764655</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Gözü</t>
+          <t>Ağda Zamanı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052981627</t>
+          <t>9786054764648</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Son Şenliklerin Davetlisi</t>
+          <t>Anne, Tut Elimi!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052985045</t>
+          <t>9786054764549</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye'nin Kuruluşu</t>
+          <t>Dışa Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052984901</t>
+          <t>9786059908559</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Meleğe Dair Yedi Bahis</t>
+          <t>Bay Mozart Uyanıyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052983690</t>
+          <t>9786059908573</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Johnny Panik ve Rüyaların Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052983461</t>
+          <t>9786059908290</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Eğitilmişler Özgürdür</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052983430</t>
+          <t>9786059908214</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Başıboş Bir Yolculuktan Notlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052981887</t>
+          <t>9786054927807</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Bilmek</t>
+          <t>Bir Yalnız Adam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052981863</t>
+          <t>9786054927357</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adabımuaşeret</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052984048</t>
+          <t>9786054927364</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryen Düşünceler</t>
+          <t>Odamda Yolculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052983881</t>
+          <t>9786054927159</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buhran - 1929 Krizi</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052983324</t>
+          <t>9786054927128</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>950</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052982143</t>
+          <t>9786054764556</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'den Masallar</t>
+          <t>Devrim Ayetleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052981511</t>
+          <t>9786054927814</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi Üzerine</t>
+          <t>Dubrovski</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052984970</t>
+          <t>9786054927678</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mapusane Çeşmesi</t>
+          <t>Yalancının Ampulü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052984819</t>
+          <t>9786054927661</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Brandenburg</t>
+          <t>Çılgın Dahiler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944756792</t>
+          <t>9786054764846</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Bu İşte Bir Yalnızlık Var</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055340322</t>
+          <t>9786059908047</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Hükmü</t>
+          <t>Naş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944756846</t>
+          <t>9786054927982</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Üç İttihatçı</t>
+          <t>Habudiyar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054764266</t>
+          <t>9786054927609</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Trenler Kalkar Haydarpaşa’dan</t>
+          <t>Teğmen</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054764730</t>
+          <t>9786054927449</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Gece</t>
+          <t>İlk Üç Dakika</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054764723</t>
+          <t>9786054927517</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Öpmeyi Unuttun</t>
+          <t>Dr. Jekyll ve Mr. Hyde'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059908061</t>
+          <t>9786052980064</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sakkara’nın Kumları</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054927951</t>
+          <t>9786054927111</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Son Tanık</t>
+          <t>Hırsız ve Burjuva</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054927739</t>
+          <t>9786052982037</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Siyah Saten Bir Gecelik</t>
+          <t>İki Kız Kardeş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054927760</t>
+          <t>9786054764464</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Hiçbir Aşk Hiçbir Ölüm</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054927074</t>
+          <t>9786054764501</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
+          <t>Direniş Günleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059908597</t>
+          <t>9786052982716</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Kral Lear</t>
+          <t>Rusya'nın Kodları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054764532</t>
+          <t>9786052982518</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Deccal - Hıristiyanlığa Lanet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>500</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054764990</t>
+          <t>9786052980439</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
+          <t>Kedili Ajanda 2019</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054927487</t>
+          <t>9786052983126</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052983065</t>
+          <t>9786052983171</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İki Aykırının Mektupları</t>
+          <t>Ay Işığı Sokağı - Yürek Çöküntüsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052982624</t>
+          <t>9786052980118</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gören Göz İçin Fikret Mualla</t>
+          <t>74. Ferman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052980729</t>
+          <t>9786059658003</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dostlarımızın Dostları</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052980712</t>
+          <t>9786059658034</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Konuk Kaplan</t>
+          <t>Oksijen</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052980385</t>
+          <t>9786059799607</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu</t>
+          <t>Kedili Ajanda 2016 - Mektuplar ve Pullar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>450</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052983942</t>
+          <t>9786052983782</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
+          <t>İkinci Mesih (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052983737</t>
+          <t>9786052983775</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
+          <t>Kar Kurdu (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052982204</t>
+          <t>9786052981085</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052982020</t>
+          <t>9786059658928</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Karanlık Kalbimin Çırası Kızlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052984314</t>
+          <t>9786052982242</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
+          <t>Irgatın Türküsü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052982235</t>
+          <t>9786052982228</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Malone Ölüyor</t>
+          <t>Gerçekleri Arşiv Yazar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052983454</t>
+          <t>9786052982174</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Günah Üzerine Tartışma</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052981757</t>
+          <t>9786052982112</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Hayaletler</t>
+          <t>Kardeşim Escobar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052981009</t>
+          <t>9786052980897</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazıyorsam Öyleyimdir</t>
+          <t>Yürek Çöküntüsü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052981016</t>
+          <t>9786052980040</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cahil Filozof</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052981276</t>
+          <t>9786059658409</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Vesayet Savaşları</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>260</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052983706</t>
+          <t>9786059799836</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Ciltli)</t>
+          <t>Langeais Düşesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>700</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052980361</t>
+          <t>9786052982396</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
+          <t>İkinci Cumhuriyetçiliğin Temelleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052980316</t>
+          <t>9786052980996</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Son Mektuplar</t>
+          <t>Budalalıktan Deliliğe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052980309</t>
+          <t>9786052981702</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
+          <t>Elli Yaşında Bir Erkek</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052980149</t>
+          <t>9786059658874</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Gülhisarlı Terziler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059658157</t>
+          <t>9786059658706</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Gün</t>
+          <t>Özel Bir Acı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052983539</t>
+          <t>9786059658669</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
+          <t>Hayal Kurmaca</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052982426</t>
+          <t>9786059658676</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Piramit</t>
+          <t>Kedi ve Fare</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052983362</t>
+          <t>9786059799119</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Maurice, ya da Balıkçının Kulübesi</t>
+          <t>Buz Kapanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052982747</t>
+          <t>9786052982600</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Son Tanık (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052980552</t>
+          <t>9786052981351</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gevezeler ve Meraklılar</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>130</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052980545</t>
+          <t>9786052980798</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklık Üzerine</t>
+          <t>Einstein’ın Zarı ve Schrödinger’in Kedisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059658324</t>
+          <t>9786059658393</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
+          <t>Sulak Bir Gezegenden Öyküler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059658331</t>
+          <t>9786059799058</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Alametler Saati</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059799829</t>
+          <t>9786059799041</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
+          <t>Kelebeklerin Yazı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059799324</t>
+          <t>9786059799065</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün 50 Film 3</t>
+          <t>Azizler ve Günahkarlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059799027</t>
+          <t>9786059908863</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Manzara-i Umumiye</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052982013</t>
+          <t>9786052983188</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Öyküler</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059908511</t>
+          <t>9786052981726</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karnak Kafe</t>
+          <t>Kedili Ajanda 2018</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052981245</t>
+          <t>9786052980125</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Cinayetleri</t>
+          <t>Gerçek ve Diğer Yalanlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052981030</t>
+          <t>9786059908979</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İmamın Ordusu</t>
+          <t>Hitler’in Kemanı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059658645</t>
+          <t>9786059908467</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Beraber Yürüttük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059658614</t>
+          <t>9786052981603</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dilek Evi</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059658454</t>
+          <t>9786052981498</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Neruda'nın Postacısı</t>
+          <t>Beraber Yürüdük Biz Bu Yıllarda</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052982181</t>
+          <t>9786052980484</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan Yazıları</t>
+          <t>Kapkaranlık</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052981412</t>
+          <t>9786059799843</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çağrı</t>
+          <t>Çakalların Başı Ferragus - Onüçlerin Romanı - 1</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052980354</t>
+          <t>9786052980804</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir ABD Projesi Olarak AKP</t>
+          <t>Elflerin Yaşamı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052981290</t>
+          <t>9786059658560</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Günlerin Şarabı</t>
+          <t>Çin Ansiklopedisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059908672</t>
+          <t>9786059658195</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Mavi...</t>
+          <t>Subay ve Casus</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054764822</t>
+          <t>9786059658058</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
+          <t>Canımı Yakma!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944756921</t>
+          <t>9786059799683</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sabetayist Ermişler</t>
+          <t>Kızılca Kıyamet - Teşkilat-ı Mahsusa’dan Kurtuluş Savaşı’na</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055340643</t>
+          <t>9786052982815</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Pessoa Pessoa’yı Anlatıyor</t>
+          <t>Buz Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944756440</t>
+          <t>9786052980057</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Papağan Teoremi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>33</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059908924</t>
+          <t>9786059908580</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Romanov Komplosu</t>
+          <t>Kalp Zamanı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944756525</t>
+          <t>9786054927753</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
+          <t>Devrimci Peygamber</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944756976</t>
+          <t>9786054927654</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Midak Sokağı</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944756075</t>
+          <t>9786052981467</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Türkiye’nin Ağaçları ve Çalıları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055340513</t>
+          <t>9786054764617</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuştimur Kahvehanesi</t>
+          <t>Sahnede Ölüm</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055340674</t>
+          <t>9786054764952</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve Komplo Teorileri</t>
+          <t>Son Yıllarım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055340193</t>
+          <t>9786054764891</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslam Aleminde Masonluk</t>
+          <t>Artık Gidebilirsin</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052983089</t>
+          <t>9786054764914</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Keyif Evi</t>
+          <t>Sınıraşımı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944756600</t>
+          <t>9786055340766</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamanı</t>
+          <t>Gönül Meselesi (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>230</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059658867</t>
+          <t>9786054764662</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mehdi'nin Darbesi</t>
+          <t>İncil Avcısı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059908726</t>
+          <t>9786055340094</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Mekan</t>
+          <t>Strategikon</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052981191</t>
+          <t>9789944756709</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Soros, CFR ve Arap Ayaklanması</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059658812</t>
+          <t>9786055340124</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ya Da Salı</t>
+          <t>Son Okur</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059658805</t>
+          <t>9786055340155</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yanık Divan</t>
+          <t>Siyonizm ve Filistin Sorunu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059658478</t>
+          <t>3990000027878</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Ayna</t>
+          <t>Sinema: Tarih-Kuram-Eleştiri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059799478</t>
+          <t>9786055340797</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Su Sinekleri</t>
+          <t>Savrulanlar: Dersim 1937 - 38 Hatta 1939</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059799249</t>
+          <t>9789944756136</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Savaş Sanatlarında 36 Gizli Strateji</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059799195</t>
+          <t>9786055340506</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Soğanı Soyarken (Ciltli)</t>
+          <t>Salı Kadınları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059908207</t>
+          <t>9789944756648</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kahire’de Kayıp</t>
+          <t>Safran Sarı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052980743</t>
+          <t>9786055340490</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Babıali’de Cinayet</t>
+          <t>Proust’un Paltosu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059658591</t>
+          <t>9786052982594</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çelik Gemiler Demir Bahriyeliler</t>
+          <t>Paramparça (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059799492</t>
+          <t>9789944756532</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
+          <t>Örümcek Ağı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059908986</t>
+          <t>9786055340735</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Nazik Bir Durum</t>
+          <t>Önüm Arkam Sağım Solum Dönek</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052980682</t>
+          <t>9786055340810</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
+          <t>Ölümün Süt Dişleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052980231</t>
+          <t>9789944756198</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Paralel Yürüdük Biz Bu Yollarda</t>
+          <t>Ölümün İzleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059658577</t>
+          <t>9786055340568</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>Ölü Kelebeklerin Dansı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059799867</t>
+          <t>9786055340254</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Single ve Oğlu</t>
+          <t>Simyadan Kimyaya</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059908085</t>
+          <t>9786054764082</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çatışmanın Anatomisi</t>
+          <t>Ölü Erkek Kuşlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054927265</t>
+          <t>9789944756082</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gülün Öteki Adı</t>
+          <t>Organize Suç Tarihi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052980422</t>
+          <t>9786055340209</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Micromegas</t>
+          <t>Nazizmin Gizli Kökenleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052980002</t>
+          <t>9786055340131</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taş Yüz</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052980019</t>
+          <t>9789944756952</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kardinal Napellus</t>
+          <t>Mozart ve Naziler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059658300</t>
+          <t>9789944756259</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ada Kıbrıs</t>
+          <t>Mozart ve Gizli Örgütler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059658911</t>
+          <t>9789944756662</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yürüyüşü</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059799959</t>
+          <t>9789944756945</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Öyküler</t>
+          <t>Mino’nun Siyah Gülü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059799966</t>
+          <t>9786055340285</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
+          <t>Menekşeler Atlar Oburlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059799201</t>
+          <t>9786055340117</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Ölü Erkek Kuşlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059908627</t>
+          <t>9786055340247</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mavi Uygarlık</t>
+          <t>Matematik Masalları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059799706</t>
+          <t>9786055340438</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda Aşk</t>
+          <t>Lizbon’a Gece Treni</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>240</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054927425</t>
+          <t>9789944756280</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Allak Bullak</t>
+          <t>Kültürel Çalışmalar ve Sinema</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054927432</t>
+          <t>9786054764242</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler, Dünya ve Para</t>
+          <t>Küçük Cennet Kuşu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>600</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054927029</t>
+          <t>9786054764440</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülmüştür</t>
+          <t>Kuzin Bette</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054764976</t>
+          <t>9789944756051</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
+          <t>Kötülük Dolu Adam</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059658041</t>
+          <t>9786055340087</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şeytan</t>
+          <t>Kötülere Yer Yok</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059658065</t>
+          <t>9786055340308</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sesler Adacığı</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059908139</t>
+          <t>9789944756068</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Gelen Casus</t>
+          <t>Kayıp Savaş Sanatı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054764020</t>
+          <t>9789944756587</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Kadim Çin’in Askeri Klasikleri Cilt: 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055340841</t>
+          <t>9789944756433</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cümleten İyi Yolculuklar</t>
+          <t>Kadim Çin’in Askeri Klasikleri Cilt: 1</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055340964</t>
+          <t>9786054764150</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
+          <t>Kabil’in Kırlangıçları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054764198</t>
+          <t>9789944756938</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bozuk</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055340476</t>
+          <t>9789944756365</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Balfour Deklarasyonu</t>
+          <t>July’ın İnsanları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944756181</t>
+          <t>9786055340872</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Merkezine Seyahat</t>
+          <t>Kar İzleri Örttü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059799355</t>
+          <t>9789944756730</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu  (Çizgi Roman)</t>
+          <t>İzmir’in İncisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052986677</t>
+          <t>9789944756419</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Sonbaharı</t>
+          <t>İzmir’de Bir Manastır Çınarı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052985908</t>
+          <t>9789944756242</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Görünmezlik Pelerini</t>
+          <t>İtalyan Sinemasına Bakış</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052989036</t>
+          <t>9786055340445</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
+          <t>İçimden Kuşlar Göçüyor</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1000</v>
+        <v>80</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052988688</t>
+          <t>9789944756129</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>İçimdeki Katil</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052988701</t>
+          <t>9786054764341</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>İbret Taşı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052988282</t>
+          <t>9789944756501</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
+          <t>İletişim ve Teknoloji</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052989081</t>
+          <t>3990000027879</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnönü Atatürk’ü Anlatıyor</t>
+          <t>House Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052986301</t>
+          <t>9789944756426</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tarlalar</t>
+          <t>House</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052986912</t>
+          <t>9789944756631</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
+          <t>Holokost Endüstrisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052985502</t>
+          <t>9789944756204</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ayın Demiri Altında</t>
+          <t>Hollywood Sinemasında Oryantalizm</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052986608</t>
+          <t>9789944756983</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ben Seri Katil</t>
+          <t>Hileler Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052985830</t>
+          <t>9786054764389</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Keyif Verici Maddelerin Tarihi</t>
+          <t>Hiçe Doğru</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052985625</t>
+          <t>9789944756358</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Uyan!</t>
+          <t>Hayat Veren Kılıç</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052984581</t>
+          <t>9789944756907</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
+          <t>Günün Geceye Borcu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>400</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052985519</t>
+          <t>9786054764167</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>İhtiyar Kemancı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>550</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052984796</t>
+          <t>9786054764136</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Delirtilen Kadınlar</t>
+          <t>Güneş’i Kıskandıran Kız</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>280</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052983287</t>
+          <t>9786054764372</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kitabı</t>
+          <t>Gümüş Kuğu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052983263</t>
+          <t>9786055340636</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Lady Anne Susuyor</t>
+          <t>Gönül Meselesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>230</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052985656</t>
+          <t>9786054764273</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ücra Adalar Atlası (Ciltli)</t>
+          <t>Git Kendini Çok Sevdirmeden</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>700</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052984475</t>
+          <t>9789944756914</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bil!</t>
+          <t>Genç Bir Romancının İtirafları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052982419</t>
+          <t>9789944756679</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
+          <t>Villette</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052980477</t>
+          <t>9789944756785</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
+          <t>Ezoterizme Giriş</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254184352</t>
+          <t>9789944756112</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa (Ciltli)</t>
+          <t>Ezoterik Mısır</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>600</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254184369</t>
+          <t>9786054764358</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe (Ciltli)</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>700</v>
+        <v>45</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254184376</t>
+          <t>9786055340780</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yaylı Çalgılar Dörtlüsü</t>
+          <t>Aslanlı Yol’a Doğru</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254184338</t>
+          <t>9786054764235</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Savaş İçinde Savaş</t>
+          <t>Arkası Karanlık Ağaçlar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254184345</t>
+          <t>9789944756006</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü</t>
+          <t>Ahlaksızlar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254184321</t>
+          <t>9789944756174</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aydın Üzerine Tezler - 1</t>
+          <t>Adil Hükümdar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254184284</t>
+          <t>9786055340414</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sesinle İz Bırak</t>
+          <t>Adalet Savaşçısı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>500</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254184253</t>
+          <t>9789944756372</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 2. Kitap</t>
+          <t>Açılım Kıskacı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254184291</t>
+          <t>9786055340612</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Z Bakış</t>
+          <t>Amida, Eğer Sana Gelemezsem</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254184246</t>
+          <t>9786054764433</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar (Ciltli)</t>
+          <t>Acımasız</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>700</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254184239</t>
+          <t>9789944756877</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
+          <t>Abis</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>800</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254184260</t>
+          <t>9786055340315</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>CIA Hayatım</t>
+          <t>Abi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254180729</t>
+          <t>9789944756839</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Burada Ne İşim Var?</t>
+          <t>1 Asal Sayı Bir Kareköke Dedi Ki</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254183423</t>
+          <t>9786052980330</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
+          <t>Teknik Çağında Dua Etmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254181993</t>
+          <t>9786059658461</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
+          <t>Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055340575</t>
+          <t>9786059799386</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kıran Resimleri</t>
+          <t>Dörtlerin İşareti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052985410</t>
+          <t>9786059908160</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’e Yolculuk</t>
+          <t>Sonsuzluklar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>600</v>
+        <v>35</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254182396</t>
+          <t>9786054927296</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel İslam’ın Kritiği</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254184215</t>
+          <t>9786052983423</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Almanya’ya Açılan Kapılar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254184178</t>
+          <t>9786052981153</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Tesadüfler</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254184222</t>
+          <t>9786052980590</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254184161</t>
+          <t>9786052980194</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Mavi</t>
+          <t>Mavi Gitar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254184208</t>
+          <t>9786052980026</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Barut</t>
+          <t>Kör Adamın Bahçesi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254184185</t>
+          <t>9786059658430</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
+          <t>Kara Muska</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254184192</t>
+          <t>9786059658423</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Teğmenler</t>
+          <t>Joseph Walser’in Makinesi ve Bir Adam: Klaus Klump</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254184154</t>
+          <t>9786059799874</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Amcam Ahmed Emin</t>
+          <t>Annem Hakkında</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9773062407001</t>
+          <t>9786059799256</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254183966</t>
+          <t>9786059908931</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sesin Değdiği Yerden</t>
+          <t>İmamların Öcü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254184147</t>
+          <t>9786059908641</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Eski Şehir Spor</t>
+          <t>Türkiye’nin Düzeni : Dün Bugün Yarın (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254181313</t>
+          <t>9786059908757</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 1</t>
+          <t>Kayıp Kedi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>420</v>
+        <v>45</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254184093</t>
+          <t>9786059799270</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkhane Değil Ticarethane</t>
+          <t>Sylvia Plath: Çizimler (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254184079</t>
+          <t>9786052980606</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bu Hesapta Bir Gariplik Var</t>
+          <t>Diren!</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254184062</t>
+          <t>9786059799461</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Yapay Zekadan</t>
+          <t>İki Güzel Günahkar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254184086</t>
+          <t>9786059908252</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
+          <t>Kuzgun ve Sırma</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254184055</t>
+          <t>9786054764068</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Elveda Cariyem</t>
+          <t>Mor - Yeni Yalan Zamanlar - 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254184024</t>
+          <t>9786054764051</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254184017</t>
+          <t>9786059908122</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Pencere (Ciltli)</t>
+          <t>İyi Terörist</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>850</v>
+        <v>100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055340933</t>
+          <t>9786052980248</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
+          <t>Kedili Ajanda 2017</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>230</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254184048</t>
+          <t>9786052980163</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>550</v>
+        <v>25</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254184000</t>
+          <t>9786059799577</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çiçeği</t>
+          <t>Ya Bizdensin Ya da</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254184031</t>
+          <t>9786059799263</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Annem Sağ Olsun</t>
+          <t>Kimselerin Akşamı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254183959</t>
+          <t>9786059799140</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Tango</t>
+          <t>Görünmez Güçler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254183980</t>
+          <t>9786052980811</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinematekten Ötekine</t>
+          <t>Körlük</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254183942</t>
+          <t>9786052980651</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Lanzarote Defterleri 1. Kitap</t>
+          <t>Üvey Evlat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254183973</t>
+          <t>9786059658584</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
+          <t>Son Aydınlık Yaz</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254183911</t>
+          <t>9786059799881</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ejder</t>
+          <t>Büyükanneler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254183904</t>
+          <t>9786059799133</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Erbaş’ın Diyaneti</t>
+          <t>Gurmenin Son Yemeği</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254183874</t>
+          <t>9786059799089</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Romancının İtirafları</t>
+          <t>Astrolojinin Bilimle İmtihanı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254183812</t>
+          <t>9786059799072</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mary Ventura ve Dokuzuncu Krallık</t>
+          <t>Denizlerimizde Amatör Balıkçılıkla İlgili Her Şey Ve En Lezzetli Balık Yemekleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254183850</t>
+          <t>9786059908009</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Baltasar ile Blimunda (Ciltli)</t>
+          <t>Beyefendiler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254183843</t>
+          <t>9786054927197</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü (Ciltli)</t>
+          <t>Periyodik Tablo</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>800</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254183898</t>
+          <t>9786059658980</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Lider, Güç, Strateji</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254183867</t>
+          <t>9786059908238</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Vahşi Hayvanı</t>
+          <t>Gökkuşağı Günleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254183829</t>
+          <t>9786054764044</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
+          <t>Safran Sarı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052983959</t>
+          <t>9786054927470</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
+          <t>Yalnız Kadınlar Yazı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>320</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254183881</t>
+          <t>9786052980255</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Baba Oğul Hikayeleri</t>
+          <t>Uzaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254183768</t>
+          <t>9786052980224</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı (Ciltli)</t>
+          <t>Gri Kitap: Yolculuk</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>800</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254183751</t>
+          <t>9786059908801</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bütün İsimler (Ciltli)</t>
+          <t>Taş Kentin Düşüşü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>750</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254183508</t>
+          <t>9786052981139</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
+          <t>Bir Kadının Hayatından 24 Saat</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059658898</t>
+          <t>9786059908917</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Milgem'in Öyküsü</t>
+          <t>Bir Gün Buluşmak Üzere</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>330</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254183775</t>
+          <t>9786059908634</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kirli Çark</t>
+          <t>Soğuk Bir Bahar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>400</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254183720</t>
+          <t>9786059908702</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Dünyada Türkiye</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254183645</t>
+          <t>9786054927524</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Arthur Andersen Var(dı)</t>
+          <t>Amatör Denizcilikte Acil Durum Seyri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254183744</t>
+          <t>9786054927289</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Renkli Uçurtmalar Kampı</t>
+          <t>O Duvarın Ardında</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254183621</t>
+          <t>9786059799485</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kaçamak</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254183638</t>
+          <t>9786059908450</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yarasaların Avlusunda</t>
+          <t>Orkestra Şefi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052982105</t>
+          <t>9786054927944</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Molloy</t>
+          <t>Kendi Gecesinde (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254183560</t>
+          <t>9786059799430</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254183553</t>
+          <t>9786059908153</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yitik Adanın Öyküsü (Ciltli)</t>
+          <t>Sonsuz Evren</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>800</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254183591</t>
+          <t>9786054764877</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
+          <t>Gazeteci Gözüyle Direniş</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>380</v>
+        <v>30</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254183607</t>
+          <t>9789944756013</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yuvarlaktır</t>
+          <t>Elveda Sevgilim</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254183577</t>
+          <t>9789944756778</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İkiz Divan</t>
+          <t>Eksen Kayması</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254183584</t>
+          <t>9786055340278</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 5</t>
+          <t>Dul Kadının Öyküsü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>600</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052983102</t>
+          <t>9789944756990</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Denktaş’ın Öbür Yüzü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052988305</t>
+          <t>9786055340803</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Oyunu</t>
+          <t>Demokrasi Tramvayı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>630</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052982280</t>
+          <t>9786052981771</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Marina</t>
+          <t>Define Bahçesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052984710</t>
+          <t>9786054764280</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Gölgesi</t>
+          <t>Datça’dan İpsala’ya</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>650</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254183461</t>
+          <t>9786055340681</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı Kimin Aklı?</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>420</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254183492</t>
+          <t>9789944756853</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Gündüz</t>
+          <t>Engellenemeyen Zihin</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>280</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254183478</t>
+          <t>9786054764129</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sibiryalı Kız</t>
+          <t>Daha Bilmediğiniz Neler Var!</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>90</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254183546</t>
+          <t>9786055340452</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye</t>
+          <t>Cinayet Yöntemleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254183430</t>
+          <t>9789944756211</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Değirmenlerle Savaştım</t>
+          <t>Derin Dünya Devletinin Adamları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254183454</t>
+          <t>9789944756341</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yastık Niyazı</t>
+          <t>Cebelavi Sokağı’nın Çocukları</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254183386</t>
+          <t>9789944756860</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Kanat Çırpınca</t>
+          <t>Burada Mutlu Değilim</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254183362</t>
+          <t>9789944756747</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mağara (Ciltli)</t>
+          <t>Bir Söz Büyücüsü: Garcia Marquez</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>800</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254183270</t>
+          <t>9789944756044</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Nesneler (Ciltli)</t>
+          <t>Bataklık Köpekleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>700</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254183409</t>
+          <t>9786054764013</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Anjel Hala ve Edirne Kuşatması Günleri</t>
+          <t>Baştan Sona Yalnızlık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254182969</t>
+          <t>9789944756464</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahiplenme Hikâyesi</t>
+          <t>Başkanın Öldürüldüğü Gün</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254183393</t>
+          <t>9789944756297</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ku(r)şun Lezzeti</t>
+          <t>Banu Avar’la Konuşma: Kültürel Soykırım</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>230</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254183416</t>
+          <t>9786055340902</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire Fraktali</t>
+          <t>Baba Evinde Bana Yer Yok</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>240</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254183317</t>
+          <t>9789944756105</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Savaş Barış Devrim (Ciltli)</t>
+          <t>Ay Çarpması</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1500</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254183379</t>
+          <t>9786054764426</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türk - Yunan Sorunları</t>
+          <t>Ateş-i Aşk</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254183355</t>
+          <t>9786055340025</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kopyalanmış Adam (Ciltli)</t>
+          <t>Ateizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>600</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254183348</t>
+          <t>9786054764075</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İsa’ya Göre İncil (Ciltli)</t>
+          <t>Aşktan da Üstün 50 Film Daha</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254183331</t>
+          <t>9789944756693</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dev Kadın Azra</t>
+          <t>Aşktan da Üstün 50 Film</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254183225</t>
+          <t>9786059799362</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sahibinden Satılık</t>
+          <t>Varolma Anları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>33</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254183324</t>
+          <t>9786059908108</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Ahtapotun Otobiyografisi ve Öteki Öngörü Hikayeleri</t>
+          <t>Kedili Ajanda 2015 (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254183294</t>
+          <t>9786059908115</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü (Ciltli)</t>
+          <t>Kedili Ajanda 2015</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>600</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254183300</t>
+          <t>9786055340179</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu (Ciltli)</t>
+          <t>Mor- Safran Sarı - Yeşil (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>600</v>
+        <v>30.83</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059658027</t>
+          <t>9786052987339</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kahire Modern</t>
+          <t>Kedili Ajanda 2021 - Edebiyat Ajandası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052987780</t>
+          <t>9786052986103</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Turnike</t>
+          <t>Kaptanın Teknesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254183256</t>
+          <t>9786052985731</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
+          <t>Kırmızı Kedi Ajanda 2020</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254183232</t>
+          <t>9786052988077</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Rengi</t>
+          <t>Kurbağa Manastırı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254183249</t>
+          <t>9786052986202</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yazarlar</t>
+          <t>Mary Ventura ve Dokuzuncu Krallık</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052984741</t>
+          <t>9786052984840</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Günbatımı</t>
+          <t>Resneli Niyazi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254183218</t>
+          <t>9786052984697</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Su Seyahatnamesi</t>
+          <t>İstanbul Kazan Ben Kepçe</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254183164</t>
+          <t>9786052985663</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafirleri Oteli</t>
+          <t>Benyusuf</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254183195</t>
+          <t>9786052985274</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
+          <t>Jeopolitik</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052981283</t>
+          <t>9786052984918</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Neden Feda Edildi</t>
+          <t>Geber Anne</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054927890</t>
+          <t>9786052984468</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Liberal İhanet</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052988770</t>
+          <t>9786052985298</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Beni Hep Böyle Hatırla</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254183188</t>
+          <t>9786052984635</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Seçim Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254183171</t>
+          <t>9786052984888</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Görmek (Ciltli)</t>
+          <t>The Hate Trap - The Anatomy of a Forgotten Assassination</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254182532</t>
+          <t>9786052983874</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zesto Psomi</t>
+          <t>Bir Zanaatkarla Beklenmedik Karşılaşma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059908405</t>
+          <t>4444444444551</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 2. Sayı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254183140</t>
+          <t>9786254184895</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Top Tarikatı</t>
+          <t>Kocamı Ben Öldürmedim</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052982914</t>
+          <t>9786254184901</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
+          <t>Hiç Kimsenin Kızı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254183157</t>
+          <t>9786254184871</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Halıdaki Şekil</t>
+          <t>Ateşi Yanımda Götüreceğim</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254183133</t>
+          <t>9786254184833</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Esrik Bir An</t>
+          <t>Venedik’te Ölüm</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254183096</t>
+          <t>9786054927166</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Türkiye</t>
+          <t>Latin Amerika Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254183058</t>
+          <t>9786254184802</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Güç Mücadelesinde Türkiye</t>
+          <t>Estetik Hesaplaşma</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254183089</t>
+          <t>9786254184550</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sir John Mandeville’in Seyahatleri</t>
+          <t>Eylül Masalı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059799782</t>
+          <t>9786254184819</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254183102</t>
+          <t>9786052983348</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Görmek</t>
+          <t>Türkçe Dilbilgisi Öğretme Kitabı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254183119</t>
+          <t>9786254181634</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
+          <t>Uyurken de Görebiliyorsun Geceyi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254183027</t>
+          <t>9786254184796</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Ciltli)</t>
+          <t>Serbest Kumsal</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254183003</t>
+          <t>9786254184765</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Başkonsolos</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254182990</t>
+          <t>9786254184741</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Elveda Selanik - 1917 Yangını</t>
+          <t>Bay Gölge</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254183041</t>
+          <t>9786254184758</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Saray Yolu - Kahire Üçlemesi 1</t>
+          <t>Elveda Avrupa</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254183034</t>
+          <t>9786254184642</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sinolojinin Doğuşu</t>
+          <t>Aydın Üzerine Tezler - 2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254183065</t>
+          <t>9786254184703</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dragos - Furkan Sezer Anlatıyor</t>
+          <t>Der Teschkilat</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254183072</t>
+          <t>9786254184734</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
+          <t>Kırk Yılda Devrialem</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254182952</t>
+          <t>9786059799232</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Şiirin İlk Atlası</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254182945</t>
+          <t>9786254184727</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
+          <t>Çok Kutuplu Dünya</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254182938</t>
+          <t>9786254184710</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol El Kitabı</t>
+          <t>Her Cephede Savaştık</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254182891</t>
+          <t>9786254184697</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yük Yeri</t>
+          <t>Şostakoviç</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254182914</t>
+          <t>9786254184628</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
+          <t>Ömür Hanım'la Güz Konuşmaları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254182884</t>
+          <t>9786254184680</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Manastırı</t>
+          <t>Kemalizm ve Yaşam</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254182921</t>
+          <t>9786254184673</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bihter Seni Deliler Gibi</t>
+          <t>Cömert Gül</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254182907</t>
+          <t>9786254184598</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl Cumhuriyet Alfabesi</t>
+          <t>22 Metrekare Gökyüzü</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055340865</t>
+          <t>9786254184574</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Erbakan</t>
+          <t>Ne Mutlu Türk'üm Diyene</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254182839</t>
+          <t>9786052988053</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 4</t>
+          <t>Müslüman Cenazesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254182860</t>
+          <t>9786254184505</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
+          <t>Biz Yaşlı Mıyız?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254182822</t>
+          <t>9786254184567</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kısır Döngü</t>
+          <t>Defterler (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254182808</t>
+          <t>9786254184611</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yıl Notları (1918-1923)</t>
+          <t>İsyanın ve Felsefenin Diyalektiği</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254182815</t>
+          <t>9786254184444</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sözler Sözcükler</t>
+          <t>Bilimin İzinde Cesur Türk Kadınlarının Hikayesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254182792</t>
+          <t>9786254184536</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Canımın Canı</t>
+          <t>Cumhuriyet'e Karşı Küfür Romanları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254182785</t>
+          <t>9786254184543</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Havala</t>
+          <t>Şeker Sokağı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254182730</t>
+          <t>9786254184529</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Sessizliği Ülkesi</t>
+          <t>İçimizdeki Beşinci Kol</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254182754</t>
+          <t>9786254184499</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Mücadelenin Onurlu Yolu - Fikri Sağlar Kitabı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254182778</t>
+          <t>9786254184475</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Fısıltısı</t>
+          <t>Portekiz’e Yolculuk – Fotoğraflı Özel Edisyon</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254182723</t>
+          <t>9786254184512</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
+          <t>Solcular</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254182761</t>
+          <t>9786052987230</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
+          <t>Kozmik Albay - Kozmik Oda Operasyonu</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254182686</t>
+          <t>9786254184406</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
+          <t>Cinlerin İstanbulu</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059908429</t>
+          <t>9786254184413</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sinek Sarayı</t>
+          <t>Neymiş Bu Yapı?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052986134</t>
+          <t>9786254184420</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sarmal</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254182716</t>
+          <t>9786254184383</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Baron İstilası</t>
+          <t>Millete Emanet</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254182587</t>
+          <t>9786052981320</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>CHP'de Sağ Sapma</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254182679</t>
+          <t>9786254183010</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Küçük Acılar</t>
+          <t>Körlük (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254182662</t>
+          <t>9786254182976</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ateş Kuşu Semiha Berksoy</t>
+          <t>Türkçe-İngilizce İngilizce-Türkçe Denizcilik Terimleri Cep Sözlüğü / Turkish-English English-Turkish Naval Terms Dictionary</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254182655</t>
+          <t>9786254182273</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Aç Melek</t>
+          <t>Jeopolitik Fırtına</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254182648</t>
+          <t>9786254182006</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sevdamız Fenerbahçe</t>
+          <t>Hava Edebiyatı 3 - Şiirler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254182594</t>
+          <t>9786254182013</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Bebek</t>
+          <t>Hava Edebiyatı 3 - Hikayeler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254182631</t>
+          <t>9786254182259</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zenon</t>
+          <t>Dilenci</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254182518</t>
+          <t>9786254181184</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Üç Kral</t>
+          <t>Kanun Hükmünde Yalnızlıklar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254182600</t>
+          <t>9786254180675</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Popülizm Yüzyılı</t>
+          <t>Size Yalan Söylediler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254182617</t>
+          <t>9786254180569</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Bir Türk Basketbolcu</t>
+          <t>Taaşşuk-ı Talat Ve Fitnat</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254182624</t>
+          <t>9786254180033</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254182570</t>
+          <t>9786052989937</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayamadıklarımız</t>
+          <t>Şeytanın Müridi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254182563</t>
+          <t>9786052984802</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Masa</t>
+          <t>Mustafa Kemal (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254182556</t>
+          <t>9786052984239</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
+          <t>Kemalizm, Laiklik ve Demokrasi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254182488</t>
+          <t>9786052984246</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyılda Yeniden Atatürk</t>
+          <t>Galiba Ben Sanatçıyım</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254182525</t>
+          <t>9786052983713</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tek Bir Gül</t>
+          <t>Siyasal Sistemler - Siyasal Çatışma ve Uzlaşma</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254182471</t>
+          <t>9786052982853</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Cumhuriyet</t>
+          <t>Türkiye’nin Kültür Sorunları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254182464</t>
+          <t>9786052981542</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>515 Haşimi</t>
+          <t>Duvardaki Kapı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254182440</t>
+          <t>9786052985892</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Geyik</t>
+          <t>Kendi Penceresinde Bir Adam</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254182433</t>
+          <t>9786052985601</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Uslu Kız</t>
+          <t>Sanat Yazıları</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254182426</t>
+          <t>9786052985427</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
+          <t>Somnium ya da Ay Astronomisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254182457</t>
+          <t>9786052985243</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
+          <t>İşsizliğe Övgü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254182402</t>
+          <t>9786052985212</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Kur'an İle Aldatmak</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254182372</t>
+          <t>9786052982877</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler 3</t>
+          <t>Osmanlı'dan Cumhuriyete Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254182419</t>
+          <t>9786052984444</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Öldürüldüğü Gün</t>
+          <t>Aile Sözlüğü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254182327</t>
+          <t>9786052982693</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkeği Öldürmek</t>
+          <t>Çalınan Mektup</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254182389</t>
+          <t>9786052982686</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bıçkın ve Orta Halli</t>
+          <t>Yabani Elmalar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254182358</t>
+          <t>9786052982679</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kestirmeler ve Kısa Hikayeler</t>
+          <t>Prenses'e Mektuplar (1917-1922)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254182341</t>
+          <t>9786052981641</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Nayino</t>
+          <t>Apollon'un Gözü</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254182334</t>
+          <t>9786052981627</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağı’nın Çocukları</t>
+          <t>Son Şenliklerin Davetlisi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254182303</t>
+          <t>9786052985045</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Sırları</t>
+          <t>Kuvayı Milliye'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254182310</t>
+          <t>9786052984901</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Yedinci Meleğe Dair Yedi Bahis</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254182280</t>
+          <t>9786052983690</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Kadını</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254182297</t>
+          <t>9786052983461</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi İçin Manifesto - Diren!</t>
+          <t>Yalnız Eğitilmişler Özgürdür</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254182228</t>
+          <t>9786052983430</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Körlük</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254182235</t>
+          <t>9786052981887</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Yaşlanmayı Bilmek</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254182242</t>
+          <t>9786052981863</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İblis'i Öldür</t>
+          <t>Çocuklar İçin Adabımuaşeret</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254182266</t>
+          <t>9786052984048</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İslamo - Faşizm</t>
+          <t>Vejetaryen Düşünceler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254182204</t>
+          <t>9786052983881</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Şahsıma Ait Ada Mikronezya</t>
+          <t>Büyük Buhran - 1929 Krizi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254182211</t>
+          <t>9786052983324</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kartal İmam Hatipliler</t>
+          <t>Körlük - Görmek (Özel Baskı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>230</v>
+        <v>950</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254182150</t>
+          <t>9786052982143</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yağma</t>
+          <t>Müjdat Gezen'den Masallar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254182198</t>
+          <t>9786052981511</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>SS</t>
+          <t>Oyunculuk Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254182167</t>
+          <t>9786052984970</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Mapusane Çeşmesi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254182174</t>
+          <t>9786052984819</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
+          <t>Brandenburg</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254181467</t>
+          <t>9789944756792</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052982549</t>
+          <t>9786055340322</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
+          <t>Zamanın Hükmü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254182129</t>
+          <t>9789944756846</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dilaver - Panayır Başlıyor</t>
+          <t>Üç İttihatçı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254182136</t>
+          <t>9786054764266</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sitem Taşları</t>
+          <t>Trenler Kalkar Haydarpaşa’dan</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254182105</t>
+          <t>9786054764730</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi</t>
+          <t>Kutsal Gece</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254182099</t>
+          <t>9786054764723</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Benim Karikatürlü Evrenim</t>
+          <t>Ruhumu Öpmeyi Unuttun</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254182112</t>
+          <t>9786059908061</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>Sakkara’nın Kumları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254182051</t>
+          <t>9786054927951</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Son Tanık</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254182082</t>
+          <t>9786054927739</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>B2 Seyir Jurnali</t>
+          <t>Siyah Saten Bir Gecelik</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254182037</t>
+          <t>9786054927760</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Kurdu</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254181917</t>
+          <t>9786054927074</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyunları</t>
+          <t>Melekler Şehri ya da Dr. Freud'un Paltosu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254181887</t>
+          <t>9786059908597</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Körler Ordusu</t>
+          <t>Bozkırda Bir Kral Lear</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254181900</t>
+          <t>9786054764532</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Türkler Tarafından Keşfi</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254181986</t>
+          <t>9786054764990</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tezler - 2</t>
+          <t>Bağbozumu Şarkıları Odağında Şükrü Erbaş Şiiri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254181856</t>
+          <t>9786054927487</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kamer Genç</t>
+          <t>1963'ten Günümüze SAT Komandoları ve Anılarım</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254181955</t>
+          <t>9786052983065</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Portreler - 1</t>
+          <t>İki Aykırının Mektupları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254181948</t>
+          <t>9786052982624</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Çoşkun Gönül</t>
+          <t>Gören Göz İçin Fikret Mualla</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254181702</t>
+          <t>9786052980729</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Dostlarımızın Dostları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254181870</t>
+          <t>9786052980712</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
+          <t>Konuk Kaplan</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254181825</t>
+          <t>9786052980385</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Labirenti</t>
+          <t>Kar Kurdu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254181894</t>
+          <t>9786052983942</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ayana</t>
+          <t>Her Durumda Yapmam Gereken Şeylerden Bazıları</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254181818</t>
+          <t>9786052983737</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Yazmak</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 1</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254181801</t>
+          <t>9786052982204</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Seni Söyler</t>
+          <t>Defterler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254181764</t>
+          <t>9786052982020</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Değilin Defterleri</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254181795</t>
+          <t>9786052984314</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’daki Teyzemiz</t>
+          <t>Yakasında Bir Çiçek Gibi İntiharı ile Birlikte Gezen Bir Adamı Durdurun Durdurabilirseniz</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254181788</t>
+          <t>9786052982235</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Rumi</t>
+          <t>Malone Ölüyor</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254181771</t>
+          <t>9786052983454</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Göğü Önünde</t>
+          <t>Günah Üzerine Tartışma</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254181658</t>
+          <t>9786052981757</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Suriye Mektupları</t>
+          <t>Huzursuz Hayaletler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254181696</t>
+          <t>9786052981009</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yüzücü</t>
+          <t>Nasıl Yazıyorsam Öyleyimdir</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254181757</t>
+          <t>9786052981016</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dul</t>
+          <t>Cahil Filozof</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254181542</t>
+          <t>9786052981276</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İstila</t>
+          <t>Vesayet Savaşları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254181603</t>
+          <t>9786052983706</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Kesitler</t>
+          <t>Mustafa Kemal (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254181610</t>
+          <t>9786052980361</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Cristoforo Colombo’nun Maceraları</t>
+          <t>Bu Dinciler O Müslümanlara Benzemiyor</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254181597</t>
+          <t>9786052980316</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalmak</t>
+          <t>Son Mektuplar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254181580</t>
+          <t>9786052980309</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Delice Coşkun</t>
+          <t>Öteki Dünyaya Yolculuğumun Sahici Hikayesi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254181573</t>
+          <t>9786052980149</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Neşterden Keskin Kalem</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254181535</t>
+          <t>9786059658157</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamcılık</t>
+          <t>Sekizinci Gün</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254181528</t>
+          <t>9786052983539</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
+          <t>Bir Mayıs Günü Bırakıp Gittin Beni</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254181511</t>
+          <t>9786052982426</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Şah Dizeler</t>
+          <t>Işıldayan Piramit</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254181481</t>
+          <t>9786052983362</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Karşı Devrim - 1923'ten 2023'e</t>
+          <t>Maurice, ya da Balıkçının Kulübesi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254181474</t>
+          <t>9786052982747</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254181436</t>
+          <t>9786052980552</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Gevezeler ve Meraklılar</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254181504</t>
+          <t>9786052980545</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kuşak ve Yol</t>
+          <t>Ahmaklık Üzerine</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254181399</t>
+          <t>9786059658324</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Seyahatinin Tarihi</t>
+          <t>Aziz Sancar ve Nobel'in Öyküsü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254181405</t>
+          <t>9786059658331</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254181368</t>
+          <t>9786059799829</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gece Bitmedi</t>
+          <t>İngiliz Gizli Belgelerinde Yahudi Dönmesi İttihatçılar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254181351</t>
+          <t>9786059799324</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kum Kaptanları</t>
+          <t>Aşktan da Üstün 50 Film 3</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254181344</t>
+          <t>9786059799027</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
+          <t>Manzara-i Umumiye</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254181375</t>
+          <t>9786052982013</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yönetimi</t>
+          <t>Bilimsel Öyküler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254181269</t>
+          <t>9786059908511</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
+          <t>Karnak Kafe</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254181290</t>
+          <t>9786052981245</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
+          <t>Genç Kız Cinayetleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254181153</t>
+          <t>9786052981030</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkadın</t>
+          <t>İmamın Ordusu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254181245</t>
+          <t>9786059658645</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Sivilceleri</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254181252</t>
+          <t>9786059658614</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
+          <t>Dilek Evi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254181221</t>
+          <t>9786059658454</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Neruda'nın Postacısı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254181177</t>
+          <t>9786052982181</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sera Toplumunda Çöl Olmak</t>
+          <t>Mavi Vatan Yazıları</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254181160</t>
+          <t>9786052981412</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Söz Yazıları</t>
+          <t>Ölüme Çağrı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254181146</t>
+          <t>9786052980354</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
+          <t>Bir ABD Projesi Olarak AKP</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254181108</t>
+          <t>9786052981290</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Destan Sayılır</t>
+          <t>Gelecek Günlerin Şarabı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254181122</t>
+          <t>9786059908672</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kuşevi'nin Efendisi</t>
+          <t>Bu Sefer Mavi...</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254181115</t>
+          <t>9786054764822</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Foto-Grafiti 114 Gözdikme</t>
+          <t>Eve Geç Kaldım Yalnızlık Bekler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254180835</t>
+          <t>9789944756921</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Sabetayist Ermişler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254181139</t>
+          <t>9786055340643</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Pessoa Pessoa’yı Anlatıyor</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254181085</t>
+          <t>9789944756440</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Silivri'de Firavun Töreni</t>
+          <t>Papağan Teoremi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052989876</t>
+          <t>9786059908924</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
+          <t>Romanov Komplosu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254180958</t>
+          <t>9789944756525</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gece İnerken</t>
+          <t>Rodos’tan Karşıyaka’ya 1685 Sokak</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254180897</t>
+          <t>9789944756976</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Meclisten İçeri</t>
+          <t>Midak Sokağı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254180880</t>
+          <t>9789944756075</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254180866</t>
+          <t>9786055340513</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Batı Hikayeleri</t>
+          <t>Kuştimur Kahvehanesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254180781</t>
+          <t>9786055340674</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Atamanoğlu Fatih</t>
+          <t>Jön Türkler ve Komplo Teorileri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254181016</t>
+          <t>9786055340193</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Strategikon</t>
+          <t>İslam Aleminde Masonluk</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254181023</t>
+          <t>9786052983089</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Hikayeler</t>
+          <t>Keyif Evi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254181047</t>
+          <t>9789944756600</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>William Shakespeare</t>
+          <t>Aşk Zamanı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254181030</t>
+          <t>9786059658867</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler ve Diğer Hikayeler</t>
+          <t>Mehdi'nin Darbesi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254181054</t>
+          <t>9786059908726</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Zaman ve Mekan</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254181009</t>
+          <t>9786052981191</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254180989</t>
+          <t>9786059658812</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti Konstantiniyye’de</t>
+          <t>Pazartesi Ya Da Salı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254180941</t>
+          <t>9786059658805</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri Tarihi</t>
+          <t>Yanık Divan</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254180972</t>
+          <t>9786059658478</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Kaçan Ayna</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052985922</t>
+          <t>9786059799478</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
+          <t>Su Sinekleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052983744</t>
+          <t>9786059799249</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>550</v>
+        <v>90</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254180804</t>
+          <t>9786059799195</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dillerinde Dünya</t>
+          <t>Soğanı Soyarken (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254180828</t>
+          <t>9786059908207</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Karşılığını Bulamamış Sorular</t>
+          <t>Kahire’de Kayıp</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254180125</t>
+          <t>9786052980743</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sorular</t>
+          <t>Babıali’de Cinayet</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254180811</t>
+          <t>9786059658591</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Gibiciler</t>
+          <t>Çelik Gemiler Demir Bahriyeliler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254180798</t>
+          <t>9786059799492</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kar Panteri</t>
+          <t>Kedilerin, Martıların ve Delilerin Zamanı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254180873</t>
+          <t>9786059908986</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Tarih Yapan Savaş</t>
+          <t>Nazik Bir Durum</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254180859</t>
+          <t>9786052980682</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Kapısı</t>
+          <t>Güle Güle Dünya Ben Burda Kalıyorum</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254180743</t>
+          <t>9786052980231</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
+          <t>Paralel Yürüdük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254180774</t>
+          <t>9786059658577</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254180750</t>
+          <t>9786059799867</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Boris Davidoviç İçin Bir Mezar</t>
+          <t>Single ve Oğlu</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254180767</t>
+          <t>9786059908085</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Benim Kahramanım Türk Halkıdır</t>
+          <t>Çatışmanın Anatomisi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254180736</t>
+          <t>9786054927265</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyasının Yalancıları</t>
+          <t>Gülün Öteki Adı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254180712</t>
+          <t>9786052980422</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Serap</t>
+          <t>Micromegas</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254180705</t>
+          <t>9786052980002</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Büyük Taş Yüz</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254180620</t>
+          <t>9786052980019</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
+          <t>Kardinal Napellus</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254180545</t>
+          <t>9786059658300</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Liyakat</t>
+          <t>Unutulan Ada Kıbrıs</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254180521</t>
+          <t>9786059658911</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Saygıdeğer Bir Öğrenci</t>
+          <t>Yengeç Yürüyüşü</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254180538</t>
+          <t>9786059799959</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çilekleri Aynadaki Gibi</t>
+          <t>Sevimsiz Öyküler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254180514</t>
+          <t>9786059799966</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Beşli Çete</t>
+          <t>25 Ağustos 1983 ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254180132</t>
+          <t>9786059799201</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052989852</t>
+          <t>9786059908627</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Mavi Uygarlık</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052989975</t>
+          <t>9786059799706</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Orman</t>
+          <t>Yağmurda Aşk</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254180057</t>
+          <t>9786054927425</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
+          <t>Allak Bullak</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052989999</t>
+          <t>9786054927432</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Yahudiler, Dünya ve Para</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254180040</t>
+          <t>9786054927029</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
+          <t>Er Mektubu Görülmüştür</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052989968</t>
+          <t>9786054764976</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Deri Ticareti Serüvenleri</t>
+          <t>Takkeli Firavunlar ve Büyük Siyasi Sırlar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254180026</t>
+          <t>9786059658041</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Aşık Şeytan</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052989944</t>
+          <t>9786059658065</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Tecrit</t>
+          <t>Sesler Adacığı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052989951</t>
+          <t>9786059908139</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yalan Söyleme</t>
+          <t>Soğuktan Gelen Casus</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052989920</t>
+          <t>9786054764020</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052989890</t>
+          <t>9786055340841</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Efeler İsyanı</t>
+          <t>Cümleten İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052989906</t>
+          <t>9786055340964</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş’ta Sırtlan Pususu</t>
+          <t>Curnalcilikten Teşkilatı Mahsusa’ya</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052989913</t>
+          <t>9786054764198</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Vurgun - Parsel Parsel 2</t>
+          <t>Bozuk</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052989401</t>
+          <t>9786055340476</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Piranesi’nin Karanlık Zihni</t>
+          <t>Balfour Deklarasyonu</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052988824</t>
+          <t>9789944756181</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mahkumu</t>
+          <t>Aşkın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052989395</t>
+          <t>9786059799355</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yakın Temas</t>
+          <t>Filin Yolculuğu  (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052989388</t>
+          <t>9786052986677</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Afili Mavallar</t>
+          <t>Cumhuriyet'in Sonbaharı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052989357</t>
+          <t>9786052985908</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hepsini Okudunuz mu?</t>
+          <t>Görünmezlik Pelerini</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052989371</t>
+          <t>9786052989036</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Altın Meyveler</t>
+          <t>Güç Odaklarının Mücadelesi (1299-1980) (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052989364</t>
+          <t>9786052988688</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Fantoine ile Agapa Arasında</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052989142</t>
+          <t>9786052988701</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Düzensiz Savaşlar</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052989135</t>
+          <t>9786052988282</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yukarlarda En Uzaklarda</t>
+          <t>Kardak’ta Kahraman Hasdal’da Esir</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052989043</t>
+          <t>9786052989081</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sualtındaki Hafıza</t>
+          <t>İnönü Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052989098</t>
+          <t>9786052986301</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
+          <t>Kızıl Tarlalar</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052989074</t>
+          <t>9786052986912</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ud ve Yara İzleri</t>
+          <t>Cinayet Polisi Dedemin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052989104</t>
+          <t>9786052985502</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>DünBatımı Defteri</t>
+          <t>Ayın Demiri Altında</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052986455</t>
+          <t>9786052986608</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Ben Seri Katil</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052988985</t>
+          <t>9786052985830</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dereceler</t>
+          <t>Keyif Verici Maddelerin Tarihi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052989029</t>
+          <t>9786052985625</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
+          <t>Kadın, Uyan!</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052989050</t>
+          <t>9786052984581</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bir Masalda İki Kral Olmaz</t>
+          <t>Cinlere Ayna Tutan Nakkaş - Mehmed Siyah Kalem</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052989005</t>
+          <t>9786052985519</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Diyar</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052988954</t>
+          <t>9786052984796</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
+          <t>Delirtilen Kadınlar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052988947</t>
+          <t>9786052983287</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
+          <t>Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052989012</t>
+          <t>9786052983263</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ağzımda Laf Varken Konuşamıyorum</t>
+          <t>Lady Anne Susuyor</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052988992</t>
+          <t>9786052985656</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Yusuf</t>
+          <t>Ücra Adalar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052988961</t>
+          <t>9786052984475</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Manşet - Türkiye Konuşuyor</t>
+          <t>Haddini Bil!</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052988855</t>
+          <t>9786052982419</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
+          <t>Bir Kapı Ya Açık Durmalı Ya Kapalı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052988879</t>
+          <t>9786052980477</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Sinema Üzerine Konuşmalar</t>
+          <t>Devlet Bahçeli ve Ülkücüler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052988862</t>
+          <t>9786254184352</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Janus</t>
+          <t>Heykelden Taşa (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052988848</t>
+          <t>9786254184369</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Umut</t>
+          <t>Belki De Neşe (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052988787</t>
+          <t>9786254184376</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Okumak</t>
+          <t>Yaylı Çalgılar Dörtlüsü</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052988756</t>
+          <t>9786254184338</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Seyelan</t>
+          <t>Savaş İçinde Savaş</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052988794</t>
+          <t>9786254184345</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İstanbulin</t>
+          <t>Sır Küpü</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052988749</t>
+          <t>9786254184321</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Katli Vacip</t>
+          <t>Aydın Üzerine Tezler - 1</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052988763</t>
+          <t>9786254184284</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Eksik Sözdür</t>
+          <t>Sesinle İz Bırak</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052988732</t>
+          <t>9786254184253</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Tampon Ülke</t>
+          <t>Lanzarote Defterleri 2. Kitap</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052988664</t>
+          <t>9786254184291</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
+          <t>Z Bakış</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052988671</t>
+          <t>9786254184246</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarımı Kestiler</t>
+          <t>Küçük Anılar (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052988695</t>
+          <t>9786254184239</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Paragone - Sanatların Karşılaştırılması</t>
+          <t>Lizbon Kuşatmasının Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052988725</t>
+          <t>9786254184260</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Altın Yağmur</t>
+          <t>CIA Hayatım</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052988640</t>
+          <t>9786254180729</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Modern Argonautlar</t>
+          <t>Burada Ne İşim Var?</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052988633</t>
+          <t>9786254183423</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uçan Kuşlar</t>
+          <t>Sosyoloji ve Çin’de Büyük Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052988626</t>
+          <t>9786254181993</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
+          <t>Yelpazem de mi Sıkıyönetime Giriyor?</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052988657</t>
+          <t>9786055340575</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Çin’de On Beş Sohbet</t>
+          <t>Kıran Resimleri</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052988602</t>
+          <t>9786052985410</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
+          <t>Portekiz’e Yolculuk</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052988589</t>
+          <t>9786254182396</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
+          <t>Geleneksel İslam’ın Kritiği</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052988572</t>
+          <t>9786254184215</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kadar Bir Çiçek</t>
+          <t>Almanya’ya Açılan Kapılar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052988596</t>
+          <t>9786254184178</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Anında Görüntü</t>
+          <t>Tatlı Tesadüfler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052988619</t>
+          <t>9786254184222</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Mutabıkız</t>
+          <t>Bir Eflatun Ölüm: Behçet Aysan</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052988541</t>
+          <t>9786254184161</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Denklemleri</t>
+          <t>Karanlık ve Mavi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052988503</t>
+          <t>9786254184208</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Barut</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052988459</t>
+          <t>9786254184185</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Ülkesi</t>
+          <t>Yeni Muhafazakârlık – Neo-Conlar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052988442</t>
+          <t>9786254184192</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
+          <t>Teğmenler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052988428</t>
+          <t>9786254184154</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İnönü Döneminde Kemalizm</t>
+          <t>Amcam Ahmed Emin</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052988435</t>
+          <t>9773062407001</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğimiz Çin</t>
+          <t>Kadim Başkentten Yeni Hikayeler - Yeni Pekin Edebiyatı 1. Sayı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052988381</t>
+          <t>9786254183966</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yuvamıza Düşen Ateş</t>
+          <t>Sesin Değdiği Yerden</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052988398</t>
+          <t>9786254184147</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Düğmeler, Deri, Koordinatlar</t>
+          <t>Eski Şehir Spor</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052988404</t>
+          <t>9786254181313</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Elyordamı</t>
+          <t>Türkiye Üzerine Tezler 1</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052988411</t>
+          <t>9786254184093</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın İnsanları</t>
+          <t>Sağlıkhane Değil Ticarethane</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052988329</t>
+          <t>9786254184079</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Manolya</t>
+          <t>Bu Hesapta Bir Gariplik Var</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052988367</t>
+          <t>9786254184062</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Rüzgar</t>
+          <t>Kim Korkar Yapay Zekadan</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052988251</t>
+          <t>9786254184086</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Başkomutan</t>
+          <t>İnsanlığın Ortak Geleceğini İnşa Etmek Üzerine</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052988275</t>
+          <t>9786254184055</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal 1881-1958</t>
+          <t>Elveda Cariyem</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052988268</t>
+          <t>9786254184024</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
+          <t>Ricardo Reis’in Öldüğü Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052988299</t>
+          <t>9786254184017</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Çatıdaki Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052988190</t>
+          <t>9786055340933</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>The Özal</t>
+          <t>Metin Altıok’tan Zeynep’e Mektuplar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052988213</t>
+          <t>9786254184048</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ak-Yargı</t>
+          <t>Arzu Sarayı - Kahire Üçlemesi 2</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052988206</t>
+          <t>9786254184000</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Emeviler Abbasiler</t>
+          <t>Devrim Çiçeği</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052988244</t>
+          <t>9786254184031</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Dalyan</t>
+          <t>Annem Sağ Olsun</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052988220</t>
+          <t>9786254183959</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Nedeniyle Kapalıyız</t>
+          <t>Nihavent Tango</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052988237</t>
+          <t>9786254183980</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Normal Olacak Kadar Anormal Değilim</t>
+          <t>Bir Sinematekten Ötekine</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052988138</t>
+          <t>9786254183942</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sinema Yazıları</t>
+          <t>Lanzarote Defterleri 1. Kitap</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052988091</t>
+          <t>9786254183973</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>Cumhuriyet ve Komünistler/ Kemal Okuyan İle Söyleşi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052988084</t>
+          <t>9786254183911</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Havada Dumandım</t>
+          <t>Sarı Ejder</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052988107</t>
+          <t>9786254183904</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Okname</t>
+          <t>Erbaş’ın Diyaneti</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052988060</t>
+          <t>9786254183874</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Ayaklanmaları</t>
+          <t>Genç Bir Romancının İtirafları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052988114</t>
+          <t>9786254183812</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Cüppeli Vesayet</t>
+          <t>Mary Ventura ve Dokuzuncu Krallık</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052988046</t>
+          <t>9786254183850</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
+          <t>Baltasar ile Blimunda (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052988039</t>
+          <t>9786254183843</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>1945 Türkiye-SSCB İlişkileri</t>
+          <t>Ressamın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052988022</t>
+          <t>9786254183898</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
+          <t>Lider, Güç, Strateji</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052988008</t>
+          <t>9786254183867</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
+          <t>Dünyanın En Vahşi Hayvanı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052987889</t>
+          <t>9786254183829</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Lahanistan</t>
+          <t>Ekselansları Halil Bey’in Eski ve Modern Tablo Koleksiyonu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052987964</t>
+          <t>9786052983959</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Sessizlikle Yıka İçini</t>
+          <t>Atatürk’ün İzinde Bir Arpa Boyu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052987940</t>
+          <t>9786254183881</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin’in Hayatı</t>
+          <t>Baba Oğul Hikayeleri</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052987933</t>
+          <t>9786254183768</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşam ve Mutluluk Üzerine</t>
+          <t>Toprağın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052987919</t>
+          <t>9786254183751</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Son Durak</t>
+          <t>Bütün İsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052987926</t>
+          <t>9786254183508</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Nihavent Hıçkırık</t>
+          <t>Karşılıklı Öğrenme, Barış ve Refah</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052987841</t>
+          <t>9786059658898</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkün Ölümü</t>
+          <t>Milgem'in Öyküsü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052987865</t>
+          <t>9786254183775</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Smiley’nin İnsanları</t>
+          <t>Kirli Çark</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052987902</t>
+          <t>9786254183720</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Afet</t>
+          <t>Yenilenen Dünyada Türkiye</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052987872</t>
+          <t>9786254183645</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 4</t>
+          <t>Bir Arthur Andersen Var(dı)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052987834</t>
+          <t>9786254183744</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İbadet</t>
+          <t>Renkli Uçurtmalar Kampı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052987773</t>
+          <t>9786254183621</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Cola di Rienzi</t>
+          <t>Kaçamak</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052987704</t>
+          <t>9786254183638</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Parsel Parsel</t>
+          <t>Yarasaların Avlusunda</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052987759</t>
+          <t>9786052982105</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar İyidir</t>
+          <t>Molloy</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052987742</t>
+          <t>9786254183560</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Pi’nin Tarihi</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052987629</t>
+          <t>9786254183553</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
+          <t>Yitik Adanın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052987605</t>
+          <t>9786254183591</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Anavatandan Mavi Vatan’a</t>
+          <t>Avrasya’da Jeopolitik Hesaplaşma</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052987612</t>
+          <t>9786254183607</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Köpek Düşü</t>
+          <t>Futbol Yuvarlaktır</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052987711</t>
+          <t>9786254183577</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
+          <t>İkiz Divan</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052987735</t>
+          <t>9786254183584</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
+          <t>Türkiye Üzerine Tezler 5</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052987728</t>
+          <t>9786052983102</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052987643</t>
+          <t>9786052988305</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşinin Aynası</t>
+          <t>Meleğin Oyunu</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>160</v>
+        <v>630</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052987681</t>
+          <t>9786052982280</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günlüğü</t>
+          <t>Marina</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052987674</t>
+          <t>9786052984710</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mimar Doğanlar… Üç Doğan</t>
+          <t>Rüzgarın Gölgesi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052987667</t>
+          <t>9786254183461</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Evrimi</t>
+          <t>Devlet Aklı Kimin Aklı?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052987568</t>
+          <t>9786254183492</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sıcak İlişkiler Arkası Yarın</t>
+          <t>Gece ve Gündüz</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052987537</t>
+          <t>9786254183478</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Tiyatrolar</t>
+          <t>Sibiryalı Kız</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052987575</t>
+          <t>9786254183546</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yazıları</t>
+          <t>Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052987551</t>
+          <t>9786254183430</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Şiirler</t>
+          <t>Değirmenlerle Savaştım</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052987544</t>
+          <t>9786254183454</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Anketler Mülakatlar</t>
+          <t>Yastık Niyazı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052987520</t>
+          <t>9786254183386</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Kelebekler Kanat Çırpınca</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052987513</t>
+          <t>9786254183362</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Mağara (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052987506</t>
+          <t>9786254183270</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Ölümlü Nesneler (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052987490</t>
+          <t>9786254183409</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Talihsiz Anjel Hala ve Edirne Kuşatması Günleri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052987483</t>
+          <t>9786254182969</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
+          <t>Bir Sahiplenme Hikâyesi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052987476</t>
+          <t>9786254183393</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Haberi</t>
+          <t>Ku(r)şun Lezzeti</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052987421</t>
+          <t>9786254183416</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Nar Kitabı</t>
+          <t>Baudelaire Fraktali</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052987438</t>
+          <t>9786254183317</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre Olmak</t>
+          <t>Savaş Barış Devrim (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>230</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052987407</t>
+          <t>9786254183379</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
+          <t>Türk - Yunan Sorunları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052987377</t>
+          <t>9786254183355</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>"Benimle Dostluk Zordur"</t>
+          <t>Kopyalanmış Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052987346</t>
+          <t>9786254183348</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Metastaz 2: Cendere</t>
+          <t>İsa’ya Göre İncil (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052987292</t>
+          <t>9786254183331</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Küçük Dev Kadın Azra</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052987261</t>
+          <t>9786254183225</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Annem Gülüyor</t>
+          <t>Sahibinden Satılık</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052987315</t>
+          <t>9786254183324</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Jubiaba</t>
+          <t>Bir Ahtapotun Otobiyografisi ve Öteki Öngörü Hikayeleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052987322</t>
+          <t>9786254183294</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kadim Gemi</t>
+          <t>Bilinmeyen Adanın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052987285</t>
+          <t>9786254183300</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Filin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052987308</t>
+          <t>9786059658027</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Baronlar Savaşı</t>
+          <t>Kahire Modern</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052987278</t>
+          <t>9786052987780</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Turnike</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052987148</t>
+          <t>9786254183256</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Doğum Gününün İcadı</t>
+          <t>İslam Kültürünün Yumuşak Karnı Kadın</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052987223</t>
+          <t>9786254183232</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sımayıl İle Razıya (Taş Baskı)</t>
+          <t>Ruhların Rengi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052987193</t>
+          <t>9786254183249</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>1 Köy 4 Adam 6,5 Darbe</t>
+          <t>Kaçak Yazarlar</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052987216</t>
+          <t>9786052984741</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Seçme Oyunlar</t>
+          <t>Sonsuz Günbatımı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052987179</t>
+          <t>9786254183218</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Partisi</t>
+          <t>Su Seyahatnamesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052987155</t>
+          <t>9786254183164</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Zaragoza’da Bulunmuş El Yazması</t>
+          <t>Tanrı Misafirleri Oteli</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052987124</t>
+          <t>9786254183195</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar İçin Şarkılı Alfabe</t>
+          <t>Putları Yıkan Şairimiz Nazım Hikmet’in Dili</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052987117</t>
+          <t>9786052981283</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Rehin</t>
+          <t>Türkiye Neden Feda Edildi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052987094</t>
+          <t>9786054927890</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Filistin Benimdir</t>
+          <t>Liberal İhanet</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052987070</t>
+          <t>9786052988770</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Libya Türkiye’nin Denizden Komşusudur</t>
+          <t>Beni Hep Böyle Hatırla</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052987032</t>
+          <t>9786254183188</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Despotizm</t>
+          <t>Ölüm Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>80</v>
+        <v>700</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052986974</t>
+          <t>9786254183171</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Tropiklerde Şafak Manzarası</t>
+          <t>Görmek (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052986905</t>
+          <t>9786254182532</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
+          <t>Zesto Psomi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052986981</t>
+          <t>9786059908405</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İlhan Erdost</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052986967</t>
+          <t>9786254183140</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Zartoloji - 1001 Gece Esintileri</t>
+          <t>Top Tarikatı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052986899</t>
+          <t>9786052982914</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Fetö'nün Solcuları</t>
+          <t>Çanakkale Savaşı Siperin Ardı Vatan</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052986943</t>
+          <t>9786254183157</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölge Göstericinin Düşleri</t>
+          <t>Halıdaki Şekil</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052986936</t>
+          <t>9786254183133</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Balerin</t>
+          <t>Esrik Bir An</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052986950</t>
+          <t>9786254183096</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ankara - İstanbul Karatreni</t>
+          <t>Gülümse Türkiye</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052986691</t>
+          <t>9786254183058</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa</t>
+          <t>Güç Mücadelesinde Türkiye</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052986783</t>
+          <t>9786254183089</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Sir John Mandeville’in Seyahatleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052986714</t>
+          <t>9786059799782</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Bu Soyut Nakış Nedir?</t>
+          <t>Mızraklar, Mızraklar Tüfekler, Tüfekler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052986738</t>
+          <t>9786254183102</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Görmek</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052986813</t>
+          <t>9786254183119</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünlerimiz</t>
+          <t>Yaşadıklarımın Çığlığı Korkusuzlar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052986820</t>
+          <t>9786254183027</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dostları</t>
+          <t>Kabil (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052986837</t>
+          <t>9786254183003</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Onikiler</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052986790</t>
+          <t>9786254182990</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Esiri</t>
+          <t>Elveda Selanik - 1917 Yangını</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052986684</t>
+          <t>9786254183041</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Ardı Belki</t>
+          <t>Saray Yolu - Kahire Üçlemesi 1</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052986615</t>
+          <t>9786254183034</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Genç Boksör</t>
+          <t>Türkiye'de Sinolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052986394</t>
+          <t>9786254183065</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
+          <t>Dragos - Furkan Sezer Anlatıyor</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052986462</t>
+          <t>9786254183072</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Sinopeli Diogenes</t>
+          <t>Tağut - Kutsal Aldanışın Soyağacı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052986400</t>
+          <t>9786254182952</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Alçalmadan Yükselenler</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052986554</t>
+          <t>9786254182945</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bir Kardeş Cinayeti</t>
+          <t>Vişne Bahçesi'nde Savaş - Rusya Nereye?</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052986479</t>
+          <t>9786254182938</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ötesi</t>
+          <t>Kuşak ve Yol El Kitabı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052986523</t>
+          <t>9786254182891</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Savaş</t>
+          <t>Yük Yeri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052986271</t>
+          <t>9786254182914</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>4. Henry - 1</t>
+          <t>Hatırladığım Kadarıyla Hatırladığım Şekliyle Hayatım</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052986516</t>
+          <t>9786254182884</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Zencin Değilim</t>
+          <t>Kurbağa Manastırı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052986295</t>
+          <t>9786254182921</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Mücadelesi</t>
+          <t>Düşün Bihter Seni Deliler Gibi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052986318</t>
+          <t>9786254182907</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Babam Ahmed Midhat Efendi</t>
+          <t>100. Yıl Cumhuriyet Alfabesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052986325</t>
+          <t>9786055340865</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Hayal Satıcısı</t>
+          <t>Erbakan</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052986288</t>
+          <t>9786254182839</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Binyılın Peşinde</t>
+          <t>Türkiye Üzerine Tezler 4</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052986387</t>
+          <t>9786254182860</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Asla</t>
+          <t>Dans Edişimize Baksanıza Başkalarının Ülkesi II</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>350</v>
+        <v>455</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052986349</t>
+          <t>9786254182822</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Hikaye</t>
+          <t>Kutsal Kısır Döngü</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052986158</t>
+          <t>9786254182808</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
+          <t>Yüzüncü Yıl Notları (1918-1923)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052986370</t>
+          <t>9786254182815</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
+          <t>Sözler Sözcükler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052986226</t>
+          <t>9786254182792</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Akan Sular Şarap Olsa</t>
+          <t>Canımın Canı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052986264</t>
+          <t>9786254182785</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>Havala</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052986257</t>
+          <t>9786254182730</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
+          <t>Sabahın Sessizliği Ülkesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052986028</t>
+          <t>9786254182754</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052986219</t>
+          <t>9786254182778</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kadın Düşmanlığı</t>
+          <t>Yıldızların Fısıltısı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052986196</t>
+          <t>9786254182723</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Siyaset</t>
+          <t>Erken Kırılan Yumurta - Aşil'in Topuğu</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052986127</t>
+          <t>9786254182761</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Teşekkür Ederim</t>
+          <t>Atatürk Anlatıyor - Biz Türk Milliyetçisiyiz</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052986097</t>
+          <t>9786254182686</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Silsile</t>
+          <t>Quincas Suçığlığı'nın Ölümü ve Ölümü</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052986165</t>
+          <t>9786059908429</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Bellek - Odamdan Sızanlar</t>
+          <t>Sinek Sarayı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052986110</t>
+          <t>9786052986134</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Fena, Burada Kal</t>
+          <t>Sarmal</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052986073</t>
+          <t>9786254182716</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kardak - Denize Bakma Denizden Bak</t>
+          <t>Baron İstilası</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052986080</t>
+          <t>9786254182587</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
+          <t>CHP'de Sağ Sapma</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052986011</t>
+          <t>9786254182679</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
+          <t>Küçük Acılar</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052986066</t>
+          <t>9786254182662</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Şiirler - 3 (1970-2012)</t>
+          <t>Ateş Kuşu Semiha Berksoy</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052986059</t>
+          <t>9786254182655</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Alıntılar</t>
+          <t>Aç Melek</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052985991</t>
+          <t>9786254182648</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Dayının Casusları</t>
+          <t>Sevdamız Fenerbahçe</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052985984</t>
+          <t>9786254182594</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Damat</t>
+          <t>Geçmişten Günümüze Bebek</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052985885</t>
+          <t>9786254182631</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Sanatımı Koru Ey Tarih</t>
+          <t>Zenon</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052985960</t>
+          <t>9786254182518</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Simsiyah Soulages ile Konuşmak</t>
+          <t>Üç Kral</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052985953</t>
+          <t>9786254182600</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sığınak Hikayeleri</t>
+          <t>Popülizm Yüzyılı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052985946</t>
+          <t>9786254182617</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
+          <t>Suriye'de Bir Türk Basketbolcu</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052985939</t>
+          <t>9786254182624</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
+          <t>Susurluktan Pekergate'e Mafya-Siyaset-Ticaret</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052985915</t>
+          <t>9786254182570</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gölgesinde Suretler</t>
+          <t>Hatırlayamadıklarımız</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052985755</t>
+          <t>9786254182563</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Örnek Suçlar (Ciltli)</t>
+          <t>Masa</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052985847</t>
+          <t>9786254182556</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sevres Antlaşmasına Doğru</t>
+          <t>Yalnızca Çocuklar Uzaklara Bakar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052985793</t>
+          <t>9786254182488</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>İkinci Yüzyılda Yeniden Atatürk</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052985809</t>
+          <t>9786254182525</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Pantolon</t>
+          <t>Tek Bir Gül</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052985786</t>
+          <t>9786254182471</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Vatan Yahut Cumhuriyet</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052985779</t>
+          <t>9786254182464</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>515 Haşimi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052985823</t>
+          <t>9786254182440</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
+          <t>Geyik</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052985854</t>
+          <t>9786254182433</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Borsası</t>
+          <t>Uslu Kız</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052985816</t>
+          <t>9786254182426</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
+          <t>Işığı Kim Söndürdü? - Türk Aydınlanması</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052985724</t>
+          <t>9786254182457</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Söyle Juliet Sana Ne Yaptım</t>
+          <t>Hep 9 Yaşında - Bir Melek Masalı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052985748</t>
+          <t>9786254182402</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052985540</t>
+          <t>9786254182372</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Knidoslu Aphrodite</t>
+          <t>Türkiye Üzerine Tezler 3</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052985670</t>
+          <t>9786254182419</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Ucu Güllü Kundura</t>
+          <t>Başkanın Öldürüldüğü Gün</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052985700</t>
+          <t>9786254182327</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Gülten ile Behçet</t>
+          <t>Bir Erkeği Öldürmek</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052985687</t>
+          <t>9786254182389</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Bıçkın ve Orta Halli</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052985632</t>
+          <t>9786254182358</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Cive Pakistan</t>
+          <t>Kestirmeler ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052985588</t>
+          <t>9786254182341</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'da Türk Kahvesi</t>
+          <t>Nayino</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052985533</t>
+          <t>9786254182334</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo ve Diğer Öyküler</t>
+          <t>Cebelavi Sokağı’nın Çocukları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052985571</t>
+          <t>9786254182303</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
+          <t>Hayatımın Sırları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052985557</t>
+          <t>9786254182310</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Damgaları</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052985595</t>
+          <t>9786254182280</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Söyleşiler</t>
+          <t>Hayatımın Kadını</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052985564</t>
+          <t>9786254182297</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
+          <t>Demokrasi İçin Manifesto - Diren!</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052985526</t>
+          <t>9786254182228</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
+          <t>Körlük</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052985489</t>
+          <t>9786254182235</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (Arapça)</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052985472</t>
+          <t>9786254182242</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Milli Vatanın İnşası</t>
+          <t>İblis'i Öldür</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052985403</t>
+          <t>9786254182266</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bile İsteye</t>
+          <t>İslamo - Faşizm</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052985441</t>
+          <t>9786254182204</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Doğa Betiği</t>
+          <t>Şahsıma Ait Ada Mikronezya</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052985458</t>
+          <t>9786254182211</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Karanfil Ne Renk Solar?</t>
+          <t>Kartal İmam Hatipliler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052985465</t>
+          <t>9786254182150</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Yol Kesen Irmak</t>
+          <t>Yağma</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052985397</t>
+          <t>9786254182198</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Celilelilere Karşı Paganlığın Savunusu</t>
+          <t>SS</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052985137</t>
+          <t>9786254182167</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Mermer Yalıyar</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052985359</t>
+          <t>9786254182174</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Darbe İçinde Darbe</t>
+          <t>Gazi Mustafa Kemal Anlatıyor - İdealim: Çağdaş Türkiye</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052985342</t>
+          <t>9786254181467</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hatıratı 1922</t>
+          <t>Sanatçının Genç Bir Köpek Olarak Portresi</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052985373</t>
+          <t>9786052982549</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokaklardaki Duman</t>
+          <t>Nereden Başlayalım - Eğitimin Abc’si</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052985380</t>
+          <t>9786254182129</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yunan Şiiri Antolojisi</t>
+          <t>Dilaver - Panayır Başlıyor</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052985311</t>
+          <t>9786254182136</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Köpek</t>
+          <t>Sitem Taşları</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052985304</t>
+          <t>9786254182105</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kadın</t>
+          <t>Dante’nin Cehennemi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052985328</t>
+          <t>9786254182099</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>1922-1923 Diplomat İnönü - Lozan</t>
+          <t>Benim Karikatürlü Evrenim</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052985281</t>
+          <t>9786254182112</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Behçet Cantürk'ün Anıları</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052985267</t>
+          <t>9786254182051</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Tarihi</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052985250</t>
+          <t>9786254182082</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahar</t>
+          <t>B2 Seyir Jurnali</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052985106</t>
+          <t>9786254182037</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Kuru Soğan</t>
+          <t>Ağacın Kurdu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052985090</t>
+          <t>9786254181917</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ev</t>
+          <t>Kadın Oyunları</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052985151</t>
+          <t>9786254181887</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
+          <t>Körler Ordusu</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052985113</t>
+          <t>9786254181900</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
+          <t>Amerika'nın Türkler Tarafından Keşfi</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052985168</t>
+          <t>9786254181986</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Badeci Şeyh’in Sır Odası</t>
+          <t>Türkiye Üzerine Tezler - 2</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052985144</t>
+          <t>9786254181856</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>Kamer Genç</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052985052</t>
+          <t>9786254181955</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat'ın İki Silahşoru</t>
+          <t>Portreler - 1</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052985076</t>
+          <t>9786254181948</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bir Okurgezer'in Not Defteri</t>
+          <t>Çoşkun Gönül</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052985083</t>
+          <t>9786254181702</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052985038</t>
+          <t>9786254181870</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mrs Osmond</t>
+          <t>Küçük Roque ve Diğer Cinai Hikayeler</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052984956</t>
+          <t>9786254181825</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ağır İşçim Sevgilim</t>
+          <t>Ruhlar Labirenti</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052985021</t>
+          <t>9786254181894</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
+          <t>Ayana</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052984963</t>
+          <t>9786254181818</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
+          <t>Öyküyü Yazmak</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052984031</t>
+          <t>9786254181801</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>Şarkılar Seni Söyler</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052984925</t>
+          <t>9786254181764</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin - Yürekler Selanik</t>
+          <t>Bir Deli Değilin Defterleri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052984994</t>
+          <t>9786254181795</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Çocuk</t>
+          <t>Üsküdar’daki Teyzemiz</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052984789</t>
+          <t>9786254181788</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele (Ciltli)</t>
+          <t>Rumi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052984895</t>
+          <t>9786254181771</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Sait ile Sabahattin</t>
+          <t>Kuşların Göğü Önünde</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052984826</t>
+          <t>9786254181658</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
+          <t>Suriye Mektupları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052984864</t>
+          <t>9786254181696</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Adam</t>
+          <t>Büyük Yüzücü</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052985229</t>
+          <t>9786254181757</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Resneli Niyazi (Büyük Boy)</t>
+          <t>Dul</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052984765</t>
+          <t>9786254181542</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Dünya Evi</t>
+          <t>Sessiz İstila</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052984772</t>
+          <t>9786254181603</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>The Church of Sancta Sophia Constantinople</t>
+          <t>Türkiye’den Kesitler</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052984673</t>
+          <t>9786254181610</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hal ve Gidiş Sıfır</t>
+          <t>Cristoforo Colombo’nun Maceraları</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052984727</t>
+          <t>9786254181597</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Ben Demokrat Değilim</t>
+          <t>Yaralı Kalmak</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052984659</t>
+          <t>9786254181580</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Anakronik</t>
+          <t>Delice Coşkun</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052984734</t>
+          <t>9786254181573</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler Yollarda</t>
+          <t>Neşterden Keskin Kalem</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052984703</t>
+          <t>9786254181535</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyoloji</t>
+          <t>Siyasal İslamcılık</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052984680</t>
+          <t>9786254181528</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hegemonyasının Sonu</t>
+          <t>Babasını Arayan Yüzyılında Kayıp Bir Kız</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052984611</t>
+          <t>9786254181511</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 2 (1985 - 1995)</t>
+          <t>Türkülerden Şah Dizeler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052984598</t>
+          <t>9786254181481</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
+          <t>Karşı Devrim - 1923'ten 2023'e</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052984574</t>
+          <t>9786254181474</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
+          <t>Toplu Oyunlar - 1</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052984482</t>
+          <t>9786254181436</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarlar, Gidilmez Kentler</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052984543</t>
+          <t>9786254181504</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kar Altında Buğday Tanesi</t>
+          <t>Kuşak ve Yol</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052984550</t>
+          <t>9786254181399</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Çıkış</t>
+          <t>Demiryolu Seyahatinin Tarihi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052984567</t>
+          <t>9786254181405</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Güzelliği</t>
+          <t>Arnavutluk: Suçlar ve Seraplar Arasında</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052984505</t>
+          <t>9786254181368</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Metastaz</t>
+          <t>Gece Bitmedi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052984451</t>
+          <t>9786254181351</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılara Aşık Adam</t>
+          <t>Kum Kaptanları</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052984420</t>
+          <t>9786254181344</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Karganın Elyazması</t>
+          <t>Türk Boheminde Bir Cevelan (1870-1980)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052984437</t>
+          <t>9786254181375</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İdilikler</t>
+          <t>Ülke Yönetimi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052984413</t>
+          <t>9786254181269</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Nefha</t>
+          <t>Ahmet Rasim - Uzun Hikayeler 1</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052984383</t>
+          <t>9786254181290</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Felsefe</t>
+          <t>Oviedolu Katalina Sultan (Osmanlı Sarayında Bir İspanyol Cariye)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052984277</t>
+          <t>9786254181153</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Otların Uğultusu Altında</t>
+          <t>Tanrıkadın</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052984406</t>
+          <t>9786254181245</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Yumurtalarını Kollamak</t>
+          <t>Ergenlik Sivilceleri</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052984345</t>
+          <t>9786254181252</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
+          <t>Emperyalizmin Kıskacında Ulus-Devlet ve Kuruluş Doktrini</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052984321</t>
+          <t>9786254181221</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Johnson Mektubu</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052984338</t>
+          <t>9786254181177</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Yazılamayanlar</t>
+          <t>Sera Toplumunda Çöl Olmak</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052984086</t>
+          <t>9786254181160</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
+          <t>Söz Yazıları</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052984291</t>
+          <t>9786254181146</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Çocuktaki Bahçe</t>
+          <t>Vedat Günyol ve Deneme Üstüne Sempozyum Konuşmaları</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052984284</t>
+          <t>9786254181108</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür</t>
+          <t>Destan Sayılır</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052983683</t>
+          <t>9786254181122</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Ansiklopedisi</t>
+          <t>Kuşevi'nin Efendisi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052984079</t>
+          <t>9786254181115</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Felaket ve Sair Kısa Oyunlar</t>
+          <t>Foto-Grafiti 114 Gözdikme</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052983973</t>
+          <t>9786254180835</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052983966</t>
+          <t>9786254181139</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Gizli Defterlerim</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052984055</t>
+          <t>9786254181085</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Asker İnönü (1884 - 1922)</t>
+          <t>Silivri'de Firavun Töreni</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052984062</t>
+          <t>9786052989876</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İnce Tren</t>
+          <t>Sylvia Plath: Çizimler - Mektupları ve Notlarıyla</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052983867</t>
+          <t>9786254180958</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
+          <t>Gece İnerken</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052983836</t>
+          <t>9786254180897</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
+          <t>Sözüm Meclisten İçeri</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052984024</t>
+          <t>9786254180880</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
+          <t>Büyük Bir Yıldız Düşecek Kucağıma</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052984017</t>
+          <t>9786254180866</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>Batı Hikayeleri</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052983980</t>
+          <t>9786254180781</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Heykelden Taşa ve Nobel Konuşması</t>
+          <t>Atamanoğlu Fatih</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052984000</t>
+          <t>9786254181016</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Adnan'ın Tek Taşı</t>
+          <t>Strategikon</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052983997</t>
+          <t>9786254181023</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>The Ortak</t>
+          <t>Ütopik Hikayeler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052983898</t>
+          <t>9786254181047</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
+          <t>William Shakespeare</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052983911</t>
+          <t>9786254181030</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Nerval’in Hayatı</t>
+          <t>Küçük Şeyler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052983935</t>
+          <t>9786254181054</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052983850</t>
+          <t>9786254181009</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Betimi</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052983928</t>
+          <t>9786254180989</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
+          <t>Pierre Loti Konstantiniyye’de</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052983904</t>
+          <t>9786254180941</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Edouard Roditi ve İstanbul Avangardı</t>
+          <t>Komplo Teorileri Tarihi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052983751</t>
+          <t>9786254180972</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052983768</t>
+          <t>9786052985922</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
+          <t>Başarının Yolu - Yabancılar için Çince Öğretimi Kitap Serisi CD’li</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052983621</t>
+          <t>9786052983744</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anılar</t>
+          <t>Başarının Yolu - Yabancılar İçin Çince Öğretimi Kitap Serisi 2</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052983584</t>
+          <t>9786254180804</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Liman</t>
+          <t>Dillerinde Dünya</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052983607</t>
+          <t>9786254180828</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Su Başlarını Devler Tutmuş</t>
+          <t>Karşılığını Bulamamış Sorular</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052983676</t>
+          <t>9786254180125</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
+          <t>Sorular</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052983614</t>
+          <t>9786254180811</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kafa Ütüleyicinin Laklakıyatı</t>
+          <t>Gibiciler</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052983560</t>
+          <t>9786254180798</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Romanlar Üzerine Düşünceler</t>
+          <t>Kar Panteri</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052983546</t>
+          <t>9786254180873</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ağustosta Kocam Donuyor</t>
+          <t>Ukrayna - Tarih Yapan Savaş</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052983553</t>
+          <t>9786254180859</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bir Rehineye Mektup</t>
+          <t>İçtihad Kapısı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052983409</t>
+          <t>9786254180743</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Off</t>
+          <t>Türkan ve Ayşe - Otuz Yıllık Yol Arkadaşlığının Hikâyesi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052983591</t>
+          <t>9786254180774</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Alacakaranlıkta Karnaval - İbrahim Yıldırım ile Uzun Bir Peşrev</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052983577</t>
+          <t>9786254180750</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Binbaşı Ersever'in İtirafları</t>
+          <t>Boris Davidoviç İçin Bir Mezar</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052983485</t>
+          <t>9786254180767</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Portreler</t>
+          <t>Benim Kahramanım Türk Halkıdır</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052983379</t>
+          <t>9786254180736</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
+          <t>Yalan Dünyasının Yalancıları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052983447</t>
+          <t>9786254180712</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Kızıl Serap</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052983416</t>
+          <t>9786254180705</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Belki De Neşe</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052983386</t>
+          <t>9786254180620</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
+          <t>Benim Türküm - Emel Taşçıoğlu Kitabı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052983355</t>
+          <t>9786254180545</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri</t>
+          <t>Liyakat</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052983331</t>
+          <t>9786254180521</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyadan Nazım Geçti</t>
+          <t>Saygıdeğer Bir Öğrenci</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052983249</t>
+          <t>9786254180538</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük İmparatorluğum</t>
+          <t>Yaban Çilekleri Aynadaki Gibi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052985069</t>
+          <t>9786254180514</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kulağım Karadeniz'de</t>
+          <t>Beşli Çete</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052983225</t>
+          <t>9786254180132</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
+          <t>Ortadoğu'nun Şahları Vezirleri Piyonları</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052983300</t>
+          <t>9786052989852</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Nazım Hikmet</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052983317</t>
+          <t>9786052989975</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>İtham Ediyorum</t>
+          <t>Kafamdaki Orman</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052983133</t>
+          <t>9786254180057</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Yazılıdır</t>
+          <t>Gölge Ordu: SADAT’ın Sır Perdesi Aralanıyor</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052983164</t>
+          <t>9786052989999</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 1 (1971 - 1984)</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052983119</t>
+          <t>9786254180040</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Genel Ve Çok Özel İlişkilerin Sakıncalı El Kitabı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052983140</t>
+          <t>9786052989968</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Orhan Bey ve Kitapları</t>
+          <t>Deri Ticareti Serüvenleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052983058</t>
+          <t>9786254180026</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Berzins</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052983027</t>
+          <t>9786052989944</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Adı Yağmur</t>
+          <t>Kutsal Tecrit</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052983096</t>
+          <t>9786052989951</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İslam Bu - Muhammedi İslam</t>
+          <t>Kendine Yalan Söyleme</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052983072</t>
+          <t>9786052989920</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemal</t>
+          <t>Her Yaşta Dolu Dolu Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052983010</t>
+          <t>9786052989890</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bursa Yazıları</t>
+          <t>Efeler İsyanı</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052983034</t>
+          <t>9786052989906</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Beşiktaş’ta Sırtlan Pususu</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052982891</t>
+          <t>9786052989913</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>İzdüşümler</t>
+          <t>Vurgun - Parsel Parsel 2</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052982969</t>
+          <t>9786052989401</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>İmiş</t>
+          <t>Piranesi’nin Karanlık Zihni</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052982976</t>
+          <t>9786052988824</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Cennet Mahkumu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052983003</t>
+          <t>9786052989395</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kalem</t>
+          <t>Yakın Temas</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052982907</t>
+          <t>9786052989388</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cami</t>
+          <t>Afili Mavallar</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052982983</t>
+          <t>9786052989357</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Mağara</t>
+          <t>Hepsini Okudunuz mu?</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052982884</t>
+          <t>9786052989371</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Altın Meyveler</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052982990</t>
+          <t>9786052989364</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Mercier ile Camier</t>
+          <t>Fantoine ile Agapa Arasında</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052982785</t>
+          <t>9786052989142</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk</t>
+          <t>Düzensiz Savaşlar</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052982860</t>
+          <t>9786052989135</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Anımsamıyor Hiç Kimse</t>
+          <t>Yukarlarda En Uzaklarda</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052982792</t>
+          <t>9786052989043</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Hoş Nağme</t>
+          <t>Sualtındaki Hafıza</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052982723</t>
+          <t>9786052989098</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>……Meğer!</t>
+          <t>Hamlet Makinesi (Seçme Oyunlar)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052982822</t>
+          <t>9786052989074</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme</t>
+          <t>Ud ve Yara İzleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052982761</t>
+          <t>9786052989104</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>DünBatımı Defteri</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052982631</t>
+          <t>9786052986455</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Eski İnsanlar Eski Evler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052982563</t>
+          <t>9786052988985</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Akşamlar</t>
+          <t>Dereceler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052982556</t>
+          <t>9786052989029</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
+          <t>Talat Paşa - İttihat ve Terakki Tarihi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052982525</t>
+          <t>9786052989050</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
+          <t>Bir Masalda İki Kral Olmaz</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052982532</t>
+          <t>9786052989005</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Günlüğü</t>
+          <t>Bir Garip Diyar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052982471</t>
+          <t>9786052988954</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kaza Sözleri ve Öteki Metinler</t>
+          <t>Türkiye’de İlginç Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052982457</t>
+          <t>9786052988947</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Endişe Yengeçleri</t>
+          <t>Dünyada Tuhaf Evlilik Gelenekleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052982495</t>
+          <t>9786052989012</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
+          <t>Ağzımda Laf Varken Konuşamıyorum</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052982501</t>
+          <t>9786052988992</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Celal</t>
+          <t>Cehennemde Bir Yusuf</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052982464</t>
+          <t>9786052988961</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Adlandırılamayan</t>
+          <t>Manşet - Türkiye Konuşuyor</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052982365</t>
+          <t>9786052988855</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Arthaşastra</t>
+          <t>Kemal Hadi Gel, Bi Kahve İçelim...</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052982358</t>
+          <t>9786052988879</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>O Halde Biz Anlatalım</t>
+          <t>Sinema Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052982372</t>
+          <t>9786052988862</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin de Seninle Gelir</t>
+          <t>Janus</t>
         </is>
       </c>
       <c r="C906" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052982327</t>
+          <t>9786052988848</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Casusun Mirası (Ciltli)</t>
+          <t>Yüz Yıllık Umut</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052982303</t>
+          <t>9786052988787</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Kıvılcımları</t>
+          <t>Resimleri Okumak</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052982297</t>
+          <t>9786052988756</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluk Yakışmaz</t>
+          <t>Seyelan</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052982334</t>
+          <t>9786052988794</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>İstanbulin</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052982310</t>
+          <t>9786052988749</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Güverte Güncesi</t>
+          <t>Katli Vacip</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052982211</t>
+          <t>9786052988763</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Binbir Bahçe Masalları</t>
+          <t>İnsan Bir Eksik Sözdür</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052982198</t>
+          <t>9786052988732</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sahafname</t>
+          <t>Tampon Ülke</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052982099</t>
+          <t>9786052988664</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sonluluk Üzerine (Ciltli)</t>
+          <t>Franz Liszt’in İstanbullu Öğrencisi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052982150</t>
+          <t>9786052988671</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
+          <t>Rüzgarımı Kestiler</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052982129</t>
+          <t>9786052988695</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Memnu Mıntıka</t>
+          <t>Paragone - Sanatların Karşılaştırılması</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052982167</t>
+          <t>9786052988725</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yıkılma Sakın</t>
+          <t>Altın Yağmur</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052981900</t>
+          <t>9786052988640</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Saklı Seçilmişler</t>
+          <t>Modern Argonautlar</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052981955</t>
+          <t>9786052988633</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Sonsuza Uçan Kuşlar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052981979</t>
+          <t>9786052988626</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Bekçi</t>
+          <t>Devrimci Meclis - 2. TBMM (1923-1927)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052981924</t>
+          <t>9786052988657</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Kanat Ağlar</t>
+          <t>Çin’de On Beş Sohbet</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052981986</t>
+          <t>9786052988602</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Histerik - Macera Başka Boyutta Devam Ediyor</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052981894</t>
+          <t>9786052988589</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Herkes Gitmiş, Hepsi Bir Arada</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052981856</t>
+          <t>9786052988572</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Eleştirmenleri Vurun</t>
+          <t>Türkiye Kadar Bir Çiçek</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052981825</t>
+          <t>9786052988596</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Uyanışı</t>
+          <t>Anında Görüntü</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052981795</t>
+          <t>9786052988619</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin Parıltısı</t>
+          <t>Mutabıkız</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052981801</t>
+          <t>9786052988541</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sıfır</t>
+          <t>Devrimin Denklemleri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052981764</t>
+          <t>9786052988503</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Soyağacı</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052981740</t>
+          <t>9786052988459</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Sen Güneş Kokuyorsun Daha!</t>
+          <t>Başkalarının Ülkesi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052981689</t>
+          <t>9786052988442</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Asena</t>
+          <t>Marmara Denizi’nin Kirletilmesinin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052981610</t>
+          <t>9786052988428</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Günce</t>
+          <t>İnönü Döneminde Kemalizm</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052981634</t>
+          <t>9786052988435</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
+          <t>Bilmediğimiz Çin</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052981566</t>
+          <t>9786052988381</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Zoo’m</t>
+          <t>Yuvamıza Düşen Ateş</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052981597</t>
+          <t>9786052988398</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Bir Olayın Başlangıcı</t>
+          <t>Düğmeler, Deri, Koordinatlar</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052981672</t>
+          <t>9786052988404</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Alacakaranlıkta Elyordamı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052981559</t>
+          <t>9786052988411</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Heybeliada'da Bir Işık</t>
+          <t>Boğaz’ın İnsanları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052981429</t>
+          <t>9786052988329</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sevda</t>
+          <t>Karanlık Manolya</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052981474</t>
+          <t>9786052988367</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Yann’ın Ülkesi</t>
+          <t>Ah Bu Rüzgar</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052981436</t>
+          <t>9786052988251</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>New York - Amerikan Rüyasının Başkenti</t>
+          <t>Başkomutan</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052981481</t>
+          <t>9786052988275</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Unutmayın</t>
+          <t>Gazi Mustafa Kemal 1881-1958</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052981443</t>
+          <t>9786052988268</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Ricardo Reis’in Öldüğü Yıl</t>
+          <t>Türkiye'de Çok Partili Politikanın Açıklamalı Kronolojisi (1945-1971)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052981368</t>
+          <t>9786052988299</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlü Sarışın</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C942" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052981306</t>
+          <t>9786052988190</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kum Saatından Harfler</t>
+          <t>The Özal</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052981313</t>
+          <t>9786052988213</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Ak-Yargı</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052981160</t>
+          <t>9786052988206</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Sevgili</t>
+          <t>İslam Tarihi Emeviler Abbasiler</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052981023</t>
+          <t>9786052988244</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Seyir Hali</t>
+          <t>Dalyan</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052981184</t>
+          <t>9786052988220</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tarifesi</t>
+          <t>Hüzün Nedeniyle Kapalıyız</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052981207</t>
+          <t>9786052988237</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Tuzdan Heykel</t>
+          <t>Normal Olacak Kadar Anormal Değilim</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052981146</t>
+          <t>9786052988138</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kavga</t>
+          <t>Sinema Yazıları</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052981252</t>
+          <t>9786052988091</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Issız Dönme Dolap</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052981238</t>
+          <t>9786052988084</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Umudu: Aydınlık</t>
+          <t>Havada Dumandım</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052981115</t>
+          <t>9786052988107</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Naftalin Bozulmuşsa</t>
+          <t>Okname</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052981092</t>
+          <t>9786052988060</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Maderzad Palas</t>
+          <t>Öğrenci Ayaklanmaları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786059799799</t>
+          <t>9786052988114</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>Cüppeli Vesayet</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052981078</t>
+          <t>9786052988046</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Burası Orası Değil (Hayalet Oğuz Kitabı)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052980903</t>
+          <t>9786052988039</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ayrıldı Kendinden</t>
+          <t>1945 Türkiye-SSCB İlişkileri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052980989</t>
+          <t>9786052988022</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>K@rdan Adam</t>
+          <t>İstiklal Süvarisi - İzmir’in Kurtuluşu</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052980941</t>
+          <t>9786052988008</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
+          <t>Hayatımdaki Tüm Mutluluğu Sana Borçluyum - Leonard ve Virginia Woolf</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052980934</t>
+          <t>9786052987889</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Yolumun Kesiştiği Ünlüler</t>
+          <t>Lahanistan</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052980910</t>
+          <t>9786052987964</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Gece Güzelliği</t>
+          <t>Sessizlikle Yıka İçini</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052980927</t>
+          <t>9786052987940</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Fetret Notları</t>
+          <t>Barbaros Hayrettin’in Hayatı</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052980880</t>
+          <t>9786052987933</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>İyi Yaşam ve Mutluluk Üzerine</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052980873</t>
+          <t>9786052987919</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Yaz</t>
+          <t>Son Durak</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052980842</t>
+          <t>9786052987926</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı: 100 Yazı</t>
+          <t>Nihavent Hıçkırık</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052980705</t>
+          <t>9786052987841</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Siz Kimi Kandırıyorsunuz!</t>
+          <t>Bir Türkün Ölümü</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052980699</t>
+          <t>9786052987865</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının Yol Haritası</t>
+          <t>Smiley’nin İnsanları</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052980736</t>
+          <t>9786052987902</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarla Yüzleşmek</t>
+          <t>Afet</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052980675</t>
+          <t>9786052987872</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Ada Defterleri</t>
+          <t>Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052980668</t>
+          <t>9786052987834</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm, Yazmak Zorundaydım!</t>
+          <t>Türkçe İbadet</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052980576</t>
+          <t>9786052987773</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Işığında Söyleşiler</t>
+          <t>Cola di Rienzi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052980491</t>
+          <t>9786052987704</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Heptameron</t>
+          <t>Parsel Parsel</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052980569</t>
+          <t>9786052987759</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Raşid’in Dürbünü</t>
+          <t>Ütopyalar İyidir</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052980453</t>
+          <t>9786052987742</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Rus Öyküleri</t>
+          <t>Pi’nin Tarihi</t>
         </is>
       </c>
       <c r="C973" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052980408</t>
+          <t>9786052987629</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Birkaç Saat</t>
+          <t>Dinleyin, Size Bir Şey Söylüyorum</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052980323</t>
+          <t>9786052987605</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 21-30</t>
+          <t>Anavatandan Mavi Vatan’a</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052980293</t>
+          <t>9786052987612</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Öykülerle Yaşar</t>
+          <t>Köpek Düşü</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052980170</t>
+          <t>9786052987711</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sultan</t>
+          <t>Kabareden Emekli Bir 'Kızkardeş' Lina Salamandre</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786059658904</t>
+          <t>9786052987735</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yaşıyoruz Sessizce</t>
+          <t>Budalaların Şerefine - Gürciyev ve Performans</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786059658720</t>
+          <t>9786052987728</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İşgal</t>
+          <t>Çocukluğumu Bindirdim Tramvaya O Gitti Ben Kaldım Yaya</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052980156</t>
+          <t>9786052987643</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Boğa Güreşinin Aynası</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052980187</t>
+          <t>9786052987681</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Koşucu</t>
+          <t>İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052980071</t>
+          <t>9786052987674</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>2000'ler Şiiri Antolojisi</t>
+          <t>Mimar Doğanlar… Üç Doğan</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786059658881</t>
+          <t>9786052987667</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Barbara Yağmur Yağıyordu</t>
+          <t>Felsefenin Evrimi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052980033</t>
+          <t>9786052987568</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Öyle Küçük Şeyler</t>
+          <t>Sıcak İlişkiler Arkası Yarın</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786059658997</t>
+          <t>9786052987537</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Nigredo, Durayazmak</t>
+          <t>Çeviri Tiyatrolar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786059658799</t>
+          <t>9786052987575</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Düşünmek</t>
+          <t>Bütün Yazıları</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786059658829</t>
+          <t>9786052987551</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Okumak</t>
+          <t>Çeviri Şiirler</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786059658775</t>
+          <t>9786052987544</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Reis</t>
+          <t>Mektuplar Anketler Mülakatlar</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786059658768</t>
+          <t>9786052987520</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Moda Sevgilim - Yeniden</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786059658638</t>
+          <t>9786052987513</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Lizbon Kuşatmasının Tarihi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786059658621</t>
+          <t>9786052987506</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sesi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786059658546</t>
+          <t>9786052987490</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Taşlarda Gizli Tanrılar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786059658287</t>
+          <t>9786052987483</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Resimler</t>
+          <t>Türkiye Cumhuriyeti’nde 1961-1980 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786059658553</t>
+          <t>9786052987476</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 11-20</t>
+          <t>Hayatımın Haberi</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786059658539</t>
+          <t>9786052987421</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Bay Pipo</t>
+          <t>Nar Kitabı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059658485</t>
+          <t>9786052987438</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Kumpasında Yaşadıklarım</t>
+          <t>Jane Eyre Olmak</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052987636</t>
+          <t>9786052987407</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Sivrisinek ve Nemrut - Korona Sonrası Dünya</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786059658362</t>
+          <t>9786052987377</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>İblise Göre İncil</t>
+          <t>"Benimle Dostluk Zordur"</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786059658294</t>
+          <t>9786052987346</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bittiği Yerde Başlar</t>
+          <t>Metastaz 2: Cendere</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786059658164</t>
+          <t>9786052987292</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Harap</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C1000" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786059658140</t>
+          <t>9786052987261</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Firar</t>
+          <t>Annem Gülüyor</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786059658263</t>
+          <t>9786052987315</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Lord Arthur Savile’in Suçu</t>
+          <t>Jubiaba</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786059658133</t>
+          <t>9786052987322</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Dostu</t>
+          <t>Kadim Gemi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786059658201</t>
+          <t>9786052987285</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özleştirme Kılavuzu</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786055340070</t>
+          <t>9786052987308</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Fatmagül’ün Suçu Ne?</t>
+          <t>Baronlar Savaşı</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786059658270</t>
+          <t>9786052987278</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Galat-ı Meşhur</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786059799997</t>
+          <t>9786052987148</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Müslümanların Büyük Sırrı</t>
+          <t>Doğum Gününün İcadı</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786059658188</t>
+          <t>9786052987223</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Sımayıl İle Razıya (Taş Baskı)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052982587</t>
+          <t>9786052987193</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>1 Köy 4 Adam 6,5 Darbe</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786059799737</t>
+          <t>9786052987216</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Yazı Bahçesinden</t>
+          <t>Seçme Oyunlar</t>
         </is>
       </c>
       <c r="C1010" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786059799720</t>
+          <t>9786052987179</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kan Günleri ve Nar Ağrısı</t>
+          <t>Bahçe Partisi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059799669</t>
+          <t>9786052987155</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
+          <t>Zaragoza’da Bulunmuş El Yazması</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786059799690</t>
+          <t>9786052987124</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Viran Ülkenin Bekçisi</t>
+          <t>Nişanlılar İçin Şarkılı Alfabe</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786059799812</t>
+          <t>9786052987117</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türklerin Büyük Sırrı</t>
+          <t>Rehin</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059799621</t>
+          <t>9786052987094</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Filistin Benimdir</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786059799546</t>
+          <t>9786052987070</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Eşik Burcu</t>
+          <t>Libya Türkiye’nin Denizden Komşusudur</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786059799560</t>
+          <t>9786052987032</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Neruda Vakası</t>
+          <t>Demokratik Despotizm</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786059799539</t>
+          <t>9786052986974</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Saray</t>
+          <t>Tropiklerde Şafak Manzarası</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786059799522</t>
+          <t>9786052986905</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hak Edilmeli</t>
+          <t>Le Corbusier Türkiye’de - İzmir Nazım Planı 1939 - 1949</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786059799508</t>
+          <t>9786052986981</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Sevgililer</t>
+          <t>Muzaffer İlhan Erdost</t>
         </is>
       </c>
       <c r="C1020" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786059799447</t>
+          <t>9786052986967</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İmamlar ve Haramiler Medyası</t>
+          <t>Zartoloji - 1001 Gece Esintileri</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052982808</t>
+          <t>9786052986899</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Nesneler</t>
+          <t>Fetö'nün Solcuları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052982136</t>
+          <t>9786052986943</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün, Gece</t>
+          <t>Bir Gölge Göstericinin Düşleri</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789944756884</t>
+          <t>9786052986936</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kuytumda</t>
+          <t>Eski Bir Balerin</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786059799348</t>
+          <t>9786052986950</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Basit Bir Es</t>
+          <t>Ankara - İstanbul Karatreni</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786059799225</t>
+          <t>9786052986691</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Tepedelenli Ali Paşa</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786059799126</t>
+          <t>9786052986783</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ev</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789944756761</t>
+          <t>9786052986714</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
+          <t>Bu Soyut Nakış Nedir?</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786059799102</t>
+          <t>9786052986738</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sylvia: Ben’den Önce Tufan</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786059799096</t>
+          <t>9786052986813</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Şerul’da Beklemek</t>
+          <t>Bütün Dünlerimiz</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786059908221</t>
+          <t>9786052986820</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deniz Yükseliyor</t>
+          <t>Edebiyat Dostları</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786059908955</t>
+          <t>9786052986837</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kahire’nin Yanan Melekleri</t>
+          <t>Onikiler</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786059908948</t>
+          <t>9786052986790</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Kafkas Esiri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786055340940</t>
+          <t>9786052986684</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>150 Belgede Ermeni Meselesi</t>
+          <t>Kaf Dağının Ardı Belki</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052982754</t>
+          <t>9786052986615</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı Divanı</t>
+          <t>Genç Boksör</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786059799218</t>
+          <t>9786052986394</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Tuğralar, Perişey</t>
+          <t>Bir Kedinin Yaşamı ve Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786055340339</t>
+          <t>9786052986462</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Samizdat</t>
+          <t>Sinopeli Diogenes</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786059908054</t>
+          <t>9786052986400</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Defterler</t>
+          <t>Alçalmadan Yükselenler</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786059908092</t>
+          <t>9786052986554</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Çekilme Suları</t>
+          <t>Bir Kardeş Cinayeti</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786055340261</t>
+          <t>9786052986479</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Issızlığın Ötesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786059908764</t>
+          <t>9786052986523</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Acısı Bende Kalsın</t>
+          <t>İnsan ve Savaş</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786059908658</t>
+          <t>9786052986271</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>4. Henry - 1</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786059908474</t>
+          <t>9786052986516</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ku-De-Ta : Ada'da Son Darbe</t>
+          <t>Ben Senin Zencin Değilim</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786059908337</t>
+          <t>9786052986295</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Acı Bilgi</t>
+          <t>Casuslar Mücadelesi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786059908382</t>
+          <t>9786052986318</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 2. Cilt</t>
+          <t>Babam Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786059908375</t>
+          <t>9786052986325</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Burada Gömülüdür 1. Cilt</t>
+          <t>Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789944756969</t>
+          <t>9786052986288</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
+          <t>Binyılın Peşinde</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789944756617</t>
+          <t>9786052986387</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Trenler de Ahşaptır</t>
+          <t>Asla Vazgeçme Asla</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786059908870</t>
+          <t>9786052986349</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Sarı-Lacivert Öfkeli Adam : Aziz Yıldırım</t>
+          <t>Karanlık Hikaye</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786059908498</t>
+          <t>9786052986158</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Rosalinde : Alman Gelin</t>
+          <t>15. Yüzyılda Türk Mimarlığı ve Tezyinatı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786059908740</t>
+          <t>9786052986370</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Mahrem</t>
+          <t>Covid-19'un Önlenmesi ve Kontrolü Hakkında Öneriler</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786059908856</t>
+          <t>9786052986226</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yalnız</t>
+          <t>Akan Sular Şarap Olsa</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786059908795</t>
+          <t>9786052986264</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Gittiğim En Uzak Yer Sizdiniz</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786059908191</t>
+          <t>9786052986257</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Gavur Mümin - Gazi Paşa’nın Casusu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786054764679</t>
+          <t>9786052986028</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Nar</t>
+          <t>Neden Güzel Sanatlar Akademisi Ne İçin Mimar Sinan Güzel Sanatlar Üniversitesi</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786054927968</t>
+          <t>9786052986219</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Ariel ve Seçme Şiirler</t>
+          <t>Kadın Düşmanlığı</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786054927791</t>
+          <t>9786052986196</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Ateş Etme Silahsızım</t>
+          <t>Cami ve Siyaset</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786054927838</t>
+          <t>9786052986127</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya</t>
+          <t>Ben Sana Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786054927845</t>
+          <t>9786052986097</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Mağara</t>
+          <t>Silsile</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786054927821</t>
+          <t>9786052986165</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kirpinin Zarafeti</t>
+          <t>Bellek - Odamdan Sızanlar</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786055340629</t>
+          <t>9786052986110</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Pencere</t>
+          <t>Yağmur Fena, Burada Kal</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786054927784</t>
+          <t>9786052986073</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gecesinde</t>
+          <t>Kardak - Denize Bakma Denizden Bak</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786054927630</t>
+          <t>9786052986080</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kıskaçtaki İnsan ve İsyan</t>
+          <t>Doğu Akdeniz’in Paylaşım Mücadelesi ve Türkiye</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786054927647</t>
+          <t>9786052986011</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dalgınlık Kursları</t>
+          <t>Çırpınıp İçinde Döndüğüm Dünya</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786054927746</t>
+          <t>9786052986066</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Vefa Bazen Unutmaktır</t>
+          <t>Şiirler - 3 (1970-2012)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786054927715</t>
+          <t>9786052986059</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Paralel Hat</t>
+          <t>Alıntılar</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786054927555</t>
+          <t>9786052985991</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönem Biterken</t>
+          <t>Dayının Casusları</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786054764921</t>
+          <t>9786052985984</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Uğur Olsun!</t>
+          <t>Damat</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786054764907</t>
+          <t>9786052985885</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Emek Yoksa Ben de Yokum!</t>
+          <t>Sanatımı Koru Ey Tarih</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786054927401</t>
+          <t>9786052985960</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sicil</t>
+          <t>Simsiyah Soulages ile Konuşmak</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786054927579</t>
+          <t>9786052985953</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü</t>
+          <t>Sığınak Hikayeleri</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786054927562</t>
+          <t>9786052985946</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Hafız ile Semender</t>
+          <t>Umuttan Yalnızlığa Türkiye İşçi Partisi (1961 - 1971)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786054927593</t>
+          <t>9786052985939</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kızıla Boyalı Saçlar</t>
+          <t>Türk Havacılarının İstanbul - İskenderiye Hava Seferi 1914</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786054927340</t>
+          <t>9786052985915</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Ölüm Gölgesinde Suretler</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786054927333</t>
+          <t>9786052985755</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Hırsız ve Köpekler</t>
+          <t>Örnek Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786054927371</t>
+          <t>9786052985847</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Amiral</t>
+          <t>Sevres Antlaşmasına Doğru</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786054927272</t>
+          <t>9786052985793</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Beş Parasızdım ve Katilimi Arıyordum</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786059908733</t>
+          <t>9786052985809</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>40 Şiir ve Bir</t>
+          <t>Dünya ve Pantolon</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786059908481</t>
+          <t>9786052985786</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>A Cappella</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786059908504</t>
+          <t>9786052985779</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Yerkubbe</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786054764716</t>
+          <t>9786052985823</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Sırça Fanus</t>
+          <t>Siyasal İslamın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786059799980</t>
+          <t>9786052985854</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşımlar 1-10</t>
+          <t>FETÖ Borsası</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052982570</t>
+          <t>9786052985816</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Darmadağın (Ciltli)</t>
+          <t>Güneşin Sofrasında - Genco Erkal’ın Dostlar Tiyatrosu Serüveni</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786055340384</t>
+          <t>9786052985724</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu Şarkıları</t>
+          <t>Söyle Juliet Sana Ne Yaptım</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786059658126</t>
+          <t>9786052985748</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Mahsur</t>
+          <t>Şair, Edip, Dürüst Tüccar Leon Bahar’ı Takdimimdir</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786055340049</t>
+          <t>9786052985540</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Beş Parasızdım ve Kadın Çok Güzeldi</t>
+          <t>Knidoslu Aphrodite</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786054764983</t>
+          <t>9786052985670</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Alıklar Birliği</t>
+          <t>Ucu Güllü Kundura</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786059908078</t>
+          <t>9786052985700</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Gece (Zahit)</t>
+          <t>Gülten ile Behçet</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786059658010</t>
+          <t>9786052985687</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786054927180</t>
+          <t>9786052985632</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Herkes Yalnız</t>
+          <t>Cive Pakistan</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786054927203</t>
+          <t>9786052985588</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kopyalanmış Adam</t>
+          <t>Yunanistan'da Türk Kahvesi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786059908306</t>
+          <t>9786052985533</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Eşsiz Kışı</t>
+          <t>Maskeli Balo ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786054927548</t>
+          <t>9786052985571</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Zaman</t>
+          <t>Kıyamet Tacirlerine Karşı Kıyam Et</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054927531</t>
+          <t>9786052985557</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Acısını İnsan Alır</t>
+          <t>Pasaport Damgaları</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786054927418</t>
+          <t>9786052985595</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kırk Derece</t>
+          <t>Türkiye İçin Söyleşiler</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786054927012</t>
+          <t>9786052985564</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Masalı</t>
+          <t>Türkiye Cumhuriyeti'nde 1923-1961 Güç Odaklarının Mücadelesi</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786054764570</t>
+          <t>9786052985526</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Skandal</t>
+          <t>Derin ve Gizli Devlet Gazetecisi Olarak İtiraflarım</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786054764761</t>
+          <t>9786052985489</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Mustafa Kemal (Arapça)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786054764853</t>
+          <t>9786052985472</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu</t>
+          <t>Türkiye'de Milli Vatanın İnşası</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786054764631</t>
+          <t>9786052985403</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Dön Kardeşim!</t>
+          <t>Bile İsteye</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052982846</t>
+          <t>9786052985441</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ziyaretler Kitabı</t>
+          <t>Doğa Betiği</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786054764525</t>
+          <t>9786052985458</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Baltasar ile Blimunda</t>
+          <t>Kırmızı Karanfil Ne Renk Solar?</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786054764495</t>
+          <t>9786052985465</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Bu Daha Başlangıç</t>
+          <t>Yol Kesen Irmak</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786054764860</t>
+          <t>9786052985397</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Size Genç Şair Diyenin...</t>
+          <t>Celilelilere Karşı Paganlığın Savunusu</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789944756488</t>
+          <t>9786052985137</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Zarf</t>
+          <t>Mermer Yalıyar</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789944756310</t>
+          <t>9786052985359</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kokuları Solumak</t>
+          <t>Darbe İçinde Darbe</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786054764174</t>
+          <t>9786052985342</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yitik Adanın Öyküsü</t>
+          <t>İstanbul Hatıratı 1922</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786055340056</t>
+          <t>9786052985373</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yazma Büyüsü</t>
+          <t>Dar Sokaklardaki Duman</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052982730</t>
+          <t>9786052985380</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bitince</t>
+          <t>Çağdaş Yunan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786055340582</t>
+          <t>9786052985311</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silivri</t>
+          <t>Köpek</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786055340421</t>
+          <t>9786052985304</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Şehristan Rivayetleri</t>
+          <t>Ölümsüz Kadın</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786059658713</t>
+          <t>9786052985328</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Sızıntı</t>
+          <t>1922-1923 Diplomat İnönü - Lozan</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786054764419</t>
+          <t>9786052985281</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Senden Uzak Yedi Gün</t>
+          <t>Behçet Cantürk'ün Anıları</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786055340377</t>
+          <t>9786052985267</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Salai’nin Yumurtası</t>
+          <t>Cehennemin Tarihi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786054764402</t>
+          <t>9786052985250</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Sahi Beni Neden Almadılar?</t>
+          <t>Kara Bahar</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786055340742</t>
+          <t>9786052985106</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Rakım Sıfır</t>
+          <t>Bir Demet Kuru Soğan</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052982617</t>
+          <t>9786052985090</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Varmış Bir Yokmuş</t>
+          <t>Beyaz Ev</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789944756389</t>
+          <t>9786052985151</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Makedonya’dan Esen İmbat</t>
+          <t>Nazım'ın Harp Okulu ve Donanma Davaları</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786055340360</t>
+          <t>9786052985113</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Lal Kitap</t>
+          <t>Bir Köşe Yazarının Anlamlı Anıları…</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786055340483</t>
+          <t>9786052985168</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Kurgusuz ve Yaşanmamış</t>
+          <t>Badeci Şeyh’in Sır Odası</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786055340520</t>
+          <t>9786052985144</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789944756594</t>
+          <t>9786052985052</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Keder Gibi Ödünç</t>
+          <t>Teşkilat'ın İki Silahşoru</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789944756686</t>
+          <t>9786052985076</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Atlantis</t>
+          <t>Bir Okurgezer'in Not Defteri</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789944756518</t>
+          <t>9786052985083</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kabuğu Denize Düşünce</t>
+          <t>Sustum Anne - Açmayan Tomurcuğun Romanı</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786054764037</t>
+          <t>9786052985038</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Karışık Kaset</t>
+          <t>Mrs Osmond</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786055340100</t>
+          <t>9786052984956</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kafka’nın Bebeği</t>
+          <t>Kalbim Ağır İşçim Sevgilim</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052982778</t>
+          <t>9786052985021</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>İsa'ya Göre İncil</t>
+          <t>Ecnebi Şeref'in Doğuşu - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786055340391</t>
+          <t>9786052984963</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Issız</t>
+          <t>Üç Kapılı Kısmet Hanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789944756495</t>
+          <t>9786052984031</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>House İzleme Kılavuzu</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786054764105</t>
+          <t>9786052984925</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Donanma</t>
+          <t>Hasan Tahsin - Yürekler Selanik</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789944756815</t>
+          <t>9786052984994</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Haziran Tekrar</t>
+          <t>Eşikteki Çocuk</t>
         </is>
       </c>
       <c r="C1131" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789944756334</t>
+          <t>9786052984789</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Filistin’e Gitmek</t>
+          <t>Kertenkele (Ciltli)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786055340605</t>
+          <t>9786052984895</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Düzyazdım</t>
+          <t>Sait ile Sabahattin</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052980767</t>
+          <t>9786052984826</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’yi Okumak</t>
+          <t>Kendine Hep Saldır İnsan Karalama Defterleri'nden</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786055340759</t>
+          <t>9786052984864</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Derdini Anlatamayanlar İçin Ansiklopedi</t>
+          <t>Şişedeki Adam</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786055340292</t>
+          <t>9786052985229</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Daha Vakit Var</t>
+          <t>Resneli Niyazi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786054764297</t>
+          <t>9786052984765</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - 3</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786055340926</t>
+          <t>9786052984772</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 2</t>
+          <t>The Church of Sancta Sophia Constantinople</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786055340773</t>
+          <t>9786052984673</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 1</t>
+          <t>Hal ve Gidiş Sıfır</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786055340223</t>
+          <t>9786052984727</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Bütün İsimler</t>
+          <t>Ben Demokrat Değilim</t>
         </is>
       </c>
       <c r="C1140" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786054764228</t>
+          <t>9786052984659</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Meraklısı Quaresma</t>
+          <t>Anakronik</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786054764259</t>
+          <t>9786052984734</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzak Düş</t>
+          <t>Yahudiler Yollarda</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786054764112</t>
+          <t>9786052984703</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Bir Acıya Kiracı</t>
+          <t>Şemsiyoloji</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789944756556</t>
+          <t>9786052984680</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Belki Sessiz</t>
+          <t>Amerikan Hegemonyasının Sonu</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786054764365</t>
+          <t>9786052984611</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Başka Yollar</t>
+          <t>Şiirler 2 (1985 - 1995)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789944756471</t>
+          <t>9786052984598</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Yaşayanlar</t>
+          <t>İrlanda’da Yoksul İnsanların Çocuklarının Ailelerine veya Ülkelerine Yük Olmasını Önlemek ve Onları Topluma Kazandırmak İçin Makul Bir Öneri</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786055340063</t>
+          <t>9786052984574</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri Antolojisi</t>
+          <t>İslamdan Dönenler ve Yalancı Peygamberler</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789944756327</t>
+          <t>9786052984482</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Amerikanomanyaklar</t>
+          <t>Uzak Diyarlar, Gidilmez Kentler</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
+          <t>9786052984543</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Kar Altında Buğday Tanesi</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786052984550</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon'dan Çıkış</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786052984567</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Güzelliği</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786052984505</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Metastaz</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786052984451</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Ayrıntılara Aşık Adam</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786052984420</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Karganın Elyazması</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786052984437</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>İdilikler</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786052984413</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Nefha</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786052984383</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Işığında Felsefe</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786052984277</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Otların Uğultusu Altında</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786052984406</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Yumurtalarını Kollamak</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786052984345</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dünya Şarkısı Şükrü Erbaş</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786052984321</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Johnson Mektubu</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786052984338</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Yazılamayanlar</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786052984086</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hava Kurumu Tayyare Madalyaları 1925 - 2011</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9786052984291</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Çocuktaki Bahçe</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786052984284</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786052983683</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Ölüler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786052984079</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Felaket ve Sair Kısa Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786052983973</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Sularda Buzdan Bir Yelkenli</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786052983966</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Defterlerim</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786052984055</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Asker İnönü (1884 - 1922)</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786052984062</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>İnce Tren</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786052983867</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Nobel Konuşması -  Claude Simon (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786052983836</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Nobel Konuşması - Günter Grass (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786052984024</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Nobel Konuşması - Bob Dylan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786052984017</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Rağmen</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786052983980</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Heykelden Taşa ve Nobel Konuşması</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786052984000</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Adnan'ın Tek Taşı</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786052983997</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>The Ortak</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786052983898</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal’in Ordusunda Bir Alman Yüzbaşı</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786052983911</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Nerval’in Hayatı</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786052983935</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımı Öyküleri - Denizaşırı Öyküler</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786052983850</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Ayasofya’nın Betimi</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786052983928</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Felsefesi, Devrimler ve Atatürk</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786052983904</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Edouard Roditi ve İstanbul Avangardı</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786052983751</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>İlham Veren Cumhuriyet Kahramanları - Öncü Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786052983768</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>25 Yıllık Ağıt - Unutmadımaklımda</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786052983621</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Anılar</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786052983584</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Liman</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786052983607</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Su Başlarını Devler Tutmuş</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786052983676</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Orgeneral Muzaffer Ergüder'in Havacılık Anıları 1922 - 1930</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786052983614</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Ütüleyicinin Laklakıyatı</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786052983560</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Romanlar Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786052983546</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Ağustosta Kocam Donuyor</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786052983553</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Bir Rehineye Mektup</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786052983409</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Off</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786052983591</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Dönüş</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786052983577</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Binbaşı Ersever'in İtirafları</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786052983485</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Portreler</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786052983379</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Lewis Carroll'un Alice'inin Pullar Diyarındaki Maceraları</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786052983447</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Ada</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786052983416</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Belki De Neşe</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786052983386</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Şubat'ın 29'unda Doğan Bahtsızlar İçin Teselli Bahaneleri</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786052983355</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüz Kardeşin Gözleri</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786052983331</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Bu Dünyadan Nazım Geçti</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786052983249</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Benim Küçük İmparatorluğum</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786052985069</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Kulağım Karadeniz'de</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786052983225</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet ve "Tosca"sı Semiha Berksoy</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786052983300</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Tanıdığım Nazım Hikmet</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786052983317</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>İtham Ediyorum</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786052983133</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgara Yazılıdır</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786052983164</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler 1 (1971 - 1984)</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786052983119</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786052983140</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Bey ve Kitapları</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786052983058</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaş Berzins</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786052983027</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Adı Yağmur</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786052983096</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bu - Muhammedi İslam</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786052983072</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Ali Kemal</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786052983010</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Bursa Yazıları</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786052983034</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Frankfurt Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786052982891</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>İzdüşümler</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786052982969</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>İmiş</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786052982976</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786052983003</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Çıplak Kalem</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786052982907</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Cami</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786052982983</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Mağara</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786052982884</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Yapabilirsin</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786052982990</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Mercier ile Camier</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786052982785</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Paris’te Bir Türk</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786052982860</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Anımsamıyor Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786052982792</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Nağme</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786052982723</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>……Meğer!</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786052982822</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Sonradan Görme</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786052982761</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Anlar İzler Tutkular</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786052982631</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Eski İnsanlar Eski Evler</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786052982563</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Akşamlar</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786052982556</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Muhabbet Sevda / Gece Gelen Ölüm - Bütün Öyküleri 1</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786052982525</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’e Saldırmanın Dayanılmaz Hafifliği</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786052982532</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Ressamın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786052982471</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Kaza Sözleri ve Öteki Metinler</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786052982457</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Endişe Yengeçleri</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786052982495</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Epigramlar ve Şeytanın Sözlüğü'nden Okkalı Maddeler</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786052982501</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Sakallı Celal</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786052982464</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Adlandırılamayan</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786052982365</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Arthaşastra</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786052982358</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>O Halde Biz Anlatalım</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786052982372</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin de Seninle Gelir</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786052982327</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Casusun Mirası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786052982303</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Kıvılcımları</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786052982297</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Umutsuzluk Yakışmaz</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786052982334</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>İsmet İnönü</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786052982310</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Güverte Güncesi</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786052982211</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Bahçe Masalları</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786052982198</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Sahafname</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786052982099</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Sonluluk Üzerine (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786052982150</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İngiliz Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786052982129</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Memnu Mıntıka</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786052982167</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Yıkılma Sakın</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786052981900</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Seçilmişler</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786052981955</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 1</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786052981979</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Bekçi</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9786052981924</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Uçar Kanat Ağlar</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786052981986</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Umut Hep Var</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786052981894</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786052981856</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirmenleri Vurun</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786052981825</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Toprağın Uyanışı</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786052981795</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Cinayetin Parıltısı</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786052981801</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Sıfır</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786052981764</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Soyağacı</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786052981740</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Sen Güneş Kokuyorsun Daha!</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786052981689</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Asena</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786052981610</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Mahrem Günce</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786052981634</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan, Ölümden Başka Bir Şey Kalmadı</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786052981566</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Zoo’m</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786052981597</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Bir Olayın Başlangıcı</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786052981672</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Sen Kimsin?</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786052981559</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Heybeliada'da Bir Işık</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786052981429</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sevda</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786052981474</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Yann’ın Ülkesi</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9786052981436</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>New York - Amerikan Rüyasının Başkenti</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9786052981481</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Unutmayın</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9786052981443</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Ricardo Reis’in Öldüğü Yıl</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9786052981368</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Gözlü Sarışın</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786052981306</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Kum Saatından Harfler</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786052981313</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Baskerville’lerin Köpeği</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786052981160</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Amerikalı Sevgili</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786052981023</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Seyir Hali</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786052981184</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Tarifesi</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786052981207</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Tuzdan Heykel</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786052981146</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Kavga</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786052981252</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Issız Dönme Dolap</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786052981238</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'nun Umudu: Aydınlık</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786052981115</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Naftalin Bozulmuşsa</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786052981092</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Maderzad Palas</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9786059799799</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Altın Gözlü Kız</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786052981078</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786052980903</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Ayrıldı Kendinden</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786052980989</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>K@rdan Adam</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786052980941</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Buzdağı: Türkiye, AKP, FETÖ, CIA</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786052980934</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Yolumun Kesiştiği Ünlüler</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786052980910</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Gece Güzelliği</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786052980927</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Fetret Notları</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786052980880</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Yakan Sır</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786052980873</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Ansızın Yaz</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786052980842</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Düzyazı: 100 Yazı</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786052980705</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Siz Kimi Kandırıyorsunuz!</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786052980699</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>İş Hayatının Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786052980736</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Sorunlarla Yüzleşmek</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786052980675</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Ada Defterleri</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786052980668</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Üzgünüm, Yazmak Zorundaydım!</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786052980576</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Işığında Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786052980491</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Heptameron</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786052980569</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Raşid’in Dürbünü</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786052980453</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Rus Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786052980408</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Gürültülü Birkaç Saat</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786052980323</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Başkalaşımlar 21-30</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786052980293</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar Öykülerle Yaşar</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786052980170</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Sultan</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786059658904</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Yaşıyoruz Sessizce</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786059658720</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz İşgal</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786052980156</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Akbaba</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786052980187</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Koşucu</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786052980071</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>2000'ler Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786059658881</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Hatırla Barbara Yağmur Yağıyordu</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786052980033</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Öyle Küçük Şeyler</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786059658997</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Nigredo, Durayazmak</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786059658799</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786059658829</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Öyküyü Okumak</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786059658775</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Reis</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786059658768</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Moda Sevgilim - Yeniden</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786059658638</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Lizbon Kuşatmasının Tarihi</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786059658621</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirinin Sesi</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786059658546</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Taşlarda Gizli Tanrılar</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786059658287</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Bulanık Resimler</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786059658553</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Başkalaşımlar 11-20</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786059658539</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Bay Pipo</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786059658485</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon Kumpasında Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786052987636</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Katip Bartleby</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786059658362</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>İblise Göre İncil</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786059658294</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bittiği Yerde Başlar</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786059658164</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Harap</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786059658140</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kişilik Firar</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786059658263</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Lord Arthur Savile’in Suçu</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786059658133</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Dostu</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786059658201</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Özleştirme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786055340070</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Fatmagül’ün Suçu Ne?</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786059658270</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Galat-ı Meşhur</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786059799997</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Müslümanların Büyük Sırrı</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786059658188</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Liste</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786052982587</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786059799737</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Yazı Bahçesinden</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786059799720</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Kan Günleri ve Nar Ağrısı</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786059799669</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Kanat Hareketleri - Neyin Nesisin Sen</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786059799690</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Viran Ülkenin Bekçisi</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786059799812</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Türklerin Büyük Sırrı</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9786059799621</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yazı</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786059799546</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Eşik Burcu</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786059799560</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Neruda Vakası</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786059799539</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Saray</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786059799522</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hak Edilmeli</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786059799508</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>Yalancılar ve Sevgililer</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9786059799447</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>İmamlar ve Haramiler Medyası</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9786052982808</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Ölümlü Nesneler</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786052982136</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün, Gece</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9789944756884</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Kuytumda</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786059799348</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Basit Bir Es</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786059799225</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Pervaneyle Yaren</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9786059799126</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Işıklı Ev</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9789944756761</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Lacivert Bir Oyundu İkimiz Arasında</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786059799102</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Sylvia: Ben’den Önce Tufan</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786059799096</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Şerul’da Beklemek</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786059908221</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Deniz Yükseliyor</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786059908955</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Kahire’nin Yanan Melekleri</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786059908948</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Destina</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786055340940</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>150 Belgede Ermeni Meselesi</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786052982754</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Doğu-Batı Divanı</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786059799218</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>Tuğralar, Perişey</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786055340339</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>Samizdat</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786059908054</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>Defterler</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9786059908092</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>Çekilme Suları</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9786055340261</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>Üzgün Kediler Gazeli</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9786059908764</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Acısı Bende Kalsın</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9786059908658</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Altı Bardakta Dünya Tarihi</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9786059908474</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>Ku-De-Ta : Ada'da Son Darbe</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9786059908337</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Acı Bilgi</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9786059908382</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Burada Gömülüdür 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9786059908375</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Burada Gömülüdür 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9789944756969</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberalizm ve 3. Dünya Savaşı</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9789944756617</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Trenler de Ahşaptır</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9786059908870</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Sarı-Lacivert Öfkeli Adam : Aziz Yıldırım</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9786059908498</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Rosalinde : Alman Gelin</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9786059908740</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>Mahrem</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9786059908856</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Yalnız</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9786059908795</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Gittiğim En Uzak Yer Sizdiniz</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9786059908191</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>Pervane</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9786054764679</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>Nar</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9786054927968</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Ariel ve Seçme Şiirler</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9786054927791</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Etme Silahsızım</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786054927838</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Dosya</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9786054927845</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Mağara</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9786054927821</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Kirpinin Zarafeti</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9786055340629</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Çatıdaki Pencere</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
+          <t>9786054927784</t>
+        </is>
+      </c>
+      <c r="B1402" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Gecesinde</t>
+        </is>
+      </c>
+      <c r="C1402" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" s="1" t="inlineStr">
+        <is>
+          <t>9786054927630</t>
+        </is>
+      </c>
+      <c r="B1403" s="1" t="inlineStr">
+        <is>
+          <t>Kıskaçtaki İnsan ve İsyan</t>
+        </is>
+      </c>
+      <c r="C1403" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" s="1" t="inlineStr">
+        <is>
+          <t>9786054927647</t>
+        </is>
+      </c>
+      <c r="B1404" s="1" t="inlineStr">
+        <is>
+          <t>Dalgınlık Kursları</t>
+        </is>
+      </c>
+      <c r="C1404" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" s="1" t="inlineStr">
+        <is>
+          <t>9786054927746</t>
+        </is>
+      </c>
+      <c r="B1405" s="1" t="inlineStr">
+        <is>
+          <t>Vefa Bazen Unutmaktır</t>
+        </is>
+      </c>
+      <c r="C1405" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" s="1" t="inlineStr">
+        <is>
+          <t>9786054927715</t>
+        </is>
+      </c>
+      <c r="B1406" s="1" t="inlineStr">
+        <is>
+          <t>Paralel Hat</t>
+        </is>
+      </c>
+      <c r="C1406" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" s="1" t="inlineStr">
+        <is>
+          <t>9786054927555</t>
+        </is>
+      </c>
+      <c r="B1407" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dönem Biterken</t>
+        </is>
+      </c>
+      <c r="C1407" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" s="1" t="inlineStr">
+        <is>
+          <t>9786054764921</t>
+        </is>
+      </c>
+      <c r="B1408" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Olsun!</t>
+        </is>
+      </c>
+      <c r="C1408" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" s="1" t="inlineStr">
+        <is>
+          <t>9786054764907</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>Emek Yoksa Ben de Yokum!</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786054927401</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Sicil</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9786054927579</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Adanın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9786054927562</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>Hafız ile Semender</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786054927593</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>Kızıla Boyalı Saçlar</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9786054927340</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>Kapı</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9786054927333</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Hırsız ve Köpekler</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786054927371</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>Sakıncalı Amiral</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786054927272</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Beş Parasızdım ve Katilimi Arıyordum</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786059908733</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>40 Şiir ve Bir</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786059908481</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>A Cappella</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786059908504</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Yerkubbe</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786054764716</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Fanus</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9786059799980</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Başkalaşımlar 1-10</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9786052982570</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Darmadağın (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9786055340384</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Bağbozumu Şarkıları</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9786059658126</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Mahsur</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9786055340049</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Beş Parasızdım ve Kadın Çok Güzeldi</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9786054764983</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>Alıklar Birliği</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9786059908078</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Gece (Zahit)</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9786059658010</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9786054927180</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>Sonunda Herkes Yalnız</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786054927203</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>Kopyalanmış Adam</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9786059908306</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Eşsiz Kışı</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9786054927548</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep Zaman</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9786054927531</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Acısını İnsan Alır</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9786054927418</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Gölgede Kırk Derece</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786054927012</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hıristiyan Masalı</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9786054764570</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Bir Skandal</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9786054764761</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Halleri</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786054764853</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>Filin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9786054764631</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>Dön Kardeşim!</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9786052982846</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>Ziyaretler Kitabı</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786054764525</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>Baltasar ile Blimunda</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9786054764495</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>Bu Daha Başlangıç</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9786054764860</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>Size Genç Şair Diyenin...</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9789944756488</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>Zarf</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9789944756310</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>Zamanda Kokuları Solumak</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9786054764174</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Adanın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9786055340056</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Büyüsü</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9786052982730</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Bitince</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9786055340582</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silivri</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9786055340421</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>Şehristan Rivayetleri</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
+          <t>9786059658713</t>
+        </is>
+      </c>
+      <c r="B1452" s="1" t="inlineStr">
+        <is>
+          <t>Sızıntı</t>
+        </is>
+      </c>
+      <c r="C1452" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:3">
+      <c r="A1453" s="1" t="inlineStr">
+        <is>
+          <t>9786054764419</t>
+        </is>
+      </c>
+      <c r="B1453" s="1" t="inlineStr">
+        <is>
+          <t>Senden Uzak Yedi Gün</t>
+        </is>
+      </c>
+      <c r="C1453" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:3">
+      <c r="A1454" s="1" t="inlineStr">
+        <is>
+          <t>9786055340377</t>
+        </is>
+      </c>
+      <c r="B1454" s="1" t="inlineStr">
+        <is>
+          <t>Salai’nin Yumurtası</t>
+        </is>
+      </c>
+      <c r="C1454" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:3">
+      <c r="A1455" s="1" t="inlineStr">
+        <is>
+          <t>9786054764402</t>
+        </is>
+      </c>
+      <c r="B1455" s="1" t="inlineStr">
+        <is>
+          <t>Sahi Beni Neden Almadılar?</t>
+        </is>
+      </c>
+      <c r="C1455" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:3">
+      <c r="A1456" s="1" t="inlineStr">
+        <is>
+          <t>9786055340742</t>
+        </is>
+      </c>
+      <c r="B1456" s="1" t="inlineStr">
+        <is>
+          <t>Rakım Sıfır</t>
+        </is>
+      </c>
+      <c r="C1456" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" s="1" t="inlineStr">
+        <is>
+          <t>9786052982617</t>
+        </is>
+      </c>
+      <c r="B1457" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Bir Varmış Bir Yokmuş</t>
+        </is>
+      </c>
+      <c r="C1457" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" s="1" t="inlineStr">
+        <is>
+          <t>9789944756389</t>
+        </is>
+      </c>
+      <c r="B1458" s="1" t="inlineStr">
+        <is>
+          <t>Makedonya’dan Esen İmbat</t>
+        </is>
+      </c>
+      <c r="C1458" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" s="1" t="inlineStr">
+        <is>
+          <t>9786055340360</t>
+        </is>
+      </c>
+      <c r="B1459" s="1" t="inlineStr">
+        <is>
+          <t>Lal Kitap</t>
+        </is>
+      </c>
+      <c r="C1459" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" s="1" t="inlineStr">
+        <is>
+          <t>9786055340483</t>
+        </is>
+      </c>
+      <c r="B1460" s="1" t="inlineStr">
+        <is>
+          <t>Kurgusuz ve Yaşanmamış</t>
+        </is>
+      </c>
+      <c r="C1460" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" s="1" t="inlineStr">
+        <is>
+          <t>9786055340520</t>
+        </is>
+      </c>
+      <c r="B1461" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs</t>
+        </is>
+      </c>
+      <c r="C1461" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" s="1" t="inlineStr">
+        <is>
+          <t>9789944756594</t>
+        </is>
+      </c>
+      <c r="B1462" s="1" t="inlineStr">
+        <is>
+          <t>Keder Gibi Ödünç</t>
+        </is>
+      </c>
+      <c r="C1462" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" s="1" t="inlineStr">
+        <is>
+          <t>9789944756686</t>
+        </is>
+      </c>
+      <c r="B1463" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kıta Atlantis</t>
+        </is>
+      </c>
+      <c r="C1463" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" s="1" t="inlineStr">
+        <is>
+          <t>9789944756518</t>
+        </is>
+      </c>
+      <c r="B1464" s="1" t="inlineStr">
+        <is>
+          <t>Karpuz Kabuğu Denize Düşünce</t>
+        </is>
+      </c>
+      <c r="C1464" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" s="1" t="inlineStr">
+        <is>
+          <t>9786054764037</t>
+        </is>
+      </c>
+      <c r="B1465" s="1" t="inlineStr">
+        <is>
+          <t>Karışık Kaset</t>
+        </is>
+      </c>
+      <c r="C1465" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" s="1" t="inlineStr">
+        <is>
+          <t>9786055340100</t>
+        </is>
+      </c>
+      <c r="B1466" s="1" t="inlineStr">
+        <is>
+          <t>Kafka’nın Bebeği</t>
+        </is>
+      </c>
+      <c r="C1466" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" s="1" t="inlineStr">
+        <is>
+          <t>9786052982778</t>
+        </is>
+      </c>
+      <c r="B1467" s="1" t="inlineStr">
+        <is>
+          <t>İsa'ya Göre İncil</t>
+        </is>
+      </c>
+      <c r="C1467" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" s="1" t="inlineStr">
+        <is>
+          <t>9786055340391</t>
+        </is>
+      </c>
+      <c r="B1468" s="1" t="inlineStr">
+        <is>
+          <t>Issız</t>
+        </is>
+      </c>
+      <c r="C1468" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" s="1" t="inlineStr">
+        <is>
+          <t>9789944756495</t>
+        </is>
+      </c>
+      <c r="B1469" s="1" t="inlineStr">
+        <is>
+          <t>House İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1469" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" s="1" t="inlineStr">
+        <is>
+          <t>9786054764105</t>
+        </is>
+      </c>
+      <c r="B1470" s="1" t="inlineStr">
+        <is>
+          <t>Hedefteki Donanma</t>
+        </is>
+      </c>
+      <c r="C1470" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" s="1" t="inlineStr">
+        <is>
+          <t>9789944756815</t>
+        </is>
+      </c>
+      <c r="B1471" s="1" t="inlineStr">
+        <is>
+          <t>Haziran Tekrar</t>
+        </is>
+      </c>
+      <c r="C1471" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" s="1" t="inlineStr">
+        <is>
+          <t>9789944756334</t>
+        </is>
+      </c>
+      <c r="B1472" s="1" t="inlineStr">
+        <is>
+          <t>Filistin’e Gitmek</t>
+        </is>
+      </c>
+      <c r="C1472" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" s="1" t="inlineStr">
+        <is>
+          <t>9786055340605</t>
+        </is>
+      </c>
+      <c r="B1473" s="1" t="inlineStr">
+        <is>
+          <t>Düzyazdım</t>
+        </is>
+      </c>
+      <c r="C1473" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" s="1" t="inlineStr">
+        <is>
+          <t>9786052980767</t>
+        </is>
+      </c>
+      <c r="B1474" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski’yi Okumak</t>
+        </is>
+      </c>
+      <c r="C1474" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" s="1" t="inlineStr">
+        <is>
+          <t>9786055340759</t>
+        </is>
+      </c>
+      <c r="B1475" s="1" t="inlineStr">
+        <is>
+          <t>Derdini Anlatamayanlar İçin Ansiklopedi</t>
+        </is>
+      </c>
+      <c r="C1475" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" s="1" t="inlineStr">
+        <is>
+          <t>9786055340292</t>
+        </is>
+      </c>
+      <c r="B1476" s="1" t="inlineStr">
+        <is>
+          <t>Daha Vakit Var</t>
+        </is>
+      </c>
+      <c r="C1476" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" s="1" t="inlineStr">
+        <is>
+          <t>9786054764297</t>
+        </is>
+      </c>
+      <c r="B1477" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri - 3</t>
+        </is>
+      </c>
+      <c r="C1477" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" s="1" t="inlineStr">
+        <is>
+          <t>9786055340926</t>
+        </is>
+      </c>
+      <c r="B1478" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri 2</t>
+        </is>
+      </c>
+      <c r="C1478" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" s="1" t="inlineStr">
+        <is>
+          <t>9786055340773</t>
+        </is>
+      </c>
+      <c r="B1479" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri 1</t>
+        </is>
+      </c>
+      <c r="C1479" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" s="1" t="inlineStr">
+        <is>
+          <t>9786055340223</t>
+        </is>
+      </c>
+      <c r="B1480" s="1" t="inlineStr">
+        <is>
+          <t>Bütün İsimler</t>
+        </is>
+      </c>
+      <c r="C1480" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" s="1" t="inlineStr">
+        <is>
+          <t>9786054764228</t>
+        </is>
+      </c>
+      <c r="B1481" s="1" t="inlineStr">
+        <is>
+          <t>Bulmaca Meraklısı Quaresma</t>
+        </is>
+      </c>
+      <c r="C1481" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" s="1" t="inlineStr">
+        <is>
+          <t>9786054764259</t>
+        </is>
+      </c>
+      <c r="B1482" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzak Düş</t>
+        </is>
+      </c>
+      <c r="C1482" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" s="1" t="inlineStr">
+        <is>
+          <t>9786054764112</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>Bir Acıya Kiracı</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9789944756556</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Belki Sessiz</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9786054764365</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yollar</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9789944756471</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Yaşayanlar</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9786055340063</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9789944756327</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Amerikanomanyaklar</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
           <t>9786052982389</t>
         </is>
       </c>
-      <c r="B1149" s="1" t="inlineStr">
+      <c r="B1489" s="1" t="inlineStr">
         <is>
           <t>1980 Sonrası Türk Sineması’nda Akla Zarar Filmler</t>
         </is>
       </c>
-      <c r="C1149" s="1">
+      <c r="C1489" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>