--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,5710 +85,5965 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255980984</t>
+          <t>9786255729712</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>El Haceretül Kerime</t>
+          <t>İbn Teymiyye'nin Yerel Yönetim Anlayışına Göre Hisbe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255729149</t>
+          <t>9786255729750</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kıraate Göre Surelerin İhtiva Ettikleri İzmar (Hazif) Belagati</t>
+          <t>Türk Siyasi Hayatında Tek Parti Dönemi Sonrası Muhafazakâr Liderler ve Meşruiyet Mücadeleleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255729170</t>
+          <t>9786255729682</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiye Teşkilatı Araştırmalarında Kullanılabilecek Temel Kaynaklar</t>
+          <t>Ankebüt Suresinden Günümüz Dünyasına Mesajlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255729118</t>
+          <t>9786255980779</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Söyleyeceklerimiz Var</t>
+          <t>Afganistan'da Jeopolitik Kaos, İktidar Mücadelesi ve Taliban</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255729187</t>
+          <t>9786255729507</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cami İçi Din Hizmetlerinde İmam Hatiplerin Rolü</t>
+          <t>Alem ve Ezelilik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255729033</t>
+          <t>9786255729293</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Perspektifinde Modern Çağda Aile Olabilmek</t>
+          <t>Tacüşşeria'nın En-nihayesi ve İslam Aile Hukuku (Tahkik Ve Değerlendirme)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255650047</t>
+          <t>9786255729743</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Tanrı Tasavvuru</t>
+          <t>İnkişaf</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255729132</t>
+          <t>9786255729606</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Asrının Sibeveyhi'si: İbnü'd Dehhan En-Nahvi</t>
+          <t>İslam Ticaret Hukukunda Rekabet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255729071</t>
+          <t>9786255729552</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Delilli İzahlı Hanefi Fıkhı Bedai'u's Sanai Fi Tertibi'ş Şerai</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255729040</t>
+          <t>9786255729545</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Hukuk</t>
+          <t>Hazır Mısınız....?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255729026</t>
+          <t>9786255729521</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İbn Abdilber'in Hadis Usulcülüğü (Et-Temhid Eseri Bağlamında)</t>
+          <t>Köklerden Geleceğe Aile</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255940988</t>
+          <t>9786255729354</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Suçluluğu ve Din Eğitimi</t>
+          <t>Ahlak Eğitiminde Öze Dönüş Çabaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255940933</t>
+          <t>9786255729453</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kavramlarını Anlamada Cahiliye Döneminin Bilmenin Önemi (Veli Kavramı Örneği)</t>
+          <t>İslam Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255940858</t>
+          <t>9786255930971</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Evlenmek ve Evi Cennete Çevirmek</t>
+          <t>Arapça Yazma Becerileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255940940</t>
+          <t>9786255729323</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sübhaneke Duası ve Namazlarda Okunmasının Hikmetleri</t>
+          <t>Çevre Kirliliğinin Önlenmesinde Çevre Vergilerinin Etkinliği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255940797</t>
+          <t>9786255729385</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İlk Dönemlerinde Katiplik Kurumu</t>
+          <t>Kelam İlmi Açısından Peygamberimiz Döneminde Mekke Münafıkları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255940926</t>
+          <t>9786255980441</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Farklı Açılardan Bakara Suresi</t>
+          <t>Geçmişten Günümüze İmam Maturidinin Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255940865</t>
+          <t>9786255980984</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İyilik Öncüleri</t>
+          <t>El Haceretül Kerime</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255940773</t>
+          <t>9786255729149</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam Kelam İlminin Özü</t>
+          <t>Yedi Kıraate Göre Surelerin İhtiva Ettikleri İzmar (Hazif) Belagati</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053512820</t>
+          <t>9786255729170</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Akaid ve Kelam Problemleri</t>
+          <t>Osmanlı İlmiye Teşkilatı Araştırmalarında Kullanılabilecek Temel Kaynaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255940759</t>
+          <t>9786255729118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Bilim Anlayışının Eleştirisi: Goldziher'in Kıraat İlmine Yaklaşımı</t>
+          <t>Söyleyeceklerimiz Var</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255940735</t>
+          <t>9786255729187</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Etik Estetik ve Arınma</t>
+          <t>Cami İçi Din Hizmetlerinde İmam Hatiplerin Rolü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255940742</t>
+          <t>9786255729033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Geleneğinde Savaş Müzikleri</t>
+          <t>İslam Hukuku Perspektifinde Modern Çağda Aile Olabilmek</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255940681</t>
+          <t>9786255650047</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eymen Rüşdi Süveyd'in Kırâat İlmindeki Yeri Ve Et Tecvidü'l Musavvar Adlı Eserinin Tahlili</t>
+          <t>İbn Rüşd'ün Tanrı Tasavvuru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255940704</t>
+          <t>9786255729132</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Göç Serüveni Beni Hilal Örneği</t>
+          <t>Asrının Sibeveyhi'si: İbnü'd Dehhan En-Nahvi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255940698</t>
+          <t>9786255729071</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Vehb'in El Cami Fi'l Hadis Adlı Eseri</t>
+          <t>Delilli İzahlı Hanefi Fıkhı Bedai'u's Sanai Fi Tertibi'ş Şerai</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255940650</t>
+          <t>9786255729040</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Akşehir Müzesindeki Anadolu Selçuklu Sikkeleri</t>
+          <t>Yapay Zeka ve Hukuk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255940612</t>
+          <t>9786255729026</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sahih Kıraat Anlayışını Tarihsel Gelişimi</t>
+          <t>İbn Abdilber'in Hadis Usulcülüğü (Et-Temhid Eseri Bağlamında)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056954405</t>
+          <t>9786255940988</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalem</t>
+          <t>Çocuk Suçluluğu ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255940445</t>
+          <t>9786255940933</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Maarif Sistemini Yeniden Düşünmek</t>
+          <t>Kur'an Kavramlarını Anlamada Cahiliye Döneminin Bilmenin Önemi (Veli Kavramı Örneği)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255940452</t>
+          <t>9786255940858</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>Evlenmek ve Evi Cennete Çevirmek</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259538501</t>
+          <t>9786255940940</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Alem</t>
+          <t>Sübhaneke Duası ve Namazlarda Okunmasının Hikmetleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255940407</t>
+          <t>9786255940797</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Teberrük</t>
+          <t>İslam'ın İlk Dönemlerinde Katiplik Kurumu</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255940216</t>
+          <t>9786255940926</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ahıska Türkleri Tarih Kültür ve Kimlik Mücadelesi</t>
+          <t>Farklı Açılardan Bakara Suresi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257756983</t>
+          <t>9786255940865</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ölçme ve Değerlendirmede Başarı Testlerinden Geniş Ölçekli Testlere</t>
+          <t>İyilik Öncüleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056812194</t>
+          <t>9786255940773</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Tecvidli Öğreniyorum</t>
+          <t>Sistematik Kelam Kelam İlminin Özü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053519201</t>
+          <t>9786053512820</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mezhebi Taassubun Kur'an Tefsirindeki Yansımaları (Şii-Kummi Tefsiri Örneği)</t>
+          <t>Günümüz Akaid ve Kelam Problemleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255940339</t>
+          <t>9786255940759</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rum Suresi'nin Kıraatler Açısından İncelenmesi</t>
+          <t>Oryantalist Bilim Anlayışının Eleştirisi: Goldziher'in Kıraat İlmine Yaklaşımı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255940322</t>
+          <t>9786255940735</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pan Arabizm ve Afrika Şairi</t>
+          <t>Etik Estetik ve Arınma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255940261</t>
+          <t>9786255940742</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Erol Güngör</t>
+          <t>Türk İslam Geleneğinde Savaş Müzikleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255940315</t>
+          <t>9786255940681</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İsmim Ahmed Mahlasım Şevki</t>
+          <t>Eymen Rüşdi Süveyd'in Kırâat İlmindeki Yeri Ve Et Tecvidü'l Musavvar Adlı Eserinin Tahlili</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255940209</t>
+          <t>9786255940704</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
+          <t>İslam'da Göç Serüveni Beni Hilal Örneği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053514749</t>
+          <t>9786255940698</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ebü’ş-Şeyh El-İsfahani’nin Kitabü’l-Azame’sindeki Rivayetlerin Değerlendirilmesi</t>
+          <t>Abdullah B. Vehb'in El Cami Fi'l Hadis Adlı Eseri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255940186</t>
+          <t>9786255940650</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip ve Kur'an Kursu Öğrencileri İçin Dini ve Mesleki Bilgiler Kitabı</t>
+          <t>Akşehir Müzesindeki Anadolu Selçuklu Sikkeleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255940179</t>
+          <t>9786255940612</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ziyaeddin Dağıstani'nin Kıraat İlmindeki Yeri</t>
+          <t>Sahih Kıraat Anlayışını Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053516583</t>
+          <t>9786056954405</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
+          <t>Kalem</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255940124</t>
+          <t>9786255940445</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Kültüründe Çalışma ve Ticaret Ahlakı</t>
+          <t>Maarif Sistemini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255940155</t>
+          <t>9786255940452</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kozası</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255940100</t>
+          <t>9786259538501</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yapay Zeka Alanındaki Önemli Gelişmeler</t>
+          <t>İslam Düşüncesinde Alem</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255980786</t>
+          <t>9786255940407</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Hukuku</t>
+          <t>Fıkhi Açıdan Teberrük</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255940087</t>
+          <t>9786255940216</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tefsirleri Tasnifi ve Pratikteki Sorunları</t>
+          <t>Ahıska Türkleri Tarih Kültür ve Kimlik Mücadelesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255980298</t>
+          <t>9786257756983</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Baktın Ama Gördün Mü?</t>
+          <t>Ölçme ve Değerlendirmede Başarı Testlerinden Geniş Ölçekli Testlere</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255940063</t>
+          <t>9786056812194</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim (As)'in Ve Peygamberimizin (Sav)'in İzinde Umre Anıları</t>
+          <t>Kur'an'ı Tecvidli Öğreniyorum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255980861</t>
+          <t>9786053519201</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Din Dili Anlayışı</t>
+          <t>Mezhebi Taassubun Kur'an Tefsirindeki Yansımaları (Şii-Kummi Tefsiri Örneği)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255980731</t>
+          <t>9786255940339</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerin Akıbeti</t>
+          <t>Rum Suresi'nin Kıraatler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255980755</t>
+          <t>9786255940322</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe ve Kendisine Yöneltilen Eleştiriler</t>
+          <t>Pan Arabizm ve Afrika Şairi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255980915</t>
+          <t>9786255940261</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kıyas ve Akıl Ehl-i Sünnet Usulündeki Kıyas Delili Ve Caferiler'deki Akıl Delilinin Karşılaştırılması</t>
+          <t>Erol Güngör</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255980175</t>
+          <t>9786255940315</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zevki Divanı (İnceleme-Metin)</t>
+          <t>İsmim Ahmed Mahlasım Şevki</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255980595</t>
+          <t>9786255940209</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'den Erasmus'a</t>
+          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255980724</t>
+          <t>9786053514749</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kıraat İmamının Hadis İlmindeki Konumu</t>
+          <t>Ebü’ş-Şeyh El-İsfahani’nin Kitabü’l-Azame’sindeki Rivayetlerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053519041</t>
+          <t>9786255940186</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tevrat, Kur'an ve Hadislerde Yahudilerin Akıbeti</t>
+          <t>İmam Hatip ve Kur'an Kursu Öğrencileri İçin Dini ve Mesleki Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053510680</t>
+          <t>9786255940179</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Ve Bazı Sureler</t>
+          <t>Ömer Ziyaeddin Dağıstani'nin Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053510321</t>
+          <t>9786053516583</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nur-Vel-Kıttatül-Carihatü Ve Et-Tairül Esir</t>
+          <t>Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053510901</t>
+          <t>9786255940124</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ebubekrin Es-Sıddıku 2</t>
+          <t>Vahiy Kültüründe Çalışma ve Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053512288</t>
+          <t>9786255940155</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Alan Bilgisi Dhbt 1-2 Hazırlık Kitabı 2024</t>
+          <t>Kelebek Kozası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053517412</t>
+          <t>9786255940100</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ulu Çınarın Gölgesinde</t>
+          <t>Arapça Yapay Zeka Alanındaki Önemli Gelişmeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255980274</t>
+          <t>9786255980786</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Harf-i Cerlerin Anlam Zenginliği Bakara Suresi Özelinde Filolojik Tefsirlerdeki İhtilafların Anlama Yansımaları Bağlamında</t>
+          <t>Alışveriş Hukuku</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255980144</t>
+          <t>9786255940087</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Oluşum Temsilciler ve Metodolojik Açıdan Basra Kıraat Ekolü</t>
+          <t>Rivayet Tefsirleri Tasnifi ve Pratikteki Sorunları</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053516361</t>
+          <t>9786255980298</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kelam Perspektifinden Vehhabilik</t>
+          <t>Baktın Ama Gördün Mü?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255980106</t>
+          <t>9786255940063</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi'nin Dini Düşüncesi</t>
+          <t>Hz. İbrahim (As)'in Ve Peygamberimizin (Sav)'in İzinde Umre Anıları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053516422</t>
+          <t>9786255980861</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te İslam Mezhepleri</t>
+          <t>İbn Rüşd'ün Din Dili Anlayışı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053512561</t>
+          <t>9786255980731</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi - 9. Cilt (Ciltli)</t>
+          <t>Kutsal Metinlerin Akıbeti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053513858</t>
+          <t>9786255980755</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam Çevre Hukuku</t>
+          <t>Hz. Aişe ve Kendisine Yöneltilen Eleştiriler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053519577</t>
+          <t>9786255980915</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sünenü İbnu Mace 2 Cilt (Ciltli)</t>
+          <t>Kıyas ve Akıl Ehl-i Sünnet Usulündeki Kıyas Delili Ve Caferiler'deki Akıl Delilinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053519850</t>
+          <t>9786255980175</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>40 Soru Tek Gerçek</t>
+          <t>Zevki Divanı (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255980052</t>
+          <t>9786255980595</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Asım ve Asım Kıraatı</t>
+          <t>İbn Rüşd'den Erasmus'a</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053519980</t>
+          <t>9786255980724</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Ve Türkiye'de Liberaller</t>
+          <t>Yedi Kıraat İmamının Hadis İlmindeki Konumu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053513261</t>
+          <t>9786053519041</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Sözlü-Mülakat Rehberi</t>
+          <t>Tevrat, Kur'an ve Hadislerde Yahudilerin Akıbeti</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053519829</t>
+          <t>9786053510680</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Memlükler Döneminde Müslim Gayrimüslim İlişkileri (648-923/1250-1517)</t>
+          <t>Yasin Suresi Ve Bazı Sureler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053519782</t>
+          <t>9786053510321</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Tilavetinde Sureler Arası Geçiş Vecihleri</t>
+          <t>Nur-Vel-Kıttatül-Carihatü Ve Et-Tairül Esir</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053519751</t>
+          <t>9786053510901</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mutluluğun Kur'an'daki Formülü (Cennetliklerin İç Dünyası)</t>
+          <t>Ebubekrin Es-Sıddıku 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057132994</t>
+          <t>9786053512288</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İğne İplik</t>
+          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Alan Bilgisi Dhbt 1-2 Hazırlık Kitabı 2024</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053519676</t>
+          <t>9786053517412</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Hukukçularının İslam Hukuku Hakkındaki Yaklaşımları</t>
+          <t>Ulu Çınarın Gölgesinde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053519492</t>
+          <t>9786255980274</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir'in Fezailü'l Kur'an Adlı Eserinin Tefsir Usulü Açısından Değeri</t>
+          <t>Harf-i Cerlerin Anlam Zenginliği Bakara Suresi Özelinde Filolojik Tefsirlerdeki İhtilafların Anlama Yansımaları Bağlamında</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053519560</t>
+          <t>9786255980144</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Ölçülerinde Müslümanın Dil Ahlakı</t>
+          <t>Oluşum Temsilciler ve Metodolojik Açıdan Basra Kıraat Ekolü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053516200</t>
+          <t>9786053516361</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ayetler Ve Hadisler Işığında Emr-i Bi'l-Maruf Ve Nehy-i Ani'l Münker (Ferdi Ve İçtimai Açıdan )</t>
+          <t>Kelam Perspektifinden Vehhabilik</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053519430</t>
+          <t>9786255980106</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Söyleşi (Tahiyyat ve Kunut Duaları) İnsanlığa Sunulan Evrensel Mesajlar</t>
+          <t>Samiha Ayverdi'nin Dini Düşüncesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053519294</t>
+          <t>9786053516422</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Hükümlerinde Neshin Sebebleri ve Sonuçları</t>
+          <t>Endülüs'te İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053519379</t>
+          <t>9786053512561</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Temel Meseleleriyle Kıraat ve Tecvid İlminde Lahn Olgusu</t>
+          <t>Mesnevi-i Manevi Şerhi - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053518419</t>
+          <t>9786053513858</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şevkani Fethu'l-Kadir Adlı Eseri ve Kıraatleri Ele Alma Yöntemi</t>
+          <t>İslam Çevre Hukuku</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053519072</t>
+          <t>9786053519577</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Namazın Terki</t>
+          <t>Sünenü İbnu Mace 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053519225</t>
+          <t>9786053519850</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ziyaeddin Dağıstani Tercemi-i Hali Malum-Meçhul Tüm Asarı ve Lugatül-Evzan</t>
+          <t>40 Soru Tek Gerçek</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053519218</t>
+          <t>9786255980052</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdulhamid'e Takdim Edilen Malay Dünyasının İlk Kur'an Tefsiri</t>
+          <t>İmam-ı Asım ve Asım Kıraatı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053516682</t>
+          <t>9786053519980</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Liberalizm Ve Türkiye'de Liberaller</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>264</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053519171</t>
+          <t>9786053513261</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsir Geleneği</t>
+          <t>Diyanet Sözlü-Mülakat Rehberi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053518914</t>
+          <t>9786053519829</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Yorumlanan 100'den Fazla Kur'an Ayeti</t>
+          <t>Memlükler Döneminde Müslim Gayrimüslim İlişkileri (648-923/1250-1517)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253519065</t>
+          <t>9786053519782</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Huzur Dersleri İçeriği</t>
+          <t>Kur'an Tilavetinde Sureler Arası Geçiş Vecihleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053519034</t>
+          <t>9786053519751</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani ve Aklı Düşünme Süreçleri</t>
+          <t>Dünyada Mutluluğun Kur'an'daki Formülü (Cennetliklerin İç Dünyası)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053518969</t>
+          <t>9786057132994</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh'ta Benzerlik ve Farklılık</t>
+          <t>İğne İplik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053517825</t>
+          <t>9786053519676</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Din Eğitimi Bağlamında Aile ve Dini Rehberlik Büroları</t>
+          <t>Cumhuriyet Dönemi Türk Hukukçularının İslam Hukuku Hakkındaki Yaklaşımları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053517870</t>
+          <t>9786053519492</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hadis Öğretim Geleneğinin Teşekkülü Abbasilerin İlk Dönemi Özelinde-</t>
+          <t>İbn Kesir'in Fezailü'l Kur'an Adlı Eserinin Tefsir Usulü Açısından Değeri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053514770</t>
+          <t>9786053519560</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Kurmacaya Türk Edebiyatında Tarihi Roman 1980-2000</t>
+          <t>Kur’an ve Sünnet Ölçülerinde Müslümanın Dil Ahlakı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053518952</t>
+          <t>9786053516200</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik, Hristiyanlık ve İslam'da Kadın</t>
+          <t>Ayetler Ve Hadisler Işığında Emr-i Bi'l-Maruf Ve Nehy-i Ani'l Münker (Ferdi Ve İçtimai Açıdan )</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053518839</t>
+          <t>9786053519430</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Esmaü Ehl-i Bedir</t>
+          <t>Mukaddes Söyleşi (Tahiyyat ve Kunut Duaları) İnsanlığa Sunulan Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053518785</t>
+          <t>9786053519294</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Şair Ahmed Muharrem'in Şiirlerinde Son Dönem Osmanlı</t>
+          <t>İbadetlerin Hükümlerinde Neshin Sebebleri ve Sonuçları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053518631</t>
+          <t>9786053519379</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıraat Ve Tecvid</t>
+          <t>Temel Meseleleriyle Kıraat ve Tecvid İlminde Lahn Olgusu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053518792</t>
+          <t>9786053518419</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Düşünce Murtaza Mutahhari</t>
+          <t>Şevkani Fethu'l-Kadir Adlı Eseri ve Kıraatleri Ele Alma Yöntemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053518730</t>
+          <t>9786053519072</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mevlayı Arar</t>
+          <t>Hadislerde Namazın Terki</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053518594</t>
+          <t>9786053519225</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Tarihinde İhtisar Geleneği ve İmam Tahavi İle İmam Kuduri'nin Muhtasarlarının Mukayesesi</t>
+          <t>Ömer Ziyaeddin Dağıstani Tercemi-i Hali Malum-Meçhul Tüm Asarı ve Lugatül-Evzan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053518693</t>
+          <t>9786053519218</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gönlümüze Dokunan Kıssalar</t>
+          <t>Sultan II. Abdulhamid'e Takdim Edilen Malay Dünyasının İlk Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053518679</t>
+          <t>9786053516682</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilmiş Bir Zaferin Öyküsü Uhud Savaşı</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>264</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053518532</t>
+          <t>9786053519171</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku Bağlamında İbn Kayyim El-Cezviyye'nin Görüşleri</t>
+          <t>Osmanlı Tefsir Geleneği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053518624</t>
+          <t>9786053518914</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (s.a.v.) Çocukluğu (O'n Eksi Elli)</t>
+          <t>Hatalı Yorumlanan 100'den Fazla Kur'an Ayeti</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053518655</t>
+          <t>9786253519065</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>30 Cüzden 30 Mesaj</t>
+          <t>Osmanlı'da Huzur Dersleri İçeriği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053515579</t>
+          <t>9786053519034</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullarda Değerler Eğitimi</t>
+          <t>Kur'ani ve Aklı Düşünme Süreçleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053515586</t>
+          <t>9786053518969</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Evren</t>
+          <t>Fıkıh'ta Benzerlik ve Farklılık</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053510444</t>
+          <t>9786053517825</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Din Kültür ve Ahlak Bilgisi Soru Bankası</t>
+          <t>Yetişkin Din Eğitimi Bağlamında Aile ve Dini Rehberlik Büroları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053510550</t>
+          <t>9786053517870</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>YGS LYS Din Kültürü ve Ahlak Bilgisi</t>
+          <t>Hadis Öğretim Geleneğinin Teşekkülü Abbasilerin İlk Dönemi Özelinde-</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757173703</t>
+          <t>9786053514770</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çocukları</t>
+          <t>Tarihten Kurmacaya Türk Edebiyatında Tarihi Roman 1980-2000</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055959661</t>
+          <t>9786053518952</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Örtünmeliyiz?</t>
+          <t>Yahudilik, Hristiyanlık ve İslam'da Kadın</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055959630</t>
+          <t>9786053518839</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Mü’minlere Çağrısı</t>
+          <t>Esmaü Ehl-i Bedir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053510147</t>
+          <t>9786053518785</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kulun Huzurundaki Yakın Duruşu Secde</t>
+          <t>Mısırlı Şair Ahmed Muharrem'in Şiirlerinde Son Dönem Osmanlı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053510154</t>
+          <t>9786053518631</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Bilim Tarihi</t>
+          <t>Kur'an Kıraat Ve Tecvid</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055959869</t>
+          <t>9786053518792</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile Hukuku</t>
+          <t>Metafizik Düşünce Murtaza Mutahhari</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756562072</t>
+          <t>9786053518730</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gelin - Kaynana İlişkileri</t>
+          <t>Gönül Mevlayı Arar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055959746</t>
+          <t>9786053518594</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnette Beklenen Mehdi</t>
+          <t>Fıkıh Tarihinde İhtisar Geleneği ve İmam Tahavi İle İmam Kuduri'nin Muhtasarlarının Mukayesesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055959043</t>
+          <t>9786053518693</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Sureleriyle Namazın Anlaşılması</t>
+          <t>Gönlümüze Dokunan Kıssalar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756562734</t>
+          <t>9786053518679</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bana Peygamberimi Anlat</t>
+          <t>Kaybedilmiş Bir Zaferin Öyküsü Uhud Savaşı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055959319</t>
+          <t>9786053518532</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Kendini Tedavi Et</t>
+          <t>İslam Aile Hukuku Bağlamında İbn Kayyim El-Cezviyye'nin Görüşleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053510192</t>
+          <t>9786053518624</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kelamı - Nüzul Sıralı Kur'an-ı Kerim ve Meal-Tefsiri</t>
+          <t>Hz. Muhammed'in (s.a.v.) Çocukluğu (O'n Eksi Elli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053510062</t>
+          <t>9786053518655</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Halifesi Mehdi B. Mansur</t>
+          <t>30 Cüzden 30 Mesaj</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055959128</t>
+          <t>9786053515579</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>29 Harfte Evlilik</t>
+          <t>Ortaokullarda Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053511519</t>
+          <t>9786053515586</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Tanrı ve Evren</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053518198</t>
+          <t>9786053510444</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Danış</t>
+          <t>YGS - LYS Din Kültür ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053517924</t>
+          <t>9786053510550</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İslam'da İman Esasları Din Karşıtı Çağdaş Akımların Tutarsızlıkları</t>
+          <t>YGS LYS Din Kültürü ve Ahlak Bilgisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053517696</t>
+          <t>9789757173703</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İrfana Davet</t>
+          <t>Ortadoğu Çocukları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053517702</t>
+          <t>9786055959661</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l Esir Hayatı Eserleri ve Tarihçiliği</t>
+          <t>Nasıl Örtünmeliyiz?</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053516880</t>
+          <t>9786055959630</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hüreyre'nin Sünnet Anlayışı</t>
+          <t>Kur’an’ın Mü’minlere Çağrısı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053518204</t>
+          <t>9786053510147</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Karışık Dilli Kur’an Tercümesi</t>
+          <t>Kulun Huzurundaki Yakın Duruşu Secde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053517993</t>
+          <t>9786053510154</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Unsurları 3. Cilt Kur’an Sünnet Akıl (İslam Tarihi Ve Sanatları)</t>
+          <t>İslam’da Bilim Tarihi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053517986</t>
+          <t>9786055959869</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Unsurları 2. Cilt Kur’an Sünnet Akıl (Felsefe ve Din Bilimleri)</t>
+          <t>İslam’da Aile Hukuku</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053518228</t>
+          <t>9789756562072</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünün ve Tarihinin Kaynakları</t>
+          <t>Gelin - Kaynana İlişkileri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053518235</t>
+          <t>9786055959746</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ebül Kasım El Hüzeli ve Kıraat İlmindeki Yeri</t>
+          <t>Ehli Sünnette Beklenen Mehdi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053517481</t>
+          <t>9786055959043</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Turkuaz) (Ciltli)</t>
+          <t>Dua ve Sureleriyle Namazın Anlaşılması</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>3500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053517498</t>
+          <t>9789756562734</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kırmızı)</t>
+          <t>Bana Peygamberimi Anlat</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>3500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053517474</t>
+          <t>9786055959319</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kahverengi) (Ciltli)</t>
+          <t>Ayet ve Hadislerle Kendini Tedavi Et</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>3500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053517504</t>
+          <t>9786053510192</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Pembe) (Ciltli)</t>
+          <t>Allah’ın Kelamı - Nüzul Sıralı Kur'an-ı Kerim ve Meal-Tefsiri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>3500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257756914</t>
+          <t>9786053510062</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku Genel Hükümler Cilt 1</t>
+          <t>Abbasi Halifesi Mehdi B. Mansur</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053518211</t>
+          <t>9786055959128</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Felsefe Yazıları Aile ve Toplum</t>
+          <t>29 Harfte Evlilik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053517344</t>
+          <t>9786053511519</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt</t>
+          <t>7. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>2500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053517689</t>
+          <t>9786053518198</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Muhtevası Bağlamında Kur'an Ansiklopedileri</t>
+          <t>Kalbine Danış</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053517733</t>
+          <t>9786053517924</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şia Tefsirinde Haberi Sıfatlar</t>
+          <t>Gençler İçin İslam'da İman Esasları Din Karşıtı Çağdaş Akımların Tutarsızlıkları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053517726</t>
+          <t>9786053517696</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aruz Telif Geleneğinde El Hatip Et Tebriz</t>
+          <t>İrfana Davet</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053517757</t>
+          <t>9786053517702</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Arap Emsal Hikayelerinden Seçmeler</t>
+          <t>İbnü'l Esir Hayatı Eserleri ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053517634</t>
+          <t>9786053516880</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Civar Kavramı ve Meallere Yansıması</t>
+          <t>Ebu Hüreyre'nin Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053517610</t>
+          <t>9786053518204</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İran’da Kaçar Türk Hanedanlığı Babilik ve Bahailik</t>
+          <t>Karışık Dilli Kur’an Tercümesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053517597</t>
+          <t>9786053517993</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik'in Tefsir Anlayışı</t>
+          <t>İslam Medeniyetinin Kurucu Unsurları 3. Cilt Kur’an Sünnet Akıl (İslam Tarihi Ve Sanatları)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053517450</t>
+          <t>9786053517986</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Seyfüddevle İbnu Hamdam Fil-Mizan</t>
+          <t>İslam Medeniyetinin Kurucu Unsurları 2. Cilt Kur’an Sünnet Akıl (Felsefe ve Din Bilimleri)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053517092</t>
+          <t>9786053518228</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sünenü Ebi Davud 2 Cilt (Ciltli)</t>
+          <t>Hadis Usulünün ve Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053515937</t>
+          <t>9786053518235</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerin Ortak Mirası Islık Dili</t>
+          <t>Ebül Kasım El Hüzeli ve Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053517511</t>
+          <t>9786053517481</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Sarayında Hadımlar ve Kayneler</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Turkuaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053517023</t>
+          <t>9786053517498</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Nartlar</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kırmızı)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053517146</t>
+          <t>9786053517474</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mülkünde Mürtet veya Mühtedi Olmak</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053517283</t>
+          <t>9786053517504</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Öldüğü Gün</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053517290</t>
+          <t>9786257756914</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Şart Nazariyesi</t>
+          <t>İslam Borçlar Hukuku Genel Hükümler Cilt 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053517276</t>
+          <t>9786053518211</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Sosyal Felsefe Yazıları Aile ve Toplum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257756921</t>
+          <t>9786053517344</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Yahudilerle Münasebetler</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053517207</t>
+          <t>9786053517689</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Hadis Nüshaları</t>
+          <t>Kur'an'ın Muhtevası Bağlamında Kur'an Ansiklopedileri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053517153</t>
+          <t>9786053517733</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dini Ve Manevi Deneyimlerin Sinirsel İzleri: Otonom Tepkiler</t>
+          <t>Şia Tefsirinde Haberi Sıfatlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053517016</t>
+          <t>9786053517726</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerinin Kimliği ve Kıraat Açısından Tahlilleri</t>
+          <t>Aruz Telif Geleneğinde El Hatip Et Tebriz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053516972</t>
+          <t>9786053517757</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yüzüncü Yılında İmam Hatipliler (Aksaray Örneği)</t>
+          <t>Arap Emsal Hikayelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053516965</t>
+          <t>9786053517634</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Avesteda Müdahale Fenomenolojisi</t>
+          <t>Kur'an'da Civar Kavramı ve Meallere Yansıması</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053516927</t>
+          <t>9786053517610</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Tefsirdeki Yeri - Enfâl Ve Tevbe Sûreleri Örneğinde</t>
+          <t>İran’da Kaçar Türk Hanedanlığı Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053516811</t>
+          <t>9786053517597</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arai'l Müsteşrikeyni Almaniyeyni Havle'l Kur'an'i'l Kerim</t>
+          <t>İmam Malik'in Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053513865</t>
+          <t>9786053517450</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Yazım ve İmla</t>
+          <t>Seyfüddevle İbnu Hamdam Fil-Mizan</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053516897</t>
+          <t>9786053517092</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>El-cihadu beyne tefasiri'l-kudama ve'l-muhdesin(et-tevzifat ve'ş-şubuhat dirasetun tahliliyyetun mukarinetun)</t>
+          <t>Sünenü Ebi Davud 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053516675</t>
+          <t>9786053515937</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Trakya’nın Manevi Dinamikleri</t>
+          <t>Kültürlerin Ortak Mirası Islık Dili</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053513193</t>
+          <t>9786053517511</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Diyanet - MBSTS Bilgi Küpü</t>
+          <t>Abbasi Sarayında Hadımlar ve Kayneler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053511472</t>
+          <t>9786053517023</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Artuklu Kolay Arapça 1</t>
+          <t>Nartlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053516804</t>
+          <t>9786053517146</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari'deki İman Hadislerinin Takdim-Tehir Üslubu Açısında Tahlili</t>
+          <t>Osmanlı Mülkünde Mürtet veya Mühtedi Olmak</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053516743</t>
+          <t>9786053517283</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Alevi Sünni İlişkileri</t>
+          <t>Şeytan'ın Öldüğü Gün</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053516705</t>
+          <t>9786053517290</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarının Motivasyona Etkisi</t>
+          <t>Fıkıh Usulünde Şart Nazariyesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053516651</t>
+          <t>9786053517276</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ve Hadislerde Kurtuluş Reçetemiz İman Ve Amel-i Salih Birlikteliği</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053516576</t>
+          <t>9786257756921</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kadı Şüreyh Fıkıhçılığı ve Yargılama Usulündeki Yeri</t>
+          <t>Asr-ı Saadet’te Yahudilerle Münasebetler</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053516545</t>
+          <t>9786053517207</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>el-Esmavatü's-Sahabiyyat - الأَسْمَاوَاتُ الصَّحَابِيَّاتُ</t>
+          <t>Uydurma Hadis Nüshaları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053516026</t>
+          <t>9786053517153</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Ve Belagatinde Tıbak Sanatı</t>
+          <t>Dini Ve Manevi Deneyimlerin Sinirsel İzleri: Otonom Tepkiler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053512684</t>
+          <t>9786053517016</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Türkçe-Arapça Arapça-Türkçe Sözlük</t>
+          <t>Kısa Surelerinin Kimliği ve Kıraat Açısından Tahlilleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053512677</t>
+          <t>9786053516972</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça Arapça-Türkçe Sözlük</t>
+          <t>Cumhuriyetin Yüzüncü Yılında İmam Hatipliler (Aksaray Örneği)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053512530</t>
+          <t>9786053516965</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Avesteda Müdahale Fenomenolojisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257756839</t>
+          <t>9786053516927</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti 1 (İbrahim Milleti) Esaslar- Sınırlar-Alametler</t>
+          <t>Siyerin Tefsirdeki Yeri - Enfâl Ve Tevbe Sûreleri Örneğinde</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053516392</t>
+          <t>9786053516811</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çileyle Yoğrulan Azimle Olgunlaşan Bir Ömür</t>
+          <t>Arai'l Müsteşrikeyni Almaniyeyni Havle'l Kur'an'i'l Kerim</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053516408</t>
+          <t>9786053513865</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Asar ve İz</t>
+          <t>Arapça Kolay Yazım ve İmla</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053516446</t>
+          <t>9786053516897</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu’da Din Sanat İlişkisi Estetik</t>
+          <t>El-cihadu beyne tefasiri'l-kudama ve'l-muhdesin(et-tevzifat ve'ş-şubuhat dirasetun tahliliyyetun mukarinetun)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053516453</t>
+          <t>9786053516675</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka Döneceğim</t>
+          <t>Trakya’nın Manevi Dinamikleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053512318</t>
+          <t>9786053513193</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>TDV İlmihal-1 Soru Bankası</t>
+          <t>Diyanet - MBSTS Bilgi Küpü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053512660</t>
+          <t>9786053511472</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Arapça Test Kitabı</t>
+          <t>Artuklu Kolay Arapça 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053511137</t>
+          <t>9786053516804</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Arapça Yaprak Test</t>
+          <t>Sahih-i Buhari'deki İman Hadislerinin Takdim-Tehir Üslubu Açısında Tahlili</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053511434</t>
+          <t>9786053516743</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yardımcı Dilbilgisi 9. Sınıf</t>
+          <t>Günümüzde Alevi Sünni İlişkileri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053510970</t>
+          <t>9786053516705</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Arapça’nın Temel Kuralları Nahiv</t>
+          <t>Kur'an Kıssalarının Motivasyona Etkisi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053512608</t>
+          <t>9786053516651</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Akaid Kelam</t>
+          <t>Kur'an Ve Hadislerde Kurtuluş Reçetemiz İman Ve Amel-i Salih Birlikteliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053512646</t>
+          <t>9786053516576</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Kadı Şüreyh Fıkıhçılığı ve Yargılama Usulündeki Yeri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053516279</t>
+          <t>9786053516545</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mirza ve Hoşname</t>
+          <t>el-Esmavatü's-Sahabiyyat - الأَسْمَاوَاتُ الصَّحَابِيَّاتُ</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053516293</t>
+          <t>9786053516026</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Samiri Ve Sapkınlığın Bedeli Salgınlar</t>
+          <t>Arap Dili Ve Belagatinde Tıbak Sanatı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053516316</t>
+          <t>9786053512684</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İman Kavramının Semantik Analizi</t>
+          <t>Alfabetik Türkçe-Arapça Arapça-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053516217</t>
+          <t>9786053512677</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Bağlamında İstişare ve Önemi</t>
+          <t>Türkçe-Arapça Arapça-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053513452</t>
+          <t>9786053512530</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Göçen Türkiye</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053516101</t>
+          <t>9786257756839</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs'ta Din Öğretimi</t>
+          <t>İslam Ümmeti 1 (İbrahim Milleti) Esaslar- Sınırlar-Alametler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053516149</t>
+          <t>9786053516392</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Bir Kavram Olarak İnşirah</t>
+          <t>Çileyle Yoğrulan Azimle Olgunlaşan Bir Ömür</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053516118</t>
+          <t>9786053516408</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Reşid Rıza ve Hadis</t>
+          <t>Asar ve İz</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053516019</t>
+          <t>9786053516446</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Türkler</t>
+          <t>Nurettin Topçu’da Din Sanat İlişkisi Estetik</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053515913</t>
+          <t>9786053516453</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Özüdoğru Hayatı ve Hatıraları</t>
+          <t>Bir Gün Mutlaka Döneceğim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053516002</t>
+          <t>9786053512318</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Hukukundaki İspat Vasıtalarının İslam Hukuku Açısından Değerlendirilmesi</t>
+          <t>TDV İlmihal-1 Soru Bankası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053515999</t>
+          <t>9786053512660</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Hazm'ın Düşüncesinde Mantığın Yeri</t>
+          <t>9. Sınıf Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053515753</t>
+          <t>9786053511137</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Ve Kapsam Bakımından Hz. Peygamber'in Bilgisi</t>
+          <t>12. Sınıf Arapça Yaprak Test</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053515821</t>
+          <t>9786053511434</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Afifüddin Tilimsani Ve Şerhu Menazili's -Sairin Adlı Eserinin Değerlendirilmesi</t>
+          <t>Arapça Yardımcı Dilbilgisi 9. Sınıf</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053515494</t>
+          <t>9786053510970</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Manevi Yolculuğun Ölçüleri Mizanü's-Sülük Mehmed Raif Efendi</t>
+          <t>Arapça’nın Temel Kuralları Nahiv</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053515548</t>
+          <t>9786053512608</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Sülasi Fiillerin Anlam Zenginliği</t>
+          <t>Akaid Kelam</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053515203</t>
+          <t>9786053512646</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nahiv İlminin Felsefi Temeli İllet Kuramı</t>
+          <t>5. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053515531</t>
+          <t>9786053516279</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Edebiyatı</t>
+          <t>Mirza ve Hoşname</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053515449</t>
+          <t>9786053516293</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet Ve Milliyetçilik</t>
+          <t>Samiri Ve Sapkınlığın Bedeli Salgınlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053515302</t>
+          <t>9786053516316</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Müphemlik Ekseninde İslam Hukuku ve Bulanık Mantık</t>
+          <t>Kur'an'da İman Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053515319</t>
+          <t>9786053516217</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Niğdeli Alimler Eserler Ve Düşünceler (Ciltli)</t>
+          <t>Din Eğitimi Bağlamında İstişare ve Önemi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053515296</t>
+          <t>9786053513452</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'e Yapılan Suikast ve Öldürme Teşebbüsleri</t>
+          <t>Göçen Türkiye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053514763</t>
+          <t>9786053516101</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Şafiilerde Mezhep İçi Tercih ve Usulü</t>
+          <t>Kuzey Kıbrıs'ta Din Öğretimi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053515173</t>
+          <t>9786053516149</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Suskun Yüreğim</t>
+          <t>Kur'ani Bir Kavram Olarak İnşirah</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053515197</t>
+          <t>9786053516118</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Akşehirli Şeyhülislam Hasan Fehmi Efendi</t>
+          <t>Reşid Rıza ve Hadis</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053515012</t>
+          <t>9786053516019</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Geçen Dualar - Bize Sunulan Mesajlar</t>
+          <t>Avrupalı Türkler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053515074</t>
+          <t>9786053515913</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İlmi Ayetler ve Batıl Dinler</t>
+          <t>Şükrü Özüdoğru Hayatı ve Hatıraları</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053515081</t>
+          <t>9786053516002</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dini Tamir Davasında Din Tahripçileri</t>
+          <t>Çağdaş Türk Hukukundaki İspat Vasıtalarının İslam Hukuku Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053514985</t>
+          <t>9786053515999</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında Fizikötesi Yolculuklar</t>
+          <t>İbn-i Hazm'ın Düşüncesinde Mantığın Yeri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053514862</t>
+          <t>9786053515753</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Mukayeseli, Yargıtay Kararı İlaveli Açıklamalı, Tüketicinin Korunması Hakkında Kanun</t>
+          <t>Kaynak Ve Kapsam Bakımından Hz. Peygamber'in Bilgisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053514886</t>
+          <t>9786053515821</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerde Ve Hadislerde Helalden Kazanmak Ve Helalden İnfak Etmek</t>
+          <t>Afifüddin Tilimsani Ve Şerhu Menazili's -Sairin Adlı Eserinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053514565</t>
+          <t>9786053515494</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Örnek Liderliği</t>
+          <t>Manevi Yolculuğun Ölçüleri Mizanü's-Sülük Mehmed Raif Efendi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053514848</t>
+          <t>9786053515548</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aşağılık Kompleksi Din Eğitimi Açısından</t>
+          <t>Arap Dilinde Sülasi Fiillerin Anlam Zenginliği</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053514817</t>
+          <t>9786053515203</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini İtikat, İbadet, Ahlak</t>
+          <t>Nahiv İlminin Felsefi Temeli İllet Kuramı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053510659</t>
+          <t>9786053515531</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Delil ve Kaynaklarıyla Büyük Kadın İlmihali</t>
+          <t>Endülüs Edebiyatı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053512806</t>
+          <t>9786053515449</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Neslim De Namaz Kılsın</t>
+          <t>İslam’da Devlet Ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053514091</t>
+          <t>9786053515302</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet ve Ali Osmanlıda Kırk Hadis</t>
+          <t>Müphemlik Ekseninde İslam Hukuku ve Bulanık Mantık</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3000394100017</t>
+          <t>9786053515319</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Deryasından İnciler</t>
+          <t>Niğdeli Alimler Eserler Ve Düşünceler (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>10</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>3534811000396</t>
+          <t>9786053515296</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ana Konularıyla Kelam</t>
+          <t>Hz. Muhammed'e Yapılan Suikast ve Öldürme Teşebbüsleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053510260</t>
+          <t>9786053514763</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Sözlük</t>
+          <t>Şafiilerde Mezhep İçi Tercih ve Usulü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053513131</t>
+          <t>9786053515173</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Yaşayan Arapçanın Kelime ve Kalıpları</t>
+          <t>Suskun Yüreğim</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053514756</t>
+          <t>9786053515197</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fransız Oryantalizminde Hz. Muhammed İmajı</t>
+          <t>Akşehirli Şeyhülislam Hasan Fehmi Efendi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053514640</t>
+          <t>9786053515012</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Vikaye'nin Tahkikli Neşri</t>
+          <t>Kur'an'da Geçen Dualar - Bize Sunulan Mesajlar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053514473</t>
+          <t>9786053515074</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mustafa El Galayini</t>
+          <t>Kur'an'da İlmi Ayetler ve Batıl Dinler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053514503</t>
+          <t>9786053515081</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a ve Hadislere Göre Tesettür mü? Başörtüsü mü?</t>
+          <t>Geçmişten Günümüze Dini Tamir Davasında Din Tahripçileri</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053514398</t>
+          <t>9786053514985</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kemalpaşazade'nin Hadis İlmindeki Yeri (Kırk Hadisler Örneği)</t>
+          <t>Klasik Arap Edebiyatında Fizikötesi Yolculuklar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053514404</t>
+          <t>9786053514862</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ya’la El-Mevsılı ve Müsnedi</t>
+          <t>İslam Hukuku Mukayeseli, Yargıtay Kararı İlaveli Açıklamalı, Tüketicinin Korunması Hakkında Kanun</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053514381</t>
+          <t>9786053514886</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Külliyatu’l Kur’an</t>
+          <t>Ayetlerde Ve Hadislerde Helalden Kazanmak Ve Helalden İnfak Etmek</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053511502</t>
+          <t>9786053514565</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi'nin Vedası</t>
+          <t>Hz. Muhammed'in Örnek Liderliği</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053514374</t>
+          <t>9786053514848</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya ve Göç Yolu Dönemi Mutfağı</t>
+          <t>Aşağılık Kompleksi Din Eğitimi Açısından</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053514251</t>
+          <t>9786053514817</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ayrıştırma Ayrılma Ademiyiz Hepimiz</t>
+          <t>İslam Dini İtikat, İbadet, Ahlak</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786056812156</t>
+          <t>9786053510659</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hafızlık Rehberi</t>
+          <t>Delil ve Kaynaklarıyla Büyük Kadın İlmihali</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>25</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053511496</t>
+          <t>9786053512806</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Nakdü'l-Kelam Fi Akaidi'l-İslam</t>
+          <t>Neslim De Namaz Kılsın</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053514121</t>
+          <t>9786053514091</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Dua İçin Yorumlarıyla Peygamber Duaları</t>
+          <t>Asr-ı Saadet ve Ali Osmanlıda Kırk Hadis</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053514176</t>
+          <t>3000394100017</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dünyamızdaki Kur'an Motifleri</t>
+          <t>Rahmet Deryasından İnciler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053514213</t>
+          <t>3534811000396</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Said B. Cübeyr ve Tefsir İlmindeki Yeri</t>
+          <t>Ana Konularıyla Kelam</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053514220</t>
+          <t>9786053510260</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler Aleminden  Kur'ani Mesajlar</t>
+          <t>Arapça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053514183</t>
+          <t>9786053513131</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Kardeşliği Kardeş Ayetler</t>
+          <t>Resimlerle Yaşayan Arapçanın Kelime ve Kalıpları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053514107</t>
+          <t>9786053514756</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Böyle Emrolunduk</t>
+          <t>Fransız Oryantalizminde Hz. Muhammed İmajı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053514169</t>
+          <t>9786053514640</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Kur'ani Mesajlar</t>
+          <t>Vikaye'nin Tahkikli Neşri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053514138</t>
+          <t>9786053514473</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Din Tasavvuru</t>
+          <t>Mustafa El Galayini</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053514114</t>
+          <t>9786053514503</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Muallim-i Şani Uzlukoğlu Farabi</t>
+          <t>Kur'an'a ve Hadislere Göre Tesettür mü? Başörtüsü mü?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053514084</t>
+          <t>9786053514398</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Tecvidi</t>
+          <t>Kemalpaşazade'nin Hadis İlmindeki Yeri (Kırk Hadisler Örneği)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053511847</t>
+          <t>9786053514404</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Yaşama Serisi (6 Kitap Takım)</t>
+          <t>Ebu Ya’la El-Mevsılı ve Müsnedi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053514022</t>
+          <t>9786053514381</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Rivayet İlmi Açısından Mürşidü’l-Müte’ehhil Evlilik Rehberi</t>
+          <t>Külliyatu’l Kur’an</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053513995</t>
+          <t>9786053511502</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sünen’üd-Darimi (2 Cilt)</t>
+          <t>Son Elçi'nin Vedası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053513988</t>
+          <t>9786053514374</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sünen’ün-Nesai</t>
+          <t>Orta Asya ve Göç Yolu Dönemi Mutfağı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053513872</t>
+          <t>9786053514251</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sünen’in Nesai (2 Cilt Takım) (Ciltli)</t>
+          <t>Ayrıştırma Ayrılma Ademiyiz Hepimiz</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053513964</t>
+          <t>9786056812156</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Tanımak</t>
+          <t>Adım Adım Hafızlık Rehberi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053513957</t>
+          <t>9786053511496</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kuran'ı Tanımak</t>
+          <t>Nakdü'l-Kelam Fi Akaidi'l-İslam</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053513926</t>
+          <t>9786053514121</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Gençliğinin Zihin Problemleri</t>
+          <t>Bilinçli Dua İçin Yorumlarıyla Peygamber Duaları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053513896</t>
+          <t>9786053514176</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağından Yansıyan Gerçekler</t>
+          <t>Kültür Dünyamızdaki Kur'an Motifleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053513919</t>
+          <t>9786053514213</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yavrularımızla Akşam Dersleri</t>
+          <t>Said B. Cübeyr ve Tefsir İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053513841</t>
+          <t>9786053514220</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l Mu'in En Nesefi'nin Eleştiri Anlayışı</t>
+          <t>Bitkiler Aleminden  Kur'ani Mesajlar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053513827</t>
+          <t>9786053514183</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Ehl-i Kıble ve Tekfir</t>
+          <t>Ayetlerin Kardeşliği Kardeş Ayetler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053513803</t>
+          <t>9786053514107</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Eyyübi Memlük Döneminde Tefsir</t>
+          <t>Böyle Emrolunduk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053513797</t>
+          <t>9786053514169</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Zeydi Fıkhının Gelişimi ve Hadi-İlelhak</t>
+          <t>Hayvanlar Aleminden Kur'ani Mesajlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053513742</t>
+          <t>9786053514138</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nassların Işığında Duanın Hükmü ve Adabı</t>
+          <t>İslam Düşüncesinde Din Tasavvuru</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053513728</t>
+          <t>9786053514114</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Nafaka İlmihali</t>
+          <t>Muallim-i Şani Uzlukoğlu Farabi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053513698</t>
+          <t>9786053514084</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sünen'üt- Tirmizi</t>
+          <t>Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>480</v>
+        <v>60</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053513636</t>
+          <t>9786053511847</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İbn Kayyim el - Cevziyye</t>
+          <t>Kur’an’la Yaşama Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053513667</t>
+          <t>9786053514022</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Savaşları</t>
+          <t>Rivayet İlmi Açısından Mürşidü’l-Müte’ehhil Evlilik Rehberi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053513599</t>
+          <t>9786053513995</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Edilgen Üslup ve Anlam - Yorum İncelikleri</t>
+          <t>Sünen’üd-Darimi (2 Cilt)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053513513</t>
+          <t>9786053513988</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sünen'üt - Tirmizi (2 Cilt) (Ciltli)</t>
+          <t>Sünen’ün-Nesai</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053513469</t>
+          <t>9786053513872</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Suikastler</t>
+          <t>Sünen’in Nesai (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053513162</t>
+          <t>9786053513964</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu 6. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Allah'ı Tanımak</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053513377</t>
+          <t>9786053513957</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kelamı (Ciltli)</t>
+          <t>Kuran'ı Tanımak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053513346</t>
+          <t>9786053513926</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kısa Tiyatro Oyunları</t>
+          <t>Günümüz Gençliğinin Zihin Problemleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053510352</t>
+          <t>9786053513896</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İbni Yetemenna</t>
+          <t>Gökkuşağından Yansıyan Gerçekler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050304190</t>
+          <t>9786053513919</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Tecvidli Öğreniyorum</t>
+          <t>Yavrularımızla Akşam Dersleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053513100</t>
+          <t>9786053513841</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Öğütler ve Mübarek Vasiyetler Risalesi</t>
+          <t>Ebü'l Mu'in En Nesefi'nin Eleştiri Anlayışı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053513087</t>
+          <t>9786053513827</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hüküm</t>
+          <t>İslam Düşüncesinde Ehl-i Kıble ve Tekfir</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053513018</t>
+          <t>9786053513803</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocuk 2</t>
+          <t>Eyyübi Memlük Döneminde Tefsir</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053512967</t>
+          <t>9786053513797</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yenile</t>
+          <t>Zeydi Fıkhının Gelişimi ve Hadi-İlelhak</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053512998</t>
+          <t>9786053513742</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kısa Surelerin Tefsiri (Arapça)</t>
+          <t>Nassların Işığında Duanın Hükmü ve Adabı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053511069</t>
+          <t>9786053513728</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Nafaka İlmihali</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053511168</t>
+          <t>9786053513698</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Sünen'üt- Tirmizi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053510413</t>
+          <t>9786053513636</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar! Bakın! Çocuklarınız Sizden Neler İstiyorlar?</t>
+          <t>İbn Kayyim el - Cevziyye</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053513063</t>
+          <t>9786053513667</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Ve Medeniyet</t>
+          <t>Hz. Peygamber'in Savaşları</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053511038</t>
+          <t>9786053513599</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yel’abü Yel’abü İnneme’l-Mü’minune İhva</t>
+          <t>Kur'an'da Edilgen Üslup ve Anlam - Yorum İncelikleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053510406</t>
+          <t>9786053513513</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şia’sında Velayet-i Fakih Teorisi</t>
+          <t>Sünen'üt - Tirmizi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>100</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053513001</t>
+          <t>9786053513469</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (Arapça)</t>
+          <t>Hz. Peygamber Döneminde Suikastler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053511076</t>
+          <t>9786053513162</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>İmam Hatip Ortaokulu 6. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053513049</t>
+          <t>9786053513377</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Muhtevası ve Yorumu</t>
+          <t>Allah'ın Kelamı (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053511014</t>
+          <t>9786053513346</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarına Giriş</t>
+          <t>Arapça Kısa Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053511045</t>
+          <t>9786053510352</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Zamanı</t>
+          <t>İbni Yetemenna</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053512882</t>
+          <t>9786050304190</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Namaz</t>
+          <t>Kur'an-ı Tecvidli Öğreniyorum</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053512868</t>
+          <t>9786053513100</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kabir Ziyareti</t>
+          <t>Öğütler ve Mübarek Vasiyetler Risalesi</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053510437</t>
+          <t>9786053513087</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Nerede Nasıl Dua Edelim?</t>
+          <t>Kur’an’da Hüküm</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053512653</t>
+          <t>9786053513018</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sana Soruyorlar</t>
+          <t>Müslüman Çocuk 2</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053512738</t>
+          <t>9786053512967</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet ve Engelli Bireyler</t>
+          <t>Hayatını Yenile</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053512622</t>
+          <t>9786053512998</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Siyer - İslam Tarihi</t>
+          <t>Gençler İçin Kısa Surelerin Tefsiri (Arapça)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053512639</t>
+          <t>9786053511069</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tefsir Usulü</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053511021</t>
+          <t>9786053511168</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Hikayeler</t>
+          <t>Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053512493</t>
+          <t>9786053510413</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 2 Cilt Takım</t>
+          <t>Anne ve Babalar! Bakın! Çocuklarınız Sizden Neler İstiyorlar?</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053512486</t>
+          <t>9786053513063</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 2.Cilt</t>
+          <t>Nübüvvet Ve Medeniyet</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053512479</t>
+          <t>9786053511038</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 1. Cilt</t>
+          <t>Yel’abü Yel’abü İnneme’l-Mü’minune İhva</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053512387</t>
+          <t>9786053510406</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sevda'yı Sa'y ü Amel</t>
+          <t>İmamiyye Şia’sında Velayet-i Fakih Teorisi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053512394</t>
+          <t>9786053513001</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocuğa Yol Haritası</t>
+          <t>Siyer-i Nebi (Arapça)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053511861</t>
+          <t>9786053511076</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Riyazu's-Salihin</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053512257</t>
+          <t>9786053513049</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl’ın 101 Hadis Manzum Meal Tefsir İsimli Eserindeki Hadislerin Tahkiki - Tahrici ve Edebi Yönden Değerlendirilmesi</t>
+          <t>Kur’an Muhtevası ve Yorumu</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053512165</t>
+          <t>9786053511014</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Rik'a Yazı Defteri</t>
+          <t>Kur’an Kıssalarına Giriş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053512141</t>
+          <t>9786053511045</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca -Türkçe Sözlük</t>
+          <t>Hz. Peygamber ve Zamanı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053512011</t>
+          <t>9786053512882</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Neden Sakal Bırakmalıyım?</t>
+          <t>Cennetin Anahtarı Namaz</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053512134</t>
+          <t>9786053512868</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Son Zamanlarla İlgili Hadisler</t>
+          <t>Kabir Ziyareti</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053511427</t>
+          <t>9786053510437</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yardımcı Dilbilgisi 11. Sınıf</t>
+          <t>Nerede Nasıl Dua Edelim?</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053511915</t>
+          <t>9786053512653</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Hace Nasreddin</t>
+          <t>Sana Soruyorlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053512189</t>
+          <t>9786053512738</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Tenbihül-Müminin</t>
+          <t>İlahi Adalet ve Engelli Bireyler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053510963</t>
+          <t>9786053512622</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Seçmeler : Osmanlıca</t>
+          <t>Siyer - İslam Tarihi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053511908</t>
+          <t>9786053512639</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ümmet'le Birlikte</t>
+          <t>Kur’an-ı Kerim Tefsir Usulü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053511885</t>
+          <t>9786053511021</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Okuma Yazma Rehberi</t>
+          <t>Ömer Seyfettin’den Hikayeler</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053510604</t>
+          <t>9786053512493</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Niçin ve Nasıl Okunmalı</t>
+          <t>Rasulullah'ın Ashabı 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053511557</t>
+          <t>9786053512486</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Elmanın Yarısı Tükendi</t>
+          <t>Rasulullah'ın Ashabı 2.Cilt</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053511564</t>
+          <t>9786053512479</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Muğamiratü Mahmut ve Hamza</t>
+          <t>Rasulullah'ın Ashabı 1. Cilt</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053511595</t>
+          <t>9786053512387</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali</t>
+          <t>Sevda'yı Sa'y ü Amel</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053511663</t>
+          <t>9786053512394</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Müslüman Çocuğa Yol Haritası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053511670</t>
+          <t>9786053511861</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kavgalarım</t>
+          <t>Riyazu's-Salihin</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053510338</t>
+          <t>9786053512257</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Arapça Öğreniyorum</t>
+          <t>Necip Fazıl’ın 101 Hadis Manzum Meal Tefsir İsimli Eserindeki Hadislerin Tahkiki - Tahrici ve Edebi Yönden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053510369</t>
+          <t>9786053512165</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celalüd-Dini'r-Rumi 4</t>
+          <t>Rik'a Yazı Defteri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053510345</t>
+          <t>9786053512141</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Enti Devmen Efdalü Minni 3</t>
+          <t>Osmanlıca -Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053510277</t>
+          <t>9786053512011</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Nasruddin Hoca 1</t>
+          <t>Neden Sakal Bırakmalıyım?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053511489</t>
+          <t>9786053512134</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Artuklu Kolay Arapça 2</t>
+          <t>Son Zamanlarla İlgili Hadisler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053511441</t>
+          <t>9786053511427</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumaları 1</t>
+          <t>Arapça Yardımcı Dilbilgisi 11. Sınıf</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053510802</t>
+          <t>9786053511915</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Nisaün-Müminatün</t>
+          <t>Letaif-i Hace Nasreddin</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053510925</t>
+          <t>9786053512189</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Men Hümü'l-Enbiya</t>
+          <t>Tenbihül-Müminin</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053510161</t>
+          <t>9786053510963</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>Türk Edebiyatından Seçmeler : Osmanlıca</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053511212</t>
+          <t>9786053511908</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Farsça - Türkçe Resimli Sözlük</t>
+          <t>Ümmet'le Birlikte</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053511304</t>
+          <t>9786053511885</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe</t>
+          <t>Osmanlıca Okuma Yazma Rehberi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053512295</t>
+          <t>9786053510604</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Siyer Soru Bankası</t>
+          <t>Kur'an Niçin ve Nasıl Okunmalı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053511052</t>
+          <t>9786053511557</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca - Türkçe Karşılaştırmalı Şiirler</t>
+          <t>Eyvah! Elmanın Yarısı Tükendi</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053510420</t>
+          <t>9786053511564</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>El - Muğamiratü's - Sağiratü 3</t>
+          <t>Muğamiratü Mahmut ve Hamza</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053510949</t>
+          <t>9786053511595</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Hikayeler</t>
+          <t>Seyahat Jurnali</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053510956</t>
+          <t>9786053511663</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>1000 Soruda Kur'an ve Tefsir Soru Hazinesi</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053510543</t>
+          <t>9786053511670</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dini Hikayeler</t>
+          <t>Kavgalarım</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053510666</t>
+          <t>9786053510338</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifba'sı</t>
+          <t>Ayet ve Hadislerle Arapça Öğreniyorum</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053510932</t>
+          <t>9786053510369</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Nevabiğul-Kelim</t>
+          <t>Mevlana Celalüd-Dini'r-Rumi 4</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053510376</t>
+          <t>9786053510345</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Nevratü ve Remlü'ş-Şati'i el-Havassü'l-Hamsü Ceza'ül-Emaneti 1</t>
+          <t>Enti Devmen Efdalü Minni 3</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053510383</t>
+          <t>9786053510277</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>El-Mihfezatüd-Daiatü BeyDatüd-Decaceti Rihletün İleş-Şatii 2</t>
+          <t>Nasruddin Hoca 1</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053510628</t>
+          <t>9786053511489</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Seyyidina Muhammedün ( S.A.V ) Haytuhu ve Ahlakuhu 1</t>
+          <t>Artuklu Kolay Arapça 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053510673</t>
+          <t>9786053511441</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi ve Bazı Sureler</t>
+          <t>Kur'an Okumaları 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053510833</t>
+          <t>9786053510802</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>El-Miftah</t>
+          <t>Nisaün-Müminatün</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055959777</t>
+          <t>9786053510925</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tağut</t>
+          <t>Men Hümü'l-Enbiya</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053510000</t>
+          <t>9786053510161</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mim Ha Mim Dal (Serit-i Nebi)</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053510796</t>
+          <t>9786053511212</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bilgisi Soru Bankası</t>
+          <t>Farsça - Türkçe Resimli Sözlük</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053510512</t>
+          <t>9786053511304</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kelamı</t>
+          <t>Araplar İçin Türkçe</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053510208</t>
+          <t>9786053512295</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Siyer Soru Bankası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053510314</t>
+          <t>9786053511052</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Yazı Defteri</t>
+          <t>Osmanlıca - Türkçe Karşılaştırmalı Şiirler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053510239</t>
+          <t>9786053510420</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sarf Bilgileri</t>
+          <t>El - Muğamiratü's - Sağiratü 3</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053510895</t>
+          <t>9786053510949</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Resimli Arapça - Türkçe Sözlük</t>
+          <t>Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053510581</t>
+          <t>9786053510956</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İmam-Hatip Liseleri 9. Sınıf Arapça Yaprak Test</t>
+          <t>1000 Soruda Kur'an ve Tefsir Soru Hazinesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055959210</t>
+          <t>9786053510543</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve İnsan</t>
+          <t>En Güzel Dini Hikayeler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053510246</t>
+          <t>9786053510666</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sarf - Nahiv Terimleri Sözlüğü</t>
+          <t>Kur'an-ı Kerim Elifba'sı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053510451</t>
+          <t>9786053510932</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Arapça</t>
+          <t>Nevabiğul-Kelim</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756562642</t>
+          <t>9786053510376</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evlilik ve Aile Eğitimi (Ciltli)</t>
+          <t>Nevratü ve Remlü'ş-Şati'i el-Havassü'l-Hamsü Ceza'ül-Emaneti 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053510635</t>
+          <t>9786053510383</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifba'sı (Kuşe Kağıtlı)</t>
+          <t>El-Mihfezatüd-Daiatü BeyDatüd-Decaceti Rihletün İleş-Şatii 2</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053511465</t>
+          <t>9786053510628</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okumaları 2</t>
+          <t>Seyyidina Muhammedün ( S.A.V ) Haytuhu ve Ahlakuhu 1</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
+          <t>9786053510673</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Yasin Suresi ve Bazı Sureler</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786053510833</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>El-Miftah</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786055959777</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Tağut</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786053510000</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Mim Ha Mim Dal (Serit-i Nebi)</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786053510796</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786053510512</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Kelamı</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786053510208</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786053510314</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıca Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786053510239</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Sarf Bilgileri</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786053510895</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Arapça - Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786053510581</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>İmam-Hatip Liseleri 9. Sınıf Arapça Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786055959210</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve İnsan</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786053510246</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Sarf - Nahiv Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786053510451</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Arapça</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789756562642</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Evlilik ve Aile Eğitimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786053510635</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Elifba'sı (Kuşe Kağıtlı)</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786053511465</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Okumaları 2</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
           <t>9786053510529</t>
         </is>
       </c>
-      <c r="B379" s="1" t="inlineStr">
+      <c r="B396" s="1" t="inlineStr">
         <is>
           <t>Allah’ın Kelamı</t>
         </is>
       </c>
-      <c r="C379" s="1">
+      <c r="C396" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>