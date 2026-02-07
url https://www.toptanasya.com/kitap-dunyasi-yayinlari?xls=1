--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,5965 +85,6175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255729712</t>
+          <t>9786258697773</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Yerel Yönetim Anlayışına Göre Hisbe</t>
+          <t>İslam’da Dini Semboller ve Sosyal Bütünleşme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255729750</t>
+          <t>9786258697711</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Tek Parti Dönemi Sonrası Muhafazakâr Liderler ve Meşruiyet Mücadeleleri</t>
+          <t>Zihnin Derinliklerine Yolculuk- Akıl Ve Nakil Arasındaki Yapay Tartışmalar Üzerine</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255729682</t>
+          <t>9786255729996</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ankebüt Suresinden Günümüz Dünyasına Mesajlar</t>
+          <t>Hadislerde Pişmanlık Ve Tövbe</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255980779</t>
+          <t>9786255729729</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Afganistan'da Jeopolitik Kaos, İktidar Mücadelesi ve Taliban</t>
+          <t>Tasavvuf Hadis Araştırmaları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255729507</t>
+          <t>9786258697353</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alem ve Ezelilik</t>
+          <t>Tarihin Kalbi, Gönlün Şehri İsfahan</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255729293</t>
+          <t>9786255729958</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tacüşşeria'nın En-nihayesi ve İslam Aile Hukuku (Tahkik Ve Değerlendirme)</t>
+          <t>Kral ve Peygamber Olarak Davud ve Süleyman (A.S.)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255729743</t>
+          <t>9786258697063</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnkişaf</t>
+          <t>İslam'da Kefaretler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255729606</t>
+          <t>9786258697179</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Ticaret Hukukunda Rekabet</t>
+          <t>Cumhuriyet Dönemi Tecvid Eserlerinin Mukayesesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255729552</t>
+          <t>9786258697070</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Dini Çoğulculuk ve Mutlak Hakikat Sorunu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255729545</t>
+          <t>9786053510819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hazır Mısınız....?</t>
+          <t>Ümmi'l-Cemile</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255729521</t>
+          <t>9786255729569</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Köklerden Geleceğe Aile</t>
+          <t>İslam'ın Laiklik ve Demokrasiden Berâeti Batı İdeolojilerine Karşı İslam'ın Net Duruşu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255729354</t>
+          <t>9786255729934</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Eğitiminde Öze Dönüş Çabaları</t>
+          <t>İslam Tarım Hukuku</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255729453</t>
+          <t>9786255729798</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sulh</t>
+          <t>Günah ve Varoluş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255930971</t>
+          <t>9786255729576</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazma Becerileri</t>
+          <t>Urvetul Vuska - Sapasağlam Kulp Hakikate Birlikte Tutunmak-</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255729323</t>
+          <t>9786255729712</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kirliliğinin Önlenmesinde Çevre Vergilerinin Etkinliği</t>
+          <t>İbn Teymiyye'nin Yerel Yönetim Anlayışına Göre Hisbe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255729385</t>
+          <t>9786255729750</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi Açısından Peygamberimiz Döneminde Mekke Münafıkları</t>
+          <t>Türk Siyasi Hayatında Tek Parti Dönemi Sonrası Muhafazakâr Liderler ve Meşruiyet Mücadeleleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255980441</t>
+          <t>9786255729682</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İmam Maturidinin Düşünce Dünyası</t>
+          <t>Ankebüt Suresinden Günümüz Dünyasına Mesajlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255980984</t>
+          <t>9786255980779</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>El Haceretül Kerime</t>
+          <t>Afganistan'da Jeopolitik Kaos, İktidar Mücadelesi ve Taliban</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255729149</t>
+          <t>9786255729507</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kıraate Göre Surelerin İhtiva Ettikleri İzmar (Hazif) Belagati</t>
+          <t>Alem ve Ezelilik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255729170</t>
+          <t>9786255729293</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiye Teşkilatı Araştırmalarında Kullanılabilecek Temel Kaynaklar</t>
+          <t>Tacüşşeria'nın En-nihayesi ve İslam Aile Hukuku (Tahkik Ve Değerlendirme)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255729118</t>
+          <t>9786255729743</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Söyleyeceklerimiz Var</t>
+          <t>İnkişaf</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255729187</t>
+          <t>9786255729606</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cami İçi Din Hizmetlerinde İmam Hatiplerin Rolü</t>
+          <t>İslam Ticaret Hukukunda Rekabet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255729033</t>
+          <t>9786255729552</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Perspektifinde Modern Çağda Aile Olabilmek</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255650047</t>
+          <t>9786255729545</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Tanrı Tasavvuru</t>
+          <t>Hazır Mısınız....?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255729132</t>
+          <t>9786255729521</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Asrının Sibeveyhi'si: İbnü'd Dehhan En-Nahvi</t>
+          <t>Köklerden Geleceğe Aile</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255729071</t>
+          <t>9786255729354</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Delilli İzahlı Hanefi Fıkhı Bedai'u's Sanai Fi Tertibi'ş Şerai</t>
+          <t>Ahlak Eğitiminde Öze Dönüş Çabaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255729040</t>
+          <t>9786255729453</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Hukuk</t>
+          <t>İslam Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255729026</t>
+          <t>9786255930971</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İbn Abdilber'in Hadis Usulcülüğü (Et-Temhid Eseri Bağlamında)</t>
+          <t>Arapça Yazma Becerileri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255940988</t>
+          <t>9786255729323</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Suçluluğu ve Din Eğitimi</t>
+          <t>Çevre Kirliliğinin Önlenmesinde Çevre Vergilerinin Etkinliği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255940933</t>
+          <t>9786255729385</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kavramlarını Anlamada Cahiliye Döneminin Bilmenin Önemi (Veli Kavramı Örneği)</t>
+          <t>Kelam İlmi Açısından Peygamberimiz Döneminde Mekke Münafıkları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255940858</t>
+          <t>9786255980441</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Evlenmek ve Evi Cennete Çevirmek</t>
+          <t>Geçmişten Günümüze İmam Maturidinin Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255940940</t>
+          <t>9786255980984</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sübhaneke Duası ve Namazlarda Okunmasının Hikmetleri</t>
+          <t>El Haceretül Kerime</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255940797</t>
+          <t>9786255729149</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İlk Dönemlerinde Katiplik Kurumu</t>
+          <t>Yedi Kıraate Göre Surelerin İhtiva Ettikleri İzmar (Hazif) Belagati</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255940926</t>
+          <t>9786255729170</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Farklı Açılardan Bakara Suresi</t>
+          <t>Osmanlı İlmiye Teşkilatı Araştırmalarında Kullanılabilecek Temel Kaynaklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255940865</t>
+          <t>9786255729118</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İyilik Öncüleri</t>
+          <t>Söyleyeceklerimiz Var</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255940773</t>
+          <t>9786255729187</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam Kelam İlminin Özü</t>
+          <t>Cami İçi Din Hizmetlerinde İmam Hatiplerin Rolü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053512820</t>
+          <t>9786255729033</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Akaid ve Kelam Problemleri</t>
+          <t>İslam Hukuku Perspektifinde Modern Çağda Aile Olabilmek</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255940759</t>
+          <t>9786255650047</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Bilim Anlayışının Eleştirisi: Goldziher'in Kıraat İlmine Yaklaşımı</t>
+          <t>İbn Rüşd'ün Tanrı Tasavvuru</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255940735</t>
+          <t>9786255729132</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Etik Estetik ve Arınma</t>
+          <t>Asrının Sibeveyhi'si: İbnü'd Dehhan En-Nahvi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255940742</t>
+          <t>9786255729071</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Geleneğinde Savaş Müzikleri</t>
+          <t>Delilli İzahlı Hanefi Fıkhı Bedai'u's Sanai Fi Tertibi'ş Şerai</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255940681</t>
+          <t>9786255729040</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eymen Rüşdi Süveyd'in Kırâat İlmindeki Yeri Ve Et Tecvidü'l Musavvar Adlı Eserinin Tahlili</t>
+          <t>Yapay Zeka ve Hukuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255940704</t>
+          <t>9786255729026</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Göç Serüveni Beni Hilal Örneği</t>
+          <t>İbn Abdilber'in Hadis Usulcülüğü (Et-Temhid Eseri Bağlamında)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255940698</t>
+          <t>9786255940988</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Vehb'in El Cami Fi'l Hadis Adlı Eseri</t>
+          <t>Çocuk Suçluluğu ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255940650</t>
+          <t>9786255940933</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Akşehir Müzesindeki Anadolu Selçuklu Sikkeleri</t>
+          <t>Kur'an Kavramlarını Anlamada Cahiliye Döneminin Bilmenin Önemi (Veli Kavramı Örneği)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255940612</t>
+          <t>9786255940858</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sahih Kıraat Anlayışını Tarihsel Gelişimi</t>
+          <t>Evlenmek ve Evi Cennete Çevirmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056954405</t>
+          <t>9786255940940</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kalem</t>
+          <t>Sübhaneke Duası ve Namazlarda Okunmasının Hikmetleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255940445</t>
+          <t>9786255940797</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Maarif Sistemini Yeniden Düşünmek</t>
+          <t>İslam'ın İlk Dönemlerinde Katiplik Kurumu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255940452</t>
+          <t>9786255940926</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>Farklı Açılardan Bakara Suresi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259538501</t>
+          <t>9786255940865</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Alem</t>
+          <t>İyilik Öncüleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255940407</t>
+          <t>9786255940773</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Teberrük</t>
+          <t>Sistematik Kelam Kelam İlminin Özü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255940216</t>
+          <t>9786053512820</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ahıska Türkleri Tarih Kültür ve Kimlik Mücadelesi</t>
+          <t>Günümüz Akaid ve Kelam Problemleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257756983</t>
+          <t>9786255940759</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ölçme ve Değerlendirmede Başarı Testlerinden Geniş Ölçekli Testlere</t>
+          <t>Oryantalist Bilim Anlayışının Eleştirisi: Goldziher'in Kıraat İlmine Yaklaşımı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056812194</t>
+          <t>9786255940735</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Tecvidli Öğreniyorum</t>
+          <t>Etik Estetik ve Arınma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053519201</t>
+          <t>9786255940742</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mezhebi Taassubun Kur'an Tefsirindeki Yansımaları (Şii-Kummi Tefsiri Örneği)</t>
+          <t>Türk İslam Geleneğinde Savaş Müzikleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255940339</t>
+          <t>9786255940681</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rum Suresi'nin Kıraatler Açısından İncelenmesi</t>
+          <t>Eymen Rüşdi Süveyd'in Kırâat İlmindeki Yeri Ve Et Tecvidü'l Musavvar Adlı Eserinin Tahlili</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255940322</t>
+          <t>9786255940704</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pan Arabizm ve Afrika Şairi</t>
+          <t>İslam'da Göç Serüveni Beni Hilal Örneği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255940261</t>
+          <t>9786255940698</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Erol Güngör</t>
+          <t>Abdullah B. Vehb'in El Cami Fi'l Hadis Adlı Eseri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255940315</t>
+          <t>9786255940650</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İsmim Ahmed Mahlasım Şevki</t>
+          <t>Akşehir Müzesindeki Anadolu Selçuklu Sikkeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255940209</t>
+          <t>9786255940612</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
+          <t>Sahih Kıraat Anlayışını Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053514749</t>
+          <t>9786056954405</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ebü’ş-Şeyh El-İsfahani’nin Kitabü’l-Azame’sindeki Rivayetlerin Değerlendirilmesi</t>
+          <t>Kalem</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255940186</t>
+          <t>9786255940445</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip ve Kur'an Kursu Öğrencileri İçin Dini ve Mesleki Bilgiler Kitabı</t>
+          <t>Maarif Sistemini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255940179</t>
+          <t>9786255940452</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ziyaeddin Dağıstani'nin Kıraat İlmindeki Yeri</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053516583</t>
+          <t>9786259538501</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
+          <t>İslam Düşüncesinde Alem</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255940124</t>
+          <t>9786255940407</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Kültüründe Çalışma ve Ticaret Ahlakı</t>
+          <t>Fıkhi Açıdan Teberrük</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255940155</t>
+          <t>9786255940216</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kozası</t>
+          <t>Ahıska Türkleri Tarih Kültür ve Kimlik Mücadelesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255940100</t>
+          <t>9786257756983</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yapay Zeka Alanındaki Önemli Gelişmeler</t>
+          <t>Ölçme ve Değerlendirmede Başarı Testlerinden Geniş Ölçekli Testlere</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255980786</t>
+          <t>9786056812194</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Hukuku</t>
+          <t>Kur'an'ı Tecvidli Öğreniyorum</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255940087</t>
+          <t>9786053519201</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tefsirleri Tasnifi ve Pratikteki Sorunları</t>
+          <t>Mezhebi Taassubun Kur'an Tefsirindeki Yansımaları (Şii-Kummi Tefsiri Örneği)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255980298</t>
+          <t>9786255940339</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Baktın Ama Gördün Mü?</t>
+          <t>Rum Suresi'nin Kıraatler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255940063</t>
+          <t>9786255940322</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim (As)'in Ve Peygamberimizin (Sav)'in İzinde Umre Anıları</t>
+          <t>Pan Arabizm ve Afrika Şairi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255980861</t>
+          <t>9786255940261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Din Dili Anlayışı</t>
+          <t>Erol Güngör</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255980731</t>
+          <t>9786255940315</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerin Akıbeti</t>
+          <t>İsmim Ahmed Mahlasım Şevki</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255980755</t>
+          <t>9786255940209</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe ve Kendisine Yöneltilen Eleştiriler</t>
+          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255980915</t>
+          <t>9786053514749</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kıyas ve Akıl Ehl-i Sünnet Usulündeki Kıyas Delili Ve Caferiler'deki Akıl Delilinin Karşılaştırılması</t>
+          <t>Ebü’ş-Şeyh El-İsfahani’nin Kitabü’l-Azame’sindeki Rivayetlerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255980175</t>
+          <t>9786255940186</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zevki Divanı (İnceleme-Metin)</t>
+          <t>İmam Hatip ve Kur'an Kursu Öğrencileri İçin Dini ve Mesleki Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255980595</t>
+          <t>9786255940179</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'den Erasmus'a</t>
+          <t>Ömer Ziyaeddin Dağıstani'nin Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255980724</t>
+          <t>9786053516583</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kıraat İmamının Hadis İlmindeki Konumu</t>
+          <t>Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053519041</t>
+          <t>9786255940124</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tevrat, Kur'an ve Hadislerde Yahudilerin Akıbeti</t>
+          <t>Vahiy Kültüründe Çalışma ve Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053510680</t>
+          <t>9786255940155</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Ve Bazı Sureler</t>
+          <t>Kelebek Kozası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053510321</t>
+          <t>9786255940100</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nur-Vel-Kıttatül-Carihatü Ve Et-Tairül Esir</t>
+          <t>Arapça Yapay Zeka Alanındaki Önemli Gelişmeler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053510901</t>
+          <t>9786255980786</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ebubekrin Es-Sıddıku 2</t>
+          <t>Alışveriş Hukuku</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053512288</t>
+          <t>9786255940087</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Alan Bilgisi Dhbt 1-2 Hazırlık Kitabı 2024</t>
+          <t>Rivayet Tefsirleri Tasnifi ve Pratikteki Sorunları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053517412</t>
+          <t>9786255980298</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ulu Çınarın Gölgesinde</t>
+          <t>Baktın Ama Gördün Mü?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255980274</t>
+          <t>9786255940063</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Harf-i Cerlerin Anlam Zenginliği Bakara Suresi Özelinde Filolojik Tefsirlerdeki İhtilafların Anlama Yansımaları Bağlamında</t>
+          <t>Hz. İbrahim (As)'in Ve Peygamberimizin (Sav)'in İzinde Umre Anıları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255980144</t>
+          <t>9786255980861</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oluşum Temsilciler ve Metodolojik Açıdan Basra Kıraat Ekolü</t>
+          <t>İbn Rüşd'ün Din Dili Anlayışı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053516361</t>
+          <t>9786255980731</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kelam Perspektifinden Vehhabilik</t>
+          <t>Kutsal Metinlerin Akıbeti</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255980106</t>
+          <t>9786255980755</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi'nin Dini Düşüncesi</t>
+          <t>Hz. Aişe ve Kendisine Yöneltilen Eleştiriler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053516422</t>
+          <t>9786255980915</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te İslam Mezhepleri</t>
+          <t>Kıyas ve Akıl Ehl-i Sünnet Usulündeki Kıyas Delili Ve Caferiler'deki Akıl Delilinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053512561</t>
+          <t>9786255980175</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi - 9. Cilt (Ciltli)</t>
+          <t>Zevki Divanı (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053513858</t>
+          <t>9786255980595</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam Çevre Hukuku</t>
+          <t>İbn Rüşd'den Erasmus'a</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053519577</t>
+          <t>9786255980724</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sünenü İbnu Mace 2 Cilt (Ciltli)</t>
+          <t>Yedi Kıraat İmamının Hadis İlmindeki Konumu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053519850</t>
+          <t>9786053519041</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>40 Soru Tek Gerçek</t>
+          <t>Tevrat, Kur'an ve Hadislerde Yahudilerin Akıbeti</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255980052</t>
+          <t>9786053510680</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Asım ve Asım Kıraatı</t>
+          <t>Yasin Suresi Ve Bazı Sureler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053519980</t>
+          <t>9786053510321</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Ve Türkiye'de Liberaller</t>
+          <t>Nur-Vel-Kıttatül-Carihatü Ve Et-Tairül Esir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053513261</t>
+          <t>9786053510901</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Sözlü-Mülakat Rehberi</t>
+          <t>Ebubekrin Es-Sıddıku 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053519829</t>
+          <t>9786053512288</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Memlükler Döneminde Müslim Gayrimüslim İlişkileri (648-923/1250-1517)</t>
+          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Alan Bilgisi Dhbt 1-2 Hazırlık Kitabı 2024</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053519782</t>
+          <t>9786053517412</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Tilavetinde Sureler Arası Geçiş Vecihleri</t>
+          <t>Ulu Çınarın Gölgesinde</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053519751</t>
+          <t>9786255980274</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mutluluğun Kur'an'daki Formülü (Cennetliklerin İç Dünyası)</t>
+          <t>Harf-i Cerlerin Anlam Zenginliği Bakara Suresi Özelinde Filolojik Tefsirlerdeki İhtilafların Anlama Yansımaları Bağlamında</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057132994</t>
+          <t>9786255980144</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İğne İplik</t>
+          <t>Oluşum Temsilciler ve Metodolojik Açıdan Basra Kıraat Ekolü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053519676</t>
+          <t>9786053516361</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Hukukçularının İslam Hukuku Hakkındaki Yaklaşımları</t>
+          <t>Kelam Perspektifinden Vehhabilik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053519492</t>
+          <t>9786255980106</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir'in Fezailü'l Kur'an Adlı Eserinin Tefsir Usulü Açısından Değeri</t>
+          <t>Samiha Ayverdi'nin Dini Düşüncesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053519560</t>
+          <t>9786053516422</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Ölçülerinde Müslümanın Dil Ahlakı</t>
+          <t>Endülüs'te İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053516200</t>
+          <t>9786053512561</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ayetler Ve Hadisler Işığında Emr-i Bi'l-Maruf Ve Nehy-i Ani'l Münker (Ferdi Ve İçtimai Açıdan )</t>
+          <t>Mesnevi-i Manevi Şerhi - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053519430</t>
+          <t>9786053513858</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Söyleşi (Tahiyyat ve Kunut Duaları) İnsanlığa Sunulan Evrensel Mesajlar</t>
+          <t>İslam Çevre Hukuku</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053519294</t>
+          <t>9786053519577</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Hükümlerinde Neshin Sebebleri ve Sonuçları</t>
+          <t>Sünenü İbnu Mace 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053519379</t>
+          <t>9786053519850</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Temel Meseleleriyle Kıraat ve Tecvid İlminde Lahn Olgusu</t>
+          <t>40 Soru Tek Gerçek</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053518419</t>
+          <t>9786255980052</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şevkani Fethu'l-Kadir Adlı Eseri ve Kıraatleri Ele Alma Yöntemi</t>
+          <t>İmam-ı Asım ve Asım Kıraatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053519072</t>
+          <t>9786053519980</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Namazın Terki</t>
+          <t>Liberalizm Ve Türkiye'de Liberaller</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053519225</t>
+          <t>9786053513261</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ziyaeddin Dağıstani Tercemi-i Hali Malum-Meçhul Tüm Asarı ve Lugatül-Evzan</t>
+          <t>Diyanet Sözlü-Mülakat Rehberi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053519218</t>
+          <t>9786053519829</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdulhamid'e Takdim Edilen Malay Dünyasının İlk Kur'an Tefsiri</t>
+          <t>Memlükler Döneminde Müslim Gayrimüslim İlişkileri (648-923/1250-1517)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053516682</t>
+          <t>9786053519782</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Kur'an Tilavetinde Sureler Arası Geçiş Vecihleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>264</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053519171</t>
+          <t>9786053519751</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsir Geleneği</t>
+          <t>Dünyada Mutluluğun Kur'an'daki Formülü (Cennetliklerin İç Dünyası)</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053518914</t>
+          <t>9786057132994</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Yorumlanan 100'den Fazla Kur'an Ayeti</t>
+          <t>İğne İplik</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253519065</t>
+          <t>9786053519676</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Huzur Dersleri İçeriği</t>
+          <t>Cumhuriyet Dönemi Türk Hukukçularının İslam Hukuku Hakkındaki Yaklaşımları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053519034</t>
+          <t>9786053519492</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani ve Aklı Düşünme Süreçleri</t>
+          <t>İbn Kesir'in Fezailü'l Kur'an Adlı Eserinin Tefsir Usulü Açısından Değeri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053518969</t>
+          <t>9786053519560</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh'ta Benzerlik ve Farklılık</t>
+          <t>Kur’an ve Sünnet Ölçülerinde Müslümanın Dil Ahlakı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053517825</t>
+          <t>9786053516200</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Din Eğitimi Bağlamında Aile ve Dini Rehberlik Büroları</t>
+          <t>Ayetler Ve Hadisler Işığında Emr-i Bi'l-Maruf Ve Nehy-i Ani'l Münker (Ferdi Ve İçtimai Açıdan )</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053517870</t>
+          <t>9786053519430</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hadis Öğretim Geleneğinin Teşekkülü Abbasilerin İlk Dönemi Özelinde-</t>
+          <t>Mukaddes Söyleşi (Tahiyyat ve Kunut Duaları) İnsanlığa Sunulan Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053514770</t>
+          <t>9786053519294</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Kurmacaya Türk Edebiyatında Tarihi Roman 1980-2000</t>
+          <t>İbadetlerin Hükümlerinde Neshin Sebebleri ve Sonuçları</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053518952</t>
+          <t>9786053519379</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik, Hristiyanlık ve İslam'da Kadın</t>
+          <t>Temel Meseleleriyle Kıraat ve Tecvid İlminde Lahn Olgusu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053518839</t>
+          <t>9786053518419</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Esmaü Ehl-i Bedir</t>
+          <t>Şevkani Fethu'l-Kadir Adlı Eseri ve Kıraatleri Ele Alma Yöntemi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053518785</t>
+          <t>9786053519072</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Şair Ahmed Muharrem'in Şiirlerinde Son Dönem Osmanlı</t>
+          <t>Hadislerde Namazın Terki</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053518631</t>
+          <t>9786053519225</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıraat Ve Tecvid</t>
+          <t>Ömer Ziyaeddin Dağıstani Tercemi-i Hali Malum-Meçhul Tüm Asarı ve Lugatül-Evzan</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053518792</t>
+          <t>9786053519218</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Düşünce Murtaza Mutahhari</t>
+          <t>Sultan II. Abdulhamid'e Takdim Edilen Malay Dünyasının İlk Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053518730</t>
+          <t>9786053516682</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mevlayı Arar</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>110</v>
+        <v>264</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053518594</t>
+          <t>9786053519171</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Tarihinde İhtisar Geleneği ve İmam Tahavi İle İmam Kuduri'nin Muhtasarlarının Mukayesesi</t>
+          <t>Osmanlı Tefsir Geleneği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053518693</t>
+          <t>9786053518914</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gönlümüze Dokunan Kıssalar</t>
+          <t>Hatalı Yorumlanan 100'den Fazla Kur'an Ayeti</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053518679</t>
+          <t>9786253519065</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilmiş Bir Zaferin Öyküsü Uhud Savaşı</t>
+          <t>Osmanlı'da Huzur Dersleri İçeriği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053518532</t>
+          <t>9786053519034</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku Bağlamında İbn Kayyim El-Cezviyye'nin Görüşleri</t>
+          <t>Kur'ani ve Aklı Düşünme Süreçleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053518624</t>
+          <t>9786053518969</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (s.a.v.) Çocukluğu (O'n Eksi Elli)</t>
+          <t>Fıkıh'ta Benzerlik ve Farklılık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053518655</t>
+          <t>9786053517825</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>30 Cüzden 30 Mesaj</t>
+          <t>Yetişkin Din Eğitimi Bağlamında Aile ve Dini Rehberlik Büroları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053515579</t>
+          <t>9786053517870</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullarda Değerler Eğitimi</t>
+          <t>Hadis Öğretim Geleneğinin Teşekkülü Abbasilerin İlk Dönemi Özelinde-</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053515586</t>
+          <t>9786053514770</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Evren</t>
+          <t>Tarihten Kurmacaya Türk Edebiyatında Tarihi Roman 1980-2000</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053510444</t>
+          <t>9786053518952</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Din Kültür ve Ahlak Bilgisi Soru Bankası</t>
+          <t>Yahudilik, Hristiyanlık ve İslam'da Kadın</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053510550</t>
+          <t>9786053518839</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>YGS LYS Din Kültürü ve Ahlak Bilgisi</t>
+          <t>Esmaü Ehl-i Bedir</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789757173703</t>
+          <t>9786053518785</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çocukları</t>
+          <t>Mısırlı Şair Ahmed Muharrem'in Şiirlerinde Son Dönem Osmanlı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055959661</t>
+          <t>9786053518631</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Örtünmeliyiz?</t>
+          <t>Kur'an Kıraat Ve Tecvid</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055959630</t>
+          <t>9786053518792</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Mü’minlere Çağrısı</t>
+          <t>Metafizik Düşünce Murtaza Mutahhari</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053510147</t>
+          <t>9786053518730</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kulun Huzurundaki Yakın Duruşu Secde</t>
+          <t>Gönül Mevlayı Arar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053510154</t>
+          <t>9786053518594</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Bilim Tarihi</t>
+          <t>Fıkıh Tarihinde İhtisar Geleneği ve İmam Tahavi İle İmam Kuduri'nin Muhtasarlarının Mukayesesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055959869</t>
+          <t>9786053518693</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile Hukuku</t>
+          <t>Gönlümüze Dokunan Kıssalar</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756562072</t>
+          <t>9786053518679</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gelin - Kaynana İlişkileri</t>
+          <t>Kaybedilmiş Bir Zaferin Öyküsü Uhud Savaşı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055959746</t>
+          <t>9786053518532</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnette Beklenen Mehdi</t>
+          <t>İslam Aile Hukuku Bağlamında İbn Kayyim El-Cezviyye'nin Görüşleri</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055959043</t>
+          <t>9786053518624</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Sureleriyle Namazın Anlaşılması</t>
+          <t>Hz. Muhammed'in (s.a.v.) Çocukluğu (O'n Eksi Elli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756562734</t>
+          <t>9786053518655</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bana Peygamberimi Anlat</t>
+          <t>30 Cüzden 30 Mesaj</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055959319</t>
+          <t>9786053515579</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Kendini Tedavi Et</t>
+          <t>Ortaokullarda Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053510192</t>
+          <t>9786053515586</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kelamı - Nüzul Sıralı Kur'an-ı Kerim ve Meal-Tefsiri</t>
+          <t>Tanrı ve Evren</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053510062</t>
+          <t>9786053510444</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Halifesi Mehdi B. Mansur</t>
+          <t>YGS - LYS Din Kültür ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055959128</t>
+          <t>9786053510550</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>29 Harfte Evlilik</t>
+          <t>YGS LYS Din Kültürü ve Ahlak Bilgisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053511519</t>
+          <t>9789757173703</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Ortadoğu Çocukları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053518198</t>
+          <t>9786055959661</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Danış</t>
+          <t>Nasıl Örtünmeliyiz?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053517924</t>
+          <t>9786055959630</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İslam'da İman Esasları Din Karşıtı Çağdaş Akımların Tutarsızlıkları</t>
+          <t>Kur’an’ın Mü’minlere Çağrısı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053517696</t>
+          <t>9786053510147</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İrfana Davet</t>
+          <t>Kulun Huzurundaki Yakın Duruşu Secde</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053517702</t>
+          <t>9786053510154</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l Esir Hayatı Eserleri ve Tarihçiliği</t>
+          <t>İslam’da Bilim Tarihi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053516880</t>
+          <t>9786055959869</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hüreyre'nin Sünnet Anlayışı</t>
+          <t>İslam’da Aile Hukuku</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053518204</t>
+          <t>9789756562072</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Karışık Dilli Kur’an Tercümesi</t>
+          <t>Gelin - Kaynana İlişkileri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053517993</t>
+          <t>9786055959746</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Unsurları 3. Cilt Kur’an Sünnet Akıl (İslam Tarihi Ve Sanatları)</t>
+          <t>Ehli Sünnette Beklenen Mehdi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053517986</t>
+          <t>9786055959043</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Unsurları 2. Cilt Kur’an Sünnet Akıl (Felsefe ve Din Bilimleri)</t>
+          <t>Dua ve Sureleriyle Namazın Anlaşılması</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053518228</t>
+          <t>9789756562734</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünün ve Tarihinin Kaynakları</t>
+          <t>Bana Peygamberimi Anlat</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053518235</t>
+          <t>9786055959319</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ebül Kasım El Hüzeli ve Kıraat İlmindeki Yeri</t>
+          <t>Ayet ve Hadislerle Kendini Tedavi Et</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053517481</t>
+          <t>9786053510192</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Turkuaz) (Ciltli)</t>
+          <t>Allah’ın Kelamı - Nüzul Sıralı Kur'an-ı Kerim ve Meal-Tefsiri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>3500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053517498</t>
+          <t>9786053510062</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kırmızı)</t>
+          <t>Abbasi Halifesi Mehdi B. Mansur</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>3500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053517474</t>
+          <t>9786055959128</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kahverengi) (Ciltli)</t>
+          <t>29 Harfte Evlilik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>3500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053517504</t>
+          <t>9786053511519</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Pembe) (Ciltli)</t>
+          <t>7. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>3500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257756914</t>
+          <t>9786053518198</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku Genel Hükümler Cilt 1</t>
+          <t>Kalbine Danış</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053518211</t>
+          <t>9786053517924</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Felsefe Yazıları Aile ve Toplum</t>
+          <t>Gençler İçin İslam'da İman Esasları Din Karşıtı Çağdaş Akımların Tutarsızlıkları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053517344</t>
+          <t>9786053517696</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt</t>
+          <t>İrfana Davet</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053517689</t>
+          <t>9786053517702</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Muhtevası Bağlamında Kur'an Ansiklopedileri</t>
+          <t>İbnü'l Esir Hayatı Eserleri ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053517733</t>
+          <t>9786053516880</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şia Tefsirinde Haberi Sıfatlar</t>
+          <t>Ebu Hüreyre'nin Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053517726</t>
+          <t>9786053518204</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aruz Telif Geleneğinde El Hatip Et Tebriz</t>
+          <t>Karışık Dilli Kur’an Tercümesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053517757</t>
+          <t>9786053517993</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arap Emsal Hikayelerinden Seçmeler</t>
+          <t>İslam Medeniyetinin Kurucu Unsurları 3. Cilt Kur’an Sünnet Akıl (İslam Tarihi Ve Sanatları)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053517634</t>
+          <t>9786053517986</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Civar Kavramı ve Meallere Yansıması</t>
+          <t>İslam Medeniyetinin Kurucu Unsurları 2. Cilt Kur’an Sünnet Akıl (Felsefe ve Din Bilimleri)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053517610</t>
+          <t>9786053518228</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İran’da Kaçar Türk Hanedanlığı Babilik ve Bahailik</t>
+          <t>Hadis Usulünün ve Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053517597</t>
+          <t>9786053518235</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik'in Tefsir Anlayışı</t>
+          <t>Ebül Kasım El Hüzeli ve Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053517450</t>
+          <t>9786053517481</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Seyfüddevle İbnu Hamdam Fil-Mizan</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Turkuaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053517092</t>
+          <t>9786053517498</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sünenü Ebi Davud 2 Cilt (Ciltli)</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kırmızı)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>1400</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053515937</t>
+          <t>9786053517474</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerin Ortak Mirası Islık Dili</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053517511</t>
+          <t>9786053517504</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Sarayında Hadımlar ve Kayneler</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt (Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053517023</t>
+          <t>9786257756914</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nartlar</t>
+          <t>İslam Borçlar Hukuku Genel Hükümler Cilt 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053517146</t>
+          <t>9786053518211</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mülkünde Mürtet veya Mühtedi Olmak</t>
+          <t>Sosyal Felsefe Yazıları Aile ve Toplum</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053517283</t>
+          <t>9786053517344</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Öldüğü Gün</t>
+          <t>Kur’an’a Bakışlar Kur’an-ı Kerim Tefsiri 4 Cilt</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053517290</t>
+          <t>9786053517689</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Şart Nazariyesi</t>
+          <t>Kur'an'ın Muhtevası Bağlamında Kur'an Ansiklopedileri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053517276</t>
+          <t>9786053517733</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Şia Tefsirinde Haberi Sıfatlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257756921</t>
+          <t>9786053517726</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Yahudilerle Münasebetler</t>
+          <t>Aruz Telif Geleneğinde El Hatip Et Tebriz</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053517207</t>
+          <t>9786053517757</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Hadis Nüshaları</t>
+          <t>Arap Emsal Hikayelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053517153</t>
+          <t>9786053517634</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dini Ve Manevi Deneyimlerin Sinirsel İzleri: Otonom Tepkiler</t>
+          <t>Kur'an'da Civar Kavramı ve Meallere Yansıması</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053517016</t>
+          <t>9786053517610</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerinin Kimliği ve Kıraat Açısından Tahlilleri</t>
+          <t>İran’da Kaçar Türk Hanedanlığı Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053516972</t>
+          <t>9786053517597</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yüzüncü Yılında İmam Hatipliler (Aksaray Örneği)</t>
+          <t>İmam Malik'in Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053516965</t>
+          <t>9786053517450</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Avesteda Müdahale Fenomenolojisi</t>
+          <t>Seyfüddevle İbnu Hamdam Fil-Mizan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053516927</t>
+          <t>9786053517092</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Tefsirdeki Yeri - Enfâl Ve Tevbe Sûreleri Örneğinde</t>
+          <t>Sünenü Ebi Davud 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053516811</t>
+          <t>9786053515937</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arai'l Müsteşrikeyni Almaniyeyni Havle'l Kur'an'i'l Kerim</t>
+          <t>Kültürlerin Ortak Mirası Islık Dili</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053513865</t>
+          <t>9786053517511</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Yazım ve İmla</t>
+          <t>Abbasi Sarayında Hadımlar ve Kayneler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053516897</t>
+          <t>9786053517023</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>El-cihadu beyne tefasiri'l-kudama ve'l-muhdesin(et-tevzifat ve'ş-şubuhat dirasetun tahliliyyetun mukarinetun)</t>
+          <t>Nartlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053516675</t>
+          <t>9786053517146</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Trakya’nın Manevi Dinamikleri</t>
+          <t>Osmanlı Mülkünde Mürtet veya Mühtedi Olmak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053513193</t>
+          <t>9786053517283</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Diyanet - MBSTS Bilgi Küpü</t>
+          <t>Şeytan'ın Öldüğü Gün</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053511472</t>
+          <t>9786053517290</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Artuklu Kolay Arapça 1</t>
+          <t>Fıkıh Usulünde Şart Nazariyesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053516804</t>
+          <t>9786053517276</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari'deki İman Hadislerinin Takdim-Tehir Üslubu Açısında Tahlili</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053516743</t>
+          <t>9786257756921</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Alevi Sünni İlişkileri</t>
+          <t>Asr-ı Saadet’te Yahudilerle Münasebetler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053516705</t>
+          <t>9786053517207</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarının Motivasyona Etkisi</t>
+          <t>Uydurma Hadis Nüshaları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053516651</t>
+          <t>9786053517153</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ve Hadislerde Kurtuluş Reçetemiz İman Ve Amel-i Salih Birlikteliği</t>
+          <t>Dini Ve Manevi Deneyimlerin Sinirsel İzleri: Otonom Tepkiler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053516576</t>
+          <t>9786053517016</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kadı Şüreyh Fıkıhçılığı ve Yargılama Usulündeki Yeri</t>
+          <t>Kısa Surelerinin Kimliği ve Kıraat Açısından Tahlilleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053516545</t>
+          <t>9786053516972</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>el-Esmavatü's-Sahabiyyat - الأَسْمَاوَاتُ الصَّحَابِيَّاتُ</t>
+          <t>Cumhuriyetin Yüzüncü Yılında İmam Hatipliler (Aksaray Örneği)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053516026</t>
+          <t>9786053516965</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Ve Belagatinde Tıbak Sanatı</t>
+          <t>Avesteda Müdahale Fenomenolojisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053512684</t>
+          <t>9786053516927</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Türkçe-Arapça Arapça-Türkçe Sözlük</t>
+          <t>Siyerin Tefsirdeki Yeri - Enfâl Ve Tevbe Sûreleri Örneğinde</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053512677</t>
+          <t>9786053516811</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça Arapça-Türkçe Sözlük</t>
+          <t>Arai'l Müsteşrikeyni Almaniyeyni Havle'l Kur'an'i'l Kerim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053512530</t>
+          <t>9786053513865</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Arapça Kolay Yazım ve İmla</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257756839</t>
+          <t>9786053516897</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti 1 (İbrahim Milleti) Esaslar- Sınırlar-Alametler</t>
+          <t>El-cihadu beyne tefasiri'l-kudama ve'l-muhdesin(et-tevzifat ve'ş-şubuhat dirasetun tahliliyyetun mukarinetun)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053516392</t>
+          <t>9786053516675</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çileyle Yoğrulan Azimle Olgunlaşan Bir Ömür</t>
+          <t>Trakya’nın Manevi Dinamikleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053516408</t>
+          <t>9786053513193</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Asar ve İz</t>
+          <t>Diyanet - MBSTS Bilgi Küpü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053516446</t>
+          <t>9786053511472</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu’da Din Sanat İlişkisi Estetik</t>
+          <t>Artuklu Kolay Arapça 1</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053516453</t>
+          <t>9786053516804</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka Döneceğim</t>
+          <t>Sahih-i Buhari'deki İman Hadislerinin Takdim-Tehir Üslubu Açısında Tahlili</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053512318</t>
+          <t>9786053516743</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>TDV İlmihal-1 Soru Bankası</t>
+          <t>Günümüzde Alevi Sünni İlişkileri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053512660</t>
+          <t>9786053516705</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Arapça Test Kitabı</t>
+          <t>Kur'an Kıssalarının Motivasyona Etkisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053511137</t>
+          <t>9786053516651</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Arapça Yaprak Test</t>
+          <t>Kur'an Ve Hadislerde Kurtuluş Reçetemiz İman Ve Amel-i Salih Birlikteliği</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053511434</t>
+          <t>9786053516576</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yardımcı Dilbilgisi 9. Sınıf</t>
+          <t>Kadı Şüreyh Fıkıhçılığı ve Yargılama Usulündeki Yeri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053510970</t>
+          <t>9786053516545</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Arapça’nın Temel Kuralları Nahiv</t>
+          <t>el-Esmavatü's-Sahabiyyat - الأَسْمَاوَاتُ الصَّحَابِيَّاتُ</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053512608</t>
+          <t>9786053516026</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Akaid Kelam</t>
+          <t>Arap Dili Ve Belagatinde Tıbak Sanatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053512646</t>
+          <t>9786053512684</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Alfabetik Türkçe-Arapça Arapça-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053516279</t>
+          <t>9786053512677</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mirza ve Hoşname</t>
+          <t>Türkçe-Arapça Arapça-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053516293</t>
+          <t>9786053512530</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Samiri Ve Sapkınlığın Bedeli Salgınlar</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053516316</t>
+          <t>9786257756839</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İman Kavramının Semantik Analizi</t>
+          <t>İslam Ümmeti 1 (İbrahim Milleti) Esaslar- Sınırlar-Alametler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053516217</t>
+          <t>9786053516392</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Bağlamında İstişare ve Önemi</t>
+          <t>Çileyle Yoğrulan Azimle Olgunlaşan Bir Ömür</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053513452</t>
+          <t>9786053516408</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Göçen Türkiye</t>
+          <t>Asar ve İz</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053516101</t>
+          <t>9786053516446</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs'ta Din Öğretimi</t>
+          <t>Nurettin Topçu’da Din Sanat İlişkisi Estetik</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053516149</t>
+          <t>9786053516453</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Bir Kavram Olarak İnşirah</t>
+          <t>Bir Gün Mutlaka Döneceğim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053516118</t>
+          <t>9786053512318</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Reşid Rıza ve Hadis</t>
+          <t>TDV İlmihal-1 Soru Bankası</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053516019</t>
+          <t>9786053512660</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Türkler</t>
+          <t>9. Sınıf Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053515913</t>
+          <t>9786053511137</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Özüdoğru Hayatı ve Hatıraları</t>
+          <t>12. Sınıf Arapça Yaprak Test</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053516002</t>
+          <t>9786053511434</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Hukukundaki İspat Vasıtalarının İslam Hukuku Açısından Değerlendirilmesi</t>
+          <t>Arapça Yardımcı Dilbilgisi 9. Sınıf</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053515999</t>
+          <t>9786053510970</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Hazm'ın Düşüncesinde Mantığın Yeri</t>
+          <t>Arapça’nın Temel Kuralları Nahiv</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053515753</t>
+          <t>9786053512608</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Ve Kapsam Bakımından Hz. Peygamber'in Bilgisi</t>
+          <t>Akaid Kelam</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053515821</t>
+          <t>9786053512646</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Afifüddin Tilimsani Ve Şerhu Menazili's -Sairin Adlı Eserinin Değerlendirilmesi</t>
+          <t>5. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053515494</t>
+          <t>9786053516279</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Manevi Yolculuğun Ölçüleri Mizanü's-Sülük Mehmed Raif Efendi</t>
+          <t>Mirza ve Hoşname</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053515548</t>
+          <t>9786053516293</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Sülasi Fiillerin Anlam Zenginliği</t>
+          <t>Samiri Ve Sapkınlığın Bedeli Salgınlar</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053515203</t>
+          <t>9786053516316</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nahiv İlminin Felsefi Temeli İllet Kuramı</t>
+          <t>Kur'an'da İman Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053515531</t>
+          <t>9786053516217</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Edebiyatı</t>
+          <t>Din Eğitimi Bağlamında İstişare ve Önemi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053515449</t>
+          <t>9786053513452</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet Ve Milliyetçilik</t>
+          <t>Göçen Türkiye</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053515302</t>
+          <t>9786053516101</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Müphemlik Ekseninde İslam Hukuku ve Bulanık Mantık</t>
+          <t>Kuzey Kıbrıs'ta Din Öğretimi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053515319</t>
+          <t>9786053516149</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Niğdeli Alimler Eserler Ve Düşünceler (Ciltli)</t>
+          <t>Kur'ani Bir Kavram Olarak İnşirah</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053515296</t>
+          <t>9786053516118</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'e Yapılan Suikast ve Öldürme Teşebbüsleri</t>
+          <t>Reşid Rıza ve Hadis</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053514763</t>
+          <t>9786053516019</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Şafiilerde Mezhep İçi Tercih ve Usulü</t>
+          <t>Avrupalı Türkler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053515173</t>
+          <t>9786053515913</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Suskun Yüreğim</t>
+          <t>Şükrü Özüdoğru Hayatı ve Hatıraları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053515197</t>
+          <t>9786053516002</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Akşehirli Şeyhülislam Hasan Fehmi Efendi</t>
+          <t>Çağdaş Türk Hukukundaki İspat Vasıtalarının İslam Hukuku Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053515012</t>
+          <t>9786053515999</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Geçen Dualar - Bize Sunulan Mesajlar</t>
+          <t>İbn-i Hazm'ın Düşüncesinde Mantığın Yeri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053515074</t>
+          <t>9786053515753</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İlmi Ayetler ve Batıl Dinler</t>
+          <t>Kaynak Ve Kapsam Bakımından Hz. Peygamber'in Bilgisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053515081</t>
+          <t>9786053515821</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dini Tamir Davasında Din Tahripçileri</t>
+          <t>Afifüddin Tilimsani Ve Şerhu Menazili's -Sairin Adlı Eserinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053514985</t>
+          <t>9786053515494</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında Fizikötesi Yolculuklar</t>
+          <t>Manevi Yolculuğun Ölçüleri Mizanü's-Sülük Mehmed Raif Efendi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053514862</t>
+          <t>9786053515548</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Mukayeseli, Yargıtay Kararı İlaveli Açıklamalı, Tüketicinin Korunması Hakkında Kanun</t>
+          <t>Arap Dilinde Sülasi Fiillerin Anlam Zenginliği</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053514886</t>
+          <t>9786053515203</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerde Ve Hadislerde Helalden Kazanmak Ve Helalden İnfak Etmek</t>
+          <t>Nahiv İlminin Felsefi Temeli İllet Kuramı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053514565</t>
+          <t>9786053515531</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Örnek Liderliği</t>
+          <t>Endülüs Edebiyatı</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053514848</t>
+          <t>9786053515449</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşağılık Kompleksi Din Eğitimi Açısından</t>
+          <t>İslam’da Devlet Ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053514817</t>
+          <t>9786053515302</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini İtikat, İbadet, Ahlak</t>
+          <t>Müphemlik Ekseninde İslam Hukuku ve Bulanık Mantık</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053510659</t>
+          <t>9786053515319</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Delil ve Kaynaklarıyla Büyük Kadın İlmihali</t>
+          <t>Niğdeli Alimler Eserler Ve Düşünceler (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053512806</t>
+          <t>9786053515296</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Neslim De Namaz Kılsın</t>
+          <t>Hz. Muhammed'e Yapılan Suikast ve Öldürme Teşebbüsleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053514091</t>
+          <t>9786053514763</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet ve Ali Osmanlıda Kırk Hadis</t>
+          <t>Şafiilerde Mezhep İçi Tercih ve Usulü</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3000394100017</t>
+          <t>9786053515173</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Deryasından İnciler</t>
+          <t>Suskun Yüreğim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3534811000396</t>
+          <t>9786053515197</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ana Konularıyla Kelam</t>
+          <t>Akşehirli Şeyhülislam Hasan Fehmi Efendi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053510260</t>
+          <t>9786053515012</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Sözlük</t>
+          <t>Kur'an'da Geçen Dualar - Bize Sunulan Mesajlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053513131</t>
+          <t>9786053515074</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Yaşayan Arapçanın Kelime ve Kalıpları</t>
+          <t>Kur'an'da İlmi Ayetler ve Batıl Dinler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053514756</t>
+          <t>9786053515081</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Fransız Oryantalizminde Hz. Muhammed İmajı</t>
+          <t>Geçmişten Günümüze Dini Tamir Davasında Din Tahripçileri</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053514640</t>
+          <t>9786053514985</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Vikaye'nin Tahkikli Neşri</t>
+          <t>Klasik Arap Edebiyatında Fizikötesi Yolculuklar</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053514473</t>
+          <t>9786053514862</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mustafa El Galayini</t>
+          <t>İslam Hukuku Mukayeseli, Yargıtay Kararı İlaveli Açıklamalı, Tüketicinin Korunması Hakkında Kanun</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053514503</t>
+          <t>9786053514886</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a ve Hadislere Göre Tesettür mü? Başörtüsü mü?</t>
+          <t>Ayetlerde Ve Hadislerde Helalden Kazanmak Ve Helalden İnfak Etmek</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053514398</t>
+          <t>9786053514565</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kemalpaşazade'nin Hadis İlmindeki Yeri (Kırk Hadisler Örneği)</t>
+          <t>Hz. Muhammed'in Örnek Liderliği</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053514404</t>
+          <t>9786053514848</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ya’la El-Mevsılı ve Müsnedi</t>
+          <t>Aşağılık Kompleksi Din Eğitimi Açısından</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053514381</t>
+          <t>9786053514817</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Külliyatu’l Kur’an</t>
+          <t>İslam Dini İtikat, İbadet, Ahlak</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053511502</t>
+          <t>9786053510659</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi'nin Vedası</t>
+          <t>Delil ve Kaynaklarıyla Büyük Kadın İlmihali</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053514374</t>
+          <t>9786053512806</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya ve Göç Yolu Dönemi Mutfağı</t>
+          <t>Neslim De Namaz Kılsın</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053514251</t>
+          <t>9786053514091</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ayrıştırma Ayrılma Ademiyiz Hepimiz</t>
+          <t>Asr-ı Saadet ve Ali Osmanlıda Kırk Hadis</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786056812156</t>
+          <t>3000394100017</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hafızlık Rehberi</t>
+          <t>Rahmet Deryasından İnciler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053511496</t>
+          <t>3534811000396</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Nakdü'l-Kelam Fi Akaidi'l-İslam</t>
+          <t>Ana Konularıyla Kelam</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053514121</t>
+          <t>9786053510260</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Dua İçin Yorumlarıyla Peygamber Duaları</t>
+          <t>Arapça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053514176</t>
+          <t>9786053513131</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dünyamızdaki Kur'an Motifleri</t>
+          <t>Resimlerle Yaşayan Arapçanın Kelime ve Kalıpları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053514213</t>
+          <t>9786053514756</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Said B. Cübeyr ve Tefsir İlmindeki Yeri</t>
+          <t>Fransız Oryantalizminde Hz. Muhammed İmajı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053514220</t>
+          <t>9786053514640</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler Aleminden  Kur'ani Mesajlar</t>
+          <t>Vikaye'nin Tahkikli Neşri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053514183</t>
+          <t>9786053514473</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Kardeşliği Kardeş Ayetler</t>
+          <t>Mustafa El Galayini</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053514107</t>
+          <t>9786053514503</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Böyle Emrolunduk</t>
+          <t>Kur'an'a ve Hadislere Göre Tesettür mü? Başörtüsü mü?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053514169</t>
+          <t>9786053514398</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Kur'ani Mesajlar</t>
+          <t>Kemalpaşazade'nin Hadis İlmindeki Yeri (Kırk Hadisler Örneği)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053514138</t>
+          <t>9786053514404</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Din Tasavvuru</t>
+          <t>Ebu Ya’la El-Mevsılı ve Müsnedi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053514114</t>
+          <t>9786053514381</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Muallim-i Şani Uzlukoğlu Farabi</t>
+          <t>Külliyatu’l Kur’an</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053514084</t>
+          <t>9786053511502</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Tecvidi</t>
+          <t>Son Elçi'nin Vedası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053511847</t>
+          <t>9786053514374</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Yaşama Serisi (6 Kitap Takım)</t>
+          <t>Orta Asya ve Göç Yolu Dönemi Mutfağı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053514022</t>
+          <t>9786053514251</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Rivayet İlmi Açısından Mürşidü’l-Müte’ehhil Evlilik Rehberi</t>
+          <t>Ayrıştırma Ayrılma Ademiyiz Hepimiz</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053513995</t>
+          <t>9786056812156</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sünen’üd-Darimi (2 Cilt)</t>
+          <t>Adım Adım Hafızlık Rehberi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>1400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053513988</t>
+          <t>9786053511496</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sünen’ün-Nesai</t>
+          <t>Nakdü'l-Kelam Fi Akaidi'l-İslam</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053513872</t>
+          <t>9786053514121</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sünen’in Nesai (2 Cilt Takım) (Ciltli)</t>
+          <t>Bilinçli Dua İçin Yorumlarıyla Peygamber Duaları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053513964</t>
+          <t>9786053514176</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Tanımak</t>
+          <t>Kültür Dünyamızdaki Kur'an Motifleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053513957</t>
+          <t>9786053514213</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuran'ı Tanımak</t>
+          <t>Said B. Cübeyr ve Tefsir İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053513926</t>
+          <t>9786053514220</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Gençliğinin Zihin Problemleri</t>
+          <t>Bitkiler Aleminden  Kur'ani Mesajlar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053513896</t>
+          <t>9786053514183</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağından Yansıyan Gerçekler</t>
+          <t>Ayetlerin Kardeşliği Kardeş Ayetler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053513919</t>
+          <t>9786053514107</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yavrularımızla Akşam Dersleri</t>
+          <t>Böyle Emrolunduk</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053513841</t>
+          <t>9786053514169</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l Mu'in En Nesefi'nin Eleştiri Anlayışı</t>
+          <t>Hayvanlar Aleminden Kur'ani Mesajlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053513827</t>
+          <t>9786053514138</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Ehl-i Kıble ve Tekfir</t>
+          <t>İslam Düşüncesinde Din Tasavvuru</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053513803</t>
+          <t>9786053514114</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eyyübi Memlük Döneminde Tefsir</t>
+          <t>Muallim-i Şani Uzlukoğlu Farabi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053513797</t>
+          <t>9786053514084</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Zeydi Fıkhının Gelişimi ve Hadi-İlelhak</t>
+          <t>Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053513742</t>
+          <t>9786053511847</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nassların Işığında Duanın Hükmü ve Adabı</t>
+          <t>Kur’an’la Yaşama Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>990</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053513728</t>
+          <t>9786053514022</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nafaka İlmihali</t>
+          <t>Rivayet İlmi Açısından Mürşidü’l-Müte’ehhil Evlilik Rehberi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053513698</t>
+          <t>9786053513995</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sünen'üt- Tirmizi</t>
+          <t>Sünen’üd-Darimi (2 Cilt)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>480</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053513636</t>
+          <t>9786053513988</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İbn Kayyim el - Cevziyye</t>
+          <t>Sünen’ün-Nesai</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053513667</t>
+          <t>9786053513872</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Savaşları</t>
+          <t>Sünen’in Nesai (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053513599</t>
+          <t>9786053513964</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Edilgen Üslup ve Anlam - Yorum İncelikleri</t>
+          <t>Allah'ı Tanımak</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053513513</t>
+          <t>9786053513957</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sünen'üt - Tirmizi (2 Cilt) (Ciltli)</t>
+          <t>Kuran'ı Tanımak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053513469</t>
+          <t>9786053513926</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Suikastler</t>
+          <t>Günümüz Gençliğinin Zihin Problemleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053513162</t>
+          <t>9786053513896</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu 6. Sınıf Resimli Arapça Test Kitabı</t>
+          <t>Gökkuşağından Yansıyan Gerçekler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053513377</t>
+          <t>9786053513919</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kelamı (Ciltli)</t>
+          <t>Yavrularımızla Akşam Dersleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>580</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053513346</t>
+          <t>9786053513841</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kısa Tiyatro Oyunları</t>
+          <t>Ebü'l Mu'in En Nesefi'nin Eleştiri Anlayışı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053510352</t>
+          <t>9786053513827</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İbni Yetemenna</t>
+          <t>İslam Düşüncesinde Ehl-i Kıble ve Tekfir</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786050304190</t>
+          <t>9786053513803</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Tecvidli Öğreniyorum</t>
+          <t>Eyyübi Memlük Döneminde Tefsir</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053513100</t>
+          <t>9786053513797</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Öğütler ve Mübarek Vasiyetler Risalesi</t>
+          <t>Zeydi Fıkhının Gelişimi ve Hadi-İlelhak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053513087</t>
+          <t>9786053513742</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hüküm</t>
+          <t>Nassların Işığında Duanın Hükmü ve Adabı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053513018</t>
+          <t>9786053513728</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocuk 2</t>
+          <t>Nafaka İlmihali</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053512967</t>
+          <t>9786053513698</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yenile</t>
+          <t>Sünen'üt- Tirmizi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053512998</t>
+          <t>9786053513636</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kısa Surelerin Tefsiri (Arapça)</t>
+          <t>İbn Kayyim el - Cevziyye</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053511069</t>
+          <t>9786053513667</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Hz. Peygamber'in Savaşları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053511168</t>
+          <t>9786053513599</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Kur'an'da Edilgen Üslup ve Anlam - Yorum İncelikleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053510413</t>
+          <t>9786053513513</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar! Bakın! Çocuklarınız Sizden Neler İstiyorlar?</t>
+          <t>Sünen'üt - Tirmizi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>40</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053513063</t>
+          <t>9786053513469</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Ve Medeniyet</t>
+          <t>Hz. Peygamber Döneminde Suikastler</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053511038</t>
+          <t>9786053513162</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yel’abü Yel’abü İnneme’l-Mü’minune İhva</t>
+          <t>İmam Hatip Ortaokulu 6. Sınıf Resimli Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053510406</t>
+          <t>9786053513377</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şia’sında Velayet-i Fakih Teorisi</t>
+          <t>Allah'ın Kelamı (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053513001</t>
+          <t>9786053513346</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (Arapça)</t>
+          <t>Arapça Kısa Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053511076</t>
+          <t>9786053510352</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>İbni Yetemenna</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053513049</t>
+          <t>9786050304190</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Muhtevası ve Yorumu</t>
+          <t>Kur'an-ı Tecvidli Öğreniyorum</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053511014</t>
+          <t>9786053513100</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarına Giriş</t>
+          <t>Öğütler ve Mübarek Vasiyetler Risalesi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053511045</t>
+          <t>9786053513087</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Zamanı</t>
+          <t>Kur’an’da Hüküm</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053512882</t>
+          <t>9786053513018</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Namaz</t>
+          <t>Müslüman Çocuk 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053512868</t>
+          <t>9786053512967</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kabir Ziyareti</t>
+          <t>Hayatını Yenile</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053510437</t>
+          <t>9786053512998</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Nerede Nasıl Dua Edelim?</t>
+          <t>Gençler İçin Kısa Surelerin Tefsiri (Arapça)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053512653</t>
+          <t>9786053511069</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sana Soruyorlar</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053512738</t>
+          <t>9786053511168</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet ve Engelli Bireyler</t>
+          <t>Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053512622</t>
+          <t>9786053510413</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Siyer - İslam Tarihi</t>
+          <t>Anne ve Babalar! Bakın! Çocuklarınız Sizden Neler İstiyorlar?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053512639</t>
+          <t>9786053513063</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tefsir Usulü</t>
+          <t>Nübüvvet Ve Medeniyet</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053511021</t>
+          <t>9786053511038</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Hikayeler</t>
+          <t>Yel’abü Yel’abü İnneme’l-Mü’minune İhva</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053512493</t>
+          <t>9786053510406</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 2 Cilt Takım</t>
+          <t>İmamiyye Şia’sında Velayet-i Fakih Teorisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053512486</t>
+          <t>9786053513001</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 2.Cilt</t>
+          <t>Siyer-i Nebi (Arapça)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053512479</t>
+          <t>9786053511076</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın Ashabı 1. Cilt</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053512387</t>
+          <t>9786053513049</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sevda'yı Sa'y ü Amel</t>
+          <t>Kur’an Muhtevası ve Yorumu</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053512394</t>
+          <t>9786053511014</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocuğa Yol Haritası</t>
+          <t>Kur’an Kıssalarına Giriş</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053511861</t>
+          <t>9786053511045</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Riyazu's-Salihin</t>
+          <t>Hz. Peygamber ve Zamanı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053512257</t>
+          <t>9786053512882</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl’ın 101 Hadis Manzum Meal Tefsir İsimli Eserindeki Hadislerin Tahkiki - Tahrici ve Edebi Yönden Değerlendirilmesi</t>
+          <t>Cennetin Anahtarı Namaz</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053512165</t>
+          <t>9786053512868</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Rik'a Yazı Defteri</t>
+          <t>Kabir Ziyareti</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053512141</t>
+          <t>9786053510437</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca -Türkçe Sözlük</t>
+          <t>Nerede Nasıl Dua Edelim?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053512011</t>
+          <t>9786053512653</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Neden Sakal Bırakmalıyım?</t>
+          <t>Sana Soruyorlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053512134</t>
+          <t>9786053512738</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Son Zamanlarla İlgili Hadisler</t>
+          <t>İlahi Adalet ve Engelli Bireyler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053511427</t>
+          <t>9786053512622</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yardımcı Dilbilgisi 11. Sınıf</t>
+          <t>Siyer - İslam Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053511915</t>
+          <t>9786053512639</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Hace Nasreddin</t>
+          <t>Kur’an-ı Kerim Tefsir Usulü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053512189</t>
+          <t>9786053511021</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tenbihül-Müminin</t>
+          <t>Ömer Seyfettin’den Hikayeler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053510963</t>
+          <t>9786053512493</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Seçmeler : Osmanlıca</t>
+          <t>Rasulullah'ın Ashabı 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053511908</t>
+          <t>9786053512486</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ümmet'le Birlikte</t>
+          <t>Rasulullah'ın Ashabı 2.Cilt</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053511885</t>
+          <t>9786053512479</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Okuma Yazma Rehberi</t>
+          <t>Rasulullah'ın Ashabı 1. Cilt</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053510604</t>
+          <t>9786053512387</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Niçin ve Nasıl Okunmalı</t>
+          <t>Sevda'yı Sa'y ü Amel</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053511557</t>
+          <t>9786053512394</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Elmanın Yarısı Tükendi</t>
+          <t>Müslüman Çocuğa Yol Haritası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053511564</t>
+          <t>9786053511861</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Muğamiratü Mahmut ve Hamza</t>
+          <t>Riyazu's-Salihin</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053511595</t>
+          <t>9786053512257</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali</t>
+          <t>Necip Fazıl’ın 101 Hadis Manzum Meal Tefsir İsimli Eserindeki Hadislerin Tahkiki - Tahrici ve Edebi Yönden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053511663</t>
+          <t>9786053512165</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Rik'a Yazı Defteri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053511670</t>
+          <t>9786053512141</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kavgalarım</t>
+          <t>Osmanlıca -Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053510338</t>
+          <t>9786053512011</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Arapça Öğreniyorum</t>
+          <t>Neden Sakal Bırakmalıyım?</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053510369</t>
+          <t>9786053512134</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celalüd-Dini'r-Rumi 4</t>
+          <t>Son Zamanlarla İlgili Hadisler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053510345</t>
+          <t>9786053511427</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Enti Devmen Efdalü Minni 3</t>
+          <t>Arapça Yardımcı Dilbilgisi 11. Sınıf</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053510277</t>
+          <t>9786053511915</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nasruddin Hoca 1</t>
+          <t>Letaif-i Hace Nasreddin</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053511489</t>
+          <t>9786053512189</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Artuklu Kolay Arapça 2</t>
+          <t>Tenbihül-Müminin</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053511441</t>
+          <t>9786053510963</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumaları 1</t>
+          <t>Türk Edebiyatından Seçmeler : Osmanlıca</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053510802</t>
+          <t>9786053511908</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nisaün-Müminatün</t>
+          <t>Ümmet'le Birlikte</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053510925</t>
+          <t>9786053511885</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Men Hümü'l-Enbiya</t>
+          <t>Osmanlıca Okuma Yazma Rehberi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053510161</t>
+          <t>9786053510604</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>Kur'an Niçin ve Nasıl Okunmalı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053511212</t>
+          <t>9786053511557</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Farsça - Türkçe Resimli Sözlük</t>
+          <t>Eyvah! Elmanın Yarısı Tükendi</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053511304</t>
+          <t>9786053511564</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe</t>
+          <t>Muğamiratü Mahmut ve Hamza</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053512295</t>
+          <t>9786053511595</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Siyer Soru Bankası</t>
+          <t>Seyahat Jurnali</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053511052</t>
+          <t>9786053511663</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca - Türkçe Karşılaştırmalı Şiirler</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053510420</t>
+          <t>9786053511670</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>El - Muğamiratü's - Sağiratü 3</t>
+          <t>Kavgalarım</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053510949</t>
+          <t>9786053510338</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Hikayeler</t>
+          <t>Ayet ve Hadislerle Arapça Öğreniyorum</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053510956</t>
+          <t>9786053510369</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>1000 Soruda Kur'an ve Tefsir Soru Hazinesi</t>
+          <t>Mevlana Celalüd-Dini'r-Rumi 4</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053510543</t>
+          <t>9786053510345</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dini Hikayeler</t>
+          <t>Enti Devmen Efdalü Minni 3</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053510666</t>
+          <t>9786053510277</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifba'sı</t>
+          <t>Nasruddin Hoca 1</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053510932</t>
+          <t>9786053511489</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Nevabiğul-Kelim</t>
+          <t>Artuklu Kolay Arapça 2</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053510376</t>
+          <t>9786053511441</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Nevratü ve Remlü'ş-Şati'i el-Havassü'l-Hamsü Ceza'ül-Emaneti 1</t>
+          <t>Kur'an Okumaları 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053510383</t>
+          <t>9786053510802</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>El-Mihfezatüd-Daiatü BeyDatüd-Decaceti Rihletün İleş-Şatii 2</t>
+          <t>Nisaün-Müminatün</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053510628</t>
+          <t>9786053510925</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Seyyidina Muhammedün ( S.A.V ) Haytuhu ve Ahlakuhu 1</t>
+          <t>Men Hümü'l-Enbiya</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053510673</t>
+          <t>9786053510161</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi ve Bazı Sureler</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053510833</t>
+          <t>9786053511212</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>El-Miftah</t>
+          <t>Farsça - Türkçe Resimli Sözlük</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055959777</t>
+          <t>9786053511304</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tağut</t>
+          <t>Araplar İçin Türkçe</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053510000</t>
+          <t>9786053512295</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mim Ha Mim Dal (Serit-i Nebi)</t>
+          <t>Siyer Soru Bankası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053510796</t>
+          <t>9786053511052</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bilgisi Soru Bankası</t>
+          <t>Osmanlıca - Türkçe Karşılaştırmalı Şiirler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053510512</t>
+          <t>9786053510420</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kelamı</t>
+          <t>El - Muğamiratü's - Sağiratü 3</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053510208</t>
+          <t>9786053510949</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053510314</t>
+          <t>9786053510956</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Yazı Defteri</t>
+          <t>1000 Soruda Kur'an ve Tefsir Soru Hazinesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053510239</t>
+          <t>9786053510543</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sarf Bilgileri</t>
+          <t>En Güzel Dini Hikayeler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053510895</t>
+          <t>9786053510666</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Resimli Arapça - Türkçe Sözlük</t>
+          <t>Kur'an-ı Kerim Elifba'sı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053510581</t>
+          <t>9786053510932</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İmam-Hatip Liseleri 9. Sınıf Arapça Yaprak Test</t>
+          <t>Nevabiğul-Kelim</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055959210</t>
+          <t>9786053510376</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve İnsan</t>
+          <t>Nevratü ve Remlü'ş-Şati'i el-Havassü'l-Hamsü Ceza'ül-Emaneti 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053510246</t>
+          <t>9786053510383</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sarf - Nahiv Terimleri Sözlüğü</t>
+          <t>El-Mihfezatüd-Daiatü BeyDatüd-Decaceti Rihletün İleş-Şatii 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053510451</t>
+          <t>9786053510628</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Arapça</t>
+          <t>Seyyidina Muhammedün ( S.A.V ) Haytuhu ve Ahlakuhu 1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789756562642</t>
+          <t>9786053510673</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evlilik ve Aile Eğitimi (Ciltli)</t>
+          <t>Yasin Suresi ve Bazı Sureler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053510635</t>
+          <t>9786053510833</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifba'sı (Kuşe Kağıtlı)</t>
+          <t>El-Miftah</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053511465</t>
+          <t>9786055959777</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okumaları 2</t>
+          <t>Tağut</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
+          <t>9786053510000</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Mim Ha Mim Dal (Serit-i Nebi)</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786053510796</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786053510512</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Kelamı</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786053510208</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786053510314</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıca Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786053510239</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Sarf Bilgileri</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786053510895</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Arapça - Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786053510581</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>İmam-Hatip Liseleri 9. Sınıf Arapça Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786055959210</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve İnsan</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786053510246</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Sarf - Nahiv Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786053510451</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Arapça</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9789756562642</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Evlilik ve Aile Eğitimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786053510635</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Elifba'sı (Kuşe Kağıtlı)</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786053511465</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Okumaları 2</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
           <t>9786053510529</t>
         </is>
       </c>
-      <c r="B396" s="1" t="inlineStr">
+      <c r="B410" s="1" t="inlineStr">
         <is>
           <t>Allah’ın Kelamı</t>
         </is>
       </c>
-      <c r="C396" s="1">
-        <v>100</v>
+      <c r="C410" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>